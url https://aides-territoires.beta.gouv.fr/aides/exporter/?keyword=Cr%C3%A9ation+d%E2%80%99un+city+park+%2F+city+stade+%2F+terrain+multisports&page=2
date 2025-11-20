--- v0 (2025-10-04)
+++ v1 (2025-11-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA85"/>
+  <dimension ref="A1:AA76"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -2933,55 +2933,50 @@
  &lt;p&gt;
   Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales ou la création d&amp;#039;aires de jeux et de loisirs inclusives.
  &lt;/p&gt;
  Chaque contrat peut inclure plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
  &lt;br /&gt;
 </t>
         </is>
       </c>
       <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-damenagement-regional-car</t>
         </is>
       </c>
-      <c r="W14" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  amenagement&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projets sont priés de se rapprocher du service l&amp;#039;administration en charge du dispositif avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/36b2-contrat-damenagement-regional-car/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
@@ -3597,498 +3592,273 @@
  Madame la Présidente du Conseil Régional
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel de Région 22 Boulevard Maréchal Juin 31406 Toulouse cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/37c2-soutien-a-la-construction-et-a-la-renovation-/</t>
         </is>
       </c>
       <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:27" customHeight="0">
       <c r="A18" s="1">
-        <v>144986</v>
+        <v>145890</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Contribuer au développement local</t>
-[...4 lines deleted...]
-          <t>FONDS DÉPARTEMENTAL D’AIDE AU DÉVELOPPEMENT LOCAL</t>
+          <t>Accompagner les opérations des collectivités</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Bouches-du-Rhône</t>
+          <t>Agence départementale d'Ingénierie de l'Ain</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
-        <is>
-[...218 lines deleted...]
-      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Initiée par le Département de l&amp;#039;Ain en 2013, l&amp;#039;Agence départementale d&amp;#039;Ingénierie de l&amp;#039;Ain, nommée Agence 01, a inscrit son fonctionnement dans le cadre de sa politique de soutien aux communes et intercommunalités.
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;agence a pour principales missions d&amp;#039;accompagner et de conseiller les collectivités dans leurs projets.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cela se traduit pour la mise à disposition, via conventionnement, de moyens humains ayant des compétences techniques et administratives sur chacune des thématiques portées par l&amp;#039;agence :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Voirie (sécurisation, modes doux, sentiers, etc.), aménagement de l&amp;#039;espace public (parcs, places, équipements sportifs, etc.).
  &lt;br /&gt;
  • Construction et rénovation de bâtiments publics (mairie, école, maison de santé, salle polyvalente, etc.).
  &lt;br /&gt;
  • Cycle de l&amp;#039;eau (assainissement, stations d&amp;#039;épuration, équipements de lutte contre les incendies, etc.).
  &lt;br /&gt;
  • Urbanisme (planification et opérationnel).
  &lt;br /&gt;
  • Accompagnement à la passation des marchés publics.
  &lt;br /&gt;
  • Accompagnement juridique (conseil, accompagnement dans la mise en place de délégations de service public, etc.).
  &lt;br /&gt;
  • Ingénierie financière (accompagnement et réalisation des demandes de subventions, conseils d&amp;#039;optimisation des plans de financement, rédaction des candidatures aux appels à projets, etc.).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  - Sécurisation de carrefour.
  &lt;br /&gt;
  -  Rénovation de voirie existante.
  &lt;br /&gt;
  - Aménagement de pistes cyclables.
  &lt;br /&gt;
  - Aménagement de city-stade.
  &lt;br /&gt;
  - Construction de déchèterie.
  &lt;br /&gt;
  - Diagnostic pour la rénovation des ouvrages d&amp;#039;art.
  &lt;br /&gt;
  - Rénovation de salle polyvalente.
  &lt;br /&gt;
  - Construction de centre de loisirs.
  &lt;br /&gt;
  - Rénovation de la mairie.
  &lt;br /&gt;
  - Construction de médiathèque.
  &lt;br /&gt;
  - Accompagnement de la réalisation de schéma directeur d&amp;#039;assainissement et d&amp;#039;eau potable.
  &lt;br /&gt;
  - Rénovation des réseaux de distribution d&amp;#039;eau potable.
  &lt;br /&gt;
  - Déconnexion des réseaux d&amp;#039;eaux pluviales et d&amp;#039;assainissement.
  &lt;br /&gt;
  - Construction et rénovation de station d&amp;#039;épuration.
  &lt;br /&gt;
  -  Aménagement d&amp;#039;équipements de lutte contre les incendies.
  &lt;br /&gt;
  - Diagnostic des ouvrages d&amp;#039;art
  &lt;br /&gt;
  - Mise en œuvre d&amp;#039;urbanisme opérationnel
  &lt;br /&gt;
  - Révision de PLU
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Friche
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour pouvoir bénéficier de conseils il suffit d&amp;#039;être adhérent à l&amp;#039;agence.
  &lt;br /&gt;
  Pour bénéficier d&amp;#039;un accompagnement de l&amp;#039;agence dans la préfiguration et/ou la réalisation d&amp;#039;une opération , il est nécessaire de conventionner pour définir, de manière précise, les missions pour lesquelles la collectivité souhaite l&amp;#039;intervention de nos équipes.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Ain</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>http://agence01.fr/</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Yvan Pauget, Directeur
 &lt;/p&gt;
 &lt;p&gt;
  conseil&amp;#64;agence01.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 74 55 49 00
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>conseil@agence01.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b83f-accompagner-les-operations-damenagement-des-c/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>115162</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Construire de nouveaux équipements sportifs, scolaires et culturels</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Construction de nouveaux équipements sportifs, scolaires et culturels</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I20" s="1" t="inlineStr">
+      <c r="I19" s="1" t="inlineStr">
         <is>
           <t> Max : 15</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif concerne uniquement les constructions neuves (hors extension) des équipements suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    sportifs (équipements sportifs couverts ou non couverts, multisports ou spécialisés...),
   &lt;/li&gt;
   &lt;li&gt;
    culturels et socioculturels (musées, bibliothèques, écoles de musique, salles polyvalentes, salles des fête, salles de spectacle...),
   &lt;/li&gt;
   &lt;li&gt;
    scolaires et périscolaires (écoles, cantines scolaires d&amp;#039;un regroupement pédagogique intercommunal, centres de loisirs...).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Note : aucune aide ne sera apportée pour la construction d&amp;#039;une cantine réalisée en dehors du regroupement pédagogique intercommunal existant sur le territoire concerné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Taux de base de la subvention :
  15%
 &lt;/p&gt;
@@ -4110,955 +3880,291 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses retenues :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Coût estimatif HT de l&amp;#039;opération, hors frais financier
 &lt;/p&gt;
 &lt;p&gt;
  Aucun plafond de dépenses n&amp;#039;est fixé. Toutes les dépenses liées à l&amp;#039;opération, hormis les frais financiers, sont éligibles (acquisitions foncières, études nécessaires à la réalisation du projet, y compris les études préliminaires et l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, frais d&amp;#039;assurances supportés par le maître d&amp;#039;ouvrage, honoraires de maîtrise d&amp;#039;œuvre, travaux, mobilier...)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plafonnement réglementaire du cumul des aides publiques :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Application des règles du Code général des Collectivités territoriales à savoir : la participation minimale des collectivités territoriales ou des groupements de collectivités, lorsqu&amp;#039;ils sont maîtres d&amp;#039;ouvrage, ne saurait être inférieure selon les cas, à 20 ou 30% du montant total des financements apportés par des personnes publiques (articles L. 1111-9 et 10 du CGCT)
 &lt;/p&gt;
 &lt;p&gt;
  Au moment du versement du solde de la subvention, il sera tenu compte du montant cumulé de l&amp;#039;ensemble des aides financières perçues. En cas de dépassement du plafond fixé réglementairement, la subvention départementale sera écrêtée en conséquence.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Foncier
 Jeunesse
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Le dossier de demande de subvention doit comporter :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  1. La délibération du Conseil municipal ou communautaire (ou du Comité syndical) qui :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    adopte le projet et son financement,
   &lt;/li&gt;
   &lt;li&gt;
    sollicite le concours financier du Département
   &lt;/li&gt;
   &lt;li&gt;
    demande au Département l&amp;#039;autorisation de commencer les travaux sans attendre l&amp;#039;attribution de l&amp;#039;aide sollicitée
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  2. Les plans et les devis estimatifs
 &lt;/p&gt;
 &lt;p&gt;
  3. Le plan de financement et le calendrier prévisionnel de réalisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dossier de demande de subvention doit être adressé, en un seul exemplaire, au Président du Département.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/82/18-construction-de-nouveaux-equipements-sportifs-scolaires-et-culturels.htm</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   sdtva&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/592d-construire-de-nouveaux-equipements-sportifs-s/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...258 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...423 lines deleted...]
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>82915</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C25" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>CAUE de l'Ardèche
 CAUE de la Drôme
 CAUE de l'Oise
 CAUE du Gard
 CAUE de la Haute-Garonne
 CAUE de la Gironde
 CAUE de l'Hérault
 CAUE de l'Isère
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE de l'Aude
 CAUE de la Haute-Loire
 CAUE du Lot
 CAUE Lot-et-Garonne
 CAUE du Maine-et-Loire
 CAUE de la Manche
 CAUE de la Mayenne
 CAUE de Meurthe-et-Moselle
 CAUE de la Moselle
 CAUE des Landes
 CAUE de la Dordogne
 CAUE du Tarn
 CAUE de la Meuse
 CAUE du Gers
 CAUE de l'Ain
@@ -5090,77 +4196,77 @@
 CAUE de la Creuse
 CAUE du Loir-et-Cher
 CAUE du Loiret
 CAUE du Morbihan
 CAUE d'Alsace
 CAUE de la Somme
 CAUE de la Seine-et-Marne
 CAUE des Pyrénées-Atlantiques
 CAUE des Hautes-Pyrénées
 CAUE des Pyrénées-Orientales
 CAUE de Rhône-Métropole
 CAUE de la Sarthe
 CAUE de la Savoie
 CAUE de l'Orne
 CAUE de l'Yonne
 CAUE du Pas-de-Calais
 CAUE des Deux-Sèvres
 CAUE de la Vendée
 CAUE de la Haute-Vienne
 CAUE des Vosges
 CAUE de l'Essonne
 Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
 CAUE de la Haute-Savoie</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -5202,88 +4308,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -5302,79 +4408,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -5846,258 +4952,465 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>145445</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Aider à la construction, la restructuration ou la réhabilitation d’équipements sportifs de proximité</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Réglement d'aide à la construction, la restructuration ou la réhabilitation d’équipements sportifs de proximité</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 18</t>
         </is>
       </c>
-      <c r="J26" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>Application du CSD. Montant des travaux : Minimum : 60.000€ H.T. / Maximum : 500.000€ H.T.</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une subvention en capital peut être accordée aux communes et groupements de communes pour des travaux de construction, restructuration ou réhabilitation d&amp;#039;équipements sportifs de proximité favoriser la présence sur tous les territoires d&amp;#039;équipements adaptés aux pratiques sportives à l&amp;#039;exclusion des simples travaux d&amp;#039;entretien courants.&lt;br /&gt;
  &lt;/p&gt;
  Dans le cas d&amp;#039;une polyvalence, l&amp;#039;utilisation sportive principale devra être démontrée, dans le cadre des liens avec les Clubs et les établissements scolaires.
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Cette aide n&amp;#039;est pas cumulable avec celle qui serait accordée au titre du :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    règlement d&amp;#039;aide à la construction, réhabilitation et restructuration des équipements sportifs mis à disposition prioritaire des collèges,
   &lt;/li&gt;
   &lt;li&gt;
    Budget Participatif Citoyen.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;Le présent règlement concerne :&lt;ul&gt;&lt;li&gt;les équipements sportifs de plein air y compris les équipements dits de loisirs (pumptrack, skatepark et city stade) ; les aménagement liés à des parcours de santé ainsi que les aires de fitness en extérieur ne sont pas éligibles ;&lt;/li&gt;&lt;li&gt;les salles sportives : dans le cas d’une polyvalence, l’utilisation sportive principale devra être démontrée, dans le cadre des liens avec les Clubs et les établissements scolaires.&lt;/li&gt;&lt;/ul&gt;Ne sont pas éligibles :&lt;ul&gt;&lt;li&gt;les dépenses directement non-liées aux pratiques sportives qui seront exclues du calcul de l’assiette des dépenses subventionnables ; il s’agit notamment : tribunes, gradins, clubs-house, espaces connexes,&lt;/li&gt;&lt;li&gt;les dépenses afférentes à de simples travaux d’entretien courants,&lt;/li&gt;&lt;li&gt;les projets dont le coût est inférieur à 60 000 € HT.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Priorité est donnée aux projets motivés par les éléments suivants :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La création d&amp;#039;espaces de pratique supplémentaire adaptés aux conditions d&amp;#039;enseignement de l&amp;#039;EPS et/ou à la pratique fédérale,
   &lt;/li&gt;
   &lt;li&gt;
    une mise en conformité avec des exigences règlementaires fédérales,
   &lt;/li&gt;
   &lt;li&gt;
    la mise en sécurité,
   &lt;/li&gt;
   &lt;li&gt;
    les projets faisant d&amp;#039;une plus-value sur un territoire (territoire communautaire) dont le taux d&amp;#039;équipement/habitant serait inférieur à la moyenne départementale.
   &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les équipements dit de loisirs, l’insuffisance d’autres équipements dédiés à la&lt;br /&gt;pratique sportive sur la commune sera pris en compte.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Education, de la Jeunesse et des Sports
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:education&amp;#64;landes.fr" target="_self"&gt;
   education&amp;#64;landes.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f7cc-aider-a-la-construction-la-restructuration-ou/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>95080</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements sportifs</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Soutien aux investissements sportifs à vocation compétitive</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 25</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Communes et EPCI,
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;ul&gt;
   &lt;li&gt;
    Les structures privées (inclues ligues et associations privées de gestion de centres de formation) propriétaires d&amp;#039;équipements sportifs utilisés à des fins compétitives de haut niveau, en lien avec un club local.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
  &lt;ul&gt;
   &lt;li&gt;
    Rénovation d&amp;#039;équipements vétustes,
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;ul&gt;
   &lt;li&gt;
@@ -6185,595 +5498,193 @@
 &lt;p&gt;
  Seront intégrées aux dépenses éligibles les travaux relevant de l&amp;#039;équipement sportif stricto sensu, à l&amp;#039;exclusion des zones de convivialité (hall, accueil, club-house, espaces verts et espaces bien-être).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;intervention régionale est calculée sur le montant des dépenses subventionnables plafonné à 2 M€ HT, sur la base du coût prévisionnel des travaux opérés sur l&amp;#039;équipement sportif stricto sensu, en tenant compte des dernières données fiscales connues « Potentiel financier et Effort fiscal des communes de la région Grand Est » :
 &lt;/p&gt;
 &lt;p&gt;
  Taux d&amp;#039;intervention régionale
 Potentiel
 financier de la commune d&amp;#039;implantation &amp;lt; Potentiel financier de
 la strate
 Potentiel
 financier de la commune d&amp;#039;implantation &amp;gt; Potentiel financier de
 la strate
 Effort
 fiscal &amp;lt;1
 20 %
 15 %
 Effort
 fiscal &amp;gt;1
 25 %
 20 %
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Equipement public</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P27" s="1" t="inlineStr">
+      <c r="P24" s="1" t="inlineStr">
         <is>
           <t>30/11/2016</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-investissements-sportifs/</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0134/depot/simple</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;a href="mailto:Paul.FRICKER&amp;#64;grandest.fr"&gt;
     Paul FRICKER
    &lt;/a&gt;
    – 03 88 15 67 45 (Alsace-Lorraine)
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="mailto:sophie.saintaubin&amp;#64;grandest.fr"&gt;
     Sophie SAINT-AUBIN
    &lt;/a&gt;
    – 03 26 70 85 82 (Champagne-Ardenne)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6c6b-soutien-aux-investissements-sportifs/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...402 lines deleted...]
-      <c r="A30" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>139927</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -6819,391 +5730,391 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P30" s="1" t="inlineStr">
+      <c r="P25" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q30" s="1" t="inlineStr">
+      <c r="Q25" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>161692</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Développer les équipements sportifs de proximité - Plan 5000 équipements – Génération 2024</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Agence nationale du Sport (ANS)</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Plan 5000 équipements sportifs – Génération 2024, s’inscrit dans la continuité du Plan 5000 terrains de sport (2022-2023) qui a connu un grand succès qualitatif et quantitatif avec plus de 5500 terrains de sport financés sur tout le territoire français ainsi que dans le prolongement des politiques publiques destinées à renforcer le lien avec le milieu scolaire : 2h de sport au collège et 30 minutes d’Activité Physique et Sportive (APQ) à l’école.&lt;/p&gt;&lt;p&gt;Ce nouveau Plan 5000 équipements – Génération 2024 se déploiera selon 3 axes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les équipements de proximité ;&lt;/li&gt;&lt;li&gt;Les cours d’écoles actives et sportives ;&lt;/li&gt;&lt;li&gt;Les équipements structurants.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une enveloppe pluriannuelle de 300 M€ sur 3 ans est allouée à l’Agence nationale du Sport pour la mise en place de ce programme.&lt;/p&gt;&lt;p&gt;Entre 2024 et 2026, ce plan doit permettre la création de 5000 équipements supplémentaires (3000 équipements de proximité, 1500 cours d’écoles actives et sportives et 500 équipements structurants). 1/3 des projets devront être situés dans des Quartiers Prioritaires de la politique de la Ville (QPV) ou à proximité immédiate.&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.agencedusport.fr/plan-5000-equipements-generation-2024" title="Agence nationale du Sport" target="_blank"&gt;En savoir plus ...&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Equipement public</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;À destination&lt;/strong&gt; des collectivités ou leurs mandataires, des associations à vocation sportive, des universités publiques et des établissements médico-sociaux publics accueillant des jeunes en situation de handicap ayant une association sportive affiliée à une fédération sportive, ce plan contribuera à l’action de l’Agence en matière de correction des inégalités sociales et territoriales. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les territoires éligibles ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Tous les territoires sont éligibles. Néanmoins, une priorité d’examen sera donnée aux projets situés en territoires carencés. Les territoires carencés sont définis de la façon suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;En territoire urbain : projets situés dans les quartiers prioritaires de la politique de la ville (QPV) ou leurs environs immédiats. 1/3 des projets devront être situés dans ou à proximité de Quartiers Prioritaires de la politique de la Ville (QPV). &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;En territoire rural : projets situés dans les zones de revitalisation rurale (ZRR) ou dans une commune appartenant à une intercommunalité ayant signé un Contrat de Relance et de Transition Ecologique (CRTE) qualifié de rural, ou dans un bassin de vie comprenant au moins 50 % de la population en ZRR ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;En territoire ultramarin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelques points de vigilance. P&lt;/strong&gt;our pouvoir bénéficier d’une subvention d’équipement, les porteurs de projet doivent :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;S’engager à ne pas bénéficier de plus de 80 % d’aides publiques par rapport au coût total de l’opération, sauf pour les territoires d’Outre-mer ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Garantir de manière pérenne le caractère sportif de l’équipement ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Ne pas commencer l’exécution de l’opération avant la réception de l’accusé de réception de dossier conforme, éligible et complet, de la part des services instructeurs. Les devis, bons de commande, ordres de service ou le cas échéant, le marché, ne doivent pas avoir été signés. Les études préalables ou l’acquisition de terrains ne constituent pas un commencement d’exécution.&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Une convention d’utilisation et d’animation de l’équipement sportif d’une durée minimale de 5 ans devra être signée par le porteur de projet et le(s) utilisateur(s) du(des) équipement(s), avec un ou plusieurs établissements scolaires et/ou le propriétaire foncier précisant les créneaux prévisionnels qui seront réservés aux utilisateurs signataires et les créneaux en accès libre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.agencedusport.fr/plan-5000-equipements-generation-2024" title="Agence nationale du Sport" target="_blank"&gt;En savoir plus..&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.agencedusport.fr/plan-5000-equipements-generation-2024</t>
         </is>
       </c>
-      <c r="W31" s="1" t="inlineStr">
+      <c r="W26" s="1" t="inlineStr">
         <is>
           <t>https://infrasport.agencedusport.fr/</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.agencedusport.fr/contactez-nous?question&amp;#61;71"&gt;Contactez-nous | Agence nationale du sport (agencedusport.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>benoit.zedet@agencedusport.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-5000-equipements-generation-2024/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>103352</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Développer les équipements sportifs de proximité</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Aide aux équipements sportifs de proximité</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
+      <c r="I27" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 50</t>
         </is>
       </c>
-      <c r="J32" s="1" t="inlineStr">
+      <c r="J27" s="1" t="inlineStr">
         <is>
           <t>L'aide régionale peut aller jusqu'à 200.000€ maximum en fonction de la nature de l'équipement.</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  La Région entend, à travers cette aide, réduire les carences en équipements sportifs, faciliter l&amp;#039;accès du public féminin et des personnes en situation de handicap à la pratique du sport, et lutter contre la fracture territoriale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Le bénéficiaire peut être propriétaire, simple occupant ou locataire du terrain d&amp;#039;assiette ou des locaux objets du subventionnement régional.
   &lt;/li&gt;
   &lt;li&gt;
    En tout état de cause, le bénéficiaire s&amp;#039;engage à maintenir le bien subventionné dans sa destination pendant une durée fixée dans la convention de subventionnement.
   &lt;/li&gt;
   &lt;li&gt;
    Pour les communes qui justifient de l&amp;#039;absence d&amp;#039;équipement sportif sur leur territoire, l&amp;#039;aide régionale est renforcée : augmentation ou doublement du taux maximal et du montant plafond de la subvention en fonction (cas particulier pour les équipements sportifs en accès libre : taux maximum de subvention de 75%).
   &lt;/li&gt;
   &lt;li&gt;
    Pour les projets de terrains synthétiques non normés avec garnissage de caoutchouc : majoration de 5% pour dispositions permettant la rétention des granulats.
   &lt;/li&gt;
   &lt;li&gt;
    Pour les bénéficiaires qui justifient de la mise en œuvre d&amp;#039;une politique sportive dédiée aux personnes en situation de handicap (désignation d&amp;#039;un club résident accueillant ce public, équipements permettant une pratique compétitive...) : majoration de 10%.
   &lt;/li&gt;
   &lt;li&gt;
    Projets de création ou de réhabilitation d&amp;#039;équipements sportifs permettant de répondre à un besoin identifié de pratique sportive, de loisirs ou non compétitive.
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements devront, autant que possible, intégrer une logique de facilité d&amp;#039;accès aux transports en commun.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets présentés permettant une pratique compétitive doivent bénéficier à un club résident, accueillant une pratique sportive mixte ou possédant obligatoirement une section féminine pour les disciplines collectives sauf impossibilité argumentée et justifiée.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les collectivités territoriales,
  &lt;/li&gt;
  &lt;li&gt;
   Les syndicats mixtes,
  &lt;/li&gt;
  &lt;li&gt;
   Le mouvement sportif (fédérations, ligues, comités régionaux, comités départementaux et clubs associatifs),
  &lt;/li&gt;
  &lt;li&gt;
   Les sociétés de droit privé à objet sportif.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dossier doit notamment comprendre :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La présentation de l&amp;#039;étude des besoins ou note d&amp;#039;opportunité,
   &lt;/li&gt;
   &lt;li&gt;
    Un dossier de niveau APS du projet, comprenant le détail estimatif des travaux et les plans correspondants,
   &lt;/li&gt;
   &lt;li&gt;
    Une délibération de la collectivité sollicitant le financement régional, ou décision de l&amp;#039;autorité compétente pour les associations et sociétés,
   &lt;/li&gt;
   &lt;li&gt;
    Un plan de financement prévisionnel,
   &lt;/li&gt;
   &lt;li&gt;
    Un planning prévisionnel comportant une date de démarrage et de fin de travaux.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/SygNvK_go</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>Direction des Sports, des Loisirs et de la Citoyenneté
 &lt;br /&gt;
 &lt;br /&gt;
 Service des sports
 &lt;br /&gt;
 &lt;br /&gt;
 Victor Carriere /
 &lt;a href="mailto:victor.carriere&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  victor.carriere&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 / 01 53 85 60 52
 &lt;br /&gt;
 &lt;br /&gt;
 Gaëtane Claveau /
 &lt;a href="mailto:gaetane.claveau&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  gaetane.claveau&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 / 01 53 85 50 12
@@ -7228,395 +6139,162 @@
 &lt;/a&gt;
 / 01 53 85 70 91
 &lt;br /&gt;
 &lt;br /&gt;
 Didier Pereira /
 &lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  didier.pereira&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 / 01 53 85 56 53
 &lt;br /&gt;
 &lt;br /&gt;
 Christophe Iracane /
 &lt;a href="mailto:christophe.iracane&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  christophe.iracane&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 / 01 53 85 60 83
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf7d-aide-aux-equipements-sportifs-de-proximite/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>155109</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Créer et réaménager des espaces publics favorisant le lien social et les échanges intergénérationnels (parcs, espaces de loisirs, jardins publics etc.)</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics de loisirs : parcs et jardins, aires de jeux, espaces sport-santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I33" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
-[...222 lines deleted...]
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Création et réaménagement d&amp;#039;espaces publics favorisant le lien social et les échanges intergénérationnels : parcs, espaces de loisirs et jardins publics pouvant inclure des équipements tels qu&amp;#039;une aire de jeux, un espace sport-santé, un mini-golf, un arboretum, un skate park, une aire extérieure de street workout et fitness (combinaison de gymnastique et de musculation) ...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pièces justifiant la bonification si sollicitée
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Exemples de démarches en lien avec la transition écologique :
    &lt;/strong&gt;
    présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Exemples de démarches en lien avec la transition inclusive :
    &lt;/strong&gt;
    présence d&amp;#039;une aire de jeux 100% inclusive, présence d&amp;#039;une aire de fitness s&amp;#039;adressant à différents publics : seniors pour prévenir leur perte d&amp;#039;autonomie, les personnes nécessitant de la rééducation, les sportifs pour entretenir leur forme, les personnes à mobilité réduite, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espaces verts
 Espace public</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  1 - Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
 &lt;/p&gt;
 &lt;p&gt;
  2 - Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
 &lt;/p&gt;
 &lt;p&gt;
  3 - L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Concernant l&amp;#039;aménagement d&amp;#039;une aire de jeux :
  &lt;/strong&gt;
  cette dernière devra être accessible à tous les enfants quelle que soit leur singularité (Cf guide-conseil sur les aires jeux inclusives en document joint).
 &lt;/p&gt;
 &lt;p&gt;
@@ -7697,394 +6375,147 @@
    Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement).
   &lt;/li&gt;
   &lt;li&gt;
    Les frais de publicité, de reproduction des dossiers.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux réalisés en régie.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/espaces-publics-de-loisirs-parcs-et-jardins-aires-de-jeux-espaces-sport-sante-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W34" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ddd0-espaces-publics-de-loisirs-parcs-et-jardins-a/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-[...247 lines deleted...]
-      <c r="A36" s="1">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
         <v>120379</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Projets de Cohérence Territoriale</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I29" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 70</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
 &lt;/p&gt;
 &lt;p&gt;
  Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;h3&gt;
  Dépenses subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
 &lt;/p&gt;
 &lt;p&gt;
  En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
 &lt;/p&gt;
@@ -8223,64 +6654,64 @@
  – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
 &lt;/p&gt;
 &lt;p&gt;
  – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
 &lt;/p&gt;
 &lt;p&gt;
  – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
 &lt;/p&gt;
 &lt;p&gt;
  – décision de la Commission permanente qui attribue la subvention.
 &lt;/p&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases règlementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Equipement public
 Bâtiments et construction
 Accessibilité</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les communes de – 5 000 habitants
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bâtiments Communaux
  &lt;/strong&gt;
  : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accessibilité
  &lt;/strong&gt;
  des équipements publics
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -8477,202 +6908,202 @@
  &lt;strong&gt;
   Pour les communes de &amp;#43; 5 000 habitants et les EPCI
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -Logement.
  &lt;br /&gt;
  – Acquisition foncière (pour réserve).
  &lt;br /&gt;
  – Sièges administratifs communautaires et locaux techniques communautaires.
  &lt;br /&gt;
  – Groupes scolaires.
  &lt;br /&gt;
  – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
  &lt;br /&gt;
  –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Politiques Territoriales – Service des Relations avec les Collectivités
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Quentin DUVILLIER, Coordonnateur zone nord –
  &lt;strong&gt;
   Tél. : 04 75 79 26 65
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Christel MORIN, Coordonnatrice zone sud –
  &lt;strong&gt;
   Tél. : 04 75 79 26 31
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aurore MERMET, Coordonnatrice zone centre –
  &lt;strong&gt;
   Tél. : 04 75 79 82 29
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
  &lt;strong&gt;
   Tél. : 04 75 79 26 67
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>152461</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Aider à la création de parcours de santé et parcs de fitness extérieurs</t>
         </is>
       </c>
-      <c r="D37" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>PARCOURS DE SANTE ET PARCS DE FITNESS EXTERIEURS</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I37" s="1" t="inlineStr">
+      <c r="I30" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 80</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, la réhabilitation ou l&amp;#039;aménagement de parcours de santé ou d&amp;#039;équipements de sports santé (appareils de musculation extérieurs et appareils permettant aussi de faire un travail cardiovasculaire) afin de permettre à tous la pratique sportive d&amp;#039;entretien ou intensive pour les publics jeunes, adultes et séniors occasionnels, réguliers ou confirmés, en toute sécurité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;un parc de fitness avec 8 appareils
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un parcours de santé avec 13 agrès - Rue de la Gare
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un parcours de santé et d&amp;#039;un parc de fitness extérieur
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de création d&amp;#039;un parcours de santé avec 8 agrès
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un parc de fitness - Rue du Chemin Vert (VC)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espace public
 Santé
 Equipement public</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles HT
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -8770,463 +7201,458 @@
   animation du site
  &lt;/li&gt;
  &lt;li&gt;
   travaux en régie
  &lt;/li&gt;
  &lt;li&gt;
   les équipements de type streeworkout et bancs de musculation (éligibles dans le cadre du dispositif &amp;#34;Equipements sportifs&amp;#34;)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES ELIGIBLES
  &lt;/strong&gt;
  &lt;strong&gt;
   :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pose des différents éléments par le (s) fournisseur (s) ou entreprise(s) spécialisée(s)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W37" s="1" t="inlineStr">
+      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df65-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...186 lines deleted...]
-      <c r="A39" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>162999</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Accompagner le développement de la pratique sportive, e-sportive et parasportive en Île-de-France et soutenir les parasportifs franciliens</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Soutien régional à l'acquisition de matériels sportifs, e-sportifs ou parasportifs</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région entend, à travers cette aide à l&amp;#039;acquisition de matériels, accompagner le développement de la pratique sportive, e-sportive et parasportive en Île-de-France et soutenir les parasportifs franciliens. &lt;br /&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit public,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fédérations sportives sportives agrées et leurs structures déconcentrées franciliennes sous convention avec la Région,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Clubs sportifs agréés uniquement pour l&amp;#039;acquisition de matériels parasportifs,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit privé à but non lucratif et les 
 sociétés, dont l&amp;#039;objet principal consiste en la promotion du e-sport,&lt;/span&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Parasportifs titrés &lt;/span&gt;« &lt;span&gt;Ambassadrices et Ambassadeurs du Sport de la Région Île-de-France &lt;/span&gt;»,&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements et services médico-sociaux ayant intégré le sport dans leur projet d&amp;#039;établissement,&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Clubs professionnels ou semi-professionnels sous convention avec la Région.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Afin
  de favoriser les mutualisation, une ligue ou un comité régional sportif
  peut regrouper la demande de plusieurs clubs ou comités départementaux 
 de sa discipline. &lt;/span&gt;&lt;br /&gt; &lt;p&gt;L&amp;#039;aide régionale porte sur l&amp;#039;acquisition de matériels neufs ou d&amp;#039;occasion relevant de dépenses d&amp;#039;investissement. &lt;/p&gt;&lt;p&gt;Elle varie en fonction de la nature du matériel.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le règlement d’intervention 
 téléchargeable ci-après présente les différents plafonds et taux maximum
  de subventionnement régional. &lt;/p&gt;&lt;br /&gt; &lt;p&gt;Le dispositif concerne l’acquisition des mobiliers et 
 matériels suivants, pour une utilisation sur le territoire francilien :&lt;/p&gt;&lt;p&gt;• Matériels parasportifs,&lt;br /&gt;• Appareils de musculation répondant aux besoins d’entrainement des personnes à mobilité réduite en totale autonomie,&lt;br /&gt;• Matériels sportifs lourds, mobiles ou non, destinés à la pratique sportive fédérale,&lt;br /&gt;•
  Mobiliers et matériels destinés au développement de clubs sportifs 
 professionnels ou semi-professionnels sous convention avec la Région,&lt;br /&gt;• Matériels e-sportifs dans le cadre du développement de projets structurants en Île-de-France,&lt;br /&gt;• Matériels sportifs événementiels amovibles (structure d’escalade mobile, pack animation rugby…),&lt;br /&gt;•
  Mobiliers urbains sportifs fixes, en accès libre, dédiés notamment à la
  promotion et au développement du Teqball, du tennis de table et des 
 échecs.&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Dépôt du dossier de candidature sur la plateforme des aides régionales &lt;span&gt;&lt;strong&gt;&lt;span&gt;&lt;a href="http://mesdemarches.iledefrance.fr"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un seul dossier par structure et par an est accepté.&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-regional-lacquisition-de-materiels-sportifs-e-sportifs-ou-parasportifs</t>
         </is>
       </c>
-      <c r="W39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Laurent Toutain&lt;/p&gt;&lt;p&gt;Tél : 01 53 85 71 97&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:laurent.toutain&amp;#64;iledefrance.fr" target="_blank"&gt;laurent.toutain&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-regional-a-lacquisition-de-materiels-sportifs-e-sportifs-ou-parasportifs/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>105268</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations sportives relatives au football</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA) - Chapitre Equipement</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>District / Comité départemental de football d'appartenance</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
+        <is>
+          <t>Les modalités de financement sont définies par les Ligues et Districts dans le cadre d'une stratégie territoriale des équipements sportifs, et sont propres à chaque territoire.</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Par l&amp;#039;intermédiaire de ce dispositif, la Fédération Française de Football souhaite accompagner la mise en place de projets d&amp;#039;équipements visant à améliorer l&amp;#039;accueil, la sécurité et les conditions de pratique de ses licencié(e)s, et de leur proposer de nouveaux espaces répondant à leurs attentes.&lt;/p&gt;
+&lt;p&gt;
+ Veuillez contacter votre District/Ligue d&amp;#039;appartenance avant de déposer un éventuel dossier (contact dans le cahier des charges en annexe).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets éligibles à un financement FAFA Equipement Clubs-Collectivités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un club house
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou travaux pour mise en conformité réglementaire d&amp;#039;un ensemble vestiaires ou locaux pour un classement fédéral
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou mise en conformité d&amp;#039;un éclairage ou rénovation pour un classement fédéral. Remplacement par des projecteurs LED
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation d&amp;#039;une installation contribuant à un classement fédéral (main-courantes, banc de touches, clôture de l&amp;#039;installation sportive et/ou de l&amp;#039;aire de jeu, mise en conformité des zones de sécurité autour d&amp;#039;un terrain, remplacement de buts fixes de football à 11)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de grands jeux en pelouse naturelle ou pelouse naturelle renforcée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement/Amélioration d&amp;#039;un terrain en pelouse naturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de grands jeux éclairé en gazon synthétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Changement du revêtement gazon synthétique sur un terrain de grands jeux éclairé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de Football à 8 contre 8 éclairé en gazon synthétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet d&amp;#039;équipement donnant lieu à un classement de l&amp;#039;installation en T7 ou un éclairage d&amp;#039;entraînement en E7
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autre projet participant à l&amp;#039;amélioration de la trajectoire environnementale
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q32" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Le porteur du projet doit être, soit un club affilié à la F.F.F., soit une collectivité locale en collaboration avec un club support affilié à la F.F.F. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier doit être saisi par le District au plus tard trois mois après la date de commencement des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;équipement projeté doit être situé obligatoirement au sein d&amp;#039;une installation sportive utilisée par le club support ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur de projet doit impérativement présenter un plan d&amp;#039;utilisation des installations envisagées dans le respect des attentes de la F.F.F. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage doit réaliser son opération dans un délai de 24 mois à compter de la date d&amp;#039;attribution de la subvention par la F.F.F.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_equipement_clubs-collectivites_25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Madame Cynthia TRUONG, Responsable des Financements et aides aux clubs à la FFF : ctruong&amp;#64;fff.fr &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>ctruong@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8568-financer-les-installations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>103355</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Soutenir développement des équipements sportifs d’intérêt régional (ESIR)</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Aide aux équipements sportifs d’intérêt régional (ESIR)</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J40" s="1" t="inlineStr">
+      <c r="J33" s="1" t="inlineStr">
         <is>
           <t>Le taux de subvention régional est de 30% maximum du montant des dépenses éligibles</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient le développement des équipements sportifs d&amp;#039;intérêt régional qui permettent de regrouper des sportifs pour des stages de perfectionnement, des compétitions ou des formations.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les centres techniques
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements sportifs dédiés à la pratique sportive des personnes en situation de handicap
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les projets, qui comprennent la réalisation de terrains synthétiques (terrains synthétiques avec garnissage de granulats en caoutchouc ou autres) devront répondre à certaines exigences particulières de protection des pratiquants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
@@ -9285,223 +7711,414 @@
    Plan de financement
   &lt;/li&gt;
   &lt;li&gt;
    Planning prévisionnel de réalisation des travaux
   &lt;/li&gt;
   &lt;li&gt;
    Gestion prévisionnelle de l&amp;#039;équipement
   &lt;/li&gt;
   &lt;li&gt;
    Décision de l&amp;#039;organe délibérant sollicitant le financement (délibération, PV d&amp;#039;Assemblée générale ou de Comité directeur...)
   &lt;/li&gt;
   &lt;li&gt;
    Dépôt du dossier de candidature sur la plateforme des aides régionales
    &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
     mesdemarches.iledefrance.fr
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
    .
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/ry8rd5sIq</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction des Sports, des Loisirs et de la Citoyenneté
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bénédicte Chaignon
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:benedicte.chaignon&amp;#64;iledefrance.fr"&gt;
   benedicte.chaignon&amp;#64;iledefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01 53 85 63 43
 &lt;/p&gt;
 &lt;p&gt;
  Laurent Toutain
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:laurent.toutain&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   laurent.toutain&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01 53 85 71 97
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ba44-aide-aux-equipements-sportifs-dinteret-region/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>391</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>162563</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J41" s="1" t="inlineStr">
+      <c r="J35" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -9540,789 +8157,166 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G42" s="1" t="inlineStr">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
-[...105 lines deleted...]
- Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
-[...528 lines deleted...]
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -10334,174 +8328,174 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W44" s="1" t="inlineStr">
+      <c r="W36" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-      <c r="A45" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>117496</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le développement des villes</t>
         </is>
       </c>
-      <c r="C45" s="1" t="inlineStr">
+      <c r="C37" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D45" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les transports propres et de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
@@ -10525,298 +8519,298 @@
   Traiter les friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour de tels projets, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études visant à structurer le montage économique, financier et juridique ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser un accompagnement en ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Friche
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
         </is>
       </c>
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-      <c r="A46" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>163280</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Développer l'attractivité du territoire en dynamisant l'offre de services et le cadre de vie</t>
         </is>
       </c>
-      <c r="C46" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I46" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J46" s="1" t="inlineStr">
+      <c r="J38" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat cherche activement à renforcer son attrait et sa compétitivité en améliorant son cadre de vie et en dynamisant son offre de services.&lt;br /&gt;Maintenir la qualité de vie des habitants et accueillir les nouveaux arrivants nécessitent une offre et un maillage territorial solides en termes de services et d&amp;#039;équipements. Actuellement, l&amp;#039;organisation territoriale est principalement centralisée autour de Vitry-le-François. Il est donc crucial d&amp;#039;accompagner les collectivités et les acteurs privés pour développer ou maintenir un premier niveau de services marchands et non marchands (dans la sphère de l’économie sociale et solidaire), en particulier dans les bourgs relais, tout en facilitant leur accès. L&amp;#039;objectif est d&amp;#039;éviter que les habitants soient contraints de se déplacer systématiquement vers les territoires voisins, tels que Châlons-en-Champagne et Saint-Dizier.&lt;br /&gt;Un autre enjeu majeur concerne le domaine de la santé. Le Pays vitryat est confronté à un déficit de médecins généralistes et spécialistes, ainsi qu&amp;#039;à la menace de désertification médicale. Afin de remédier à cette situation, il est essentiel de créer des conditions favorables à l&amp;#039;installation de nouveaux praticiens de santé. Cela passe par le développement d&amp;#039;infrastructures telles que des maisons médicales ou des cabinets mutualisés, ainsi que par le soutien aux collectivités et aux associations de médecins dans leurs efforts de recrutement.&lt;br /&gt;Par ailleurs, pour renforcer l&amp;#039;attractivité résidentielle, il est important de proposer une offre sportive, culturelle et de loisirs attrayante.&lt;br /&gt;En mettant en oeuvre ces actions combinées, le Pays vitryat vise à créer un territoire attractif, dynamique et durable, capable d&amp;#039;attirer de nouveaux résidents, visiteurs et investisseurs, tout en offrant une qualité de vie élevée à ses habitants.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Développer la destination Pays Vitryat (destination résidentielle et touristique)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- L’augmentation du nombre et l’amélioration de la qualité des services à la population&lt;br /&gt;- L’installation de praticiens de santé sur le territoire&lt;br /&gt;- L’augmentation et/ou amélioration des pratiques sportives et culturelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;LEADER offre une valeur significative dans la présente fiche action. Un aspect essentiel de cette initiative est le renforcement du partenariat entre les acteurs publics et privés dans le domaine des services de proximité. Cette collaboration favorise une meilleure coordination des ressources et des expertises pour répondre aux besoins locaux de manière efficace.&lt;/p&gt;&lt;p&gt;Une autre idée clé est la mutualisation des compétences pour redynamiser les bourgs-centres. En rassemblant les forces de différents acteurs, LEADER stimule la vitalité économique des zones rurales, tout en préservant leur identité et leurs spécificités culturelles.&lt;br /&gt;Le renforcement de l&amp;#039;attractivité du territoire est également mis en avant grâce à l&amp;#039;amélioration et au développement de l&amp;#039;offre territoriale existante en matière de culture, services, commerces, tourisme et loisirs. LEADER soutient ainsi des projets visant à promouvoir les richesses culturelles et touristiques locales, tout en améliorant les infrastructures et les services disponibles pour les résidents et les visiteurs.&lt;br /&gt;En somme, LEADER offre une approche intégrée et synergique pour dynamiser le Pays Vitryat en favorisant la coopération entre les acteurs, en valorisant les atouts locaux et en développant une offre attrayante et diversifiée de services, de loisirs et de commerces. Ce programme constitue un levier puissant pour améliorer la qualité de vie de la population locale et pour renforcer l&amp;#039;attractivité globale du territoire.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M46" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opération contribuant au développement des équipements et services de proximité&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et/ou à l’équipement des :&lt;br /&gt;→ Lieux d’accueil et de mutualisation*&lt;br /&gt;→ Services marchands de proximité : artisanat et commerces&lt;br /&gt;→ Services dans le champ de l’économie sociale et solidaire** et/ou liés à l’environnement et l’économie circulaire***&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Opération contribuant au maintien d’une offre de santé diversifiée et connectée&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, l’aménagement et l’équipement de maisons de santé pluridisciplinaires, maisons médicales ou cabinets mutualisés&lt;br /&gt;- Soutien aux actions d’animation, de promotion et/ou d’accompagnement des acteurs de la santé&lt;br /&gt;- Soutien au développement des e-services****&lt;br /&gt;- Soutien aux opérations permettant l’expérimentation d’outils et/ou actions innovantes dans le domaine de la santé au service des seniors et/ou des personnes en situation de handicap&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Opération contribuant au développement de l’offre sportive, culturelle ou de loisirs pour les habitants du territoire&lt;/strong&gt;&lt;br /&gt;- Soutien à l’équipement, à la mise en réseau, à la coordination, à la mobilité, à l’animation, à la communication favorisant la pratique culturelle et/ou sportive&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et à l’équipement des infrastructures culturelles, sportives et/ou de loisirs&lt;br /&gt;- Soutien à l’organisation de manifestations et d’évènements culturels, sportifs et/ou de loisirs&lt;/p&gt;&lt;p&gt;&lt;em&gt;*On entend par mutualisation, la mise en commun des moyens, qu&amp;#039;ils soient humains, financiers ou logistiques afin de réduire des coûts et de réaliser des économies.&lt;br /&gt;**Le concept d&amp;#039;économie sociale et solidaire (ESS) désigne un ensemble de structures, dont le fonctionnement interne et les activités sont fondés sur un principe de solidarité et d&amp;#039;utilité sociale.&lt;br /&gt;***L’économie circulaire consiste à produire des biens et des services de manière durable en limitant la consommation et le gaspillage des ressources et la production des déchets.&lt;br /&gt;****Les e-services désignent toutes les informations et services fournis sur Internet en lien avec la santé.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Santé
 Equipement public</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P46" s="1" t="inlineStr">
+      <c r="P38" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q46" s="1" t="inlineStr">
+      <c r="Q38" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique: Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;&lt;p&gt;3. Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W46" s="1" t="inlineStr">
+      <c r="W38" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-      <c r="A47" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>101706</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités sous forme d'ingénierie publique</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale de l'Yonne (ATD 89)</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Agence technique départementale propose ses compétences aux collectivités adhérentes pour du conseil technique et des missions d&amp;#039;ASSISTANCE A MAÎTRISE d&amp;#039;OUVRAGE (AMO) en phase pré-opérationnelle et opérationnelle, pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider à la recherche de financements ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Aider à la définition du besoin ;
  &lt;/li&gt;
  &lt;li&gt;
   Étudier la faisabilité technique, réglementaire et financière ;
  &lt;/li&gt;
  &lt;li&gt;
   Mettre en relation les élus avec les financeurs ;
  &lt;/li&gt;
  &lt;li&gt;
   Aider à la passation des contrats pour la réalisation des études préalables ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
@@ -10844,51 +8838,51 @@
   &lt;/em&gt;
   .
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   BÂTIMENTS PUBLICS : inventaire et analyse du patrimoine immobilier ; études préalables avant travaux (levé topographique,
   &lt;br /&gt;
   levé géométrique, diagnostic structure, plomb, amiante, thermique,
   &lt;em&gt;
    etc
   &lt;/em&gt;
   .) ;  opérations de construction neuve, de rénovation, ou de réhabilitation ; opérations d&amp;#039;isolation et d&amp;#039;accessibilité.
  &lt;/li&gt;
  &lt;li&gt;
   ASSAINISSEMENT (EAUX USÉES &amp;amp; EAUX PLUVIALES) : schémas directeurs ; réseaux et station d&amp;#039;épuration (études et travaux) ; transfert de compétence assainissement ; marchés de prestation de service, délégation de service public.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   EAU POTABLE : diagnostics réseaux et schémas directeurs ; réalisation ou réhabilitation d&amp;#039;ouvrages de production de traitement et de stockage d&amp;#039;eau potable ; renforcement, extension, réhabilitation de réseaux ; défense incendie ; délégation de service public.
   &lt;br /&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M47" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Opérations d&amp;#039;AMO :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aménagements de sécurité routière en traversée d&amp;#039;agglomération ;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de cheminements doux ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sécurisation des abords des écoles ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un City-parc ;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de la place de la Mairie, de l&amp;#039;Église ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un centre culturel ;
@@ -10923,300 +8917,300 @@
   Schéma de défense incendie ;
  &lt;/li&gt;
  &lt;li&gt;
   Préfiguration de l&amp;#039;organisation des services AEP ;
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement du réseau d&amp;#039;eau potable ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Étude de bassin d&amp;#039;alimentation de captage AEP ;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;em&gt;
    etc
   &lt;/em&gt;
   .
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Espace public
 Voirie et réseaux
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité adhérente de l&amp;#039;Agence technique départementale (commune, communauté de communes, syndicat).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Yonne</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.atd89.fr/</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour contacter l&amp;#039;ATD 89 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:atd&amp;#64;yonne.fr" rel="noopener" target="_blank"&gt;
   atd&amp;#64;yonne.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  10 avenue du 4° Régiment d&amp;#039;infanterie - 89 000 Auxerre
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Standard :
  03 86 34 61 01
 &lt;/p&gt;
 &lt;p&gt;
  Site Internet :
  &lt;a href="https://www.atd89.fr/" target="_self"&gt;
   https://www.atd89.fr/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>yvan.telpic@yonne.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7cb3-apporter-une-assistance-a-maitrise-douvrage-a/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>157093</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'inclusion et l'épanouissement des habitants</t>
         </is>
       </c>
-      <c r="C48" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°4 : Favoriser l'inclusion et l'épanouissement des habitants</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I48" s="1" t="inlineStr">
+      <c r="I40" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J48" s="1" t="inlineStr">
+      <c r="J40" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe LEADER entend favoriser l&amp;#039;accès à la pratique sportive, à la culture et aux services pour le plus grand nombre. À travers les différentes initiatives qui seront soutenues, il s&amp;#039;agira de dynamiser la vie locale en poursuivant les objectifs opérationnels suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Un renforcement des solidarités et du lien social.
 &lt;/p&gt;
 &lt;p&gt;
  - Des associations valorisées et un intérêt retrouvé pour le bénévolat.
 &lt;/p&gt;
 &lt;p&gt;
  - Une fidélisation des acteurs associatifs et des bénévoles du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - La promotion du sport comme facteur de santé et d&amp;#039;inclusion.
 &lt;/p&gt;
 &lt;p&gt;
  - Le maintien et la diversité de l&amp;#039;offre culturelle, de loisirs et évènementielle pour tous les publics.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Création matérielle et/ou immatérielle de diffusion culturelle et artistique.
 &lt;/p&gt;
 &lt;p&gt;
  - Promotion de projets associatifs, culturels et artistiques.
 &lt;/p&gt;
 &lt;p&gt;
  - Aménagement/équipements d&amp;#039;espaces dédiés à la pratique sportive et/ou de loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  - Actions de mise en réseau et de montée en compétence des acteurs associatifs.
 &lt;/p&gt;
 &lt;p&gt;
  - Aménagement de lieux d&amp;#039;accueil pour les personnes en situation de handicap.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées aux études :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Création, développement ou amélioration de l&amp;#039;offre culturelle.
 &lt;/p&gt;
 &lt;p&gt;
  - Création, développement de l&amp;#039;offre de sports/loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Actions d&amp;#039;animation et de formation visant à la création ou au développement de projets culturels, artistiques et de loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;événements et création d&amp;#039;outils de communication (portées par les collectivités locales uniquement).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Handicap
 Cohésion sociale et inclusion
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -11250,143 +9244,143 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/737c-leader-action-n4-favoriser-linclusion-et-lepa/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-      <c r="A49" s="1">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
         <v>119945</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
         </is>
       </c>
-      <c r="D49" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Dotation de soutien à l'investissement local</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G49" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I49" s="1" t="inlineStr">
+      <c r="I41" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La
  &lt;strong&gt;
   dotation de soutien à l&amp;#039;investissement local
  &lt;/strong&gt;
  (DSIL) a été créée en 2016 afin de soutenir l&amp;#039;investissement local des collectivités du bloc communal, d&amp;#039;accompagner et de favoriser la transformation des territoires. Les décisions d&amp;#039;attribution de la DSIL relèvent du préfet de région et les crédits de cette dotation sont destinés à financer des opérations entrant dans l&amp;#039;une des 6 thématiques fixées par l&amp;#039;article L. 2334-42 du CGCT :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique, transition énergétique, développement des énergies renouvelables
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes et sécurisation des équipements publics
  &lt;/li&gt;
  &lt;li&gt;
   Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements
  &lt;/li&gt;
  &lt;li&gt;
   Développement du numérique et de la téléphonie mobile
  &lt;/li&gt;
  &lt;li&gt;
   Création, transformation et rénovation des bâtiments scolaires
  &lt;/li&gt;
  &lt;li&gt;
@@ -11417,439 +9411,219 @@
  &lt;li&gt;
   pour 35% en fonction de la  population située dans une unité urbaine de moins de 50.000 habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour la première part, est prise en compte la population municipale des régions. Pour le département de Mayotte, la population DGF du département est retenue. Pour la seconde part, la population prise en compte est la population DGF des communes, telle que définie à l&amp;#039;article L. 2334-2 du CGCT et les unités urbaines sont celles qui figurent sur la liste publiée par l&amp;#039;Institut national de la statistique et des études économiques.
 &lt;/p&gt;
 &lt;p&gt;
  Cette répartition vise à apporter un soutien privilégié aux régions dans lesquelles se concentrent les collectivités de taille modeste qui peuvent rencontrer davantage de difficultés à mobiliser les financements nécessaires à des projets structurants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Gestion déconcentrée de la DSIL :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Depuis sa création en 2016, la gestion de la dotation de soutien à l&amp;#039;investissement local a été confiée à l&amp;#039;échelon régional, ce qui signifie que les préfets de région attribuent les subventions au titre de la DSIL en concertation avec les sous-préfets d&amp;#039;arrondissement et le préfet de département. Le caractère régional de la dotation permet aux préfets de région de s&amp;#039;adapter aux spécificités de leurs territoires sans être contraints par une enveloppe départementale et de mettre en œuvre des stratégies infrarégionales de manière souple, en priorisant les territoires disposant des ressources les moins élevées pour investir.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet de loi relatif à la différenciation, la décentralisation, la déconcentration et portant diverses mesures de simplification de l&amp;#039;action publique locale (3DS) réaffirme la compétence de principe du préfet de région pour l&amp;#039;attribution des subventions. Afin de fluidifier le processus d&amp;#039;attribution, il autorise néanmoins le préfet de département à signer les actes associés à l&amp;#039;attribution des subventions, au nom et par délégation du préfet de région et dans les conditions que celui-ci fixe.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M49" s="1" t="inlineStr">
+      <c r="M41" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique des bâtiments communaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de la mairie
  - Sécurisation des accès à l&amp;#039;école
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une piste cyclable - aménagement d&amp;#039;un chemin piéton dans le cadre des mobilités douces
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un terrain multi-sport - aménagement d&amp;#039;équipements sportifs divers
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un groupe scolaire
  - rénovation de la cantine scolaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O49" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S49" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T49" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X49" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z49" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G50" s="1" t="inlineStr">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
-[...224 lines deleted...]
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La
  &lt;strong&gt;
   Dotation d&amp;#039;équipement des territoires ruraux
  &lt;/strong&gt;
  (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités d&amp;#039;attribution de la DETR sont caractérisées par une gestion largement déconcentrée permettant une adaptation aux priorités locales. Une commission départementale d&amp;#039;élus (dite &amp;#34;commission DETR&amp;#34;) est chargée de définir les catégories d&amp;#039;opérations prioritaires, les taux de subvention minimaux et maximaux applicables à chacune d&amp;#039;elles dans la limite des planchers et plafonds définis par le code général des collectivités territoriales (20-80%), et de donner son avis sur tous les projets de subvention supérieurs à 100 000 euros.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il convient donc, pour s&amp;#039;assurer de l&amp;#039;éligibilité d&amp;#039;une opération d&amp;#039;investissement au titre de cette dotation, de vérifier que celle-ci s&amp;#039;inscrive bien dans le cadre des catégories prioritaires définies par la commission dans le département concerné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités nationales d&amp;#039;affectation pour 2022 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En 2022, certaines priorités nationales ont été fixées, sous réserve du respect des décisions de la commission des élus. Ces priorités sont fixées par l&amp;#039;instruction ministérielle du 7 janvier 2022 relative à la composition et aux règles d&amp;#039;emploi des dotations et fonds de soutien à l&amp;#039;investissement en faveur des territoires en 2022 (https://www.legifrance.gouv.fr/download/pdf/circ?id&amp;#61;45271).
 &lt;/p&gt;
@@ -11869,374 +9643,594 @@
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction de la population regroupée des communes caractérisées comme peu denses ou très peu denses, au sens de l&amp;#039;INSEE, au 1er janvier de l&amp;#039;année précédant l&amp;#039;année au titre de laquelle la répartition est effectuée, situées dans les établissements publics de coopération intercommunale à fiscalité propre répondant aux critères d&amp;#039;éligibilité indiqués au 1° de l&amp;#039;article L. 2334-33 et qui ont leur siège dans le département ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction du rapport, pour chaque EPCI à fiscalité propre éligible, entre le potentiel fiscal moyen par habitant des EPCI à fiscalité propre de sa catégorie et son potentiel fiscal moyen par habitant ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  2°) la seconde moitié de la dotation est répartie en fonction de critères de densité du département et du potentiel financier des communes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % répartis entre les départements, en proportion du rapport entre la densité moyenne de population de l&amp;#039;ensemble des départements et la densité de population du département, le rapport pris en compte étant plafonné à 10 ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction du rapport, pour chaque commune répondant aux critères d&amp;#039;éligibilité indiqués aux a et b du 2° de l&amp;#039;article L. 2334-33, entre le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes appartenant au même groupe démographique et son potentiel financier moyen par habitant.
  &lt;br /&gt;
  Les données utilisées sont les données au 1er janvier N-1.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M51" s="1" t="inlineStr">
+      <c r="M42" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
+      <c r="T42" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la DETR 2022</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>104977</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les équipements des stations sports de nature</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Les sports de nature - équipements des stations sports de nature</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I52" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département déploie depuis 2018 un réseau de stations labellisées réparti sur l&amp;#039;ensemble du territoire charentais. Pour obtenir ce label, les structures demandeuses doivent répondre à un cahier des charges précis et réaliser certains aménagements. Ce dispositif a pour objectif d&amp;#039;accompagner les collectivités dans la réalisation de travaux d&amp;#039;amélioration de l&amp;#039;accueil du public et d&amp;#039;envergure réduite.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;espaces pour la pratique de discipline : 50% de 10.000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement du site pour améliorer l&amp;#039;accueil du public : 50% de 20.000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disciplines éligibles : tout sport de nature - escalade, course d&amp;#039;orientation, VTT, trail, marche nordique...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements éligibles : sanitaires, cheminements, sécurisation d&amp;#039;espaces...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être éligibles, les aménagements doivent concerner les stations sports nature labélisées ou celles en cours de labellisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - la nature de l&amp;#039;opération envisagée
+&lt;/p&gt;
+&lt;p&gt;
+ - le plan de financement prévu incluant la subvention sollicitée auprès du Département
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la notice explicative (finalités du projet et, le cas échéant, spécificités en termes de développement durable)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis descriptifs et estimatifs de l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : totalité à l&amp;#039;achèvement de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Sport/6132_SPORT_DE_NATURE_AMENAGEMENTS_SSN_01.pdf</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>http://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service sports et activités de pleine nature ; Tél. : 05 16 09 71 15
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/22f6-soutenir-les-equipements-des-stations-sports-/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J52" s="1" t="inlineStr">
+      <c r="J44" s="1" t="inlineStr">
         <is>
           <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
-      <c r="K52" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
 &lt;/p&gt;
 &lt;p&gt;
  Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M52" s="1" t="inlineStr">
+      <c r="M44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
  &lt;/li&gt;
  &lt;li&gt;
   La transition écologique : par exemple, la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -12265,335 +10259,604 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X52" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z52" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G53" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>67589</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités en ingénierie</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Ingenierie départementale</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Des spécialistes appartenant à l&amp;#039;administration départementale sont à disposition des collectivités gersoises pour apporter des conseils techniques, administratifs et juridiques, de montage et conduite de projet dans les domaines suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aménagement et Bâtiments
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Voirie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Assainissement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Milieux aquatiques et Gémapi
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;objectif est d&amp;#039;aider à l&amp;#039;émergence des projets, afin de passer de l&amp;#039;idée à la réalisation de l&amp;#039;opération puis à la gestion des ouvrages, sans toutefois entrer dans le champ de la maitrise d&amp;#039;œuvre réservé aux bureaux d&amp;#039;études et architectes.
 Pour cela, le Département et le CAUE s&amp;#039;appuient sur un réseau des acteurs de l&amp;#039;ingénierie sur le territoire, afin de réunir toutes les compétences nécessaires pour favoriser une construction judicieuse des projets.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M53" s="1" t="inlineStr">
+      <c r="M46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement pour la création d&amp;#039;une maison de santé, la réhabilitation d&amp;#039;une école, sécurisation d&amp;#039;une traverse de village et la création d&amp;#039;un cheminement piéton, pour la renaturation d&amp;#039;un cours d&amp;#039;eau et la suppression de digues afin de réduire les inondations sur une commune, aide à la mise en place d&amp;#039;un procédé innovant permettant de limiter la prolifération des lentilles d&amp;#039;eau et améliorer les performances épuratoires, à la mise en œuvre d&amp;#039;un protocole de contrôle des points d&amp;#039;auto-surveillance des réseaux de collecte...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Espaces verts
 Espace public
 Foncier
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X53" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:ingenierie&amp;#64;gers.fr"&gt;
   ingenierie&amp;#64;gers.fr
  &lt;/a&gt;
  ; 05 62 67 31 50
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:assainissement&amp;#64;gers.fr"&gt;
   assainissement&amp;#64;gers.fr
  &lt;/a&gt;
  ; 05 62 67 31 08
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:cater&amp;#64;gers.fr"&gt;
   cater&amp;#64;gers.fr
  &lt;/a&gt;
  ; 05 62 67 31 32
 &lt;/p&gt;
 &lt;p&gt;
  DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z53" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a21c-accompagner-les-collectivites-en-ingenierie/</t>
         </is>
       </c>
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-      <c r="A54" s="1">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
         <v>104722</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Soutenir la construction d'équipements publics exceptionnels/majeurs en Pays de la Loire dans les domaines culturels et sportifs</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Accompagner les investissements culturels et sportifs structurants</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G54" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H54" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I54" s="1" t="inlineStr">
+      <c r="I47" s="1" t="inlineStr">
         <is>
           <t> Max : 10</t>
         </is>
       </c>
-      <c r="J54" s="1" t="inlineStr">
+      <c r="J47" s="1" t="inlineStr">
         <is>
           <t>Maxi : 24 000 000</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Soutenir la construction d&amp;#039;équipements publics majeurs en Pays de la Loire dans les domaines culturels et sportifs.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En complément de sa politique de contractualisation avec les territoires, la Région finance des équipements structurants, culturels et sportifs, présentant un budget et un rayonnement conséquents.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est mise en place pour permettre la réalisation de projets présentant un caractère exceptionnel d&amp;#039;intérêt régional, voire au-delà, ainsi que les dossiers inscrits au CPER et les grands travaux menés sous maîtrise d&amp;#039;ouvrage régionale, tel que le Centre de ressources, d&amp;#039;expertise et de performance sportive (CREPS).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Détermination de l&amp;#039;aide régionale :
  &lt;/strong&gt;
  10% de la dépense subventionnable plafonnée à 24 000 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O54" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P54" s="1" t="inlineStr">
+      <c r="P47" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Eligibilité :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Caractère exceptionnel sinon unique de l&amp;#039;équipement au plan régional ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Investissement (hors acquisitions et VRD) de travaux et d&amp;#039;équipements supérieur à 2 700 000 € HT ;
    &lt;/strong&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   En vertu de sa compétence générale d&amp;#039;aménagement du territoire, le Conseil régional pourra qualifier le caractère structurant de l&amp;#039;équipement au regard des particularités du territoire concerné et de la singularité du projet.
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Les dépenses subventionnables prises en compte dans le calcul de la subvention sont les suivantes :
   &lt;/strong&gt;
  &lt;/p&gt;
@@ -12605,61 +10868,61 @@
    &lt;/li&gt;
    &lt;li&gt;
     Agencement, équipement et mobilier ;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     Honoraires d&amp;#039;architectes, y compris ceux antérieurs à la date de décision du Conseil régional ;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     Les frais d&amp;#039;études techniques ;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     L&amp;#039;assurance dommage-ouvrage obligatoire ;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     La coordination sécurité ;
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V54" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/equipements-structurants-dinteret-regional</t>
         </is>
       </c>
-      <c r="X54" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, du sport et des associations
  &lt;br /&gt;
  Pôle Coordination
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Christine Alaoui
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="mailto:Christine.Alaoui&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
   Christine.Alaoui&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Envoyer les pièces justificatives à joindre en deux exemplaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Lettre d&amp;#039;intention ;
    &lt;br /&gt;
@@ -12674,224 +10937,224 @@
   &lt;/li&gt;
   &lt;li&gt;
    Plan de financement prévisionnel ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Projet culturel ou sportif quant à l&amp;#039;utilisation de l&amp;#039;équipement ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Présentation de l&amp;#039;équipe de gestion;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Échéancier des travaux ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Relevé d&amp;#039;identité bancaire (RIB) ;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z54" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a58-equipements-structurants-dinteret-regional/</t>
         </is>
       </c>
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-      <c r="A55" s="1">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
         <v>162635</v>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Aménager des traverses d'agglomération et entretenir le patrimoine routier</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Voirie</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale (ATD) des Vosges</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. La voirie et les aménagements paysagers constituent des enjeux majeurs en termes de mobilités, d&amp;#039;attractivité économique, de préservation de l&amp;#039;environnement et de l&amp;#039;amélioration du cadre de vie. Le patrimoine routier et les espaces publics nécessitent un entretien régulier et des investissements qualitatifs pour en assurer la pérennité et la maîtrise des coûts de maintenance.&lt;/p&gt;
 &lt;p&gt;Dans le domaine de la voirie nos techniciens vous accompagnent en réalisant des études de faisabilité des mission de maîtrise d&amp;#039;œuvre (opération inférieure à 90 000€ HT) ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;Les missions de maîtrise d&amp;#039;œuvre consistent à l&amp;#039;issue de la validation du projet et de son enveloppe financière de  vous accompagner pour procéder à la consultation et à la passation d&amp;#039;un marché de travaux avec une ou des entreprises de travaux. A l&amp;#039;issue de cette phase de consultation l&amp;#039;ATD assure le suivi de chantier (organisation des réunions, point d&amp;#039;avancement des travaux, suivi des décomptes, assistance durant les opérations de réceptions et de levées des réserves...)&lt;/p&gt;&lt;p&gt; L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M55" s="1" t="inlineStr">
+      <c r="M48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aménager des traverses d&amp;#039;agglomérations&lt;/p&gt;&lt;p&gt;Aménager et réhabiliter des espaces publics (aires de jeux, lieux de rencontres...)&lt;/p&gt;&lt;p&gt;Réaliser des aménagement de sécurité (rétrécissement de chaussée, ralentisseurs, chicanes, écluses....)&lt;/p&gt;&lt;p&gt;Entretenir le patrimoine routier (réfection de couches de roulement, réparations ponctuelles...)&lt;/p&gt;&lt;p&gt;Mise à jour ou élaboration de tableaux de classements&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Voirie et réseaux
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une collectivité ou un EPCI du Département des Vosges
 &lt;/p&gt;
 &lt;p&gt;
  Etre adhérent à l&amp;#039;ATD 88
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Vosges</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.atd88.fr/competences/voirie/</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
 &lt;/p&gt;
 &lt;p&gt;
  Philippe Milliot - Directeur
 &lt;/p&gt;
 &lt;p&gt;
  Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>pmilliot@atd88.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/rehabiliter-et-construire-des-batiments-publics/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-      <c r="A56" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>150688</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements des communes samariennes</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Fonds d'appui aux communes</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Somme</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I56" s="1" t="inlineStr">
+      <c r="I49" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 40</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de poursuivre le déploiement d&amp;#039;une politique de solidarité territoriale volontariste auprès de l&amp;#039;échelon communal, le Département met en œuvre un fonds d&amp;#039;appui mobilisable par l&amp;#039;ensemble des communes samariennes en 2025.
 &lt;/p&gt;
 &lt;p&gt;
  Son objectif est de soutenir les projets d&amp;#039;investissement des communes dans les domaines prioritaires identifiés et garantir un maillage territorial de l&amp;#039;intervention départementale en répartissant les crédits d&amp;#039;appui aux communes par canton et en fonction de la population.&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   taux de subvention maximal : 40% du coût hors taxes des dépenses éligibles,
  &lt;/li&gt;
  &lt;li&gt;
   assiette minimum des dépenses éligibles : 5 000 € HT,
  &lt;/li&gt;
  &lt;li&gt;
   possibilité de présenter un dossier constitué de plusieurs opérations,
  &lt;/li&gt;
  &lt;li&gt;
   aide plafonnée à 100 000 € par commune pour l&amp;#039;année, ­&lt;/li&gt;&lt;li&gt;participation minimale du maître d&amp;#039;ouvrage : 20 % du coût de l&amp;#039;opération&lt;/li&gt;
  &lt;li&gt;
   participation minimale du maître d&amp;#039;ouvrage : 20 % du coût de l&amp;#039;opération,
@@ -12903,457 +11166,226 @@
   prise en compte des dépenses à compter du 01 janvier 2025,
  &lt;/li&gt;
  &lt;li&gt;
   date limite de dépôt des dossiers : 31 décembre 2025.&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Constitution du dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- note
 explicative du projet : contexte, objectifs poursuivis, descriptif
 détaillé des travaux,&lt;/p&gt;&lt;p&gt;- plans et
 photos (plan de situation, plan des travaux projetés, photos de l’existant…),&lt;/p&gt;&lt;p&gt;- estimation
 définitive du coût des travaux, durée d’amortissement de l’équipement à
 subventionner (indiquer le cas échéant que l’investissement n’est pas
 amortissable dans la comptabilité,&lt;/p&gt;&lt;p&gt;- calendrier
 prévisionnel de réalisation des travaux (date de démarrage et date d’achèvement
 prévisionnelles de l’opération),&lt;/p&gt;&lt;p&gt;- délibération
 du maître d’ouvrage approuvant l’opération, sollicitant l&amp;#039;accompagnement
 financier du Département et adoptant le plan de financement prévisionnel,&lt;/p&gt;&lt;p&gt;-
 certificat administratif précisant que le maître d’ouvrage n’a pas transféré sa
 compétence, pour l’opération objet de la demande de subvention,&lt;/p&gt;&lt;p&gt;- RIB du
 maître d’ouvrage.&lt;/p&gt;&lt;p&gt;Selon la
 spécificité du dossier, des pièces complémentaires pourront être demandées&lt;/p&gt;&lt;p&gt;Seuls les
 dossiers complets feront l’objet d’une instruction.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M56" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;&lt;p&gt;Tous les
 projets d’investissement (y
 compris les équipements mais uniquement sur l’axe complémentaire, ainsi que les
 acquisitions foncières et immobilières ayant comme objectif d’être support d’un
 projet relevant des priorités départementales).&lt;/p&gt;
 &lt;p&gt;&lt;u&gt;Dépenses
 exclues :&lt;/u&gt;
 travaux ou études réalisés en régie, réparations et entretien courant.&lt;/p&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Handicap
 Accès aux services
 Commerces et services
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P56" s="1" t="inlineStr">
+      <c r="P49" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q56" s="1" t="inlineStr">
+      <c r="Q49" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Domaines d’intervention :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.     
 &lt;u&gt;Priorités départementales&lt;/u&gt; :
 enveloppes cantonales à répartir pour des projets relevant des thématiques
 prioritaires suivantes :&lt;/p&gt;&lt;p&gt;-  La
 dynamisation des bourgs-centres,&lt;/p&gt;&lt;p&gt;-  les
 équipements culturels et de lecture publique,&lt;/p&gt;&lt;p&gt;-  la mise aux
 normes accessibilité/handicap des bâtiments, espaces publics et espaces
 naturels,&lt;/p&gt;&lt;p&gt;-  l’aménagement
 des espaces publics,&lt;/p&gt;&lt;p&gt;-  la
 restauration et la valorisation du patrimoine bâti protégé et non protégé,&lt;/p&gt;&lt;p&gt;-  les travaux
 relatifs aux bâtiments communaux.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;2.  &lt;u&gt;Axe complémentaire&lt;/u&gt; : 10 % du montant de l’autorisation
 de programme (soit 1.56€ par habitant intégré aux enveloppes cantonales) à répartir
 pour des projets relevant des priorités départementales ou sur tout autre
 projet que les Conseillers départementaux du canton jugeraient utiles pour leur
 territoire (petits équipements, enfouissement des réseaux aériens, travaux
 d’éclairage public, chemins ruraux…)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/fonds-appui-communes/</t>
         </is>
       </c>
-      <c r="W56" s="1" t="inlineStr">
+      <c r="W49" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/53cb-soutenir-les-investissements-des-communes-sam/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="G57" s="1" t="inlineStr">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>115163</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter ou étendre des équipements sportifs, scolaires et culturels</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Réhabilitation, extension  des équipements sportifs, scolaires et culturels</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K57" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
-[...228 lines deleted...]
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif concerne uniquement les réhabilitations globales ou partielles, les extensions, les grosse sréparations des équipements suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    sportifs (équipements sportifs couverts ou non couverts, multisports ou spécialisés...),
   &lt;/li&gt;
   &lt;li&gt;
    culturels et socioculturels (musées, bibliothèques, écoles de musique, salles polyvalentes, salles des fêtes, salles de spectacle...),
   &lt;/li&gt;
   &lt;li&gt;
    scolaires et périscolaires (écoles, cantines scolaires d&amp;#039;un regroupement pédagogique intercommunal, centres de loisirs...).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Taux de base de la subvention :
  15%
 &lt;/p&gt;
 &lt;p&gt;
  Le taux de base peut être augmenté d&amp;#039;un taux complémentaire :
 &lt;/p&gt;
 &lt;p&gt;
@@ -13385,219 +11417,219 @@
   &lt;/li&gt;
   &lt;li&gt;
    Communes de 1001 à 5000 habitants : 25.000€ HT,
   &lt;/li&gt;
   &lt;li&gt;
    Communes &amp;gt; à 5001 habitants et groupements de communes : 50.000€ HT.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Aucun plafond de dépenses n&amp;#039;est fixé. Toutes les dépenses liées à l&amp;#039;opération, hormis les frais financiers, sont éligibles (acquisitions foncières, études nécessaires à la réalisation du projet, y compris les études préliminaires et l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, frais d&amp;#039;assurances supportés par le maître d&amp;#039;ouvrage, honoraires de maîtrise d&amp;#039;œuvre, travaux, mobilier...)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plafonnement réglementaire du cumul des aides publiques :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Application des règles du Code général des Collectivités Territoriales à savoir la participation minimale des collectivités territoriales ou des groupements de collectivités, lorsqu&amp;#039;ils sont maîtres d&amp;#039;ouvrage, ne saurait être inférieure selon les cas, à 20 ou 30% du montant total des financements apportés par des personnes publiques (articles L. 1111-9 et 10 du CGCT)
 &lt;/p&gt;
 &lt;p&gt;
  Au moment du versement du solde de la subvention, il sera tenu compte du montant cumulé de l&amp;#039;ensemble des aides financières perçues. En cas de dépassement du plafond fixé réglementairement, la subvention départementale sera écrêtée en conséquence.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Foncier
 Jeunesse
 Equipement public
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Le dossier de demande de subvention doit comporter :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  1. La délibération du Conseil municipal ou communautaire (ou du Comité syndical) qui :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    adopte le projet et son financement,
   &lt;/li&gt;
   &lt;li&gt;
    sollicite le concours financier du Département
   &lt;/li&gt;
   &lt;li&gt;
    demande au Département l&amp;#039;autorisation de commencer les travaux sans attendre l&amp;#039;attribution de l&amp;#039;aide sollicitée
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  2. Les plans et les devis estimatifs
 &lt;/p&gt;
 &lt;p&gt;
  3. Le plan de financement et le calendrier prévisionnel de réalisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dossier de demande de subvention doit être adressé, en un seul exemplaire, au Président du Département.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/83/18-rehabilitation-extension-ou-grosses-reparations-des-equipements-sportifs-scolaires-et-culturels.htm</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   sdtva&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7b47-rehabiliter-ou-etendre-des-equipements-sporti/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
         <v>144547</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D59" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M59" s="1" t="inlineStr">
+      <c r="M51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -13640,704 +11672,647 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W59" s="1" t="inlineStr">
+      <c r="W51" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-[...260 lines deleted...]
-      <c r="A61" s="1">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
         <v>162642</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Etude de faisabilité / opportunité</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M61" s="1" t="inlineStr">
+      <c r="M52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-[...14 lines deleted...]
-      <c r="E62" s="1" t="inlineStr">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>152201</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités dans leurs investissements publics</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Contrats Pays de la Loire 2026</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir les collectivités dans leurs investissements publics.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région des Pays de la Loire souhaite poser les bases d&amp;#039;un nouvel accompagnement des territoires plus juste et plus équilibré à l&amp;#039;échelle du territoire ligérien au bénéfice de ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, la Région propose la mise en oeuvre d&amp;#039;un
+ &lt;a href="https://www.paysdelaloire.fr/mon-conseil-regional/les-missions/equilibre-des-territoires-et-ruralite/accompagner-le-developpement-et-l-attractivite"&gt;
+  Pacte Stratégique Régional
+ &lt;/a&gt;
+ pour chaque intercommunalité. Il devra permettre de favoriser un dialogue stratégique reposant sur un diagnostic partagé des enjeux et besoins des territoires ligériens et identifiant les interventions régionales sur chaque territoire ainsi que les priorités et les orientations de la Région inscrites dans les schémas régionaux et notamment dans le SRADDET.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Pacte stratégique régional servira de base aux échanges et à la définition de l&amp;#039;accompagnement régional autour des projets prioritaires du territoire pour la durée du contrat.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Contrat Pays de la Loire 2026 est une des déclinaisons opérationnelles du Pacte stratégique régional signé entre le territoire et la Région. Il porte sur le soutien à l&amp;#039;investissement public local. Il est structuré par les priorités et enjeux partagés au sein du Pacte stratégique régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  répondre exclusivement aux thématiques régionales que sont l&amp;#039;emploi/l&amp;#039;économie, la jeunesse et la transition écologique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rendre en compte et développer les deux grands principes fondateurs et vertueux que sont la transition écologique et l&amp;#039;inclusion des personnes en situation de handicap tels qu&amp;#039;indiqués dans le préambule du Pacte Stratégique Régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de la prise en compte de ces deux principes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  préciser en quoi il répond aux objectifs du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité du territoire (SRADDET).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Revitalisation
+International</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2023</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Préalablement à toute approbation de Contrat Pays de la Loire 2026, la Région et l&amp;#039;intercommunalité devront avoir conclu un Pacte Stratégique Régional.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Elaboration du Contrat :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;élaboration du contrat comprend les étapes suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Transmission par le territoire d&amp;#039;un document de synthèse qui présente le lien entre le Pacte stratégique régional et le Contrat Pays de la Loire 2026, en cohérence avec les objectifs du SRADDET.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission par le territoire de la liste indicative des opérations du Contrat Pays de la Loire 2026.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Phase de présentation à la Région du projet de contrat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération du chef de file sur le projet de contrat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du Contrat Pays de la Loire 2026 par la Commission permanente du Conseil régional avant sa signature.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dépôt des dossiers se fera sur le portail des aides dématérialisé de la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CT/depot/simple</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques territoriales
+ &lt;br /&gt;
+ Service Coordination des politiques territoriales et santé
+ &lt;br /&gt;
+ Pôle Contractualisation
+&lt;/p&gt;
+&lt;p&gt;
+ RantyRichard
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Loire-Atlantique
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Karine Pezeron/Alizée Pouillet
+ &lt;br /&gt;
+ Tél. 02 28 20 64 98
+ &lt;br /&gt;
+ alizee.pouillet&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Adeline Munilla
+ &lt;br /&gt;
+ Tél. 02 28 20 54 90
+ &lt;br /&gt;
+ adeline.munilla&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maine-et-Loire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Stéphane Boudy
+ &lt;br /&gt;
+ Tél. 02 41 22 72 84
+ &lt;br /&gt;
+ stephane.boudy&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Mayenne
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dominique Chanteau-Nogues
+ &lt;br /&gt;
+ Tél. 02 43 67 22 80
+ &lt;br /&gt;
+ antenne.mayenne&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Richard Ranty
+ &lt;br /&gt;
+ Tél. 02 28 20 54 61
+ &lt;br /&gt;
+ richard.ranty&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Sarthe
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Christelle Aubert
+ &lt;br /&gt;
+ Tél. 02 43 14 37 32
+ &lt;br /&gt;
+ christelle.aubert&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Vendée
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Christine Alaitru
+ &lt;br /&gt;
+ Tél. 02 51 44 74 93
+ &lt;br /&gt;
+ christine.alaitru&amp;#64;paysdelaloire.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/81c4-contrats-pays-de-la-loire-2026/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H62" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...27 lines deleted...]
-&lt;/ul&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...63 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M62" s="1" t="inlineStr">
-[...38 lines deleted...]
-&lt;/ul&gt;
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -14380,318 +12355,756 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;ul&gt;
-[...30 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T62" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W62" s="1" t="inlineStr">
-[...16 lines deleted...]
- adhesion&amp;#64;agence-france-locale.fr
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E63" s="1" t="inlineStr">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>90933</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux Equipements Sportifs</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans une logique d&amp;#039;aménagement sportif équilibré du territoire, la Région Nouvelle-Aquitaine soutient les projets liés à la rénovation et/ou à la construction d&amp;#039;installations sportives.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+      :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;assurer le développement équilibré des pratiques sportives sur son territoire, la Région Nouvelle-Aquitaine participe au financement des équipements sportifs publics :
+&lt;/p&gt;
+&lt;p&gt;
+ mis à la disposition des lycées, des centres de formation des apprentis (CFA) et des établissements  régionaux d&amp;#039;enseignement adapté (EREA) dans le cadre de la pratique de l&amp;#039;éducation physique et sportive avec un taux d&amp;#039;occupation d&amp;#039;au moins 20 % du temps d&amp;#039;ouverture et un accès gratuit aux équipements, à vocation régionale, nationale ou internationale permettant la pratique de haut niveau et l&amp;#039;accueil de compétitions majeures, favorisant les sports de nature sur le territoire des Parc Naturels Régionaux (PNR).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier doit être adressé au moins 8 mois avant le démarrage des travaux (phase APD).
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande déposée après le démarrage des travaux fera l&amp;#039;objet d&amp;#039;une réponse négative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les personnes morales de droit public (collectivités locales, établissements publics et groupements d&amp;#039;intérêt public).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides régionales sont prioritairement attribuées aux projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  relevant de territoires recensés comme socio-économiquement vulnérables,
+ &lt;/li&gt;
+ &lt;li&gt;
+  inscrits dans une démarche contractuelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondant aux démarches de qualité environnementale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans tous les cas, le foncier doit relever du domaine public.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas pris en compte les travaux de mises aux normes imposés par la loi n° 2005-102 du 11/02/2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1° Télécharger le dossier de demande de subvention &amp;#34;Construction ou rénovation d&amp;#039;équipements sportifs&amp;#34;.
+ &lt;/li&gt;
+ &lt;li&gt;
+  2° Envoyer ce document par mail au correspondant dont le nom figure en première page du dossier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/soutien-aux-equipements-sportifs</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction des sports / de la vie assoc. et de l&amp;#039;égalité : 05 87 21 31 10
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a92b-soutien-aux-equipements-sportifs/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>116475</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les centralités et les intercommunalités du Calvados via les contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Taux variables en fonction de la nature des projets, des enjeux locaux, des priorités départementales et bonus mobilisables.</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec près de 700 000 habitants, le Calvados connaît une croissance démographique régulière. Le Département, garant de la solidarité territoriale, subventionne de nombreux équipements publics qui participent à la qualité de vie des habitants quel que soit leur âge : gymnases, médiathèques, crèches, mais aussi équipements touristiques, résidences autonomies pour les seniors ou encore pépinières d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un socle de discussion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les accords Calvados 2030 seront signés entre le Département, les Établissements publics de coopération intercommunale (EPCI) et les communes pôle sur chaque territoire. Ils comprendront une feuille de route de projets envisagés par les collectivités pour les années à venir, ainsi que les projets départementaux programmés par le Département (collèges, routes, ports...) et constitueront le socle de discussion entre le Département et les collectivités signataires des contrats de territoire 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les contrats de territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conclus entre le Département, les EPCI et les communes pôles principaux et secondaires du Calvados (et syndicats intercommunaux en fonction des projets éligibles), les contrats de territoire permettent aux collectivités signataires de bénéficier d&amp;#039;aides financières en investissement pour leurs projets d&amp;#039;aménagement et d&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Entre 2017 et 2021, 60 millions d&amp;#039;euros ont été consacrés aux contrats de territoire. Entre 2022 et 2026, ce sont 100 millions d&amp;#039;euros supplémentaires qui seront mobilisés par le Département pour soutenir les projets des collectivités à travers les contrats de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Renforcer les centralités du Calvados, préserver l&amp;#039;environnement et lutter contre le dérèglement climatique, favoriser la solidarité entre les hommes et entre les territoires sont les grandes ambitions de cette nouvelle politique territoriale. L&amp;#039;objectif est de faire du Calvados un département où il fait bon vivre, où chaque habitant a accès en un temps réduit à des services de qualité, afin de s&amp;#039;épanouir pleinement à tout âge de la vie (équipements sportifs, de lecture publique, d&amp;#039;accueil de spectacles, de petite enfance, bâtiments publics isolés énergétiquement, accessibles aux personnes à mobilité réduite, aménagements et équipements adaptés aux seniors, itinéraires cyclables de qualité, eau et espaces naturels préservés et accessibles au public...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Priorites_2030.jpeg" /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Santé
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Risques naturels
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé transmise à réception du dossier complet au stade résultat d&amp;#039;appel d&amp;#039;offre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucune prorogation de ces délais ne pourra être accordée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets non éligibles : projets inférieurs à 50.000€ HT ; projets non éligibles dans le cadre de l&amp;#039;APCR et de l&amp;#039;APCR&amp;#43; ; travaux de construction ou rénovation de salles communales ou intercommunales louées aux privés (sauf si usage mutualisé et travaux de rénovation énergétique permettant d&amp;#039;atteindre une amélioration de 40% ou la classe C) ; projets ne répondant pas aux critères d&amp;#039;éligibilité départementaux ; projets de plus de 100.000€ HT ne répondant pas aux critères d&amp;#039;éco-conditionnalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *Le seuil de 50.000€ de dépenses éligibles est réduit à 1.000€ pour l&amp;#039;adressage et à 5.000€ pour les projets de développement de services aux usagers et de mise en réseau en bibliothèque (dont les véhicules électriques à l&amp;#039;usage des bibliothèques, RFID...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/calvados-territoires-2030</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.teleservices.calvados.fr/pmc-communes/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+  territoires&amp;#64;calvados.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9695-accompagner-les-centralites-du-calvados/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...16 lines deleted...]
-&lt;/p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...35 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M63" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -14734,739 +13147,353 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W63" s="1" t="inlineStr">
-[...15 lines deleted...]
- : adhesion&amp;#64;agence-france-locale.fr
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-[...383 lines deleted...]
-      <c r="A66" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>162339</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Soutenir les travaux sur les équipements sportifs collectifs</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Soutien aux travaux sur les équipements sportifs collectifs</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G66" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à l’aménagement du territoire régional&lt;/p&gt; &lt;p&gt;Associations sportives affiliées à une fédération sportive agréée par le ministère chargé des sports et CREPS.&lt;br /&gt; Pour les Établissements Publics de Coopération Intercommunale (EPCI) : le Contrat Régional d&amp;#039;Équilibre des Territoires (CRET)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espace public
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P66" s="1" t="inlineStr">
+      <c r="P58" s="1" t="inlineStr">
         <is>
           <t>21/05/2024</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;Date de dépôt des dossiers&lt;/h3&gt;
 &lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;/p&gt;
 &lt;p&gt;Toute demande doit être &lt;strong&gt;déposée de façon dématérialisée&lt;/strong&gt; sur la plateforme régionale dédiée  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V66" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-travaux-sur-les-equipements-sportifs-collectifs</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-travaux-sur-les-equipements-sportifs-collectifs/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
         <v>158480</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -15498,184 +13525,184 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P67" s="1" t="inlineStr">
+      <c r="P59" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W67" s="1" t="inlineStr">
+      <c r="W59" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>126141</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Enveloppes territorialisées</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -15688,174 +13715,174 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W68" s="1" t="inlineStr">
+      <c r="W60" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
         <v>120596</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I69" s="1" t="inlineStr">
+      <c r="I61" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J69" s="1" t="inlineStr">
+      <c r="J61" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -15883,66 +13910,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P69" s="1" t="inlineStr">
+      <c r="P61" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q69" s="1" t="inlineStr">
+      <c r="Q61" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R69" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -15954,1126 +13981,1121 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-      <c r="A70" s="1">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>111659</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Développer les projets sport nature et sport santé</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Sport : Mesures en faveur du sport "Jouons collectif"</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût de l'équipement, plafonné à 15.000€ dans la limite de l'enveloppe dédiée</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mesure en faveur du sport &amp;#34;Jouons collectif&amp;#34; : aide à l&amp;#039;achat de petit équipement fixe ou mobile pour le développement des projets sport nature et sport santé. Le matériel doit être librement accessible au grand public (accès gratuit).
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2019-02-0013 (AD du 30/09/2019)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Egalité des chances
+Cohésion sociale et inclusion
+Santé</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet doit être présenté pour que soient assurés l&amp;#039;animation du site, son exploitation et son entretien afin de garantir une activité de qualité et sécurisée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des sports
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 93 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1209-developper-les-projets-sport-nature-et-sport-/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>164285</v>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Développer les services à la population</t>
         </is>
       </c>
-      <c r="C70" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G70" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I70" s="1" t="inlineStr">
+      <c r="I63" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1.1     
 Renforcer l’offre
 de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
 Améliorer l’accès
 aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
 Faciliter les
 déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
 Créer des services
 de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
 Renforcer la
 cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
 Promouvoir les
 atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
 initiatives contribuant au lien social, l’interconnaissance et   l’implication
 des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
 Adapter l’offre de
 logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
 les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
 modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M70" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
 etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
 transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
 etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q70" s="1" t="inlineStr">
+      <c r="Q63" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
 ce projet porte sur un équipement, seules les opérations présentant un
 financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T70" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader/</t>
         </is>
       </c>
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
 97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z70" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
         </is>
       </c>
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G71" s="1" t="inlineStr">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>103461</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités - contrat rural</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I71" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
-[...112 lines deleted...]
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espace public
 Voirie et réseaux
 Famille et enfance
 Agriculture et agroalimentaire
 Bâtiments et construction
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 2.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats de communes de moins de 3.000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   Jusqu&amp;#039;à 500.000 € pour les communes et 539.000 € pour les syndicats de communes (40 % de subvention régionale et 30 % de subvention départementale par contrat).
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales.
 &lt;/p&gt;
 &lt;p&gt;
  Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="T64" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/SkX3Kmg4o</t>
         </is>
       </c>
-      <c r="W72" s="1" t="inlineStr">
+      <c r="W64" s="1" t="inlineStr">
         <is>
           <t>http://mesdemarches.iledefrance.fr</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contrats-ruraux&amp;#64;iledefrance.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2d6b-contrat-rural/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>120569</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Direction départementales des territoires du Jura (DDT)</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Direction départementale des Territoires du département du Jura (39) propose aux collectivités locales une aide en ingénierie pour leurs projets. Par exemple, les aiguiller dans les procédures, dans la recherche de financement ou encore les orienter techniquement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M73" s="1" t="inlineStr">
+      <c r="M65" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Source de l&amp;#039;Ain
  &lt;/li&gt;
  &lt;li&gt;
   Atlas des Paysages
  &lt;/li&gt;
  &lt;li&gt;
   Petites Villes de Demain
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Friche
 Transition énergétique
 Agriculture et agroalimentaire
 Revitalisation
 International</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe de la DDT 39
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  E-mail de la direction de la DDT 39 : ddt&amp;#64;jura.gouv.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>l.langdorf@hotmail.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b3c6-aide-ingenierie-aux-collectivites-locales-du-/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>121337</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements structurants (Fonds "Thématiques")</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Fonds "Thématiques"</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I74" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires dans leurs projets d’investissement structurants des collectivités.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M66" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Santé
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Montant minimum de dépenses éligibles HT
  &lt;/strong&gt;
  : 150 000 €
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  : communes, EPCI&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/guide-des-aides/</t>
         </is>
       </c>
-      <c r="W74" s="1" t="inlineStr">
+      <c r="W66" s="1" t="inlineStr">
         <is>
           <t>https://e-subventions.haute-marne.fr/</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;br /&gt;Tél : 03.25.32.86.16&lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>sarah.janda@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d57b-fonds-damenagement-local/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>121762</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités situées dans les territoires ruraux de Grande Couronne</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Contrat rural</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 2.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats de communes de moins de 3.000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 Jusqu&amp;#039;à 350.000 € pour les communes et 539.000 € pour les syndicats de communes (40% de subvention régionale et 30% de subvention départementale par contrat).
 &lt;br /&gt;
 &lt;p&gt;
  Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
 &lt;/p&gt;
 &lt;strong&gt;
  Dates limites de dépôt des dossiers de demandes de subvention
 &lt;/strong&gt;
 &lt;br /&gt;
 - 10/01/2023 : présentation à partir de la CP de mars 2023
 &lt;br /&gt;
 - 15/03/2023: présentation à partir de la CP de juin 2023
 &lt;br /&gt;
 - 20/04/2023: présentation à partir de la CP de juillet 2023
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-rural</t>
         </is>
       </c>
-      <c r="W75" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;a rel="noopener" target="_blank"&gt;
  contrats-ruraux&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/64bc-contrat-rural/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
         <v>126137</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Fond de solidarité - Enveloppes de solidarité</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I76" s="1" t="inlineStr">
+      <c r="I68" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 60</t>
         </is>
       </c>
-      <c r="J76" s="1" t="inlineStr">
+      <c r="J68" s="1" t="inlineStr">
         <is>
           <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T76" s="1" t="inlineStr">
+      <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W76" s="1" t="inlineStr">
+      <c r="W68" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Responsable de la Gestion Financière des Aides aux Collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Olivier Bayle, Tél. 04 77 12 52 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>126143</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -17085,194 +15107,194 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T69" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
         <v>132278</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -17301,1118 +15323,986 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T78" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W78" s="1" t="inlineStr">
+      <c r="W70" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>138028</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement des communes - CAP43 Communes</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>CAP43 Communes (soutien l'investissement des communes)</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J79" s="1" t="inlineStr">
+      <c r="J71" s="1" t="inlineStr">
         <is>
           <t>Aide calculée selon la taille de la population municipale, sur la base de 5 tranches</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  Communes
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
  &lt;/strong&gt;
  Fiche projet, délibération, devis
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Récurrence de l&amp;#039;aide :
  &lt;/strong&gt;
  Appel à Projets Biannuels
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="M71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aménagements de bourgs, bâtiments communaux, voiries, routes, équipements scolaires, équipements d&amp;#039;accueil de la petite enfance, équipements enfance jeunesse, équipements culturels, équipements de loisirs, équipements sportifs, service aux habitants, acquisition de matériels, adressage...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Voirie et réseaux
 Accès aux services
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T79" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
- Direction Déléguée coopération
+ Direction Déléguée Éducation et Coopération
 &lt;/p&gt;
 &lt;p&gt;
  Adrien Garcia
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:adrien.garcia&amp;#64;hauteloire.fr" target="_self"&gt;
   adrien.garcia&amp;#64;hauteloire.fr
- &lt;/a&gt;&lt;/p&gt;&lt;p&gt;cap43&amp;#64;hauteloire.fr&lt;br /&gt;
-[...1 lines deleted...]
-&lt;p&gt;
+ &lt;/a&gt;&lt;/p&gt;&lt;p&gt;
  Téléphone : 04.71.07.43.86
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d15c-soutenir-linvestissement-des-communes/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>152912</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Financer un projet d'investissement communal ou intercommunal</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de Lot-et-Garonne</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I80" s="1" t="inlineStr">
+      <c r="I72" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 25</t>
         </is>
       </c>
-      <c r="J80" s="1" t="inlineStr">
+      <c r="J72" s="1" t="inlineStr">
         <is>
           <t>Taux variable</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Facil vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Architecture
 Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Inclusion numérique
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Lot-et-Garonne</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>http://www.lotetgaronne.fr</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Info Maires 47 :
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
   infomaires47&amp;#64;lotetgaronne.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>162918</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Soutenir les opérations de rénovation énergétique et climatique des équipements sportifs franciliens couverts</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Rénovation énergétique des équipements sportifs</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique et climatique des équipements sportifs franciliens couverts.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espace public
 Biodiversité</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P81" s="1" t="inlineStr">
+      <c r="P73" s="1" t="inlineStr">
         <is>
           <t>05/07/2023</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs regroupements (communes, EPCI, syndicats...) &lt;/li&gt;&lt;li&gt;Mouvements sportifs (club, ligue, comité, fédération)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Études&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;Jusqu’à 70% du montant éligible TTC ou HT en cas de récupération de la TVA – (subvention plafonnée à 50.000€)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Travaux&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;Jusqu’à 50% du montant éligible TTC ou HT en cas de récupération de la TVA – (subvention plafonnée à 450.000€) &lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;Aucune indemnité ne sera versée pour les frais engagés pour participer au présent appel à projets et à l’élaboration des dossiers.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Études&lt;br /&gt;&lt;/strong&gt;Etude intégrant le diagnostic énergétique des bâtiments et des systèmes, la répartition des consommations énergétiques par usages, la répartition des déperditions énergétiques, au moins deux scénarii de rénovation détaillés et incluant l’estimation du gain énergétique et une estimation des coûts de travaux correspondants.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Travaux&lt;br /&gt;&lt;/strong&gt;Rénovation énergétique et climatique des équipements sportifs couverts (gymnases, piscines, patinoires, dojos…) permettant un gain énergétique minimal de 30%.&lt;br /&gt;&lt;br /&gt;Les travaux engagés et le gain énergétique correspondant devront être attestés par une étude thermique dont le contenu est précisé dans le cahier des charges (voir plus bas dans « Document (s) »).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;&lt;span&gt;Les dossiers peuvent être déposés toute l&amp;#039;année sur &lt;/span&gt;&lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;.&lt;/p&gt;Les projets de rénovation doivent être au moins en phase avant-projet définitif (APD) validé et les travaux ne doivent pas avoir débuté avant la date de dépôt de la demande sur mesdemarches. &lt;br /&gt;&lt;br /&gt;Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente. &lt;br /&gt;&lt;br /&gt;Un démarrage anticipé (avant l’examen de la demande en commission permanente) peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l’octroi de la subvention. &lt;br /&gt;&lt;br /&gt;Le candidat qui présente plus de 1 projet doit réaliser autant de dossiers de candidature que de projets. &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/renovation-energetique-des-equipements-sportifs</t>
         </is>
       </c>
-      <c r="W81" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:aap-equipement-sportif&amp;#64;iledefrance.fr"&gt;aap-equipement-sportif&amp;#64;iledefrance.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renovation-energetique-des-equipements-sportifs-1/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>163724</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Soutenir le para-sport</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Soutien au para-sport</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Votre association ou votre réseau associatif a développé une compétence d&amp;#039;encadrement des activités physiques et/ou sportives ? Vous possédez une expérience avérée du para-sport ?  La Région Nouvelle-Aquitaine accompagne les actions innovantes initiées par le mouvement sportif afin d’accroître l&amp;#039;offre d&amp;#039;activités physiques et sportives auprès des personnes atteintes d&amp;#039;un handicap physique,  mental ou psychique. encourager et accroître l&amp;#039;offre d’activités physiques et sportives auprès des personnes atteintes d&amp;#039;un handicap physique, mental ou psychique
 	favoriser leur intégration au sein des clubs valides
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;encourager et accroître l&amp;#039;offre d’activités physiques et sportives auprès des personnes atteintes d&amp;#039;un handicap physique, mental ou psychique  &lt;/p&gt;&lt;p&gt;favoriser leur intégration au sein des clubs valides &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M82" s="1" t="inlineStr">
+      <c r="M74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant :&lt;/p&gt;&lt;p&gt;Subvention au titre de l’investissement et/ou du fonctionnement avec un montant conditionné au projet déposé.&lt;/p&gt;&lt;p&gt;Le soutien apporté ne pourra excéder 40% des dépenses éligibles retenues dans le budget prévisionnel et sera plafonnée à 20 000 €.&lt;/p&gt;&lt;p&gt;Une bonification de 10 % maximum pourra être apportée en fonction de la classification DATAR du territoire concerné.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le financement reste sous réserve du budget de la collectivité et de ses potentielles contraintes budgétaires.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;les associations sportives affiliées à une fédération sportive reconnue par le ministère en charge des sports,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les associations ou réseaux associatifs ayant développé une compétence d’encadrement d’activités physiques et/ou sportives.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces structures devront posséder une expérience avérée sur la thématique « para-sport ».&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;L’aide régionale prendra en compte :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;la pertinence et la plus-value de l’action initiée, et/ou de l’acquisition de matériel adapté (une attention particulière sera apportée aux projets engageant une mutualisation),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la notion d’accessibilité géographique et quel que soit le statut socio-économique de la personne (pris en compte dans le coût des adhésions et dans les prestations proposées),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’encadrement qui devra présenter des compétences et des connaissances en lien avec le public accueilli,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la régularité et la durée de l’action. Celle-ci devra s’inscrire dans le temps à des fins de pérennisation,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les partenariats avec une attention particulière portée sur les démarches multipartenariales,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la cohérence du budget présenté ainsi que le montant des cofinancements attribués par les autres collectivités publiques&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="T82" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/soutien-au-para-sport</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Téléchargez le document &amp;#34;Dossier_parasports&amp;#34; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyez le à l&amp;#039;adresse  sport&amp;#64;nouvelle-aquitaine.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour toutes informations complémentaires, merci de bien vouloir adresser votre demande par mail à : sport&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-para-sport/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-[...17 lines deleted...]
-      <c r="D83" s="1" t="inlineStr">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G83" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K83" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
-Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
+Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>162908</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Réduire les carences en équipements sportifs et favoriser la pratique sportive des Franciliens</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Soutien régional à la création et à la réhabilitation d'équipements sportifs franciliens</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;span&gt;&lt;/span&gt;&lt;span&gt;La Région entend, à travers cette aide, réduire les carences en équipements sportifs&lt;/span&gt;&lt;span&gt; et favoriser la pratique sportive des Franciliens, avec une attention particulière portée &lt;/span&gt;&lt;span&gt;au public féminin, aux personnes en situation de handicap &lt;/span&gt;&lt;span&gt;et aux lycéens.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P84" s="1" t="inlineStr">
+      <c r="P76" s="1" t="inlineStr">
         <is>
           <t>04/04/2024</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Les personnes morales de droit public (collectivités territoriales, EPCI, EPT, syndicats mixtes...) ou les sociétés d’aménagement qui agissent pour leur compte,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les fédérations sportives agréées et leurs structures déconcentrées franciliennes (comités/ligues/clubs),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les sociétés sportives au sens du code du sport ou affiliées à une fédération sportive agréée,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les établissements et services médico-sociaux ayant intégré le sport dans leur projet d’établissement,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les personnes morales de droit privé pour les projets d’équipement structurant d’intérêt régional ou les centres équestres ou les golfs. &lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Les projets peuvent être réalisés sous maîtrise d’ouvrage public ou sous maîtrise d’ouvrage déléguée (SEM, SPL ou tout autre type d’opérateur) ou dans le cadre d’une délégation de service public. La personne publique demeure attributaire de l’aide.&lt;/span&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt; &lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;L’aide régionale varie en fonction notamment de la nature de 
 l’équipement, des usages prévus, des publics accueillis et de la carence
  du territoire en équipements sportifs.&lt;/p&gt;&lt;p&gt;Le règlement d’intervention 
 téléchargeable ci-après présente les différents plafonds et taux maximum
  de subventionnement régional. &lt;/p&gt;Cette aide est cumulable avec les subventions régionales proposées au titre de la Stratégie régionale énergie-climat.&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Les projets éligibles concernent la construction, la transformation ou la réhabilitation d’équipements sportifs et Esportifs, destinés à tout type de pratique (compétition et/ou loisirs et/ou accès libre) :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Équipement sportif extérieur (piste d’athlétisme, terrain de grands jeux…),&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Équipement sportif couvert (complexe sportif, gymnase, tennis…),&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Salle spécialisée (dojo, salle de boxe, centre équestre…),&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Équipement en accès-libre (city stade, aire de jeux sportifs connectés, street workout, playground basket 3x3…),&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Équipement structurant d’intérêt régional,&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Couverture d’équipement ou construction de structure semi-couverte,&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou modernisation des systèmes d’éclairage,&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Réhabilitation ou construction de vestiaires (dont construction modulaire).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Dépôt du dossier de candidature sur la plateforme des aides régionales &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;&lt;strong&gt;&lt;span&gt;mesdemarches.iledefrance.fr.&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;Celui-ci se compose notamment des éléments suivants :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Une note de présentation, de niveau APS au minimum, comportant un volet technique (avec plans) et un volet fonctionnel (avec étude du besoin) du projet,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Le détail estimatif des travaux,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Un plan de financement prévisionnel,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Un planning prévisionnel comportant une date de démarrage et de fin de travaux.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-regional-la-creation-et-la-rehabilitation-dequipements-sportifs-franciliens</t>
         </is>
       </c>
-      <c r="W84" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Direction des Sports, des Loisirs et de la Citoyenneté&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Service des sports&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Victor Carriere / &lt;/span&gt;&lt;span&gt;&lt;a href="mailto:victor.carriere&amp;#64;iledefrance.fr" target="_blank"&gt;&lt;strong&gt;&lt;span&gt;victor.carriere&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;span&gt;&lt;span&gt; / 01 53 85 60 52&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sébastien Chiss / &lt;/span&gt;&lt;span&gt;&lt;a href="mailto:sebastien.chiss&amp;#64;iledefrance.fr" target="_blank"&gt;&lt;strong&gt;&lt;span&gt;sebastien.chiss&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;span&gt;&lt;span&gt; / 01 53 85 70 91&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Mathieu Léopold / &lt;/span&gt;&lt;span&gt;&lt;strong&gt;&lt;span&gt;&lt;a href="mailto:mathieu.leopold&amp;#64;iledefrance.fr"&gt;&lt;span&gt;mathieu.leopold&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; / 01 53 85 61 33 &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Didier Pereira / &lt;/span&gt;&lt;span&gt;&lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" target="_blank"&gt;&lt;strong&gt;&lt;span&gt;didier.pereira&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;span&gt;&lt;span&gt; / 01 53 85 56 53&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-regional-a-la-creation-et-a-la-rehabilitation-dequipements-sportifs-franciliens/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
-[...150 lines deleted...]
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>