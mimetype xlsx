--- v0 (2026-01-31)
+++ v1 (2026-03-19)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA147"/>
+  <dimension ref="A1:AH61"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,103 +225,395 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
+        <v>155562</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Favoriser la végétalisation des cours d’écoles</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>VÉGÉTALISATION DES COURS D'ÉCOLES</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes pour le réaménagement des cours d&amp;#039;écoles existantes en vue de l&amp;#039;adaptation au changement climatique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en place des îlots de fraîcheur, en désimperméabilisant les sols, végétalisant les cours d&amp;#039;écoles et en créant des zones d&amp;#039;ombrages,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infiltrer les eaux pluviales à la source pour limiter le ruissellement et récupérer les eaux de pluie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la reconquête de la biodiversité en plantant des espèces végétales locales et en aménageant des refuges pour la faune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer le cadre de vie et le bien-être des enfants, en proposant des espaces multifonctionnels et de détente.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;aides à la décision et de faisabilité de projets de réaménagement et végétalisation de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  La désimperméabilisation de la cour de récréation et la mise en place de revêtements naturels perméables (ex : sols enherbés, copeaux de bois et paillis, sable, platelage en bois...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La plantation d&amp;#039;espèces végétales diversifiées et locales favorisant la biodiversité et la création de zones d&amp;#039;ombre et d&amp;#039;îlots de fraîcheur (utilisation d&amp;#039;espèces locales nécessitant peu d&amp;#039;entretien et une faible consommation d&amp;#039;eau, plantation d&amp;#039;arbres et arbustes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;aménagements favorables à la biodiversité : nichoirs et/ou perchoirs à oiseaux, hôtels à insectes, gîtes pour petits mammifères
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;ombrières végétalisées (pergolas) ou toutes protections solaires (auvents, voilage, extension de préau et équipements rafraîchissants (points d&amp;#039;eau, brumisateurs,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La récupération et réutilisation d&amp;#039;eau de pluie des bâtiments, notamment pour l&amp;#039;arrosage des végétaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations :
+  Aménagements ludiques et sportifs (espaces multifonctionnels), création d&amp;#039;espace contribuant à l&amp;#039;organisation d&amp;#039;ateliers pédagogiques (ex : jardins potagers, carrés d&amp;#039;herbes aromatiques...), Études et dépenses d&amp;#039;ingénierie et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, outils de communication et supports pédagogiques liés à l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les plantations hors-sols d&amp;#039;éléments végétalisés de type bacs et potées fleuris, jardinières...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;entretien et de maintenance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de rénovation globale des bâtiments,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements liés à la création de bâtiments scolaires (constructions neuves).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La désimperméabilisation et la végétalisation constituent des dépenses obligatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux devront permettre de réduire les surfaces imperméabilisées d&amp;#039;au moins 25 % par rapport à l&amp;#039;existant. Il conviendra de privilégier des revêtements clairs pour les surfaces restants imperméables. Le réemploi des matériaux devra être privilégié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les espèces végétales sauvages et locales seront à privilégier. Pour les arbres et arbustes, ils devront respecter la liste départementale des essences locales (liste disponible auprès de la direction de l&amp;#039;environnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront être menés dans le cadre d&amp;#039;une démarche participative impliquant l&amp;#039;ensemble des usagers de l&amp;#039;établissement (équipe pédagogique, personnel d&amp;#039;entretien, élèves et leurs représentants,...) afin d&amp;#039;aboutir à un projet d&amp;#039;aménagement co-conçu et partagé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond de
+ dépenses éligibles :
+ &lt;/strong&gt;
+ 600.000€ HT
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de ce plafond.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/vegetalisation-des-cours-decoles/</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89af-modele/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>30/11/2023</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
         <v>141752</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>​​Accompagner l'aménagement d’une cour d’école​</t>
         </is>
       </c>
-      <c r="C2" s="0" t="inlineStr">
+      <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Cités éducatives</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Aménagement d'espace (péri)scolaire</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans une démarche de co-design, s&amp;#039;appuyant sur un outil d&amp;#039;aide à la co-conception d&amp;#039;aménagement de vos espaces pédagogiques, nos équipes vous accompagnent dans la mise en place de la cour d&amp;#039;école de demain. L&amp;#039;objectif est de faciliter le travail en co-design pour qu&amp;#039;un collectif soit en mesure de créer des espaces pensés par et pour leurs utilisateurs et permettre une meilleure appropriation de ces espaces par leurs usagers pour les utiliser et les faire vivre.
 &lt;/p&gt;
 &lt;p&gt;
  Prix : sur devis
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Une collectivité souhaite rénover la cour de récréation d&amp;#039;une de ses écoles.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Un projet par et pour ses utilisateurs co-piloté par l&amp;#039;Atelier Canopé de votre département.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les communautés impliquées dans le projet : les élus, les personnels de la collectivité, les personnels périscolaires, les enseignants, les parents d&amp;#039;élèves, les habitants du quartier... et bien entendu les élèves !
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Un projet en quatre phases principales
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   &lt;strong&gt;
    se projeter :
   &lt;/strong&gt;
   &lt;em&gt;
@@ -340,1029 +632,1116 @@
   . Pendant une journée, entre 30 et 50 personnes se retrouveront pour construire des prototypes de réhabilitation à partir des conclusions du rapport d&amp;#039;étonnement via un hackathon. Des experts (services techniques, architectes, paysagers...) sont présents tout au long de la journée pour aider les équipes et les médiateurs Canopé accompagnent chacun des groupes. À l&amp;#039;issue de cette journée, un vote permet de faire émerger les trois projets les plus aboutis.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    finaliser
   &lt;/strong&gt;
   :
   &lt;em&gt;
    l&amp;#039;incubation
   &lt;/em&gt;
   . Les participants des trois projets retenus sont réunis pour une dernière journée de mise en commun des idées afin d&amp;#039;obtenir le projet qui sera mis en oeuvre.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    vivre
   &lt;/strong&gt;
   :
   &lt;em&gt;
    la formation et l&amp;#039;accompagnement
   &lt;/em&gt;
   . Une fois le chantier livré,  les enseignants et le service périscolaire seront accompagnés ; pour les aider à vivre et faire vivre ce nouvel espace, des ressources  et des formations adaptées aux enjeux leur seront proposées
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Transition énergétique
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Accessibilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette offre de service s&amp;#039;adresse à toutes les collectivités désireuses de faire travailler ensemble dans une démarche de co-design tous les partenaires impliqués et concernés par le projet de réaménagement d&amp;#039;un espace scolaire ou périscolaire au bénéfice du bien-être des élèves.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département :
  &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_self"&gt;
   https://www.reseau-canope.fr/nous-trouver/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>frederic.kapala@reseau-canope.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/190f-accompagner-lamenagement-dune-cour-decole-fac/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé - Direction Territoriale Bourgogne - Franche-Comté</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2023</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...226 lines deleted...]
-    <row r="4" spans="1:27" customHeight="0">
+    <row r="4" spans="1:34" customHeight="0">
       <c r="A4" s="1">
-        <v>77367</v>
+        <v>165521</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Être accompagné dans l'amorçage d'un projet de transition écologique</t>
+          <t>Engager une transition écologique au sein de ma collectivité : réduire les ilots de chaleur grâce à la biodiversité</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
-        <is>
-[...144 lines deleted...]
-      <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 EUROPE - LIFE - Programme européen pour l'environnement et le climat
 ÉcoQuartier
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
-[...2 lines deleted...]
-Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Agences de l'eau
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
-Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - La Réunion
-Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
-[...5 lines deleted...]
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
 Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
-Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
-[...2 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L5" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’une des
 conséquences du changement climatique est notamment l’augmentation des
 températures, et ce d’autant plus dans les zones urbaines. Au-delà des
 émissions de gaz à effet de serre, les choix d’aménagement urbain ont également
 des effets amplifiant la surchauffe. L’ambition des Solutions fondées sur la nature (SfN) pour l’adaptation est
 de renforcer la résilience des territoires face aux impacts du changement
 climatique, en s’appuyant sur les écosystèmes, en dégageant un gain net en
 biodiversité, et peuvent être dans ce cas des alliés de taille. Par exemple en s’appuyant
 sur les services écosystémiques rendues par la végétation pour réduire la
 surchauffe en créant désimperméabilisant et végétalisant l’espace.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les
 territoires engagés s’appuient pour certains sur les SfN et sont accompagnés
 pour trouver les meilleurs partenaires dans cette démarche. En effet, ce
 programme permet d’accompagner les élu(e)s dans le diagnostic et l’élaboration
 d’un plan d’actions, ainsi que dans la recherche de financements et de
 partenaires. Dans ce cadre, le Cerema peut être un soutien de taille. Le projet
 Artisan accompagne également les projets de SfN, par un animateur dans chaque
 région, d’un réseau national d’acteurs et des ressources, il apporte ainsi de
 l’aide à la décision. Il propose également de la sensibilisation, de la
 formation, des ateliers pour accompagner la réflexion (ANT) et le financent des
 actions. Le programme TEN donne également accès à des ressources et des retours
 d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espace public
 Friche
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Architecture
 Paysage
 Appui méthodologique
 Prévention des risques
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W4" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
 Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
 Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
 Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
 Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
 91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
 Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
 Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
 Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
 MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
 Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
 Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 54&lt;/p&gt;&lt;p&gt;FOUREST
 Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 66&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-reduire-les-ilots-de-chaleur-grace-a-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>05/11/2025</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
         <v>163148</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'infiltration des eaux à la parcelle et favoriser la récupération des eaux pluviales des toitures et leur réutilisation</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="I5" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J6" s="1" t="inlineStr">
+      <c r="J5" s="1" t="inlineStr">
         <is>
           <t>Plafond de 50 000 € HT pour les travaux permettant la déconnexion des toitures et le stockage des eaux de pluie / Plafond de 200 000 € HT pour les études et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;Travaux permettant la déconnexion des toitures et le stockage des eaux de pluie en vue d&amp;#039;une réutilisation &lt;/li&gt;&lt;li&gt;Etudes et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes avec aménagements permettant l&amp;#039;infiltration des eaux de pluie&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espace public
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations finançables doivent d&amp;#039;une part permettre de favoriser l&amp;#039;infiltration des eaux à la parcelle et limiter le &amp;#34;tout réseau&amp;#34; en milieu bâti / artificialisé ou d&amp;#039;autre part de favoriser la récupération des eaux pluviales des toitures et le développement de la réutilisation de ces eaux.&lt;/p&gt;&lt;p&gt;Les travaux devront être réalisés en espace urbain et être basés sur des solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
         </is>
       </c>
-      <c r="W6" s="1" t="inlineStr">
+      <c r="W5" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure et Loir</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>02/08/2024</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
         <v>163141</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Accompagner et coordonner les différents acteurs pour la désimperméabilisation d'espaces publics</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Désimperméabilisation d'espaces publics</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L7" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La démarche de désimperméabilisation et de végétalisation
 des espaces publics (place, parking, cour d’école, aire de jeux,…) est devenue
 un enjeu dans un contexte de changement climatique. Elle cible une gestion
 intégrée des eaux pluviales en surface (infiltration) à toutes les échelles pour
 limiter les phénomènes de ruissellement.&lt;/p&gt;&lt;p&gt;Une gestion intégrée des eaux pluviales en surface
 (infiltration) a pour objectifs de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter les phénomènes de ruissellement,&lt;/li&gt;&lt;li&gt;limiter la saturation des systèmes d’assainissement,&lt;/li&gt;&lt;li&gt;limiter les inondations,&lt;/li&gt;&lt;li&gt;préserver les ressources naturelles en favorisant la
 recharge des nappes,&lt;/li&gt;&lt;li&gt;préserver la qualité de l’eau,&lt;/li&gt;&lt;li&gt;réintroduire la nature,&lt;/li&gt;&lt;li&gt;favoriser la biodiversité,&lt;/li&gt;&lt;li&gt;et contribuer à réduire le phénomène d&amp;#039;îlots de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Suite à une phase de diagnostic préalablement conduite sur
 place par les services départementaux et leurs partenaires, un accompagnement
 adapté est proposé pour faire aboutir le projet de désimperméabilisation.&lt;/p&gt;&lt;p&gt;Cet accompagnement comprend :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réalisation d’un état des lieux du site&lt;/li&gt;&lt;li&gt;L’accompagnement et le conseil sur l’aménagement
 du site (conseils techniques pour la maîtrise d’ouvrage et rédaction du cadre
 général du cahier des charges)&lt;/li&gt;&lt;li&gt;Coordination entre les différents acteurs dans
 la phase d’étude&lt;/li&gt;&lt;li&gt;Accompagnement au montage de dossiers de demande
 de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Direction de l&amp;#039;Eau, de l&amp;#039;Environnement et de
 l&amp;#039;Agriculture (DEEA) pilotera, animera et coordonnera cette prestation, en lien
 avec Aqui&amp;#039;Brie sur son périmètre d&amp;#039;intervention. Elle apportera des conseils
 sur la gestion des eaux pluviales et la création d’ilots de fraicheur. En tant
 que référent elle sera en charge de la coordination des acteurs et la
 répartition des missions d’expertise entre les différents partenaires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Ainsi, selon la complexité du dossier et les thématiques
 abordées, Seine-et-Marne Environnement (SEME), la Direction des Routes (DR) et
 le CAUE77 seront amenés à intervenir techniquement sur leur domaine de
 compétence : Le CAUE77 en particulier sur l’analyse paysagère des sites, la
 création de schéma d’intention et la prise en compte de l’accessibilité, SEME
 sur La sensibilisation aux enjeux environnementaux des différents acteurs et
 l’intégration d’une biodiversité dans les projets et la Direction des Routes
 sur les dépendances de la route.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Désimperméabilisation et végétalisation des espaces publics  type place, parking, cour d’école, aire de jeux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Sols
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Santé
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités de Seine-et-Marne &lt;/li&gt;&lt;li&gt;Accompagnement gratuit par les services départementaux.&lt;/li&gt;&lt;li&gt;Certaines prestations délivrées par les organismes associés
 du Département peuvent être payantes, et/ou conditionnées à l’adhésion de la
 commune à l’organisme ou à un conventionnement entre le  demandeur et l’organisme (Seine-et-Marne Environnement).&lt;/li&gt;&lt;li&gt;Si payant ou sous conditions, détail du coût.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>30/07/2024</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>77367</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'amorçage d'un projet de transition écologique</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à l'amorçage d'une feuille de route relative à la transition écologique - SGREEN</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose SGREEN, une solution d&amp;#039;accompagnement pour amorcer un projet de transition écologique ou d&amp;#039;adaptation au changement climatique en centre-ville. Il porte sur les projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir une meilleure gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la transition climatique et bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;accompagnement SGREEN, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic portant sur la fonctionnalité écologique du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaborer une feuille de route et des préconisations définies en fonction des enjeux identifiés sur le territoire et des objectifs de la collectivité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
       <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="U7" s="1" t="inlineStr">
         <is>
-          <t>Seine-et-Marne</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V7" s="1" t="inlineStr">
         <is>
-          <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
-[...4 lines deleted...]
-          <t>https://www.id77.fr/fr/offres</t>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-lamorcage-dune-feuille-de-route-relative?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=sgreen_pr</t>
         </is>
       </c>
       <c r="X7" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
-          <t>id77@departement77.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9185-obtenir-un-accompagnement-pour-lamorcage-dune/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB7" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2021</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
+    <row r="8" spans="1:34" customHeight="0">
       <c r="A8" s="1">
+        <v>143307</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, de la réflexion à l’évaluation, la mise en œuvre des mesures de la trame verte et bleue régionale</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mettre en œuvre les mesures de la trame verte et bleue dans la réalisation de vos opérations, travaux et aménagements sur votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue pour vous accompagner dans la prise en compte en compte de l&amp;#039;ensemble des enjeux liés à la trame verte et bleue (de la réflexion à l&amp;#039;évaluation).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la mise en œuvre des mesures de la trame verte et bleue en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des expertises en amont des projets à partir d&amp;#039;études environnementales établies, auprès des Maîtres d&amp;#039;ouvra­ge afin de choisir le type de mesure en adéquation avec les en­jeux identifiés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des contrôles de la bonne réalisation de me­sures pour la restauration ou le renforcement de continuités écologiques, fort de notre connaissance des règles de l&amp;#039;art.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Après la réalisation des mesures, un suivi des mesures réalisées pour vérifier la bonne efficacité et l&amp;#039;atteinte des objectifs de ces mesures en s&amp;#039;appuyant sur une expérience solide auprès des services de l&amp;#039;État et sur un matériel performant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/accompagner-reflexion-evaluation-mise-oeuvre-mesures-tvb</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d17-accompagner-de-la-reflexion-a-levaluation-la-/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>133059</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
 &lt;/p&gt;
 &lt;p&gt;
  Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes pré opératoire à la renaturation des espaces en ville
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
   &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
   &lt;em&gt;
    Renaturer les milieux urbains
   &lt;/em&gt;
   » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
   &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
@@ -1383,538 +1762,505 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Etudes d&amp;#039;identification des gisements de renaturation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
   &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
    Consulter les travaux
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
   &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB9" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Gestion des inondations</t>
+        </is>
+      </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>06/04/2023</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...128 lines deleted...]
-    <row r="10" spans="1:27" customHeight="0">
+    <row r="10" spans="1:34" customHeight="0">
       <c r="A10" s="1">
-        <v>74155</v>
+        <v>97602</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Financer la construction ou la restructuration d'une école rurale</t>
+          <t>Réaliser ou maintenir des bâtiments scolaires</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Hautes-Pyrénées</t>
+          <t>Conseil départemental de l'Aude</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Subvention
+Ingénierie technique</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t> Max : 20</t>
-[...4 lines deleted...]
-          <t>20% d'aide maxi dans la limite de 100 000€ et de 70% d'aides publiques</t>
+          <t> Max : 35</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
-        <is>
-[...125 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif du Département de l&amp;#039;Aude est d&amp;#039;aider les communes et leurs groupements à réaliser ou à maintenir en bon état les bâtiments publics permettant la scolarisation et éventuellement la restauration des jeunes enfants.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Constructions, restructurations et aménagements de bâtiments scolaires : classes maternelles et élémentaires, restaurants scolaires 1er degré et locaux annexes (préau, cour, salle de jeu, bureaux d&amp;#039;enseignants, locaux de rangement).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ne seront pris en compte que les projets qui intègreront des exigences règlementaires en matière d&amp;#039;accessibilité aux personnes à mobilité réduite et qui feront un effort en matière de développement durable (performance énergétique, normes HQE, gestion économe de l&amp;#039;espace, utilisation des énergies renouvelables...)
 &lt;/p&gt;
 &lt;p&gt;
  Seront examinés favorablement et prioritairement les projets qui favorisent la mutualisation des équipements pour plusieurs communes
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses non éligibles :
  &lt;/strong&gt;
  Dépenses de mobilier et d&amp;#039;entretien courant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.aude.fr/ressources/equipements-scolaires</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04.68.11.69.81
 &lt;/p&gt;
 &lt;p&gt;
  Mail : richard.cane&amp;#64;aude.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/239e-aider-a-la-realisation-ou-a-la-maintenance-de/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Département de l'Aude</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>13/07/2021</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>74155</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction ou la restructuration d'une école rurale</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>20% d'aide maxi dans la limite de 100 000€ et de 70% d'aides publiques</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide départementale pour la construction ou la restructuration de bâtiments scolaires dans les communes de moins de 2000 habitants : coût des travaux de plus de 150 000€ HT (commune) à 240 000€ HT (EPCI)
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;ouverture de classe : coût des travaux supérieur à 80 000€ HT (commune) à 150 000€ HT (EPCI).
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond des dépenses subventionnables : 1 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Aide conditionnée à l&amp;#039;obtention d&amp;#039;une aide financière au titre du  Fonds d&amp;#039;Aménagement Rural (FAR)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouverture de classe, construction et réhabilitation de bâtiments scolaires (restauration, garderie, etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ collectivités éligibles au FAR, opération située sur une commune de moins de 2000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Ruralité et Economie Résidentielle :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christelle ASENSIO : 05 62 56 78 34 (christelle.asensio&amp;#64;ha-py.fr)
+&lt;/p&gt;
+&lt;p&gt;
+ Sophie HONDAA : 05 62 56 77 87 (sophie.hondaa&amp;#64;ha-py.fr)
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
-          <t>stephanie.quere@aude.fr</t>
+          <t>stephanie.divoux@ha-py.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/239e-aider-a-la-realisation-ou-a-la-maintenance-de/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d5b-financer-la-construction-dune-ecole-rurale/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB11" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>14/01/2021</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
+    <row r="12" spans="1:34" customHeight="0">
       <c r="A12" s="1">
         <v>156134</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'aménagement et l'équipement d'aires de jeux inclusives</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>AMÉNAGEMENT ET ÉQUIPEMENT DES AIRES DE JEUX INCLUSIVES (adaptées à un ou plusieurs handicaps ou déficiences : moteur, auditif, visuel, mental)</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
@@ -2042,52 +2388,84 @@
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
       <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/04a0-modele/</t>
         </is>
       </c>
       <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB12" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Mise en place de l’accessibilité dans les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2023</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
+    <row r="13" spans="1:34" customHeight="0">
       <c r="A13" s="1">
         <v>117377</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités en matière d'aménagement d'espaces publics : rue, place, jardin,cimetière, cours d'école etc. (programme, conception, entretien, réhabilitation...)</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
@@ -2245,77 +2623,109 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2516-conseiller-les-collectivites-programme-concep/</t>
         </is>
       </c>
       <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
+    <row r="14" spans="1:34" customHeight="0">
       <c r="A14" s="1">
         <v>157101</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’une assistance en matière de voirie et d’aménagements d’espace public et paysager</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie Juridique / administrative
-[...1 lines deleted...]
-Ingénierie financière</t>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérents qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
 &lt;/p&gt;
 &lt;p&gt;
  MATEC assiste les collectivités par la réalisation :
  &lt;br /&gt;
  • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
  &lt;br /&gt;
  • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
  &lt;br /&gt;
  Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
  &lt;br /&gt;
  Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études MATEC assiste les collectivités produites et les informer des optimisations possibles.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour les projets d&amp;#039;aménagement de sécurité routière, de réfection de voirie, d&amp;#039;équipements d&amp;#039;aires de jeux et tel que cela était réalisé auparavant par la DDE puis l&amp;#039;ATESAT pour des petits projets, MATEC peut accompagner les collectivités dans la définition du projet avec la réalisation des plans, du descriptif technique qui permettront de consulter les entreprises.
@@ -2429,98 +2839,131 @@
  57000 METZ
 &lt;/p&gt;
 &lt;p&gt;
  Horaires d&amp;#039;ouverture :
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d09d-beneficier-dune-assistance-en-matiere-de-voir/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Réfection/aménagement de la voirie</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>MATEC</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>21/12/2023</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
+    <row r="15" spans="1:34" customHeight="0">
       <c r="A15" s="1">
         <v>83479</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE des Hauts de France
 Union régionale des CAUE Normands
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...1 lines deleted...]
-Recherche</t>
+Association</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
@@ -2803,760 +3246,623 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
       <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
         </is>
       </c>
       <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école
+Construction d'une piscine
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2021</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
+    <row r="16" spans="1:34" customHeight="0">
       <c r="A16" s="1">
-        <v>165343</v>
+        <v>119706</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Accompagner à l'entretien des cours d'eau</t>
-[...96 lines deleted...]
-        <is>
           <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Programme Eau et Climat 2019-2024 agence de l'eau Seine Normandie</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Seine Normandie</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Particulier
 Entreprise privée
-Particulier
-[...9 lines deleted...]
-      <c r="I17" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J17" s="1" t="inlineStr">
+      <c r="J16" s="1" t="inlineStr">
         <is>
           <t>En fonction du degré d'ambition biodiversité, pleine terre, gestion des pluies fortes et encadrement</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L17" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Infiltration des pluies courantes à fortes en favorisant la biodiversité et la bioclimatisation de la ville, déconnexion des eaux pluviales pour réduire les pollutions  : désimperméabilisation (parking, espaces urbains, trottoirs, création de noues d&amp;#039;infiltration, jardins filtrants, déconnexions des eaux pluviales, toitures végétalisées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M17" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  - cours d&amp;#039;école
 &lt;/p&gt;
 &lt;p&gt;
  - zones d&amp;#039;activité industrielle
 &lt;/p&gt;
 &lt;p&gt;
  - parkings
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  - projet en zone urbaine
 &lt;/p&gt;
 &lt;p&gt;
  - réduction des volumes collectés par les réseaux
 &lt;/p&gt;
 &lt;p&gt;
  - gestion à ciel ouvert
 &lt;/p&gt;
 &lt;p&gt;
  - maîtrise des pollutions dès l&amp;#039;origine du ruissellement
 &lt;/p&gt;
 &lt;p&gt;
  - si toiture végétalisée, épaisseur supérieure à 8 cm
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Seine-Normandie</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
         </is>
       </c>
-      <c r="W17" s="1" t="inlineStr">
+      <c r="W16" s="1" t="inlineStr">
         <is>
           <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  http://www.eau-seine-normandie.fr/formulaires_aides
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>camilleri.jean-louis@aesn.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Gestion d'une base nautique
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L{EAU SEINE NORMANDIE</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>24/06/2022</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
         <v>162828</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
         </is>
       </c>
-      <c r="C18" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H18" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Subvention</t>
         </is>
       </c>
-      <c r="I18" s="1" t="inlineStr">
+      <c r="I17" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J18" s="1" t="inlineStr">
+      <c r="J17" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L18" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Friche
 Biodiversité
 Architecture
 Paysage
 Attractivité économique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Entretien / restauration des haies
+Gestion d'une base nautique
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>PETR Pays de Remiremont et de ses Vallées</t>
+        </is>
+      </c>
+      <c r="AD17" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>14/06/2024</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>165343</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à l'entretien des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à l'entretien des cours d'eau</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour les collectivités éligibles à l&amp;#039;Assistance Technique Départementale (ATD), entretenir les cours d’eau et leurs milieux naturels associés :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Établissement du programme pluriannuel d’entretien&lt;/li&gt;&lt;li&gt;Élaboration des dossiers de Déclaration d’Intérêt Général (DIG)&lt;/li&gt;&lt;li&gt;Élaboration du programme annuel de travaux&lt;/li&gt;&lt;li&gt;accompagnement de la réalisation des travaux d’entretien (dossier de consultation des entreprises, suivis et réception des travaux, information des riverains, des Communes).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Paysage
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
       <c r="U18" s="1" t="inlineStr">
         <is>
-          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+          <t>Seine-et-Marne</t>
         </is>
       </c>
       <c r="V18" s="1" t="inlineStr">
         <is>
-          <t>https://www.paysderemiremont.fr/leader/</t>
+          <t>https://eau.seine-et-marne.fr</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://id77.fr/fr/offres</t>
         </is>
       </c>
       <c r="X18" s="1" t="inlineStr">
         <is>
-          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+          <t>&lt;p&gt;ROGNON Sylvie Directrice&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y18" s="1" t="inlineStr">
         <is>
-          <t>leader@paysderemiremont.fr</t>
+          <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z18" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-a-lentretien-des-cours-deau/</t>
         </is>
       </c>
       <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>25/07/2025</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
+    <row r="19" spans="1:34" customHeight="0">
       <c r="A19" s="1">
-        <v>155127</v>
+        <v>159894</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
-[...4 lines deleted...]
-          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+          <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
-        <is>
-[...272 lines deleted...]
-      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H20" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J20" s="1" t="inlineStr">
+      <c r="J19" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L20" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
  &lt;/strong&gt;
  &lt;br /&gt;
  Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
@@ -3608,944 +3914,921 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Espaces verts
 Espace public
 Friche
 Cohésion sociale et inclusion
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P20" s="1" t="inlineStr">
+      <c r="P19" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q20" s="1" t="inlineStr">
+      <c r="Q19" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une voie douce / piste cyclable
+Entretien / restauration des haies
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2024</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>155127</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les travaux réalisés uniquement sur le préau ou la cour d&amp;#039;école ne seront éligibles que s‘ils s&amp;#039;intègrent dans un projet global portant sur l&amp;#039;ensemble de l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets scolaires : production des effectifs actuels et attendus par tranche d&amp;#039;âge.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : transmission d&amp;#039;une note de présentation des objectifs, des modalités, des effectifs actuels et attendus par tranche d&amp;#039;âge, des moyens humains affectés et des capacités d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : Si gestion associative, statuts de l&amp;#039;association et convention liant le gestionnaire et la collectivité finançant la structure
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant de la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets scolaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Examen au cas par cas des projets situés sur des sites scolaires de 4 classes ou moins, en fonction de la dynamique territoriale ; par définition ces sites n&amp;#039;offrent pas l&amp;#039;ensemble du cycle scolaire primaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation d&amp;#039;attribution de subvention de la part de l&amp;#039;Etat.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets périscolaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présence obligatoire d&amp;#039;une école sur la commune d&amp;#039;implantation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrains ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-scolaires-et-periscolaires-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y20" s="1" t="inlineStr">
         <is>
-          <t>leader@adourchalossetursan.fr</t>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z20" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d77-equipements-scolaires-et-periscolaires-politi/</t>
         </is>
       </c>
       <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB20" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
+    <row r="21" spans="1:34" customHeight="0">
       <c r="A21" s="1">
-        <v>165248</v>
+        <v>157097</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Restaurer des cours d'eau (études et travaux)</t>
-[...4 lines deleted...]
-          <t>Études et travaux de restauration des cours d'eau</t>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage sur vos projets de rénovation ou construction de bâtiments</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Agence de l'Eau Loire-Bretagne</t>
+          <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
-        <is>
-[...133 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L22" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une agence technique départementale, dont l&amp;#039;objectif est d&amp;#039;apporter à l&amp;#039;ensemble des collectivités et EPCI de Moselle, une assistance technique de l&amp;#039;ordre de l&amp;#039;ingénierie publique, mais aussi de l&amp;#039;ordre administrative et juridique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les prestations du pôle Bâtiment à MATEC, relèvent du conseil et de l&amp;#039;aide à la décision, mais aussi de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO) pour le montage des marchés.
  &lt;br /&gt;
  -    Réalisation d&amp;#039;études de faisabilité permettant un cadrage technique et financier des projets :
  &lt;br /&gt;
  o    Approche architecturale du projet,
  &lt;br /&gt;
  o    Détermination des mises en conformité et de l&amp;#039;accessibilité des bâtiments.
  &lt;br /&gt;
  o    Conseil concernant la rénovation énergétique des bâtiments, en lien avec le pôle Eau Energie et Environnement de MATEC,
  &lt;br /&gt;
  o    Conseil sur la requalification du patrimoine communal.
  &lt;br /&gt;
  &lt;br /&gt;
  -    Assistance Maitrise d&amp;#039;Ouvrage :
  &lt;br /&gt;
  o    Rédaction des programmes d&amp;#039;opération, permettant de définir les besoins, les montants de travaux, les contraintes techniques qui s&amp;#039;imposeront au maitre d&amp;#039;œuvre.
  &lt;br /&gt;
  o    Conseil et aide à la consultation en vue du recrutement d&amp;#039;un maitre d&amp;#039;œuvre (rédaction de pièces administratives, assistance à l&amp;#039;organisation de la procédure et gestion de la consultation via une plateforme de dématérialisation).
  &lt;br /&gt;
  o    Analyse des candidatures et organisation des procédure de concours ou CAO en procédure adaptée.
  &lt;br /&gt;
  o    Analyse et accompagnement lors des études du maitre d&amp;#039;œuvre.
  &lt;br /&gt;
  o    Assistance et aide à la consultation pour les marchés de travaux (rédaction des pièces administratives, gestion de la consultation, avis sur analyse du maitre d&amp;#039;œuvre, aide à la notification).
  &lt;br /&gt;
  MATEC reste présente aux côtés des collectivités pour permettre une sécurisation de l&amp;#039;ensemble des procédures de marchés, pour analyser les différentes études lors de réunions de travail, mais aussi pour les conseiller tout au long de leur projet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Rénovation ou construction de bâtiment communaux : Mairie, ateliers municipaux, écoles, périscolaire, salle communale, complexe sportif...
  &lt;br /&gt;
  •    Rénovation thermique des bâtiments
  &lt;br /&gt;
  •    Extension de bâtiment communaux ;
  &lt;br /&gt;
  •    Mise en conformité et accessibilité des ERP ;
  &lt;br /&gt;
  •    Restructuration/revalorisation du patrimoine communal : presbytère, ancienne école, ancienne mairie...
  &lt;br /&gt;
  •    Construction de bâtiments d&amp;#039;intérêt public : MSP, MAM, salle intergénérationnelle...
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Friche
 Foncier
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
  &lt;br /&gt;
  &lt;br /&gt;
  •    A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
  &lt;br /&gt;
  •    Au 03.55.94.18.11
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  17 Quai Paul Wiltzer
  &lt;br /&gt;
  57000 METZ
  &lt;br /&gt;
  Horaires d&amp;#039;ouverture :
  &lt;br /&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa06-beneficier-dune-assistance-a-maitrise-douvrag/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB21" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Isolation du bâtiment
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>MATEC</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>20/12/2023</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-      <c r="A23" s="1">
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
         <v>44635</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Construire ou rénover des équipements sportifs et de loisirs</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Tarn</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L23" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les propriétaires et / ou gestionnaires d&amp;#039;un équipement dans :
 &lt;/p&gt;
 &lt;p&gt;
  -	un projet de construction ou de rénovation
 &lt;/p&gt;
 &lt;p&gt;
  -	la définition puis la mise en œuvre de projets de développement sportif : structuration associative – développement – organisations de manifestations
 &lt;/p&gt;
 &lt;p&gt;
  Nous apportons un appui méthodologique, une aide à la conception du projet, des ressources documentaires et un soutien à la recherche de financements. Nous effectuons aussi une mise en relation avec les institutions et partenaires potentiels.
 &lt;/p&gt;
 &lt;p&gt;
  Cette action correspond à la fiche N° 102 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Création d&amp;#039;un city parc
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement d&amp;#039;une aire de jeux
 &lt;/p&gt;
 &lt;p&gt;
  Création d&amp;#039;un complexe sportif
 &lt;/p&gt;
 &lt;p&gt;
  Espace multi-sport, aires de jeux et piste vélo
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Tourisme
 Equipement public
 Réhabilitation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Tarn</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
         </is>
       </c>
-      <c r="W23" s="1" t="inlineStr">
+      <c r="W22" s="1" t="inlineStr">
         <is>
           <t>http://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nom / Prénom : Pierre Albinet
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : ingenierietarn&amp;#64;tarn.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 63 45 64 75
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>pierre.albinet@tarn.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e05e-favoriser-le-developpement-maitrise-des-sport/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB22" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Gestion d'une base nautique
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>Département du Tarn</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>04/06/2020</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...288 lines deleted...]
-      <c r="A26" s="1">
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
         <v>143309</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Agir pour l’école de demain : bâtiments, cours et espaces publics</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L26" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Face aux défis énergétiques, climatiques, de biodiversité ou de mobilité, les établissements scolaires nécessitent d&amp;#039;être créés ou rénovés avec de nouvelles approches.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Presque 50 000 bâtiments existants en France, vieillissants et consommateurs, sont confrontés dès à présent aux impératifs de sobriété énergétique et de confort d&amp;#039;usage.
 &lt;/p&gt;
 &lt;p&gt;
  Penser l&amp;#039;aménagement de ses établissements scolaires, c&amp;#039;est agir pour plus de confort et de bien-être dans la cour ou dans le bâtiment, c&amp;#039;est donner envie de venir à pied ou à vélo à l&amp;#039;école, c&amp;#039;est reconnecter l&amp;#039;école à la nature, à la ville et à ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne pour améliorer vos écoles en agissant à la fois sur le bâtiment, les cours, les espaces publics et l&amp;#039;accessibilité des abords.
 &lt;/p&gt;
 &lt;p&gt;
  Vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elu d&amp;#039;une collectivité
@@ -4693,156 +4976,191 @@
 &lt;/ul&gt;
 &lt;p&gt;
  3. Rendre les abords sûrs et accueillants
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Développement des mobilités actives
  &lt;/li&gt;
  &lt;li&gt;
   Itinéraires sécurisés et accessibles
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement des espaces publics : ludiques, agréables, à hauteur d&amp;#039;enfants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;👉&lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
  Le Cerema vous propose d&amp;#039;expérimenter une démarche intégrant ces 3 thématiques. Contactez-nous !
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M23" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ANCT : Revitalisation et ludification des abords d&amp;#039;écoles
  &lt;/li&gt;
  &lt;li&gt;
   Ville de Sotteville-lès-Rouen (76) : Participation citoyenne et biodiversité pour l&amp;#039;aménagement de cours d&amp;#039;écoles
  &lt;/li&gt;
  &lt;li&gt;
   Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Equipement public
 Bâtiments et construction
 Architecture
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/agir-ecole-demain-batiments-cours-espaces-publics</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4285-agir-pour-lecole-de-demain-batiments-cours-et/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB23" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Isolation du bâtiment
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
         <v>117148</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités en matière de bâtiments publics : école, installations sportives, ...(programme, construction, entretien, réhabilitation...)</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L27" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;équipement en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Approche pluridisciplinaire des architectes-urbanistes conseils du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du département).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le conseil du CAUE77 vise à intégrer dans le projet une approche :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   -    Qualitative, en termes architectural et paysager,
  &lt;/li&gt;
  &lt;li&gt;
   -    Environnementale et soutenable (en proposant notamment un pré diagnostic énergétique),
  &lt;/li&gt;
  &lt;li&gt;
   -    Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;p&gt;
@@ -4903,337 +5221,214 @@
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Coordination des services contributeurs
  &lt;/li&gt;
  &lt;li&gt;
   Production de supports (ppt, notes)
  &lt;/li&gt;
  &lt;li&gt;
   Recommandations écrites envoyées en début de procédure
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;un planning prévisionnel et actualisation
   &lt;br /&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Gratuité ; Financement spécifique pour les chantiers insertion.
 &lt;/p&gt;
 &lt;p&gt;
  Convention pour pré-diagnostic énergétique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/11f6-conseiller-les-collectivites-programme-constr/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB24" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC24" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...160 lines deleted...]
-      <c r="A29" s="1">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
         <v>159895</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C25" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F29" s="1" t="inlineStr">
+      <c r="F25" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H29" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J29" s="1" t="inlineStr">
+      <c r="J25" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L29" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
  &lt;/strong&gt;
  &lt;br /&gt;
  Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
@@ -5285,541 +5480,923 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Espace public
 Friche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P29" s="1" t="inlineStr">
+      <c r="P25" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q29" s="1" t="inlineStr">
+      <c r="Q25" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’une voie douce / piste cyclable
+Entretien / restauration des haies
+Mise en place d’un commerce de proximité
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="AD25" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2024</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...172 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>165248</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des cours d'eau (études et travaux)</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux de restauration des cours d'eau</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
+d’ouvrage à réaliser des travaux pour restaurer et recréer les 
+fonctionnalités des milieux aquatiques.&lt;/p&gt;
+&lt;p&gt;Ces travaux doivent permettre de corriger les altérations 
+hydromorphologiques du cours d’eau et d&amp;#039;assurer ainsi le bon 
+fonctionnement de l’écosystème. Les actions à conduire doivent viser à 
+restaurer : un régime hydrologique favorable au développement des 
+espaces aquatiques, des habitats aquatiques et connexes fonctionnels.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Réhabilitation
+Industrie
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q26" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études et travaux de correction des altérations des cours d’eau sont
+ financés, dans le cadre d’une démarche territoriale de l’agence de 
+l’eau, sur les masses d’eau dégradées et/ou en risque morphologique, 
+hydrologique ou continuité, de non atteinte des objectifs de bon état, 
+et en particulier celles proches du bon état.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq1-etudes-et-travaux-de-restauration-des-cours-deau.html</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-cours-deau-etudes-et-travaux/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC26" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>25/06/2025</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>164138</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les débits des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J27" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Les travaux visant à améliorer le pilotage des ouvrages de gestion hydraulique existants (gestion des 
+éclusées, optimisation du remplissage et du déstockage des retenues pour un impact positif sur les 
+milieux aquatiques) ;
+&lt;br /&gt;• Réhausse d’ouvrages existants ou création de nouveaux ouvrages. Seuls les volumes destinés 
+uniquement au soutien d’étiage seront éligibles et constitueront l’assiette de l’aide ;
+&lt;br /&gt;• Déconnection des plans d’eau des cours d’eau et mise en place de dispositifs d’alimentation des plans 
+d’eau uniquement en période de hautes eaux dont l’objectif très majoritaire est la gestion quantitative 
+de la ressource. &lt;/p&gt;&lt;p&gt; Ces actions devront être réalisées dans le respect des règles et principes de la fiche thématique « Intervention 
+en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité ». &lt;/p&gt;&lt;p&gt;Les autres actions concourant à l’amélioration du fonctionnement des milieux aquatiques avec des bénéfices 
+multiples, y compris sur les débits, sont traitées dans la fiche thématique « Intervention en faveur de la 
+préservation et de la restauration des milieux naturels et de la biodiversité ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, les projets de restauration de débits devront : &lt;br /&gt;-  Être situés sur une zone en tension 
+quantitative sur la ressource en eau ; &lt;br /&gt;- apporter un gain 
+significatif et quantifiable sur les 
+conditions d’étiage (exemple : linéaire de 
+cours d’eau suffisant) ; &lt;br /&gt;- présenter une pérennité de la solution sous climat 
+changeant et absence d’impacts 
+écologiques négatifs directs et indirects 
+notables&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La recharge artificielle de nappe ne fait 
+pas encore l’objet de techniques 
+éprouvées. Ce sujet sera abordé via les 
+projets expérimentaux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-substituer-les-prelevements-vers-des-ressources-moins-fragiles/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>21/01/2025</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>165249</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de contournement des plans d'eau</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de contournement des plans d'eau</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
 Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
+d’ouvrage à réaliser des travaux pour restaurer et de recréer les 
+fonctionnalités des milieux aquatiques.&lt;/p&gt;
+&lt;p&gt;Ces travaux doivent permettre de corriger les altérations 
+hydromorphologiques du cours d’eau et d&amp;#039;assurer ainsi le bon 
+fonctionnement de l’écosystème. Les actions à conduire doivent viser à 
+restaurer : un régime hydrologique favorable au développement des 
+espaces aquatiques, des habitats aquatiques et riverains fonctionnels 
+ainsi qu’une continuité écologique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q28" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux de contournement de plans d’eau, sont financés dans le 
+cadre d’une démarche territoriale de l’agence de l’eau, sur les masses 
+d’eau en risque hydrologie. Ils doivent être ciblés par une étude qui 
+définit la stratégie d’intervention à l’échelle de la masse d’eau et qui
+ intègre une analyse coût/bénéfice. Les plans d’eau doivent être 
+autorisés au 1&lt;sup&gt;er &lt;/sup&gt;janvier 2025.&lt;/p&gt;
+&lt;p&gt;Dans le cas des plans d’eau à usage irrigation, s’ajoute une pression
+ prélèvement devant être prise en compte pour réduire l’impact global 
+sur l’hydrologie.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq1-travaux-de-contournement-des-plans-deau.html</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-de-contournement-des-plans-deau/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC28" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>25/06/2025</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
+        <v>151702</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en eau / assainissement / cours d'eau</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...7 lines deleted...]
- Plafond :
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  50 000€ par projet sauf sur les cours d&amp;#039;eau régionaux majeurs : Rhin, Ill, Sarre, Moselle, Meuse, Aisne, Marne, Seine, Aube.
-[...2 lines deleted...]
-  Ce dispositif s&amp;#039;inscrit en complément de l&amp;#039;aide Agence de l&amp;#039;eau dans la limite de 80 % d&amp;#039;aides publiques
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
+      <c r="M29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...24 lines deleted...]
-      <c r="N31" s="1" t="inlineStr">
+ Opérations d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement de Délégation de Service Public (DSP) assainissement à Lancié
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de mise en séparatif des réseaux d&amp;#039;assainissement/eaux pluviales à Ternay
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude de schéma directeur d&amp;#039;assainissement pour un ensemble de 8 communes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction du règlement de service d&amp;#039;assainissement collectif à St-Etienne-la-Varenne
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Eau souterraine
-[...14 lines deleted...]
-      <c r="R31" s="1" t="inlineStr">
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...12 lines deleted...]
- Coûts d&amp;#039;investissement liés aux opérations précédemment décrites. Travaux et études préalables (faisabilité, avant-projet, projet...)
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X31" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://rhone.fr</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Dossier à adresser à :
-[...26 lines deleted...]
-      <c r="AA31" s="1" t="inlineStr">
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/45ef-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>10/10/2023</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
         <v>120436</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'amélioration et la restauration du fonctionnement des cours d'eau</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>TRAVAUX EN RIVIERES</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
+      <c r="I30" s="1" t="inlineStr">
         <is>
           <t> Min : 15</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participer à la réalisation de travaux permettant l&amp;#039;amélioration et la restauration du fonctionnement des cours d&amp;#039;eau et des milieux aquatiques, les travaux à réaliser devant avoir été identifiés comme dans le cadre d&amp;#039;études préalables.
 &lt;/p&gt;
 &lt;h4&gt;
  Type d&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  Type : subvention d&amp;#039;Investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Taux de base
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  – 25 % pour les travaux d&amp;#039;entretien
  &lt;br /&gt;
  – 15 % pour les autres travaux GEMAPI
 &lt;/p&gt;
@@ -5851,469 +6428,665 @@
  &lt;/a&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Téléservice
   &lt;/strong&gt;
   : Environnement et Energie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Aménagements et travaux de rivières
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  Selon les dispositions du règlement départemental Rivières du 18 novembre 2019
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M32" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Travaux d&amp;#039;entretien dans le cadre de plans pluriannuels d&amp;#039;entretien, ceux-ci pouvant être réalisés en régie, par des entreprises de travaux ou encore des entreprises/associations d&amp;#039;insertion
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Travaux visant à la restauration du fonctionnement des cours d&amp;#039;eau : hydraulique et géomorphologie
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Travaux visant à l&amp;#039;amélioration ou le renforcement de la biodiversité
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Travaux suite aux dégâts d&amp;#039;orage selon décision de l&amp;#039;assemblée départementale
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Dépenses subventionnables
   &lt;/strong&gt;
   : HT ou TTC pour les études sans récupération de TVA.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exclusions (liste non exhaustive)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les travaux de protection ou prévention des inondations.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux relatifs à la gestion des eaux pluviales
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux, d&amp;#039;une manière générale, n&amp;#039;entrant pas dans les catégories éligibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/travaux-en-rivieres/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Audrey BONNEFOY,
  Chef de Service –
   Tél : 04 75 79 82 63
 &lt;/p&gt;
 &lt;p&gt;
  Nicolas RICCIO,
  Chargé de la Programmation des aides,
   Tél : 04 75 79 81 29
  –
  &lt;strong&gt;
   &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
    nriccio&amp;#64;ladrome.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ac9-travaux-en-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>95042</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les cours d’eau et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des cours d’eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 35 % du montant HT
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000€ par projet sauf sur les cours d&amp;#039;eau régionaux majeurs : Rhin, Ill, Sarre, Moselle, Meuse, Aisne, Marne, Seine, Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ce dispositif s&amp;#039;inscrit en complément de l&amp;#039;aide Agence de l&amp;#039;eau dans la limite de 80 % d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration de la fonctionnalité des cours d&amp;#039;eau : reméandrage, diversification des écoulements, érosion maitrisée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des plans d&amp;#039;eau : renaturation / reprofilage de berges, création de hauts-fonds, restauration de roselières, restauration de digues, ouvrages d&amp;#039;alimentation et de vidange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des milieux humides : restauration de zones humides, création d&amp;#039;annexes hydrauliques, de mares, frayères, reconnexion de bras morts, restauration de réseau de fossés, création de zones humides artificielles, zones tampons entre réseau de drainage et cours d&amp;#039;eau... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration de la continuité écologique (suppression ou aménagements d&amp;#039;ouvrages transversaux, etc.) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration du petit patrimoine bâti et ouvrages alimentant ces milieux aquatiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes, associations, fédérations de pêche, entreprises, particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts d&amp;#039;investissement liés aux opérations précédemment décrites. Travaux et études préalables (faisabilité, avant-projet, projet...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-restaurer-cours-deau-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0083/depot/simple</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dfa-restauration-des-cours-deau-et-des-milieux-aq/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>92596</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les cours d'eau et prévenir les inondations</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les maitres d&amp;#039;ouvrages agissant au niveau des bassins versants départementaux à assumer les missions leur incombant en matière de gestion intégrée des rivières et de prévention des inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dispositif comprend 5 axes spécifiques, pour lesquels les taux d&amp;#039;aides peuvent varier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation à la gestion intégrée et à la prévention des inondations des cours d&amp;#039;eau non domaniaux :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Taux nominal plafonné à 20 % du HT (sauf opération non éligible au FCTVA &amp;#61; subvention sur le TTC) 
+     .
+&lt;/p&gt;
+&lt;p&gt;
+ - Elaboration des PPRE et campagnes annuelles de travaux : 30 %.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide à l&amp;#039;équipement des postes de techniciens et chargé de missions rivière : montant forfaitaire de 15 000 €
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide au programme d&amp;#039;aménagement et de gestion de la Durance :  Taux nominal plafonné à 30 % (sauf opération on éligible au FCTVA &amp;#61; subvention sur le TTC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation au volet inondations du Plan Rhône :  Taux nominal plafonné à 20 % du HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation aux acquisitions foncières pour l&amp;#039;écrêtement des crues et l&amp;#039;aménagement des systèmes d&amp;#039;endiguement :  Taux nominal plafonné à 20 % du montant éligible
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation aux opérations de réduction de la vulnérabilité de l&amp;#039;habitat aux inondations : Taux nominal plafonné à 20 % sur un montant éligible ≤ 10 % de la valeur du bien protégé et dans la limite de 80 % de subventions publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute opération relevant des missions listées aux 1°, 2°, 5°, 8°, 11° et 12° du L211-7 du code de l&amp;#039;environnement et concernant un cours d&amp;#039;eau ou ses annexes, suivant les spécificités des 5 axes du dispositif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  EPCI gémapiens (n&amp;#039;ayant ni transféré ni délégué leur compétence ou en ayant conservé une partie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats délégataires ou bénéficiant d&amp;#039;un transfert GEMAPI des EPCI membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASA de la Meyne et des cours d&amp;#039;eau d&amp;#039;Orange
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certains maîtres d&amp;#039;ouvrages en situation temporaire dérogatoire (voir tableau en annexe), à l&amp;#039;exclusion des communes, dessaisies de la compétence GEMAPI depuis les 1er janvier 2018
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
       <c r="Y32" s="1" t="inlineStr">
         <is>
-          <t>ingenieriepublique@ladrome.fr</t>
+          <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
       <c r="Z32" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/3ac9-travaux-en-rivieres/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4261-gerer-les-cours-deau-et-prevenir-les-inondati/</t>
         </is>
       </c>
       <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des inondations
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
+    <row r="33" spans="1:34" customHeight="0">
       <c r="A33" s="1">
-        <v>103354</v>
+        <v>111710</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Construire, rénover ou étendre les équipements sportifs mis à disposition des lycées</t>
+          <t>Entretenir le patrimoine communal</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>Aide aux équipements sportifs mis à disposition des lycées</t>
+          <t>Soutien à l'initiative locale et environnementale</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Ile de France</t>
+          <t>Conseil départemental de la Charente</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I33" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
-        <is>
-[...228 lines deleted...]
-      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 9 000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Communes de moins de 3 000 habitants pour les services marchands
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Entretien du patrimoine communal et maintien de services publics à la population dont les derniers services marchands
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
@@ -6331,66 +7104,66 @@
  &lt;/li&gt;
  &lt;li&gt;
   Pour les opérations dont le coût dépasse le plafond de la dépense subventionnable, la présentation par tranches fonctionnelles de travaux est possible (présentation d&amp;#039;une tranche par exercice budgétaire). Le nombre de tranches est limité à deux.
  &lt;/li&gt;
  &lt;li&gt;
   Pour les communes volontaires qui s&amp;#039;engageraient, dans le cadre d&amp;#039;une convention, à ne pas solliciter de nouvelle subvention au titre du Soutien à l&amp;#039;Initative Locale et Environnementale pendant une durée de 4 ans, la dépense subventionnable peut être portée à un maximum de 600 000 € HT. En ce sens, la participation départementale peut atteindre un maximum de 120 000 € y compris la majoration éventuelle.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Majorations éventuelles :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Majoration de 10 points pour les travaux extérieurs (toitures et façades) entrant dans le périmètre d&amp;#039;un site protégé, si ce dernier a engendré un surcoût architectural, justifié par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France).
  &lt;/li&gt;
  &lt;li&gt;
   Majoration de 15 points pour les projets les plus vertueux en termes de développement durable, sur demande expresse du bénéficiaire et avis favorable de l&amp;#039;instance départementale compétente.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Trois projets maximum par commune subventionnés au cours d&amp;#039;un même exercice budgétaire
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;obtention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent respecter la réglementation thermique en vigueur et les opérations de réhabilitation énergétique doivent être précédées d&amp;#039;un diagnostic thermique du bâtiment.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accessibilité aux personnes handicapées (handicap physique, sensoriel, cognitif, mental ou psychique) est obligatoire dans le cadre de travaux soumis à permis de construire.
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet de construction neuve est soumis à un examen au sein de l&amp;#039;instance départementale compétente.
 &lt;/p&gt;
 &lt;p&gt;
  Le bénéficiaire doit s&amp;#039;engager dans la démarche de la charte « Charente 2030 », à un minimum de 3 critères (2 critères pour un projet inférieur à 15 000 € HT). Pour bénéficier de la majoration de l&amp;#039;aide départementale, le bénéficiaire doit s&amp;#039;engager à 1 critère supplémentaire identifié en rouge.
@@ -6527,644 +7300,695 @@
   le plan de financement final avec copies des décisions attributives des autres partenaires financiers
  &lt;/li&gt;
  &lt;li&gt;
   les supports de communication où l&amp;#039;aide départementale a été citée
  &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : l&amp;#039;intérêt départemental des projets susceptibles de faire l&amp;#039;objet d&amp;#039;un contrat est proposé par la Commission Solidarités territoriales puis examiné par la Commission permanente du Conseil départemental.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : en une seule fois, à l&amp;#039;achèvement de l&amp;#039;opération.
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/soutien_initiative_locale_environnementale.pdf</t>
         </is>
       </c>
-      <c r="W34" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : néant
 &lt;/p&gt;
 &lt;p&gt;
  Service cohésion territoriale ; Tél. : 05 16 09 74 18 ou 05 16 09 74 12 (hébergements touristiques) ou 05 16 09 74 24 (services marchands) ou 05 16 09 74 13 (patrimoine vernaculaire)
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f682-entretenir-le-patrimoine-communal/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une bibliothèque municipale
+Création d’un terrain de football
+Gestion d'une base nautique
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>30/12/2021</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
+        <v>98630</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Cher Ingénierie des Territoires (CIT)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les accompagnements proposés pour les collectivités souhaitant définir et mettre en oeuvre leur projet d&amp;#039;aménagement, de voirie, d&amp;#039;ouvrage d&amp;#039;art, de bâtiment, d&amp;#039;eau-assainissement, de restauration sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;étude d&amp;#039;opportunité et de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  le diagnostic de voirie et d&amp;#039;ouvrage d&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la maitrise d&amp;#039;ouvrage pour la réalisation de projet de voirie, aménagement espaces publics  , de bâtiment (bibliothèque, mairie, salle polyvalente, école, cantine, maison de santé,..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la recherche de financement et accompagnement dans le montage de dossier (y compris Fonds européens).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Alimentation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Cher</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Caroline Edilber, Directrice CIT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 02 48 27 80 27
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:cit&amp;#64;departement18.fr" rel="noopener" target="_blank"&gt;
+   cit&amp;#64;departement18.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y34" s="1" t="inlineStr">
         <is>
-          <t>subventions16@lacharente.fr</t>
+          <t>caroline.edilber@departement18.fr</t>
         </is>
       </c>
       <c r="Z34" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/f682-entretenir-le-patrimoine-communal/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0ee-accompagner-les-collectivites-dans-la-definit/</t>
         </is>
       </c>
       <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB34" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’une bibliothèque municipale
+Gestion d'une base nautique
+Isolation du bâtiment
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>23/07/2021</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
+    <row r="35" spans="1:34" customHeight="0">
       <c r="A35" s="1">
-        <v>144512</v>
+        <v>164183</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Financer la gestion et la valorisation des cours d'eau et milieux humides associés</t>
+          <t>Restaurer la trame bleue - Plans d'eau</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Landes</t>
+          <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
-        <is>
-[...207 lines deleted...]
-      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...4 lines deleted...]
-      <c r="H36" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J36" s="1" t="inlineStr">
+      <c r="J35" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="M36" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les plans d’eau, qu’ils soient naturels ou artificiels se trouvent aujourd’hui à la croisée des enjeux : biodiversité,
 qualité d’eau, quantité d’eau, activités humaines, … &lt;/p&gt;&lt;p&gt;Considérés à la fois comme des milieux aquatiques (présence d’eau permanente au sein d’une colonne d’eau),
 et des milieux humides (zones de transition entre le milieu aquatique et le milieu terrestre, en particulier au
 niveau des berges), ils sont par ailleurs le support de nombreux usages économiques (industriels, agricoles,
 piscicoles, hydroélectrique, navigation, …) ou de loisirs sur le bassin. Ils subissent, de fait, de nombreuses
 pressions qui altèrent leur morphologie, leur hydrologie, ainsi que la qualité de l’eau. &lt;/p&gt;&lt;p&gt;Les actions accompagnées par l’Agence de l’eau s’inscrivent pleinement dans un objectif de conciliation
 d’usages, en mettant particulièrement l’accent sur la restauration des fonctionnalités de ces milieux particuliers
 et du bon fonctionnement de leur bassin versant, tout en anticipant les effets du changement climatique sur
 ces milieux et sur les activités qui s’y exercent. Les plans d’eau prioritairement visés sont les plans d’eau identifiés
 dans le cadre de la Directive cadre sur l’eau (&amp;gt;50 ha de surface)
 9
 , les étangs patrimoniaux intégrés aux zones
 humides remarquables du Schéma Directeur d’Aménagement et de Gestion des Eaux, les plans d’eau
 stratégiques pour la ressource en eau, … &lt;/p&gt;&lt;p&gt;Afin de pouvoir intervenir durablement sur ces milieux et anticiper leur évolution et les usages futurs, les actions
 de l’Agence de l’eau visent à leur permettre de retrouver un fonctionnement optimal par :
 &lt;br /&gt;• L’identification et la compréhension d’éventuels dysfonctionnements et de leur origine ;
 &lt;br /&gt;• La mise en œuvre d’actions préventives, visant la limitation ou la réduction des causes de ces
 dysfonctionnements ;
 &lt;br /&gt;• La préservation des milieux les plus fonctionnels ;
 &lt;br /&gt;• La renaturation des milieux dégradés ou artificiels. &lt;/p&gt;&lt;p&gt;Ces actions seront conduites en visant à limiter les effets négatifs des plans d’eau sur les cours d’eau (qualité de
 l’eau, température, continuité écologique, invasions biologiques, …) voire en mettant en place une gestion des
 plans d’eau qui permette de contribuer à l’amélioration du fonctionnement des cours d’eau (soutien d’étiage
 par exemple).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;À ce titre, les actions curatives, notamment les actions visant les espèces végétales et/ou algales proliférantes
 (hors espèces exotiques envahissantes (cf. article 4.6.2), ne sont pas éligibles. Seront privilégiées les études et
 actions visant à identifier et lutter contre les dysfonctionnements à l’origine de ces proliférations. &lt;/p&gt;&lt;p&gt;Par ailleurs, et afin d’anticiper toute problématique ultérieure liée notamment au changement climatique, sont
 éligibles les études stratégiques ainsi que les études de gouvernance visant à atteindre dans la durée, un équilibre
 entre enjeux de biodiversité, enjeux de qualité et de quantité d’eau, et enjeux de partage de la ressource.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R36" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Actions de maîtrise foncière,
 d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche_restaura_milieu_naturel_pdf</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-milieux-humides/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC35" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2025</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Economie circulaire
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q36" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="S36" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="T36" s="1" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U36" s="1" t="inlineStr">
         <is>
-          <t>Rhin-Meuse</t>
+          <t>PETR CENTRE-CHER</t>
         </is>
       </c>
       <c r="V36" s="1" t="inlineStr">
         <is>
-          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+          <t>https://www.sirdab.fr/</t>
         </is>
       </c>
       <c r="X36" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y36" s="1" t="inlineStr">
         <is>
-          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+          <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
       <c r="Z36" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-milieux-humides/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
         </is>
       </c>
       <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB36" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC36" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2024</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
+    <row r="37" spans="1:34" customHeight="0">
       <c r="A37" s="1">
-        <v>98630</v>
+        <v>120334</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
+          <t>Analyser les pollutions et contaminants dans les bâtiments, terrains, plans d'eaux</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Analyses des pollutions et contaminants dans les bâtiments, terrains, plans d'eaux</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>Cher Ingénierie des Territoires (CIT)</t>
+          <t>La Drôme Laboratoire</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
-        <is>
-[...120 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H38" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
   Animation de réunion de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Rendez-vous et visite sur site
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Aide à la définition des besoins, objectifs et priorités.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Identification de pollutions chimiques avant projet d&amp;#039;aménagement du territoire communal ou intercommunal
  &lt;/li&gt;
  &lt;li&gt;
@@ -7217,589 +8041,388 @@
 &lt;p&gt;
  Surveillance de la Qualité de l&amp;#039;Air Intérieur dans les Établissements Recevant du Public (ERP) existants, en construction ou à la livraison tels que crèches, écoles, centres de loisirs, EHPAD, collèges, piscines... Prestations incluant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contrôle des moyens d&amp;#039;aération
  &lt;/li&gt;
  &lt;li&gt;
   Campagnes de mesures hivernale et estivale
  &lt;/li&gt;
  &lt;li&gt;
   Analyse
  &lt;/li&gt;
  &lt;li&gt;
   Conseils personnalisés
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement et aide dans le cadre de recherche de sources de pollution d&amp;#039;air intérieur
  &lt;/li&gt;
  &lt;li&gt;
   Formation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  OPÉRATIONS CONCERNÉES
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eau, d&amp;#039;air, de sol pour les bâtiments communaux et intercommunaux, terrains ou dans le cadre de projets d&amp;#039;aménagement du territoire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/analyses-des-pollutions-et-contaminants-dans-les-batiments-terrains-plans-deaux/</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   La Drôme Laboratoire
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
    laboratoire&amp;#64;ladrome.fr
   &lt;/a&gt;
   – 04.75.81.70.70
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
    www.ladromelaboratoire.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/db89-analyses-des-pollutions-et-contaminants-dans-/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB37" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
+        <v>144512</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Financer la gestion et la valorisation des cours d'eau et milieux humides associés</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département est susceptible d&amp;#039;accorder aux communes (Titre IV 
+uniquement), aux établissements publics de coopération intercommunale 
+(EPCI) et aux syndicats mixtes ayant compétence en matière de gestion 
+des cours d&amp;#039;eau, des aides pour des opérations (études, travaux, 
+acquisitions foncières et actions d&amp;#039;animation) visant à améliorer la 
+gestion de l&amp;#039;espace rivière (cours d&amp;#039;eau et milieux humides associés) et
+ de son bassin versant, en correspondance avec les objectifs visés par 
+le schéma départemental pour la gestion et la valorisation des cours 
+d&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;I – Acquisition de connaissance et définition de projet&lt;/h2&gt;&lt;p&gt;Le 
+taux maximum de subvention du Département est de 20 % du montant HT des 
+dépenses éligibles. Dans le cas où la collectivité ne récupèrerait pas 
+la TVA pour l&amp;#039;opération concernée, et sous réserve de production du 
+certificat administratif correspondant signé de l&amp;#039;autorité compétente, 
+la dépense subventionnable est égale au montant TTC de l&amp;#039;étude.&lt;/p&gt;&lt;p&gt;Le
+ taux de subvention appliqué pourra être inférieur au taux maximum en 
+fonction des autres participations financières, dans le respect de la 
+réglementation relative au plafonnement des aides publiques en vigueur.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h2&gt;II – Travaux&lt;/h2&gt;&lt;h3&gt;Travaux éligibles en programme pluriannuel de gestion : &lt;/h3&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Gestion courante de la ripisylve et du lit mineur&lt;/strong&gt;
+ (enlèvement raisonné ou fixation des chablis et embâcles, évacuation 
+et/ou élimination des rémanents et des produits de coupe, broyage des 
+souches, gestion des atterrissements, résorption des dépôts sauvages,…)&lt;ul type="circle"&gt;&lt;li&gt;Taux maximum : 20 % du montant HT des dépenses&lt;/li&gt;&lt;li&gt;Plafond de dépenses éligibles :&lt;ul type="square"&gt;&lt;li&gt;pour les cours d’eau côtiers et du plateau landais : 1,5 €/ml de berge de secteur homogène de cours d’eau traité&lt;/li&gt;&lt;li&gt;pour les cours d’eau du sud Adour et petits affluents de l’Adour : 2 €/ml de berge de secteur homogène de cours d’eau traité&lt;/li&gt;&lt;li&gt;pour les cours d’eau à fort module : 2,5 €/ml de berge de secteur homogène de cours d’eau traité&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Conditions spécifiques d’éligibilité : Travaux ponctuels et régénération naturelle à privilégier&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Restauration et renaturation de la ripisylve&lt;/strong&gt; (premiers travaux, plantations,…)&lt;ul type="circle"&gt;&lt;li&gt;Taux maximum : 20 % du montant HT des dépenses&lt;/li&gt;&lt;li&gt;Plafond de dépenses éligibles : &lt;ul type="square"&gt;&lt;li&gt;10 €/ml de berge de cours d’eau restauré ou renaturé&lt;/li&gt;&lt;li&gt;15 €/ml de berge pour les secteurs où la ripisylve traitée a une largeur supérieure à 10 mètres&lt;/li&gt;&lt;li&gt;20 €/ml de berge renaturée par revégétalisation (plantations)&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Pièces spécifiques à fournir : Délibération du maître d’ouvrage l’engageant à réaliser les travaux d’entretien ultérieurs&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Restauration et renaturation du lit mineur &lt;/strong&gt;(restauration
+ de la dynamique fluviale et de la diversité des faciès d’écoulement, 
+restauration de méandres, ralentissement dynamique, reconstitution de 
+matelas alluvial, restauration du talweg d’origine ou remise à ciel 
+ouvert,…)&lt;ul type="circle"&gt;&lt;li&gt;&lt;u&gt;Taux maximum :&lt;/u&gt; 20 % du montant HT des dépenses&lt;/li&gt;&lt;li&gt;&lt;u&gt;Conditions spécifiques d’éligibilité :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude préalable d’état des lieux et diagnostic&lt;/li&gt;&lt;li&gt;Priorisation sur des masses d’eaux en mauvais état, notamment au regard de l’hydromorphologie&lt;/li&gt;&lt;li&gt;Validation technique préalable du cahier des charges de l’opération&lt;/li&gt;&lt;li&gt;Assurer un suivi/évaluation de l’action et un entretien pendant au moins 3 ans&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Pièces spécifiques à fournir :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude préalable de diagnostic&lt;/li&gt;&lt;li&gt;Délibération du maître d’ouvrage l’engageant à réaliser le suivi et l’évaluation&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Régulation des espèces végétales invasives &lt;/strong&gt;(hors plans d’eau)&lt;ul type="circle"&gt;&lt;li&gt;&lt;u&gt;Taux maximum :&lt;/u&gt; 20 % du montant HT des dépenses&lt;/li&gt;&lt;li&gt;&lt;u&gt;Plafond de dépenses éligibles :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Pour les plantes terrestres : 50 €/m² traité&lt;/li&gt;&lt;li&gt;Pour les plantes aquatiques :&lt;ul type="disc"&gt;&lt;li&gt;3 €/ml de cours d’eau par arrachage manuel&lt;/li&gt;&lt;li&gt;50 €/ml de cours d’eau par arrachage mécanique&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Conditions spécifiques d’éligibilité :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude préalable d’état des lieux et diagnostic&lt;/li&gt;&lt;li&gt;Priorisation sur les secteurs où la présence des plantes perturbe significativement le milieu&lt;/li&gt;&lt;li&gt;Validation
+ technique préalable du cahier des charges de l’opération précisant les 
+conditions techniques d&amp;#039;arrachage ou de régulation, de transport et 
+d&amp;#039;élimination des végétaux&lt;/li&gt;&lt;li&gt;Assurer les travaux d’entretien ultérieurs&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Pièces spécifiques à fournir :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude préalable de diagnostic&lt;/li&gt;&lt;li&gt;Délibération du maître d’ouvrage l’engageant à réaliser les travaux d’entretien ultérieurs&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Restauration de la fonctionnalité du lit majeur&lt;/strong&gt;
+ (opérations privilégiant l’expansion et l’érosion sur les secteurs les 
+moins vulnérables, remise en fonction des zones naturelles d’expansion 
+des crues courantes, préservation ou restauration des zones de 
+reproduction biologique, reconnexion des annexes hydrauliques,…)&lt;ul type="circle"&gt;&lt;li&gt;&lt;u&gt;Taux maximum :&lt;/u&gt; 20 % du montant HT des dépenses&lt;/li&gt;&lt;li&gt;&lt;u&gt;Conditions spécifiques d’éligibilité&lt;/u&gt; : Assurer un suivi/évaluation de l’action pendant au moins 3 ans&lt;u&gt; &lt;/u&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Pièces spécifiques à fournir :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Délibération du maître d’ouvrage l’engageant à réaliser le suivi et l’évaluation&lt;/li&gt;&lt;li&gt;Avis de la Fédération de Pêche pour les travaux d’amélioration des habitats piscicoles&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Protection de berge &lt;/strong&gt;(enjeux de sécurité publique ou d’infrastructures d’intérêt général)&lt;ul type="circle"&gt;&lt;li&gt;&lt;u&gt;Taux maximum :&lt;/u&gt; &lt;ul type="square"&gt;&lt;li&gt;20 % du montant HT des dépenses pour les protections en technique végétale&lt;/li&gt;&lt;li&gt;15
+ % du montant HT des dépenses pour les protections en dur (sous réserve 
+que l’impossibilité de mise en œuvre de protections en technique 
+végétale soit démontrée)&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Conditions spécifiques d’éligibilité :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude d’opportunité de réalisation de l’ouvrage examinée comparativement au déplacement des enjeux ou infrastructures&lt;/li&gt;&lt;li&gt;Les techniques végétales seront privilégiées&lt;/li&gt;&lt;li&gt;Les techniques en dur seront proscrites, sauf à démontrer l’impossibilité de mise en œuvre des techniques végétales&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Pièces spécifiques à fournir :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude d’opportunité de réalisation de l’ouvrage examinée comparativement au déplacement des enjeux ou infrastructures&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Restauration et entretien d’ouvrages hydrauliques&lt;/strong&gt; (hors digues de protection contre les inondations)&lt;ul type="circle"&gt;&lt;li&gt;&lt;u&gt;Taux maximum :&lt;/u&gt; 20 % du montant HT des dépenses &lt;/li&gt;&lt;li&gt;&lt;u&gt;Plafond de dépenses éligibles&lt;/u&gt; :&lt;ul type="square"&gt;&lt;li&gt;2 000 € / an et par ouvrage pour des opérations d’entretien annuel&lt;/li&gt;&lt;li&gt;50
+ 000 € / ouvrage pour des opérations de restauration, à raison d’une 
+intervention financière par ouvrage tous les 10 ans au maximum&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Conditions spécifiques d’éligibilité :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Cours d’eau côtiers et cours d’eau à fort module&lt;/li&gt;&lt;li&gt;Etude d’opportunité du maintien de l’ouvrage examiné comparativement à son effacement et au regard de l’intérêt général&lt;/li&gt;&lt;li&gt;Consignes
+ de gestion adaptées aux enjeux écologiques et décidées dans le cadre 
+d’une gestion concertée à l’échelle du bassin versant&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Pièces spécifiques à fournir :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude d’opportunité du maintien de l’ouvrage&lt;/li&gt;&lt;li&gt;Consignes de gestion adaptées aux enjeux écologiques,&lt;/li&gt;&lt;li&gt;Délibération du maître d’ouvrage l’engageant à appliquer les consignes de gestion de l’ouvrage&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;h3&gt;Travaux éligibles hors programme pluriannuel de gestion : &lt;/h3&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Restauration de la continuité : effacement d’ouvrage &lt;/strong&gt;(effacement partiel ou total d’ouvrage transversal ou longitudinal)&lt;ul type="circle"&gt;&lt;li&gt;&lt;u&gt;Taux maximum :&lt;/u&gt; 20 % du montant HT des dépenses &lt;/li&gt;&lt;li&gt;&lt;u&gt;Conditions spécifiques d’éligibilité :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude préalable de diagnostic&lt;/li&gt;&lt;li&gt;Assurer un suivi/évaluation de l’action et un entretien pendant au moins 3 ans&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Pièces spécifiques à fournir :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Etude préalable de diagnostic&lt;/li&gt;&lt;li&gt;Délibération du maître d’ouvrage l’engageant à réaliser le suivi et l’évaluation&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Restauration de la continuité : mise en transparence d’ouvrage &lt;/strong&gt;(franchissement de la faune et / ou transport solide)&lt;ul type="circle"&gt;&lt;li&gt;&lt;u&gt;Taux maximum :&lt;/u&gt; 20 % du montant HT des dépenses &lt;/li&gt;&lt;li&gt;&lt;u&gt;Plafond de dépenses éligibles&lt;/u&gt; : 20 000 €HT/ouvrage&lt;/li&gt;&lt;li&gt;&lt;u&gt;Conditions spécifiques d’éligibilité :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Maîtrise foncière publique de l’ouvrage et de ses accès&lt;/li&gt;&lt;li&gt;Entretien pérenne de l’ouvrage&lt;u&gt; &lt;/u&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;u&gt;Pièces spécifiques à fournir :&lt;/u&gt;&lt;ul type="square"&gt;&lt;li&gt;Justificatifs attestant de la maîtrise foncière publique de l’ouvrage et de ses accès&lt;/li&gt;&lt;li&gt;Délibération d’engagement du maître d’ouvrage à mettre en place un entretien adapté de l’ouvrage&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h2&gt;III – Maîtrise foncière &lt;/h2&gt;&lt;p&gt;Le taux maximum de subvention du Département est de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50 % du montant TTC des dépenses plafonnées à 10 000 €/ha (sauf pour les terrains d’une superficie inférieure à 1 ha et présentant un intérêt paysager ou écologique majeur en contexte urbain) et 100 000 € au total, pour des acquisitions de terrain non bâtis en zone de préemption au titre des espaces naturels sensibles (ZPENS) au titre du règlement départemental d’aides à la protection et la valorisation du patrimoine naturel landais ;&lt;/li&gt;&lt;li&gt;20 % du montant TTC des dépenses plafonnées à 10 000 €/ha (sauf pour les terrains d’une superficie inférieure à 1 ha et présentant un intérêt paysager ou écologique majeur en contexte urbain) et 100 000 € au total, pour des acquisitions de terrain non bâtis hors ZPENS au titre du règlement départemental d’aides à la protection et la valorisation du patrimoine naturel landais ; &lt;/li&gt;&lt;li&gt;20 % du montant TTC des dépenses plafonnées à 10 000 € TTC par ouvrage pour des acquisitions d’ouvrages transversaux en rivière (seuils, ouvrages de régulation, …).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les frais d’acquisition seront pris en compte au maximum sur l’estimation du coût par France Domaine (lorsque celle‑ci est obligatoire) ou par la SAFER, ainsi que les frais notariaux et les frais SAFER.&lt;/p&gt;&lt;p&gt;Le
+ taux de subvention appliqué pourra être inférieur au taux maximum en 
+fonction des autres participations financières, dans le respect de la 
+réglementation relative au plafonnement des aides publiques en vigueur.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h2&gt;IV
+ – Opérations d’animation visant à améliorer la gestion de l’espace 
+rivière (cours d’eau et milieux humides associés) et de son bassin 
+versant&lt;/h2&gt;&lt;p&gt;Le taux maximum de subvention du Département est de 20 % du montant TTC des dépenses plafonnées globalement à 10 000 € par an.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/gestion-et-valorisation-des-cours-deau-et-milieux-humides-associes</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y38" s="1" t="inlineStr">
         <is>
-          <t>ingenieriepublique@ladrome.fr</t>
+          <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
       <c r="Z38" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/db89-analyses-des-pollutions-et-contaminants-dans-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b03-aide-pour-la-gestion-et-la-valorisation-des-c/</t>
         </is>
       </c>
       <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB38" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
+    <row r="39" spans="1:34" customHeight="0">
       <c r="A39" s="1">
-        <v>162526</v>
+        <v>73939</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les projets favorables à la transition écologique</t>
-[...9 lines deleted...]
-          <t>Un territoire résilient face au changement climatique</t>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>PETR Centre-Cher</t>
-[...4 lines deleted...]
-          <t>Conseil régional du Centre-Val de Loire</t>
+          <t>ALEC Métropole Marseillaise - Agence Locale de l'Energie et du Climat</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
-Entreprise privée</t>
+Particulier
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Max : 80</t>
+          <t>Ingénierie financière
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
-        <is>
-[...385 lines deleted...]
-      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;&lt;strong&gt;ALEC Métropole Marseillaise&lt;/strong&gt;, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
  accompagne et anticipe sur ces questions.
 &lt;/p&gt;
 &lt;p&gt;
  Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
  l&amp;#039;espace Conseil France Rénov&amp;#039;, le développement de l&amp;#039;outil numérique LOUTRE, les économes de flux ACTEE, etc.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
  œuvre de leurs compétences (Habitat, Économie, Transport, Environnement). &lt;/p&gt;&lt;p&gt;Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
  réglementaire, technique et de connaissance fine du territoire (observatoire).&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M42" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Diagnostic énergétique et climatique territorial
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte des enjeux climatiques dans les PLU/I
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Schéma directeur énergie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Observatoire local énergie-climat
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   État des lieux énergétique du patrimoine public
   &lt;br /&gt;
@@ -7812,164 +8435,514 @@
   Accompagnement des copropriétés à la rénovation énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Lutte contre la précarité énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des acteurs pour le développement des énergies renouvelables locales
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Métropole d'Aix-Marseille-Provence</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.alecmetropolemarseillaise.fr/</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Philippe Michaud, Directeur
 &lt;/p&gt;
 &lt;p&gt;
  p.michaud&amp;#64;alecmm.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>f.pidoux@alecmm.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f40e-se-faire-accompagner-par-lalec-18/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Installation de bornes électriques
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC39" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole Marseillaise</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>08/01/2021</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-      <c r="A43" s="1">
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
+        <v>164141</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études dans l'optique de limiter la dépendance à l’eau, restaurer les débits des cours d’eau et la recharge des nappes</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Toutes les études de programmation, les études diagnostiques, les études avant travaux et les études 
+en phase travaux permettant de répondre aux enjeux précités (limiter notre dépendance à l’eau dans 
+une optique de sobriété, restaurer les débits des cours d’eau et la recharge des nappes, partager les 
+ressources en eau) ;
+&lt;br /&gt;• Le niveau d’exigence des études de détermination des « volumes prélevables » est à réhausser dans les 
+secteurs à enjeu vis-à-vis de la ressource en eau en investiguant les interactions entre hydro(géo)logie, 
+fonctionnement des milieux, usages et prospective climatique&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont éligibles dès lors qu’elles : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne contreviennent pas aux principes 
+généraux à respecter ; &lt;/li&gt;&lt;li&gt;Interviennent à une échelle pertinente 
+(exemple : bassin versant de 
+surface, secteur significatif d’une eau 
+souterraine, …) si elles relèvent d’un enjeu 
+multi-usage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-reut/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC40" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2025</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
+        <v>165280</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Déplacer les forages impactant les débits des cours d’eau en période de basses eaux, dans les territoires en ZRE ou de PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Déplacement de forages impactant les débits des cours d’eau en période de basses eaux, dans les territoires en ZRE ou de PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans les territoires de ZRE ou de PTGE approuvé, le déplacement de 
+forages impactant les débits des cours d’eau en période de basses eaux, 
+pour atténuer leurs incidences, peut être accompagné dans le cadre d’une
+ démarche collective.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q41" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une étude préalable démontre l’intérêt global du projet global au 
+regard de l’impact de l’exploitation du ou des forages sur la ressource 
+en eau ou les milieux aquatiques.&lt;/p&gt;
+&lt;p&gt;L’ensemble des conditions d’éligibilité à respecter sont précisées dans la fiche action.&lt;/p&gt;
+&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
+d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
+portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
+ 2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
+complémentaires en fonction du type de projet et de l’état de la masse 
+d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-deplacement-de-forages-impactant-les-debits-des-cours-deau.html</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deplacer-les-forages-impactant-les-debits-des-cours-deau-en-periode-de-basses-eaux-dans-les-territoires-en-zre-ou-de-ptge-approuve/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC41" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>26/06/2025</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
         <v>119710</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les cours d'eau et les habitats naturels associés aux rivières et aux millieux humides</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Gestion des rivières et des milieux humides</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Eure</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I43" s="1" t="inlineStr">
+      <c r="I42" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L43" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Conseil départemental propose aux collectivités et associations du département ayant une compétence de gestion des
  rivières, milieux aquatiques et/ou humides des aides spécifiques afin de préserver et restaurer les cours d&amp;#039;eau et les
  habitats naturels associés.
 &lt;/p&gt;
 &lt;p&gt;
  Pour ce faire, le régime d&amp;#039;aides vise à entretenir et restaurer les milieux humides, à restaurer et conserver la qualité
  globale et la continuité écologique des cours d&amp;#039;eau.
 &lt;/p&gt;
 &lt;p&gt;
  Ce régime d&amp;#039;aides intègre le Plan Nature 2017-2027 et est financé au titre de la Taxe Départementale d&amp;#039;Aménagement
  (article L131-3 du code de l&amp;#039;environnement) puisque cette taxe permet de financer notamment l&amp;#039;acquisition de sites
  destinés à la préservation de la ressource en eau, leur aménagement, leur gestion et les travaux contribuant à la
  préservation ou à la remise en bon état des continuités écologiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les opérations éligibles avec un taux d&amp;#039;aide allant jusqu&amp;#039;à 20% sur le montant TTC quand l&amp;#039;attributaire ne
  &lt;/strong&gt;
  &lt;strong&gt;
   récupère
  &lt;/strong&gt;
  &lt;strong&gt;
   pas la TVA.
@@ -8127,64 +9100,64 @@
  Valorisation pédagogique rivières/zones humides : ouverture et aménagement d&amp;#039;un sentier en vue de faire découvrir le site.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Document de gestion établi,
   Inscription au PDIPR,
   Déplafonnement possible si les travaux sont portés par une association sur les sites ENS
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dès lors que le projet sera mis en œuvre sur un Espace Naturel Sensible, une majoration de &amp;#43; 20 % du régime
  &lt;/strong&gt;
  &lt;strong&gt;
   d&amp;#039;aide pourra être appliquée et un déplafonnement sera possible sur les associations ayant une compétence
  &lt;/strong&gt;
  &lt;strong&gt;
   avérée sur la restauration des zones humides.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Risques naturels
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;attribution
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les activités et actions bénéficiant de la Taxe Départementale d&amp;#039;Aménagement doivent être compatibles avec la
  législation concernant son utilisation (article L131-3 du code de l&amp;#039;Environnement).
 &lt;/p&gt;
 &lt;p&gt;
  Le bénéficiaire ne doit pas commencer les travaux avant d&amp;#039;avoir reçu l&amp;#039;accord de subvention ou une éventuelle dérogation.
 &lt;/p&gt;
 &lt;p&gt;
  Concernant les ouvrages hydrauliques, leur suppression doit être étudiée en premier lieu. Lorsque l&amp;#039;étude conclut à une
  impossibilité d&amp;#039;effacement de l&amp;#039;ouvrage pour des raisons techniques ou économiques, un dispositif de franchissement
  piscicole peut être financé.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux soumis à la loi sur l&amp;#039;Eau (procédure de déclaration/autorisation) et à la législation relative à la préservation de
  l&amp;#039;environnement doivent obtenir l&amp;#039;accord de la Police de l&amp;#039;Eau et ceux exécutés en domaine privé doivent être
  accompagnés d&amp;#039;une déclaration d&amp;#039;intérêt général. Ces démarches réglementaires conditionnent l&amp;#039;octroi d&amp;#039;une aide par le
  Département.
 &lt;/p&gt;
 &lt;p&gt;
@@ -8290,15821 +9263,3907 @@
 &lt;/p&gt;
 &lt;p&gt;
  - Photos avant (la demande de solde devra inclure les photos après travaux),
 &lt;/p&gt;
 &lt;p&gt;
  - Tableau de données pour la mise en œuvre fiches FORCE à fournir à la demande de solde.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour une acquisition foncière :
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - Carte des parcelles à acquérir,
 &lt;/p&gt;
 &lt;p&gt;
  - Estimation financière (Domaines, SAFER...),
 &lt;/p&gt;
 &lt;p&gt;
  - Copie de l&amp;#039;acte notarié ou compromis de vente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Eure</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  CONSEIL DÉPARTEMENTAL DE L&amp;#039;EURE
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel de Département
 &lt;/p&gt;
 &lt;p&gt;
  14 boulevard Georges Chauvin
 &lt;/p&gt;
 &lt;p&gt;
  CS 72101 - 27021 Evreux cedex
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 02 32 31 50 50
 &lt;/p&gt;
 &lt;p&gt;
  Marion HENRY
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:marion.henry&amp;#64;eure.fr" rel="noopener" target="_blank"&gt;
   marion.henry&amp;#64;eure.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>deera@eure.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e96b-gerer-les-rivieres-et-les-millieux-humides/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB42" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC42" s="1" t="inlineStr">
+        <is>
+          <t>CD27</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>24/06/2022</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
+        <v>144513</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les inondations liées aux cours d'eau et milieux humides associés – système d'endiguement</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif d&amp;#039;accompagnement financier s&amp;#039;inscrit dans le cadre de la 
+solidarité territoriale menée par le Département des Landes, considérant
+ l&amp;#039;effort financier pour certains acteurs publics du territoire à 
+subvenir seuls à leurs besoins en matière d&amp;#039;études, de travaux et/ou 
+acquisitions foncières à vocation de travaux relevant des Décrets n° 
+2015-526 du 12 mai 2015 et n° 2019-895 du 28 août 2019, relatif aux 
+règles applicables aux ouvrages construits ou aménagés en vue de 
+prévenir les inondations fluviales et aux règles de sûreté des systèmes 
+d&amp;#039;endiguement visant à protéger des biens et des personnes.&lt;/p&gt;
+            &lt;p&gt;Par dérogation à l&amp;#039;article 6 du RU, les taux d&amp;#039;intervention sont définis comme suit :&lt;/p&gt;&lt;p&gt;I – Acquisition de connaissance et définition de projet&lt;br /&gt;Le
+ taux maximum d&amp;#039;aide du Département est de 25 % du montant HT des 
+dépenses éligibles, pour un montant minimum de dépenses éligibles de 5 
+000 € HT. Le taux d&amp;#039;aide appliqué pourra être inférieur au taux maximum,
+ notamment en fonction des autres participations financières en respect 
+de la réglementation et notamment de celle attendue par l&amp;#039;entité 
+GEMAPIenne.&lt;/p&gt;&lt;p&gt;II – Travaux&lt;br /&gt;Le taux maximum d&amp;#039;aide du Département 
+est de 30 % du montant HT des dépenses éligibles, pour un montant 
+minimum de dépenses éligibles de 10 000 € HT et le plafond d&amp;#039;aide est 
+fixé à 3 000 000 € par entité GEMAPIenne ayant délégué ou transféré la 
+compétence à l&amp;#039;IA. Le taux d&amp;#039;aide appliqué pourra être inférieur au taux
+ maximum, notamment en fonction des autres participations financières en
+ respect de la réglementation et notamment de celle attendue par 
+l&amp;#039;entité GEMAPIenne.&lt;/p&gt;&lt;p&gt;III – Maîtrise foncière à vocation de travaux&lt;br /&gt;Le
+ taux maximum d&amp;#039;aide du Département est de 30 % du montant des dépenses 
+éligibles, pour un montant minimum de dépenses éligibles de 1 000 € HT. 
+Le taux d&amp;#039;aide appliqué pourra être inférieur au taux maximum, notamment
+ en fonction des autres participations financières en respect de la 
+réglementation et notamment de celle attendue par l&amp;#039;entité GEMAPIenne. 
+Les modalités de versement des aides pourront déroger à l&amp;#039;article 15 du 
+règlement et seront fixées par convention.&lt;/p&gt;
+      &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Typologies d&amp;#039;opérations/de projets éligibles : Sont 
+éligibles les interventions suivantes relatives à la prévention des 
+inondations liées aux cours d&amp;#039;eau et milieux humides associés.&lt;/p&gt;&lt;p&gt;I – Acquisition de connaissance et définition de projet&lt;br /&gt;II – Travaux&lt;br /&gt;III – Maîtrise foncière à vocation de travaux&lt;/p&gt;&lt;p&gt;Considérant
+ que ce dispositif d&amp;#039;opération relève de la solidarité territoriale 
+menée par le Département des Landes, les organismes qui bénéficient par 
+ailleurs de financements issus du Fonds Barnier sont inéligibles.&lt;/p&gt;&lt;p&gt;Pour
+ être recevable, le dossier sollicitant l’aide du Département devra être
+ déposé avant tout commencement d’opération et comporter l’ensemble des 
+pièces indiquées ci-après dans les articles suivants. Une autorisation 
+de démarrage anticipée des actions pourra toutefois être sollicitée 
+préalablement à la décision d&amp;#039;attribution d’aide sans que sa délivrance 
+ne présage en rien de l’issue qui sera donnée à la demande d’aide.&lt;/p&gt;&lt;p&gt;Seules
+ les opérations visant les objectifs précisés dans le présent dispositif
+ sont éligibles. L’accompagnement départemental sera calculé sur la base
+ des coûts hors taxes.&lt;/p&gt;&lt;p&gt;**Dépenses éligibles :**&lt;/p&gt;&lt;p&gt;I – Acquisition de connaissance et définition de projet&lt;/p&gt;&lt;p&gt;Les
+ études listées ci-après et portées en maîtrise d&amp;#039;ouvrage par l&amp;#039;EPTB 
+sont éligibles à l&amp;#039;intervention du Département (au prorata du territoire
+ landais concerné par l&amp;#039;étude) sous réserve du respect des objectifs 
+suivants et de la validation préalable du cahier des charges :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les
+ études globales permettant à une collectivité ou un groupement de 
+collectivités d&amp;#039;étudier l&amp;#039;opportunité de classement au titre des Décrets
+ n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019 des systèmes 
+d&amp;#039;endiguement existants sur son territoire au regard de l&amp;#039;intérêt 
+général,&lt;/li&gt;&lt;li&gt;Les études ponctuelles (études structurelles, études 
+hydrauliques, analyses multi‑critères coûts/bénéfices pour le maintien 
+ou le recul des ouvrages, études de recul des ouvrages, études de recul 
+des enjeux, analyses de vulnérabilité…) permettant de dimensionner 
+techniquement et financièrement des actions spécifiques et/ou localisées
+ à réaliser sur les systèmes d&amp;#039;endiguement relevant des Décrets 
+n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019 et d&amp;#039;en 
+évaluer l&amp;#039;opportunité au regard de l&amp;#039;intérêt général.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Sont 
+inéligibles au présent dispositif toutes les études qui bénéficient par 
+ailleurs de financements provenant du Fonds Barnier.&lt;/p&gt;&lt;p&gt;En complément
+ des pièces obligatoires, pour être réputé complet, le dossier de 
+demande d&amp;#039;aide devra comporter les pièces suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une 
+délibération de l&amp;#039;EPTB sollicitant le concours financier du Département,
+ faisant clairement apparaître l&amp;#039;objet de la demande et menant le plan 
+de financement prévisionnel,&lt;/li&gt;&lt;li&gt;une délibération de l&amp;#039;entité 
+GEMAPIenne instaurant la délégation ou le transfert de la compétence 
+relative à l&amp;#039;objet de l&amp;#039;opération à l&amp;#039;Institution Adour,&lt;/li&gt;&lt;li&gt;une présentation technique détaillée du projet précisant :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;*
+ l&amp;#039;échéancier de réalisation de l&amp;#039;étude, * le détail estimatif 
+prévisionnel des dépenses, * l&amp;#039;échéancier prévisionnel de dépenses, * la
+ délimitation de la zone d&amp;#039;étude, * les objectifs poursuivis, * les 
+méthodes utilisées, * la composition du comité de pilotage de l&amp;#039;étude,&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le cahier des charges de l&amp;#039;étude, qui aura été préalablement validé par le Département des Landes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;II – Travaux&lt;/p&gt;&lt;p&gt;Les
+ travaux d&amp;#039;investissement identifiés et validés dans le cadre d’une ou 
+de plusieurs études, qu’ils aient été accompagnés financièrement ou non 
+par le Département, mais qui puissent relever du titre III de ce 
+dispositif, sont éligibles sous réserve qu’ils soient portés en maîtrise
+ d&amp;#039;ouvrage par l&amp;#039;EPTB et qu’ils bénéficient des autorisations 
+réglementaires ad hoc, soit notamment au titre de l&amp;#039;intérêt général, de 
+la Loi sur l&amp;#039;Eau, ou de toutes autres réglementations applicables.&lt;/p&gt;&lt;p&gt;Dans
+ ce cadre, l’éligibilité de chacune des opérations sera conditionnée à 
+la fourniture préalable des résultats d’une analyse permettant de 
+justifier la permanence du projet au regard de son efficacité, de son 
+rapport coût/efficacité et de son efficience (rentabilité), les 
+hypothèses reprenant strictement celles retenues dans les études 
+correspondantes.&lt;/p&gt;&lt;p&gt;Les travaux listés ci-après sont éligibles à 
+l&amp;#039;intervention du Département sous réserve du respect des objectifs 
+suivants, indiqués par nature d&amp;#039;action :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les gros travaux 
+structurels destinés à assurer la pérennité ou la réhabilitation 
+d&amp;#039;ouvrages existants situés en bordure du cours d&amp;#039;eau (à proximité 
+immédiate du lit mineur et qui réduisent le champ d&amp;#039;expansion de crue et
+ la mobilité du cours d&amp;#039;eau) qui seront classés au titre des Décrets 
+n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019 en tant que 
+systèmes d&amp;#039;endiguement,&lt;/li&gt;&lt;li&gt;les travaux de recul et de 
+reconstruction d&amp;#039;ouvrages longitudinaux qui seront classés au titre des 
+Décrets n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019 en 
+tant que systèmes d&amp;#039;endiguement, s’ils sont situés au sein du lit majeur
+ du cours d&amp;#039;eau, ces travaux permettant d&amp;#039;accroître son champ 
+d&amp;#039;expansion de crue et sa mobilité tout en préservant les biens et les 
+personnes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Sont inéligibles au présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;tous
+ les travaux qui ne relèvent pas des premiers travaux d&amp;#039;investissement 
+sur les ouvrages composant le système d&amp;#039;endiguement dans la procédure de
+ classement au titre des Décrets n° 2015‑526 du 12 mai 2015 et 
+n° 2019‑895 du 28 août 2019,&lt;/li&gt;&lt;li&gt;tous les travaux qui bénéficient par ailleurs de financements provenant du Fonds Barnier,&lt;/li&gt;&lt;li&gt;tous
+ les travaux pour lesquels les analyses reprenant strictement les 
+hypothèses retenues dans les études correspondantes ne permettent pas de
+ justifier la permanence du projet au regard de son efficacité, de son 
+rapport coût/efficacité et de son efficience (rentabilité).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En
+ complément des pièces obligatoires, pour être réputé complet, le 
+dossier de demande d&amp;#039;aide devra comporter les pièces suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une
+ délibération de l&amp;#039;EPTB sollicitant le concours financier du 
+Département, faisant clairement apparaître l&amp;#039;objet de la demande et 
+menant le plan de financement prévisionnel,&lt;/li&gt;&lt;li&gt;une délibération de 
+l&amp;#039;entité GEMAPIenne instaurant la délégation ou le transfert de la 
+compétence relative à l&amp;#039;objet de l&amp;#039;opération à l&amp;#039;Institution Adour,&lt;/li&gt;&lt;li&gt;une présentation technique détaillée du projet précisant :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;*
+ le plan de situation des travaux, * le linéaire de berge concerné par 
+les travaux, et ce, par nature d&amp;#039;opération, * la liste des communes 
+concernées par l&amp;#039;opération, * l&amp;#039;analyse de la justification de la 
+permanence du projet au regard de son efficacité, de son rapport 
+coût/efficacité et de son efficience (rentabilité), * l&amp;#039;échéancier des 
+procédures, * l&amp;#039;échéancier de réalisation des travaux, * le détail 
+estimatif prévisionnel des dépenses, * l&amp;#039;échéancier prévisionnel de 
+dépenses, * les objectifs poursuivis, * les indicateurs de suivi et 
+d&amp;#039;évaluation permettant de mesurer la mise en œuvre des actions et 
+l&amp;#039;atteinte des objectifs,&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le cahier des charges techniques du
+ dossier de consultation des entreprises, document qui aura été 
+préalablement validé par le Département des Landes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;III – Maîtrise foncière à vocation de travaux&lt;/p&gt;&lt;p&gt;Sont
+ éligibles à l&amp;#039;intervention du Département les acquisitions foncières 
+des Communes, des EPCI‑FP ou des syndicats mixtes landais ou 
+interdépartementaux compétents en matière de GEMAPI ayant pour objectif 
+la maîtrise foncière nécessaire aux travaux d&amp;#039;investissement sur les 
+ouvrages des systèmes d&amp;#039;endiguement qui seront classés au titre des 
+Décrets n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019.&lt;/p&gt;&lt;p&gt;Sont
+ inéligibles au présent dispositif toutes les acquisitions qui 
+bénéficient par ailleurs de financements provenant du Fonds Barnier.&lt;/p&gt;&lt;p&gt;En
+ complément des pièces obligatoires, pour être réputé complet, le 
+dossier de demande d&amp;#039;aide devra comporter les pièces suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une présentation technique détaillée du projet précisant :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;*
+ le plan de situation des acquisitions, * le relevé cadastral et le plan
+ parcellaire, * l&amp;#039;estimation du coût du foncier, établie par la SAFER ou
+ par France Domaine (lorsque celle‑ci est obligatoire), * l&amp;#039;échéancier 
+des procédures, * le détail estimatif prévisionnel des dépenses, * 
+l&amp;#039;échéancier prévisionnel de dépenses, * les objectifs poursuivis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/prevention-des-inondations-liees-aux-cours-deau-et-milieux-humides-associes-systeme-dendiguement</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.landes.fr/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y43" s="1" t="inlineStr">
         <is>
-          <t>deera@eure.fr</t>
+          <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
       <c r="Z43" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e96b-gerer-les-rivieres-et-les-millieux-humides/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e0a-mirapi-conditions-deligibilite-de-laide-depar/</t>
         </is>
       </c>
       <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB43" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des inondations
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>16/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
+    <row r="44" spans="1:34" customHeight="0">
       <c r="A44" s="1">
-        <v>164336</v>
+        <v>165279</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Dispositif cours d'école, bulle nature</t>
+          <t>Déconnecter des plans d’eau à usage agricole intégrée dans un PTGE approuvé ou en ZRE</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>Interventions en matière de d'eau et nature en ville et village</t>
+          <t>Déconnexion de plans d’eau à usage agricole intégrée dans un PTGE approuvé ou en ZRE</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>Agence de l'eau  Rhin-Meuse</t>
+          <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
-        <is>
-[...134 lines deleted...]
-      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I45" s="1" t="inlineStr">
+      <c r="I44" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L45" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les programmes d’actions des démarches 
 territoriales visant le retour à l’équilibre des prélèvements, intégrées
  dans un Projet de Territoire de Gestion de l’Eau (PTGE). Ces programmes
  d’action mobilisent un panel de solutions diversifié alliant le 
 développement des solutions fondées sur la nature, l’accélération des 
 économies d’eau, la transition écologique de l’agriculture, les retenues
  de substitution etc. selon les caractéristiques de chaque territoire.&lt;/p&gt;
 &lt;p&gt;Parmi le panel de solutions, dans un objectif de substitution dans le
  cadre d’un PTGE approuvé, l’agence peut accompagner la déconnexion des 
 plans d’eau à usage d’irrigation pour isolement du réseau hydrographique
  par un bras de contournement, ou leur effacement associé à un stockage 
 hivernal. Cette déconnexion peut également être financée dans les 
 territoires en zone de répartition des eaux (ZRE) au titre de travaux de
  substitution de prélèvements impactants des retenues d’eau potable afin
  de préserver l’approvisionnement en eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P45" s="1" t="inlineStr">
+      <c r="P44" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q45" s="1" t="inlineStr">
+      <c r="Q44" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
 d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
 portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
  2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
 complémentaires en fonction du type de projet et de l’état de la masse 
 d’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-deconnexion-de-plans-deau-a-usage-agricole-integree-dans-un.html</t>
         </is>
       </c>
-      <c r="W45" s="1" t="inlineStr">
+      <c r="W44" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deconnecter-des-plans-deau-a-usage-agricole-integree-dans-un-ptge-approuve-ou-en-zre/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC44" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>26/06/2025</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
+        <v>140803</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du VERDON (PNR)</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : appui à la formalisation de demandes de subventions, réponses aux appels à projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE et ingénierie de PROJET : aide au montage et à la gestion de projets, conseil architectural et paysager auprès des porteurs publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux et patrimoines du territoire, médiation &amp;#43; Portage des enjeux et des projets collectifs du territoire auprès des instances de tutelle, contractualisation avec des partenaires financiers publics ou privés (lobbying territorial)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement des sites naturels fréquentés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des travaux d&amp;#039;économie d&amp;#039;énergie dans les bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas communaux participatifs de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de sites Natura 2000
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ecogardes, gestion de la fréquentation touristique, prévention incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour l&amp;#039;évolution des pratiques agricoles (expérimentation, formation) et de consommation (valorisation des produits locaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réouverture d&amp;#039;espaces enfrichés au pâturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Replantation de haies et restauration des trames écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques auprès des scolaires, des jeunes, actions de sensibilisation du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui des communes pour leurs documents d&amp;#039;urbanisme
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Forêts
+Montagne
+Transition énergétique
+Education et renforcement des compétences
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le champ d&amp;#039;action du parc est limité au périmètre des communes classées.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 niveaux d&amp;#039;intervention possibles pour les collectivités adhérentes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui et conseil technique ponctuel gratuit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement approfondi de projets (valorisation forfaitaire du temps passé en quasi-régie pour une assistance à maîtrise d&amp;#039;ouvrage ou une maîtrise d&amp;#039;œuvre)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portage de projets spécifiques (délégation de maîtrise d&amp;#039;ouvrage, co-maîtrise d&amp;#039;ouvrage...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>PNR du Verdon (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>http://parcduverdon.fr/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Domaine de Valx – 04360 Moustier-Ste-Marie
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 74 68 00
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;parcduverdon.fr" target="_self"&gt;
+  info&amp;#64;parcduverdon.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y45" s="1" t="inlineStr">
         <is>
-          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
       <c r="Z45" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/deconnecter-des-plans-deau-a-usage-agricole-integree-dans-un-ptge-approuve-ou-en-zre/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1777-asseoir-un-developpement-economique-et-social/</t>
         </is>
       </c>
       <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB45" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Entretien / restauration des haies
+Isolation du bâtiment
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC45" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture</t>
+        </is>
+      </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
+    <row r="46" spans="1:34" customHeight="0">
       <c r="A46" s="1">
+        <v>94676</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Ardennes
+Ardennes Ingenierie</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement se décline en trois niveaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  niveau 1 : un conseil de premier niveau aux bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 3 : un accompagnement spécifique pour des prestations identifiées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement et Equipement publics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Résorption de logements vacants dégradés
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement de la mairie dans l&amp;#039;ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Revue de projets communaux : informations et conseils multi domaines
+&lt;/p&gt;
+&lt;p&gt;
+ -	Mise aux normes PMR de la Mairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie et infrastructures
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Sécurisation de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réfection d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement des abords d&amp;#039;un lavoir
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement et sécurisation d&amp;#039;un arrêt bus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eau et assainissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi et amélioration d&amp;#039;un dispositif d&amp;#039;assainissement collectif
+&lt;/p&gt;
+&lt;p&gt;
+ -	Accompagnement d&amp;#039;un projet de sécurisation d&amp;#039;un forage d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil de gestion du service d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Economie d&amp;#039;énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi énergétique, amélioration bâtiment, éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique du parc de logements communaux
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil chantier/géothermie de la mairie et de la salle des fêtes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique d&amp;#039;un gymnase
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement pour les vélos le long de la Voie Verte Trans Ardennes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un chemin de randonnée sur une ancienne voie ferrée
+&lt;/p&gt;
+&lt;p&gt;
+ -	Transformation d&amp;#039;anciens logements en gites touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Analyse de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Information sur évolution du nombre d&amp;#039;ERP et des systèmes de production d&amp;#039;ECS, planification et réalisation des analyses, aide à l&amp;#039;élaboration des plans d&amp;#039;actions en cas de non-conformité et suivi jusqu&amp;#039;au retour à une situation satisfaisante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Juridique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quels recours en cas de malfaçon suite à des travaux de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ -	Comment lutter contre les points noirs paysagers ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archives départementales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un nouveau local archives suite à l&amp;#039;extension de la mairie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Lecture publique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;un espace lecture au sein du groupe scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ -	Assistance à la gestion et à l&amp;#039;exploitation d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;une médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archéologie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réalisation d&amp;#039;un diagnostic archéologique préalable à un aménagement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de financements
+&lt;/p&gt;
+&lt;p&gt;
+ -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numérique et dématérialisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Projet de pôle culturel comprenant un Musée et une bibliothèque
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Culture et identité collective
+Tourisme
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ mail : ardennesingenierie&amp;#64;cd08.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>anne.durand@cd08.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB46" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’une bibliothèque municipale
+Déployer les équipements numériques
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG46" s="1" t="inlineStr">
+        <is>
+          <t>28/06/2021</t>
+        </is>
+      </c>
+      <c r="AH46" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:34" customHeight="0">
+      <c r="A47" s="1">
+        <v>164336</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Dispositif cours d'école, bulle nature</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT /</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Les travaux pour des cours d’écoles résilientes au changement climatique, perméables et végétalisées :
+désimperméabilisation, récupération d’eau de pluie, végétalisation des espaces (plantation de haies, 
+arbres, couvre-sol, …), création d’îlots de fraicheur, intégration de matériaux de couleur claire poreux, 
+jardins pédagogiques, … ;
+&lt;br /&gt;• Les actions de concertation et de communication associées. &lt;/p&gt;&lt;p&gt;Les groupes scolaires associés -périscolaires, centres éducatifs d’enfants handicapés- bénéficient également de 
+cette mesure. Les collèges, lycées ou universités et assimilés sont traités dans le cadre de l’article 4.2.1. &lt;/p&gt;&lt;p&gt;L’aide maximale aux projets de cours d’école est conditionnée à une démarche impliquant la concertation et 
+aux projets les plus ambitieux écologiquement lorsque cela est possible : déraccordement des toitures, 
+récupération d’eau de pluie, solutions surfaciques et végétalisées, création d’emprises de pleine terre.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Jeunesse
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux de gestion intégrée 
+des eaux pluviales et de 
+végétalisation au sein des 
+écoles&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche_nature_en_ville_pdf</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-operations-ponctuelles-ou-globales/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC47" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG47" s="1" t="inlineStr">
+        <is>
+          <t>06/02/2025</t>
+        </is>
+      </c>
+      <c r="AH47" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:34" customHeight="0">
+      <c r="A48" s="1">
         <v>165172</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Remplacer des canalisations fuyardes en zone de répartition des eaux (solidarité urbain-rural) ainsi que pour les Îles du bassin Loire-Bretagne non alimentées par le continent</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Remplacement de canalisations fuyardes en zone de répartition des eaux dans le cadre de la solidarité urbain-rural ainsi que pour les Îles du bassin Loire-Bretagne non alimentées par le continent</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I46" s="1" t="inlineStr">
+      <c r="I48" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 50</t>
         </is>
       </c>
-      <c r="J46" s="1" t="inlineStr">
+      <c r="J48" s="1" t="inlineStr">
         <is>
           <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L46" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne soutient le remplacement des 
 canalisations fuyardes pour réduire les pertes d&amp;#039;eau potable. Cette 
 initiative, inscrite dans le plan d&amp;#039;action gouvernemental, vise à 
 améliorer l&amp;#039;efficacité des réseaux et optimiser la gestion de la 
 ressource en eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P46" s="1" t="inlineStr">
+      <c r="P48" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q46" s="1" t="inlineStr">
+      <c r="Q48" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
 d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
 action).&lt;/p&gt;
 &lt;p&gt;Engagement par délibération de l’abandon de la tarification 
 dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
 collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
 &lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
  national des services publics d’eau et d’assainissement (SISPEA) pour 
 toutes les collectivités.&lt;/p&gt;
 &lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
 &lt;p&gt;Travaux réalisés sur une commune située à la fois en zone de 
 répartition des eaux (ZRE) et en zonage France Ruralité Revitalisation 
 (FRR) ou dans le cadre d’un programme d’actions élaboré avec l’agence de
  l’eau.&lt;/p&gt;
 &lt;p&gt;Travaux conformes à une campagne de recherche de fuites préalable 
 permettant de justifier le caractère fuyard des canalisations à 
 remplacer et permettant de quantifier le volume des fuites pouvant être 
 évitées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
+      <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep4-remplacement-de-canalisations-fuyardes.html</t>
         </is>
       </c>
-      <c r="W46" s="1" t="inlineStr">
+      <c r="W48" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/remplacer-de-canalisations-fuyardes-en-zone-de-repartition-des-eaux-solidarite-urbain-rural-ainsi-que-pour-les-iles-du-bassin-loire-bretagne-non-alimentees-par-le-continent/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC48" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG48" s="1" t="inlineStr">
+        <is>
+          <t>11/06/2025</t>
+        </is>
+      </c>
+      <c r="AH48" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...482 lines deleted...]
-    <row r="49" spans="1:27" customHeight="0">
+    <row r="49" spans="1:34" customHeight="0">
       <c r="A49" s="1">
-        <v>144514</v>
+        <v>162945</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Financer des projets d’investissement sur les systèmes d’endiguement fluviaux du territoire pour prévenir les inondations liées aux cours d'eau et aux milieux humides associés</t>
+          <t>Bénéficier gratuitement de la compétence d'un architecte pour participer à son jury</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Architecte consultant de la MIQCP</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Landes</t>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
-        <is>
-[...510 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Association
-[...62 lines deleted...]
-      <c r="S51" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Mission interministérielle pour la qualité des constructions publiques (MIQCP) se fait assister par trente architectes consultants et consultantes en vue de 
+promouvoir la qualité de l&amp;#039;architecture publique dans le cadre de consultations de maîtrise d’œuvre, 
+notamment à travers des participations aux jurys de concours de maîtrise d’œuvre. &lt;/p&gt;&lt;p&gt;La mission de ces architectes consultants et consultantes de la MIQCP consiste à siéger 
+en qualité de juré/jurée intuitu personae dans le collège des personnes qualifiées des jurys et des 
+commissions chargées de donner un avis sur la sélection des candidatures et/ou des prestations 
+remises, organisés par des pouvoirs adjudicateurs ou entités adjudicatrices pour la passation de 
+marchés publics de maîtrise d’œuvre ou de marchés globaux. La participation à ces jurys est gratuite. Tout maître d&amp;#039;ouvrage public peut en bénéficier pour ses concours ou procédures de passation des marchés.&lt;/p&gt;&lt;p&gt;Ces architectes sont au nombre de 30. Sélectionnés pour leurs compétences, leur capacité à faire pédagogie, la qualité de leurs réalisations architecturales, ils et elles sont formés aux règles de la commande publique et sont légitimes, dans ce contexte, à accompagner et conseiller au mieux les maîtres d&amp;#34;ouvrage dans l&amp;#039;organisation de leur concours. &lt;/p&gt;&lt;p&gt;Leur objectif premier reste d&amp;#039;assurer l&amp;#039;avis constructif critique des projets des concurrents et de faciliter pour les maîtres d&amp;#039;ouvrage publics, notamment occasionnels, le tiers règlementaire et obligatoire de maîtres d’œuvre exigé dans les jurys par les dispositions du livre IV du code de la commande publique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Espace public
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Tout Maître d&amp;#039;ouvrage public &lt;/p&gt;&lt;p&gt;Préparer un concours de maîtrise d&amp;#039;oeuvre &lt;/p&gt;&lt;p&gt;ou tout autre consultation pour un marché de maîtrise d&amp;#039;oeuvre&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.miqcp.gouv.fr/index.php?option=com_content&amp;view=article&amp;id=121:solliciter-la-miqcp-pour-la-participation-d-un-de-ses-architectes-consultant-a-un-jury-de-concours-de-maitrise-d-oeuvre&amp;catid=39&amp;Itemid=158&amp;lang=fr</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-prestation-d-un-architecte-consultant-p</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-gratuitement-de-la-competence-dun-architecte-pour-participer-a-son-jury/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB49" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’un terrain de football
+Mise en place de l’accessibilité dans les bâtiments publics
+Réfection/aménagement de la voirie
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC49" s="1" t="inlineStr">
+        <is>
+          <t>MIQCP _ mission interministérielle de la qualité des constructions publiques</t>
+        </is>
+      </c>
+      <c r="AE49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG49" s="1" t="inlineStr">
+        <is>
+          <t>21/06/2024</t>
+        </is>
+      </c>
+      <c r="AH49" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...466 lines deleted...]
-      <c r="A56" s="1">
+    <row r="50" spans="1:34" customHeight="0">
+      <c r="A50" s="1">
         <v>147706</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C56" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H56" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I56" s="1" t="inlineStr">
+      <c r="I50" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L56" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P56" s="1" t="inlineStr">
+      <c r="P50" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q56" s="1" t="inlineStr">
+      <c r="Q50" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB50" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une crèche
+Création d’une maison de santé
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion des inondations
+Mise en place de la télémedecine
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC50" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays du Perche Ornais</t>
+        </is>
+      </c>
+      <c r="AD50" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG50" s="1" t="inlineStr">
+        <is>
+          <t>18/08/2023</t>
+        </is>
+      </c>
+      <c r="AH50" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="H57" s="1" t="inlineStr">
+    <row r="51" spans="1:34" customHeight="0">
+      <c r="A51" s="1">
+        <v>120383</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer financièrement à la réalisation d'études permettant soit la réalisation ultérieure de travaux destinés à l'amélioration de l'état et du fonctionnement des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES RIVIERES</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="O57" s="1" t="inlineStr">
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;p&gt;
+ Contribuer financièrement à la réalisation d&amp;#039;études  permettant  soit la réalisation ultérieure de travaux destinés à l&amp;#039;amélioration de l&amp;#039;état et du fonctionnement des cours d&amp;#039;eau et des milieux aquatiques (travaux d&amp;#039;entretien, hydrauliques, géomorphologiques ou relatif à la biodiversité)  soit l&amp;#039;élaboration, la mise à jour ou la mise en œuvre de contrats de milieux (SAGE, contrats de rivières) ou de plans d&amp;#039;actions (PAPI, ...). Toutes les études sont à relier aux items de l&amp;#039;article L 211-7 du Code de l&amp;#039;environnement relatif aux compétences GEMAPI et hors GEMAPI et doivent concerner les bassins versants drômois.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;Investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ HT ou TTC pour les études sans récupération de TVA.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux de base
+ &lt;/strong&gt;
+ : 25 % sauf pour certaines études portées par les collectivités de plus de 80 000 habitants pour lesquelles le taux est ramené à 15 %.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce taux de base est complété par un taux complémentaire selon des critères territoriaux pour les collectivités ayant mis en place la taxe GEMAPI. Pour les collectivités n&amp;#039;ayant pas mise en œuvre la taxe GEMAPI et  ne bénéficiant pas d&amp;#039;un taux complémentaire, le taux de base passe à 15 %.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération de la collectivité  approuvant l&amp;#039;étude et demandant une aide financière à laquelle doivent être joints le dossier technique concernant l&amp;#039;étude (CCTP par exemple), son coût et le plan de financement prévisionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Se référer aux annexes du règlement rivières pour les pièces complémentaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu, l&amp;#039;étude ne pouvant démarrer avant la réception d&amp;#039;un Accusé de Réception l&amp;#039;autorisant.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aménagement et travaux de rivières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Selon les dispositions du règlement départemental rivières du 18 novembre 2019
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Règlement départemental Rivières du 18 novembre 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T57" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  Études dans le cadre du volet GEMAPI
+ &lt;/strong&gt;
+ : plans pluriannuels d&amp;#039;entretien, études géomorphologiques ou hydrauliques, études sur la biodiversité, plans de prévention contre les inondations, études sur les digues
+&lt;/p&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  Études dans le cadre du volet Hors GEMAPI :
+ &lt;/strong&gt;
+ relatives aux contrats de milieu, ...
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions (liste non exhaustive)
+&lt;/h3&gt;
+&lt;p&gt;
+ – Études de mise en valeur des paysages, du patrimoine bâti lié à l&amp;#039;eau, de création de maisons
+&lt;/p&gt;
+&lt;p&gt;
+ – Études non reliées aux items de l&amp;#039;article L 211-7 du Code de l&amp;#039;environnement relatif aux compétences GEMAPI et hors GEMAPI
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants et ceux de plus de 80 000 habitants pour certains types d&amp;#039;études
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-rivieres/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Audrey BONNEFOY,
+ &lt;/strong&gt;
+ Cheffe de Service :
+ &lt;strong&gt;
+  Tél : 04 75 79 82 63
+  &lt;br /&gt;
+  Nicolas RICCIO,
+ &lt;/strong&gt;
+ Chargé de la Programmation des aides
+ &lt;strong&gt;
+  ,
+  Tél : 04 75 79 81 29 –
+  &lt;a rel="noopener" target="_blank"&gt;
+   nriccio&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa50-etudes-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF51" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG51" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH51" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:34" customHeight="0">
+      <c r="A52" s="1">
+        <v>144514</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d’investissement sur les systèmes d’endiguement fluviaux du territoire pour prévenir les inondations liées aux cours d'eau et aux milieux humides associés</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif d&amp;#039;accompagnement financier s&amp;#039;inscrit dans le cadre de la 
+solidarité territoriale menée par le Département des Landes, considérant
+ l&amp;#039;effort financier pour certains acteurs publics du territoire à 
+subvenir seuls à leurs besoins en matière d&amp;#039;études, de travaux et/ou 
+acquisitions foncières à vocation de travaux relevant des Décrets n° 
+2015-526 du 12 mai 2015 et n° 2019-895 du 28 août 2019, relatif aux 
+règles applicables aux ouvrages construits ou aménagés en vue de 
+prévenir les inondations fluviales et aux règles de sûreté des systèmes 
+d&amp;#039;endiguement visant à protéger des biens et des personnes.&lt;/p&gt;
+            &lt;p&gt;Par dérogation à l&amp;#039;article 6 du RU, les taux d&amp;#039;intervention sont définis comme suit :&lt;/p&gt;&lt;p&gt;I – Acquisition de connaissance et définition de projet&lt;br /&gt;Le
+ taux maximum d&amp;#039;aide du Département est de 25 % du montant HT des 
+dépenses éligibles, pour un montant minimum de dépenses éligibles de 5 
+000 € HT. Le taux d&amp;#039;aide appliqué pourra être inférieur au taux maximum,
+ notamment en fonction des autres participations financières en respect 
+de la réglementation et notamment de celle attendue par l&amp;#039;entité 
+GEMAPIenne.&lt;/p&gt;&lt;p&gt;II – Travaux&lt;br /&gt;Le taux maximum d&amp;#039;aide du Département 
+est de 30 % du montant HT des dépenses éligibles, pour un montant 
+minimum de dépenses éligibles de 10 000 € HT et le plafond d&amp;#039;aide est 
+fixé à 3 000 000 € par entité GEMAPIenne ayant délégué ou transféré la 
+compétence à l&amp;#039;IA. Le taux d&amp;#039;aide appliqué pourra être inférieur au taux
+ maximum, notamment en fonction des autres participations financières en
+ respect de la réglementation et notamment de celle attendue par 
+l&amp;#039;entité GEMAPIenne.&lt;/p&gt;&lt;p&gt;III – Maîtrise foncière à vocation de travaux&lt;br /&gt;Le
+ taux maximum d&amp;#039;aide du Département est de 30 % du montant des dépenses 
+éligibles, pour un montant minimum de dépenses éligibles de 1 000 € HT. 
+Le taux d&amp;#039;aide appliqué pourra être inférieur au taux maximum, notamment
+ en fonction des autres participations financières en respect de la 
+réglementation et notamment de celle attendue par l&amp;#039;entité GEMAPIenne. 
+Les modalités de versement des aides pourront déroger à l&amp;#039;article 15 du 
+règlement et seront fixées par convention.&lt;/p&gt;
+            &lt;p&gt;Le Département est susceptible d&amp;#039;accorder à l&amp;#039;Institution
+ Adour des aides dans le cadre d&amp;#039;une délégation ou d&amp;#039;un transfert des 
+compétences en matière de défense contre les inondations (item 5 de la 
+GEMAPI) par les établissements publics de coopération intercommunale à 
+fiscalité propre (EPCI-FP) ou les syndicats mixtes de bassins versants 
+landais ou interdépartementaux.&lt;/p&gt;
+&lt;p&gt;Ces aides seront exclusivement destinées à des opérations (études 
+et/ou travaux) visant à assurer les premiers travaux d&amp;#039;investissement 
+sur les systèmes d&amp;#039;endiguement fluviaux du territoire dans le cadre des 
+procédures de classement relevant des Décrets n° 2015-526 du 12 mai 2015
+ et n° 2019-895 du 28 août 2019 afin de prévenir les inondations.&lt;/p&gt;
+&lt;p&gt;Le Département est également susceptible d&amp;#039;accorder à l&amp;#039;Institution 
+Adour, mais aussi aux Communes, aux EPCI-FP ou aux syndicats mixtes 
+landais ou interdépartementaux compétents en matière de GEMAPI des aides
+ pour des acquisitions foncières en vue des travaux d&amp;#039;investissement sur
+ les systèmes d&amp;#039;endiguement fluviaux du territoire dans le cadre des 
+procédures de classement relevant des Décrets n° 2015-526 du 12 mai 2015
+ et n° 2019-895 du 28 août 2019 afin de prévenir les inondations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Typologies d&amp;#039;opérations/de projets éligibles : Sont 
+éligibles les interventions suivantes relatives à la prévention des 
+inondations liées aux cours d&amp;#039;eau et milieux humides associés.&lt;/p&gt;&lt;p&gt;I – Acquisition de connaissance et définition de projet&lt;br /&gt;II – Travaux&lt;br /&gt;III – Maîtrise foncière à vocation de travaux&lt;/p&gt;&lt;p&gt;Considérant
+ que ce dispositif d&amp;#039;opération relève de la solidarité territoriale 
+menée par le Département des Landes, les organismes qui bénéficient par 
+ailleurs de financements issus du Fonds Barnier sont inéligibles.&lt;/p&gt;&lt;p&gt;Pour
+ être recevable, le dossier sollicitant l’aide du Département devra être
+ déposé avant tout commencement d’opération et comporter l’ensemble des 
+pièces indiquées ci-après dans les articles suivants. Une autorisation 
+de démarrage anticipée des actions pourra toutefois être sollicitée 
+préalablement à la décision d&amp;#039;attribution d’aide sans que sa délivrance 
+ne présage en rien de l’issue qui sera donnée à la demande d’aide.&lt;/p&gt;&lt;p&gt;Seules
+ les opérations visant les objectifs précisés dans le présent dispositif
+ sont éligibles. L’accompagnement départemental sera calculé sur la base
+ des coûts hors taxes.&lt;/p&gt;&lt;p&gt;**Dépenses éligibles :**&lt;/p&gt;&lt;p&gt;I – Acquisition de connaissance et définition de projet&lt;/p&gt;&lt;p&gt;Les
+ études listées ci-après et portées en maîtrise d&amp;#039;ouvrage par l&amp;#039;EPTB 
+sont éligibles à l&amp;#039;intervention du Département (au prorata du territoire
+ landais concerné par l&amp;#039;étude) sous réserve du respect des objectifs 
+suivants et de la validation préalable du cahier des charges :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les
+ études globales permettant à une collectivité ou un groupement de 
+collectivités d&amp;#039;étudier l&amp;#039;opportunité de classement au titre des Décrets
+ n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019 des systèmes 
+d&amp;#039;endiguement existants sur son territoire au regard de l&amp;#039;intérêt 
+général,&lt;/li&gt;&lt;li&gt;Les études ponctuelles (études structurelles, études 
+hydrauliques, analyses multi‑critères coûts/bénéfices pour le maintien 
+ou le recul des ouvrages, études de recul des ouvrages, études de recul 
+des enjeux, analyses de vulnérabilité…) permettant de dimensionner 
+techniquement et financièrement des actions spécifiques et/ou localisées
+ à réaliser sur les systèmes d&amp;#039;endiguement relevant des Décrets 
+n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019 et d&amp;#039;en 
+évaluer l&amp;#039;opportunité au regard de l&amp;#039;intérêt général.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Sont 
+inéligibles au présent dispositif toutes les études qui bénéficient par 
+ailleurs de financements provenant du Fonds Barnier.&lt;/p&gt;&lt;p&gt;En complément
+ des pièces obligatoires, pour être réputé complet, le dossier de 
+demande d&amp;#039;aide devra comporter les pièces suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une 
+délibération de l&amp;#039;EPTB sollicitant le concours financier du Département,
+ faisant clairement apparaître l&amp;#039;objet de la demande et menant le plan 
+de financement prévisionnel,&lt;/li&gt;&lt;li&gt;une délibération de l&amp;#039;entité 
+GEMAPIenne instaurant la délégation ou le transfert de la compétence 
+relative à l&amp;#039;objet de l&amp;#039;opération à l&amp;#039;Institution Adour,&lt;/li&gt;&lt;li&gt;une présentation technique détaillée du projet précisant :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;*
+ l&amp;#039;échéancier de réalisation de l&amp;#039;étude, * le détail estimatif 
+prévisionnel des dépenses, * l&amp;#039;échéancier prévisionnel de dépenses, * la
+ délimitation de la zone d&amp;#039;étude, * les objectifs poursuivis, * les 
+méthodes utilisées, * la composition du comité de pilotage de l&amp;#039;étude,&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le cahier des charges de l&amp;#039;étude, qui aura été préalablement validé par le Département des Landes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;II – Travaux&lt;/p&gt;&lt;p&gt;Les
+ travaux d&amp;#039;investissement identifiés et validés dans le cadre d’une ou 
+de plusieurs études, qu’ils aient été accompagnés financièrement ou non 
+par le Département, mais qui puissent relever du titre III de ce 
+dispositif, sont éligibles sous réserve qu’ils soient portés en maîtrise
+ d&amp;#039;ouvrage par l&amp;#039;EPTB et qu’ils bénéficient des autorisations 
+réglementaires ad hoc, soit notamment au titre de l&amp;#039;intérêt général, de 
+la Loi sur l&amp;#039;Eau, ou de toutes autres réglementations applicables.&lt;/p&gt;&lt;p&gt;Dans
+ ce cadre, l’éligibilité de chacune des opérations sera conditionnée à 
+la fourniture préalable des résultats d’une analyse permettant de 
+justifier la permanence du projet au regard de son efficacité, de son 
+rapport coût/efficacité et de son efficience (rentabilité), les 
+hypothèses reprenant strictement celles retenues dans les études 
+correspondantes.&lt;/p&gt;&lt;p&gt;Les travaux listés ci-après sont éligibles à 
+l&amp;#039;intervention du Département sous réserve du respect des objectifs 
+suivants, indiqués par nature d&amp;#039;action :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les gros travaux 
+structurels destinés à assurer la pérennité ou la réhabilitation 
+d&amp;#039;ouvrages existants situés en bordure du cours d&amp;#039;eau (à proximité 
+immédiate du lit mineur et qui réduisent le champ d&amp;#039;expansion de crue et
+ la mobilité du cours d&amp;#039;eau) qui seront classés au titre des Décrets 
+n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019 en tant que 
+systèmes d&amp;#039;endiguement,&lt;/li&gt;&lt;li&gt;les travaux de recul et de 
+reconstruction d&amp;#039;ouvrages longitudinaux qui seront classés au titre des 
+Décrets n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019 en 
+tant que systèmes d&amp;#039;endiguement, s’ils sont situés au sein du lit majeur
+ du cours d&amp;#039;eau, ces travaux permettant d&amp;#039;accroître son champ 
+d&amp;#039;expansion de crue et sa mobilité tout en préservant les biens et les 
+personnes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Sont inéligibles au présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;tous
+ les travaux qui ne relèvent pas des premiers travaux d&amp;#039;investissement 
+sur les ouvrages composant le système d&amp;#039;endiguement dans la procédure de
+ classement au titre des Décrets n° 2015‑526 du 12 mai 2015 et 
+n° 2019‑895 du 28 août 2019,&lt;/li&gt;&lt;li&gt;tous les travaux qui bénéficient par ailleurs de financements provenant du Fonds Barnier,&lt;/li&gt;&lt;li&gt;tous
+ les travaux pour lesquels les analyses reprenant strictement les 
+hypothèses retenues dans les études correspondantes ne permettent pas de
+ justifier la permanence du projet au regard de son efficacité, de son 
+rapport coût/efficacité et de son efficience (rentabilité).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En
+ complément des pièces obligatoires, pour être réputé complet, le 
+dossier de demande d&amp;#039;aide devra comporter les pièces suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une
+ délibération de l&amp;#039;EPTB sollicitant le concours financier du 
+Département, faisant clairement apparaître l&amp;#039;objet de la demande et 
+menant le plan de financement prévisionnel,&lt;/li&gt;&lt;li&gt;une délibération de 
+l&amp;#039;entité GEMAPIenne instaurant la délégation ou le transfert de la 
+compétence relative à l&amp;#039;objet de l&amp;#039;opération à l&amp;#039;Institution Adour,&lt;/li&gt;&lt;li&gt;une présentation technique détaillée du projet précisant :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;*
+ le plan de situation des travaux, * le linéaire de berge concerné par 
+les travaux, et ce, par nature d&amp;#039;opération, * la liste des communes 
+concernées par l&amp;#039;opération, * l&amp;#039;analyse de la justification de la 
+permanence du projet au regard de son efficacité, de son rapport 
+coût/efficacité et de son efficience (rentabilité), * l&amp;#039;échéancier des 
+procédures, * l&amp;#039;échéancier de réalisation des travaux, * le détail 
+estimatif prévisionnel des dépenses, * l&amp;#039;échéancier prévisionnel de 
+dépenses, * les objectifs poursuivis, * les indicateurs de suivi et 
+d&amp;#039;évaluation permettant de mesurer la mise en œuvre des actions et 
+l&amp;#039;atteinte des objectifs,&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le cahier des charges techniques du
+ dossier de consultation des entreprises, document qui aura été 
+préalablement validé par le Département des Landes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;III – Maîtrise foncière à vocation de travaux&lt;/p&gt;&lt;p&gt;Sont
+ éligibles à l&amp;#039;intervention du Département les acquisitions foncières 
+des Communes, des EPCI‑FP ou des syndicats mixtes landais ou 
+interdépartementaux compétents en matière de GEMAPI ayant pour objectif 
+la maîtrise foncière nécessaire aux travaux d&amp;#039;investissement sur les 
+ouvrages des systèmes d&amp;#039;endiguement qui seront classés au titre des 
+Décrets n° 2015‑526 du 12 mai 2015 et n° 2019‑895 du 28 août 2019.&lt;/p&gt;&lt;p&gt;Sont
+ inéligibles au présent dispositif toutes les acquisitions qui 
+bénéficient par ailleurs de financements provenant du Fonds Barnier.&lt;/p&gt;&lt;p&gt;En
+ complément des pièces obligatoires, pour être réputé complet, le 
+dossier de demande d&amp;#039;aide devra comporter les pièces suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une présentation technique détaillée du projet précisant :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;*
+ le plan de situation des acquisitions, * le relevé cadastral et le plan
+ parcellaire, * l&amp;#039;estimation du coût du foncier, établie par la SAFER ou
+ par France Domaine (lorsque celle‑ci est obligatoire), * l&amp;#039;échéancier 
+des procédures, * le détail estimatif prévisionnel des dépenses, * 
+l&amp;#039;échéancier prévisionnel de dépenses, * les objectifs poursuivis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/prevention-des-inondations-liees-aux-cours-deau-et-milieux-humides-associes-systeme-dendiguement</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3124-prevention-des-inondations-liees-aux-cours-de/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB52" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des inondations
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG52" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH52" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:34" customHeight="0">
+      <c r="A53" s="1">
+        <v>165164</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études d'aide à la décision et diagnostics des schémas directeurs et des plan de gestion de la sécurité sanitaire des eaux (PGSSE)</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision et diagnostics : schémas directeurs ; plan de gestion de la sécurité sanitaire des eaux (PGSSE) ; Études stratégiques quantitative pour de la substitution, de la réhabilitation ou du stockage.</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les collectivités dans la sécurisation de 
+la distribution de l&amp;#039;eau potable face aux risques climatiques, qu&amp;#039;il 
+s&amp;#039;agisse de sécheresse ou de pollutions diffuses. Elle soutient la mise 
+en place d&amp;#039;infrastructures visant à garantir un approvisionnement 
+fiable, telles que des études d’aide à la décision, des travaux 
+d’interconnexion, de stockage ou de réhabilitation de forages. Ces 
+actions s&amp;#039;inscrivent dans des stratégies visant à renforcer la 
+résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-etudes-daide-a-la-decision-et-diagnostics.html</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-daider-a-la-decision-et-diagnostics-des-schemas-directeurs-et-des-plan-de-gestion-de-la-securite-sanitaire-des-eaux-pgsse/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC53" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG53" s="1" t="inlineStr">
+        <is>
+          <t>11/06/2025</t>
+        </is>
+      </c>
+      <c r="AH53" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E58" s="1" t="inlineStr">
+    <row r="54" spans="1:34" customHeight="0">
+      <c r="A54" s="1">
+        <v>165252</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux d’effacement et arasement d’obstacles</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux d'effacement, d'arasement d'obstacles (ouvrages, plan d'eau…) publics ou privés</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Association
-[...3 lines deleted...]
-      <c r="H58" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I58" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L58" s="1" t="inlineStr">
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 90</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
 d’ouvrage à réaliser des études et des travaux pour restaurer la 
 continuité écologique qui vise à permettre la libre circulation des 
 espèces, à assurer le transport naturel des sédiments et le bon 
 fonctionnement de l’écosystème.&lt;/p&gt;
 &lt;p&gt;Les travaux aidés s’inscrivent dans la mise en œuvre du plan d&amp;#039;action
  pour une politique apaisée de restauration de la continuité écologique 
 (PAPARCE) dans le respect du code de l’environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité</t>
         </is>
       </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études et travaux doivent concerner les ouvrages dont la hauteur de chute est supérieure à 50 cm.&lt;/p&gt;
+&lt;p&gt;Les travaux devront avoir obtenu les autorisations nécessaires auprès
+ des services de l’État et l’accord du propriétaire de l’ouvrage s’il 
+n’est pas le maitre d’ouvrage des travaux.&lt;/p&gt;
+&lt;p&gt;Les études et travaux sous maitrise d’ouvrage État sont éligibles sur
+ les ouvrages prioritaires du plan d&amp;#039;action pour une politique apaisée 
+de restauration de la continuité écologique (liste annexée au Sdage)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq2-etudes-et-travaux-deffacement-darasement-dobstacles.html</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-travaux-deffacement-et-arasement-dobstacles/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC54" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG54" s="1" t="inlineStr">
+        <is>
+          <t>25/06/2025</t>
+        </is>
+      </c>
+      <c r="AH54" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:34" customHeight="0">
+      <c r="A55" s="1">
+        <v>122830</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser l'omnipréssence de l'eau et de la nature (LEADER /Fiche action 5)</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser l'omnipréssence de l'eau et de la nature</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>Les objectifs sont multiples et visent à
+ :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  permettre la découverte du territoire à travers les canaux, les cours d&amp;#039;eau et les circuits de randonnée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir la mise en réseau des sites et des acteurs à travers l&amp;#039;itinérance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer la destination touristique du territoire et du Lac du Der
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer des itinéraires de découvertes et des déclinaisons locales à pied, en vélo, à cheval, en lien et en complémentarité avec le réseau des voies vertes et de canaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer les services et les activités atour de l&amp;#039;eau et de la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;accessibilité des plans d&amp;#039;eau, canaux et rivières
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le développement touristique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  fédérer et inscrire les acteurs du territoire autour de la démarche touristique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;études, de diagnostics pour la création ou le développement/modernisation de voies douces, d&amp;#039;itinéraires de découverte, d&amp;#039;équipements et de sites de loisirs et enfin de nouveaux produits touristiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;hébergements insolites, atypiques ou thématisés dans la limite de 2 hébergements insolites ou atypiques sur la durée du programme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de parcours accrobranche, via ferrata, escalade en pleine nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et réhabilitation d&amp;#039;équipements pour rendre les sites de loisirs et touristiques proches de l&amp;#039;eau accessible au public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception, aménagement, réhabilitation et équipement (signalétique) de circuits thématiques et des sentiers de voies douces et de randonnée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception et mise en place de nouveaux produits touristiques sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place et promotion des modes de déplacements touristiques doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de communication, de sensibilisation et de promotion permettant la mise en valeur et le développement du tourisme et des activités de pleine nature à tous les publics : animations, événement, participation à des salons
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation pour les activités nouvelles et expérimentales (n&amp;#039;existant pas encore sur le territoire) renvoyant au tourisme mais aussi pour la communication et la promotion touristique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la promotion du territoire (agents et élus) sur les thématiques de la promotion touristique dans un sens large
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de sensibilisation et de communication touristiques : création de supports, outils de diffusion et de matériels renvoyant au numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c06-federer-les-acteurs-locaux-autour-dune-demarc/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB55" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC55" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte du nord Haute-Marne</t>
+        </is>
+      </c>
+      <c r="AD55" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG55" s="1" t="inlineStr">
+        <is>
+          <t>27/12/2022</t>
+        </is>
+      </c>
+      <c r="AH55" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:34" customHeight="0">
+      <c r="A56" s="1">
+        <v>121762</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités situées dans les territoires ruraux de Grande Couronne</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Jusqu&amp;#039;à 350.000 € pour les communes et 539.000 € pour les syndicats de communes (40% de subvention régionale et 30% de subvention départementale par contrat).
+&lt;br /&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;
+&lt;strong&gt;
+ Dates limites de dépôt des dossiers de demandes de subvention
+&lt;/strong&gt;
+&lt;br /&gt;
+- 10/01/2023 : présentation à partir de la CP de mars 2023
+&lt;br /&gt;
+- 15/03/2023: présentation à partir de la CP de juin 2023
+&lt;br /&gt;
+- 20/04/2023: présentation à partir de la CP de juillet 2023
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-rural</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a rel="noopener" target="_blank"&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/64bc-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB56" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Installation de ralentisseur
+Mise en place de l’accessibilité dans les bâtiments publics
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AE56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF56" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG56" s="1" t="inlineStr">
+        <is>
+          <t>18/12/2022</t>
+        </is>
+      </c>
+      <c r="AH56" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:34" customHeight="0">
+      <c r="A57" s="1">
+        <v>165636</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'installation de production d'eau chaude solaire thermique</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Installation de production d'eau chaude solaire thermique </t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire dans une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d’un investissement de chaleur renouvelable ou de récupération, le &lt;strong&gt;porteur devra démontrer que ces points ont été pris en compte&lt;/strong&gt; :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;réduction du besoin : &lt;/strong&gt;réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mutualisation des besoins : &lt;/strong&gt;raccordement à un réseau de chaleur vertueux existant quand cela est possible, ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;récupération de chaleur fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;considération des autres EnR disponibles localement : &lt;/strong&gt;étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante, mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins haute température (&amp;gt; 90/100 °C), ou lorsque aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le &lt;strong&gt;solaire thermique&lt;/strong&gt; est une solution de production de chaleur renouvelable aux nombreux atouts.&lt;/p&gt;&lt;p&gt;Le Fonds Chaleur aide à financer toute typologie de &lt;strong&gt;projets de production d’eau chaude collective par la chaleur solaire &lt;/strong&gt;dans &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les logements collectifs ;&lt;/li&gt;&lt;li&gt;le secteur tertiaire, l’industrie, l’agriculture ;&lt;/li&gt;&lt;li&gt;les opérations couplées à des réseaux de chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les étapes :&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réalisez d’abord une étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée. Cela vous confortera dans votre choix d’investir.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Déposez ensuite un dossier&lt;/strong&gt; de demande d’aide.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’une &lt;strong&gt;aide forfaitaire&lt;/strong&gt; en fonction de la zone géographique d’implantation de l’installation, et de la surface de l’installation solaire.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;note d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;étude de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;assistance à maîtrise d’ouvrage&lt;br /&gt;&lt;/li&gt;&lt;li&gt;conseils&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche. Tout cela est conçu pour vous guider, préciser les critères d’éligibilité et vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/installation-de-production-deau-chaude-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-production-d-eau-chaude-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF57" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG57" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH57" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:34" customHeight="0">
+      <c r="A58" s="1">
+        <v>162512</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements nécessaires à la réalisation d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENTS NECESSAIRES A LA REALISATION D'ECONOMIES D'EAU</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les investissements nécessaires au suivi et à la réduction des consommations d’eau potable des services et bâtiments publics existants. Il encourage également la réalisation d’actions de sensibilisation des usagers aux économies d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes de moins de 10 000 habitants&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités (hors Métropole et Communauté Urbaine)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Compteurs divisionnaires (sous-compteurs), compteurs intelligents, détecteurs de fuites, disjoncteurs d’eau, système de télé-relève et outil numérique associé, etc.&lt;/li&gt;&lt;li&gt;Équipements hydro-économes : réducteurs ou régulateurs de pression, limiteurs de débit, robinetterie temporisée, aérateurs d’eau / mousseurs, chasses d’eau à chasse temporisée (ou mécanisme double-commande), douchettes économiques, etc.&lt;/li&gt;&lt;li&gt;Optimisation des systèmes d’arrosage visant à économiser l’eau&lt;/li&gt;&lt;li&gt;Actions et outils de communication visant la sensibilisation des usagers de l’eau aux économies d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le renouvellement des canalisations d’eau potable,&lt;/li&gt;&lt;li&gt;Le remplacement de matériel existant,&lt;/li&gt;&lt;li&gt;Les équipements liés à la récupération et l’utilisation des eaux de pluie (cf fiche spécifique “récupération et utilisation des eaux de pluie des bâtiments publics existants),&lt;/li&gt;&lt;li&gt;Les projets de rénovation globale, d’extension ou de création de bâtiments,&lt;/li&gt;&lt;li&gt;Les dépenses de fonctionnement, d’entretien et de maintenance.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères: &lt;/strong&gt;L’installation des équipements devra être préconisée par une étude ou un diagnostic des consommations d’eau des bâtiments et services publics.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plancher des dépenses &lt;/strong&gt;&lt;strong&gt;éligibles : &lt;/strong&gt;1 000 € HT&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plafond de dépenses éligibles : &lt;/strong&gt;100 000 € HT&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT des travaux s’ils sont non plafonnés.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/investissements-necessaires-a-la-realisation-deconomie-deau/</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-investissements-necessaires-a-la-realisation-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB58" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC58" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG58" s="1" t="inlineStr">
+        <is>
+          <t>19/04/2024</t>
+        </is>
+      </c>
+      <c r="AH58" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:34" customHeight="0">
+      <c r="A59" s="1">
+        <v>162509</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études nécessaires à la réalisation d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES NECESSAIRES A LA REALISATION D'ECONOMIES D'EAU</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités à réaliser des études visant à mieux connaître les consommations d’eau potable sur leur patrimoine, prioriser les travaux à réaliser pour réduire leurs consommations, et à rechercher des solutions alternatives à l’utilisation de l’eau potable sur leur territoire pour générer des économies sur la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;études, audits et diagnostics des consommations d&amp;#039;eau potable des services et bâtiments publics&lt;/li&gt;&lt;li&gt;études d&amp;#039;opportunité pour l&amp;#039;utilisation de ressources en eaux non conventionnelles (eaux pluviales, eaux grises, eaux usées...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plancher des dépenses &lt;/strong&gt;&lt;strong&gt;éligibles : &lt;/strong&gt;1 000 € HT&lt;/p&gt;&lt;p&gt;Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études devront être réalisées par un prestataire externe.&lt;/li&gt;&lt;li&gt;Le cahier des charges de l’étude doit être soumis préalablement à l&amp;#039;avis des services du Département. Il doit respecter les prescriptions du cahier des charges type transmis par les services du Département.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/etudes-necessaires-a-la-realisation-deconomie-deau/</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Département de la Seine-Maritime&lt;/p&gt;&lt;p&gt;Direction de la cohésion des territoires&lt;/p&gt;&lt;p&gt;Tel: 02 76 51 61 54&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;subventions76-communesepci&amp;#64;seinemaritime.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-necessaires-a-la-realisation-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB59" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC59" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG59" s="1" t="inlineStr">
+        <is>
+          <t>19/04/2024</t>
+        </is>
+      </c>
+      <c r="AH59" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:34" customHeight="0">
+      <c r="A60" s="1">
+        <v>161777</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser votre projet solaire thermique en métropole grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Installation de production d'eau chaude solaire thermique </t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le &lt;strong&gt;porteur devra démontrer que les points ont été pris en compte&lt;/strong&gt; :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins : &lt;/strong&gt;raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres ENR disponibles localement : &lt;/strong&gt;étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100°C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le solaire thermique est une solution de production de chaleur renouvelable aux nombreux atouts.&lt;/p&gt;&lt;p&gt;Le Fonds Chaleur aide à financer toute typologie de &lt;strong&gt;projets de production d&amp;#039;eau chaude collective par la chaleur solaire &lt;/strong&gt;dans &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les logements collectifs&lt;/li&gt;&lt;li&gt;le secteur tertiaire, l’industrie, l’agriculture&lt;/li&gt;&lt;li&gt;les opérations couplées à des réseaux de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les étapes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1 - Réalisez d’abord une étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projeté. Cela vous confortera dans votre choix d’investir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2 - Déposez ensuite un dossier de demande d’aide.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’une &lt;strong&gt;analyse économique&lt;/strong&gt; ou sur la base d’une &lt;strong&gt;aide forfaitaire&lt;/strong&gt; en fonction de la zone géographique d’implantation de l’installation, et de la surface de l’installation solaire.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;note d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;étude de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;assistance à maîtrise d’ouvrage&lt;br /&gt;&lt;/li&gt;&lt;li&gt;conseils&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche. Tout cela est conçu pour vous guider, préciser les critères d’éligibilité et vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P58" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-production-deau-chaude-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB60" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AE60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG60" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH60" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:34" customHeight="0">
+      <c r="A61" s="1">
+        <v>165251</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la continuité écologique qui vise à permettre la libre circulation des espèces (études et travaux)</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux d'aménagement (équipement, contournement…) pour les cours d'eau classés liste 2 ou sur les zones d'actions prioritaires (ZAP) du plan de gestion Anguille</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
+d’ouvrage à réaliser des études et des travaux pour restaurer la 
+continuité écologique qui vise à permettre la libre circulation des 
+espèces, à assurer le transport naturel des sédiments et le bon 
+fonctionnement de l’écosystème.&lt;/p&gt;
+&lt;p&gt;Les travaux aidés s’inscrivent dans la mise en œuvre du plan d&amp;#039;action
+ pour une politique apaisée de restauration de la continuité écologique 
+(PAPARCE) dans le respect du code de l’environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q58" s="1" t="inlineStr">
+      <c r="Q61" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études et travaux doivent concerner les ouvrages dont la hauteur de chute est supérieure à 50 cm.&lt;/p&gt;
 &lt;p&gt;Les travaux d’aménagement devront faire partie d’une stratégie 
 d’ensemble pour restaurer la continuité écologique à l’échelle des axes.&lt;/p&gt;
 &lt;p&gt;Les travaux devront avoir obtenu les autorisations nécessaires auprès
  des services de l’État et l’accord du propriétaire de l’ouvrage s’il 
 n’est pas le maitre d’ouvrage des travaux.&lt;/p&gt;
 &lt;p&gt;Les études et travaux d’aménagement (d’équipement, contournement…) 
 sont financés sur les cours d’eau classés « liste 2 » au titre de 
 l’article L 214-17 du code de l’environnement ou sur les zones d’actions
  prioritaires (ZAP) du plan de gestion des anguilles.&lt;/p&gt;
 &lt;p&gt;Les études et travaux sous maitrise d’ouvrage État sont éligibles sur
  les ouvrages prioritaires du plan d&amp;#039;action pour une politique apaisée 
 de restauration de la continuité écologique (liste annexée au Sdage).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq2-etudes-et-travaux-damenagement-equipement-contournement-pou.html</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
+      <c r="W61" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-la-continuite-ecologique-qui-vise-a-permettre-la-libre-circulation-des-especes-etudes-et-travaux/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...13244 lines deleted...]
-          <t>published</t>
+      <c r="AC61" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG61" s="1" t="inlineStr">
+        <is>
+          <t>25/06/2025</t>
+        </is>
+      </c>
+      <c r="AH61" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>