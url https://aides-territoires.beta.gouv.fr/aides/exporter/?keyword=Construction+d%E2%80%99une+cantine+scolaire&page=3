--- v0 (2025-11-20)
+++ v1 (2026-02-02)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA74"/>
+  <dimension ref="A1:AA114"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,370 +228,2593 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>155127</v>
+        <v>128963</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
-[...4 lines deleted...]
-          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+          <t>Passer un marché public en vue de la réalisation d’un projet de construction et d’aménagement</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Gironde Ressources (ATD)</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Assister le maître d&amp;#039;ouvrage dans toutes les étapes
+de la commande publique dans le cadre d&amp;#039;un projet
+de construction et d&amp;#039;aménagement :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aider dans la définition du besoin
+ &lt;/li&gt;
+ &lt;li&gt;
+  informer sur la procédure pour la mise en oeuvre
+d&amp;#039;un marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  rédiger les pièces nécessaires à la consultation
+et à la bonne exécution du marché
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Détermination du besoin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition d&amp;#039;accompagnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Documents inhérents aux marchés publics (règlement de
+la consultation, cahier des charges, cahier des clauses
+administratives particulières, acte d&amp;#039;engagement...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Foncier
+Equipement public
+Logement et habitat
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saisine officielle de l&amp;#039;exécutif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs et études
+diverses relatifs au projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb7e-passer-un-marche-public-en-vue-de-la-realisat/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>111630</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Investir sur le territoire de la Commune</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Contrats</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Aide selon critère démographique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
-[...38 lines deleted...]
- Pièces justifiant de la bonification si sollicitation
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrat de partenariat de 3 ans avec les Communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide cumulable avec les dispositifs politique de la ruralité et politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention mobilisable en une seule fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Critère de population prise en compte pour le calcul de la Dotation Globale de Fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Communes de moins de 2.000 habitants : aide plafonnée à 111.000€ au titre d&amp;#039;un contrat rural ou d&amp;#039;un contrat de partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-04-0055 (AD du 25/09/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
-[...3 lines deleted...]
-Education et renforcement des compétences
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
-[...8 lines deleted...]
-  → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes en Essonne.
+  &lt;/li&gt;
+  &lt;li&gt;
+   30% du coût d&amp;#039;opération doit rester à la charge du bénéficiaire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fc1-investir-sur-le-territoire-de-la-commune/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>111628</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Investir en milieu rural</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Contrats</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du coût d'opération</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrat rural de 3 ans : aide aux travaux d&amp;#039;investissement, cofinancement par le Département de l&amp;#039;Essonne et la Région Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Cofinancement de 30% maximum du coût d&amp;#039;opération par le Département de l&amp;#039;Essonne, en complément de la Région Ile-de-France (40%) ; 30% du coût d&amp;#039;opération doit rester à la charge du bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonds de dépenses HT subventionnables :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   communes de moins de 2.000 habitants : 370 000 €,
+  &lt;/li&gt;
+  &lt;li&gt;
+   syndicats de moins de 3.000 habitants et communes nouvelles : 770 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Délibération n°2016-04-0055 (AD du 25/09/2017)
+</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants en Essonne, Syndicats intercommunaux de moins de 3.000 habitants en Essonne et Communes nouvelles créées après le 1er janvier 2016 en Essonne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement de la Région Ile-de-France (40%) ; 30% du coût d&amp;#039;opération doit rester à la charge du bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0067-investir-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>111629</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Investir sur le territoire de l'Intercommunalité</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Contrats</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Aide selon critère démographique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrat de partenariat de 6 ans avec les intercommunalités ayant pour objectif le partage d&amp;#039;un diagnostic territorial reposant sur les enjeux des politiques publiques départementales et les projets de territoire des intercommunalités.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention mobilisable en une seule fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Critère de population prise en compte pour le calcul de la Dotation Globale de Fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-04-0055 (AD du 25/09/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc06-investir-sur-le-territoire-de-lintercommunali/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>143296</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Prendre en compte les enjeux et exigences de la RE 2020 dans ses projets de construction neuve (Formation)</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le respect des engagements de la France pris dans la lutte contre le changement climatique, récemment réaffirmés dans la loi Energie-Climat, suppose que la France atteigne la neutralité carbone en 2050. Dans cette optique, la RE 2020 remplace la RT 2012 à compter du 1er juillet 2021 pour un certain nombre de bâtiments. Les évolutions sont majeures et ont pour objectif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La baisse des consommations énergétiques des bâtiments neufs avec des évolutions importantes dans le calcul thermique réglementaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La diminution de l&amp;#039;impact sur le climat grâce à la prise en compte des émissions de gaz à effet de serre sur l&amp;#039;ensemble du cycle de vie des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;adaptation aux changements climatiques avec une meilleure prise en compte du confort d&amp;#039;été
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;ajout d&amp;#039;un calcul d&amp;#039;analyse en cycle de vie est une nouveauté majeure qui nécessite pour les acteurs actuels le développement de nouvelles compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de cette formation est de pouvoir prendre en compte les enjeux et les exigences de la RE 2020 dans ses projets de construction neuve :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être sensibilisé aux fondamentaux de la performance énergétique et environnementale (ACV)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comprendre l&amp;#039;origine et le contexte de la réglementation environnementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les évolutions de la RE2020 par rapport à la RT 2012 : énergie carbone et confort d&amp;#039;été
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et comprendre les nouveaux indicateurs clés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir des ordres de grandeur RE 2020.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Matin (9h30-12h30)
+&lt;/p&gt;
+&lt;p&gt;
+ 9h30 - Contexte, enjeux et présentation générale de la RE 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ 10h15 - Méthodes et exigences sur la performance énergétique et le confort d&amp;#039;été, et leviers d&amp;#039;amélioration.
+&lt;/p&gt;
+&lt;p&gt;
+ 11h30 - Méthode et exigences sur la performance environnementale et l&amp;#039;analyse de cycle de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ 12h30 Déjeuner
+&lt;/p&gt;
+&lt;p&gt;
+ Après-midi (14h-17h30)
+&lt;/p&gt;
+&lt;p&gt;
+ 14h00 - Retours d&amp;#039;expérience et enseignements
+&lt;/p&gt;
+&lt;p&gt;
+ 15h15 - Eléments pratiques pour mener à bien un projet à haute performance environnementale
+&lt;/p&gt;
+&lt;p&gt;
+ 17h00 - Echanges et évaluation
+&lt;/p&gt;
+&lt;p&gt;
+ 17h30 - Fin de la journée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Séquences participatives.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;évaluation
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...80 lines deleted...]
-  Sont exclus des dépenses éligibles :
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité de nos formations aux personnes en situation de handicap
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...21 lines deleted...]
-      <c r="S2" s="0" t="inlineStr">
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations. Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Délais d&amp;#039;accès
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Frais d&amp;#039;inscription
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 500€ HT par stagiaire (TVA à 0%)
+&lt;/p&gt;
+&lt;p&gt;
+ Déjeuner inclus
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Public : L&amp;#039;offre de formation s&amp;#039;adresse aux maîtres d&amp;#039;ouvrage, constructeurs et promoteurs, architectes, économistes du bâtiment et bureaux d&amp;#039;études, souhaitant s&amp;#039;acculturer avec les fondamentaux de la RE 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Aucun pré-requis nécessaire pour cette formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
-[...28 lines deleted...]
- Téléphone : 02 33 05 96 79
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-reglementation-environnementale-2020</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2add-prendre-en-compte-les-enjeux-et-exigences-de-/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>139432</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement en AMO ainsi que d'assistances et conseils techniques et administratifs</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>AMO en espaces publics, bâtiments, eau et assainissement, ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Aude (ATD 11)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence Technique Départementale de l&amp;#039;Aude, Établissement Public Administratif géré de manière paritaire par les élus représentants du Conseil départemental et des collectivités locales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations de l&amp;#039;ATD11 relèvent de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) pour des opérations d&amp;#039;aménagements d&amp;#039;espaces publics, de voirie (yc ouvrages d&amp;#039;art), bâtiments publics, eau et assainissement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Maîtrise d&amp;#039;Œuvre (MOE) exclusivement pour les ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils techniques et juridiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez trouver des exemples de réalisations en allant sur notre site internet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://atd11.aude.fr/nos-realisations" target="_self"&gt;
+  https://atd11.aude.fr/nos-realisations
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD11
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://atd11.aude.fr/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://atd11.aude.fr/contacter</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;atd11.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>laurent.naudy@atd11.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0869-test/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>144519</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des collectivités landaises</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds d&amp;#039;Equipement des Communes (FEC) est destiné à aider les Communes ou les Etablissements Publics de Coopération Intercommunale sous forme d&amp;#039;attribution en capital pour des dépenses d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf.descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Architecture</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le FEC est réparti par le Conseil départemental, entre les cantons, ainsi qu&amp;#039;il suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25 % pour une attribution forfaitaire qui prend en compte le nombre d&amp;#039;anciens cantons réunis dans le nouveau canton, multiplié par la répartition forfaitaire divisée par 30,
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 % au prorata de la population,
+ &lt;/li&gt;
+ &lt;li&gt;
+  45 % au prorata du nombre des communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  10 % au prorata de l&amp;#039;inverse du potentiel fiscal.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutefois, la dotation cantonale ne pourra être :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  supérieure à un plafond multiplié par le nombre de communes (année 2023 : 6 413 €)
+ &lt;/li&gt;
+ &lt;li&gt;
+  inférieure à un plancher multiplié par le nombre de communes (année 2023 : 3 944 €)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le plancher et le plafond seront révisés chaque année lors de la réunion consacrée à l&amp;#039;examen du Budget Primitif.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la population, les chiffres à prendre en compte sont ceux de l&amp;#039;I.N.S.E.E. à la suite du dernier recensement et des recensements complémentaires intervenus depuis (population totale sans double compte dans la population comptée à part).
+&lt;/p&gt;
+&lt;p&gt;
+ Les réunions cantonales des Maires présidées par les deux Conseillers départementaux, permettent de procéder librement à la répartition de la dotation cantonale.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas où les Conseillers départementaux seraient également Maires, ils sont remplacés, en cette dernière qualité, lors de la réunion des Maires, par leurs délégués.
+&lt;/p&gt;
+&lt;p&gt;
+ Sauf dérogation exceptionnelle accordée en réunion cantonales des Maires, la décision d&amp;#039;attribution de subvention doit être préalable à tout commencement d&amp;#039;exécution des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions cantonales sont soumises pour approbation à la Commission Permanente du Conseil départemental et font l&amp;#039;objet d&amp;#039;un arrêté attributif de M. le Président du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur délibération de la Commission Permanente du Conseil départemental, seuls peuvent faire l&amp;#039;objet d&amp;#039;un report aux Communes du canton sur la dotation cantonale de l&amp;#039;exercice suivant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les reliquats éventuels de crédits non répartis à l&amp;#039;intérieur du canton,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les soldes d&amp;#039;opérations terminées pour lesquelles le montant des travaux aurait été inférieur au montant prévu.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les subventions non utilisées par une collectivité ne peuvent faire l&amp;#039;objet d&amp;#039;un report aux Communes du canton sur la dotation de l&amp;#039;exercice suivant mais peuvent être affectées à un projet de substitution en accord avec les deux Conseillers départementaux du canton concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention, déposé auprès de M. le Président du Conseil départemental, comprend :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération de la collectivité concernée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un dossier technique comprenant un descriptif du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un devis estimatif du coût du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le versement de la subvention interviendra sur présentation d&amp;#039;une attestation du Maire de la Commune ou du Président de l&amp;#039;Etablissement Public de Coopération Intercommunale justifiant la réalisation de l&amp;#039;investissement.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Possibilité est donnée de percevoir 50 % sur présentation de l&amp;#039;ordre de service d&amp;#039;exécuter les travaux ou sur présentation de l&amp;#039;attestation de commencement des travaux délivrée par le Maire ou le Président de l&amp;#039;E.P.C.I.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention devra intervenir dans un délai de deux ans à compter de la date de l&amp;#039;arrêté attributif de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf.descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=123</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f845-fonds-dequipement-des-communes/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>36013</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une ingénierie technique et méthodologique pour engager des projets</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Finistère Ingénierie Assistance (FIA) - ATD</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FINISTERE INGENIERIE ASSISTANCE (FIA) est un établissement public d&amp;#039;ingénierie locale créé dès 2014 à l&amp;#039;initiative du Conseil départemental afin de répondre à un enjeu de solidarité envers tous les territoires finistériens.
+&lt;/p&gt;
+&lt;p&gt;
+ En effet, il vise à mettre à disposition des collectivités souffrant d&amp;#039;un manque de moyens humains et d&amp;#039;expertise, un appui technique et méthodologique dans la conduite de leurs projets relevant des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  déplacements et usages de la voirie et des espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments et équipements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement de l&amp;#039;espace et habitat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dynamisation des centres-bourgs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  eau et assainissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de FIA s&amp;#039;effectue en phase pré-opérationnelle, dès le lancement d&amp;#039;une réflexion autour d&amp;#039;un projet, et permet au maître d&amp;#039;ouvrage de bénéficier d&amp;#039;un accompagnement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  vérifier l&amp;#039;opportunité et la faisabilité de son projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en cohérence le projet avec son environnement et le contexte local dans lequel il s&amp;#039;inscrit ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  définir et préciser sa commande à un maître d&amp;#039;œuvre s&amp;#039;il y a lieu ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;organiser en termes de conduite d&amp;#039;une opération ou d&amp;#039;une démarche globale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier les sources de financement possibles du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La structure a vocation à réaliser pour ses adhérents toutes études, recherches, démarches permettant d&amp;#039;atteindre les objectifs précédemment définis. Elle est également chargée de mobiliser, le cas échéant, d&amp;#039;autres structures partenaires (CAUE, Finistère Habitat, services départementaux...), afin d&amp;#039;apporter à ses adhérents une complémentarité des expertises disponibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Revitalisation des centres-bourgs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation, extension ou construction de médiathèques, d&amp;#039;écoles, d&amp;#039;ateliers techniques municipaux, de locaux administratifs, de salles associatives, de maisons d&amp;#039;assistant.e.s maternel.les, de maisons de santé, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Requalification d&amp;#039;espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de sécurité sur voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de cheminements doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la consultation pour des études technico-économiques, des schémas directeurs ou de la maîtrise d&amp;#039;œuvre en eau potable, eaux pluviales et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>http://finistere-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Christelle PAUL, assistante administrative, juridique et financière - Tél : 02 98 76 53 90 ; christelle.paul&amp;#64;finistere-ingenierie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Séverine FOSSEY, directrice - Tél : 02 98 76 53 91 ; severine.fossey&amp;#64;finistere-ingenierie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>severine.fossey@finistere-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fc53-ingenierie-strategique-et-assistance-techniqu/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>127467</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets communautaires ou supra-communaux</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>ACTIV' VOLET 2 - PROJETS DE TERRITOIRE</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vienne</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 50 % du montant HT sur des projets lié aux priorités départementales</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Volet 2 du programme ACTIV&amp;#039; du Département de la Vienne &amp;#34;Projet de Territoire&amp;#34; est l&amp;#039;aboutissement d&amp;#039;une concertation entre le Département, les Établissements Publics de Coopération Intercommunaux et leurs Communes permettant d&amp;#039;identifier les principaux enjeux, les priorités d&amp;#039;intervention et les opérations pouvant être soutenues via une enveloppe financière pluriannuelle par territoire définie par le Département pour la période 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accord entre le Département et chaque territoire a également pour vocation à mettre en exergue l&amp;#039;ensemble des politiques publiques départementales et leurs déclinaisons territoriales.
+&lt;/p&gt;
+A noter que :
+&lt;ul&gt;
+ &lt;li&gt;
+  Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire devra être dédiée à des actions répondant aux priorités départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lorsqu&amp;#039;il est porté par une commune, le projet devra présenter un intérêt supra-communal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ÉTUDES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études    préalables    lorsqu&amp;#039;elles    conditionnent    directement l&amp;#039;établissement du projet et débouchent effectivement sur des travaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Honoraires d&amp;#039;ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉTUDE D&amp;#039;IMPACT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude préalable relative aux coûts de fonctionnement induits sur les cinq premières années, obligatoire pour tous les projets dont le coût est supérieur à 1 000 000 € HT.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TRAVAUX
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux inscrits dans la section d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACQUISITION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisitions foncières nécessaires à la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, le demande de subvention doit suivre le processus suivant :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Vote par le Département d&amp;#039;une enveloppe pluriannuelle pour chaque territoire sur une période prédefinie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une conférence de territoire réunissant le Président du Conseil Départemental, les Conseillers Départementaux du canton, le Président de l&amp;#039;EPCI et les Maires des Communes membres de l&amp;#039;EPCI ayant pour objectif d&amp;#039;identifier les opérations pouvant être financées . Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire doit être dédiée à des actions répondant aux priorités départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Courrier de notification du Département aux maîtres d&amp;#039;ouvrage pour préciser les opérations soutenues au titre du Volet 2.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Individualisation en Commission Permanente des subventions pour les opérations retenues.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lavienne86.fr/les-aides/dispositif-activ</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact soit :
+&lt;/p&gt;
+&lt;p&gt;
+ - Par mail :
+ &lt;a href="mailto:datc&amp;#64;departement86.fr" target="_self"&gt;
+  datc&amp;#64;departement86.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Par téléphone, aux numéros suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 99  pour les Communautés de Communes du Pays Loudunais, du Haut Poitou et du Civraisien en Poitou,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 22  pour les Communautés de Communes du Grand Châtellerault, de Vienne et Gartempe et des Vallées du Clain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 45  pour les Communautés de Communes du Grand Poitiers.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>datc@departement86.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa04-subventionner-des-projets-dinvestissement-dan/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>94746</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Financer les équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 55</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Équipements de lutte contre le gaspillage », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Vous disposez d&amp;#039;un diagnostic ou d&amp;#039;une étude pour un projet de lutte contre le gaspillage sur votre territoire, et vous souhaitez investir pour le mettre en œuvre ? L&amp;#039;ADEME peut vous apporter une aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : acteurs publics ou privés pour des équipements réduisant le gaspillage sur plusieurs étapes de la chaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement : taux d&amp;#039;aide maximum : 55 % des dépenses éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez prétendre à une aide pour les investissements faisant suite à une augmentation ou à une redistribution des flux, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Par exemple les équipements suivants peuvent êtres soutenus :&lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les équipements suivants peuvent êtres soutenus :
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   équipements de pesées,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   camions frigorifiques,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   acquisitions d&amp;#039;entrepôt,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   plateformes de collecte,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   cantines solidaires,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   ateliers de transformation de type conserverie,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   équipements permettant le partage de denrées alimentaires entre particuliers...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Pour le non alimentaire, les investissements devront servir à limiter et valoriser les invendus.
+ &lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour prétendre à une aide à l&amp;#039;investissement, le porteur de projets doit présenter :
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le rapport d&amp;#039;étude de faisabilité lorsqu&amp;#039;il s&amp;#039;agit d&amp;#039;une création d&amp;#039;installation ou d&amp;#039;équipement dans les conserveries, les légumeries collectives et les ateliers de transformation et toute étude de marché qui aurait été réalisée,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les justificatifs ou les demandes en cours concernant le respect des règles sanitaires et d&amp;#039;hygiène applicables à l&amp;#039;activité exercée.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/subvention-equipements-lutte-contre-gaspillage</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus sur ce dispositif, contactez l&amp;#039;ADEME via leur
+ &lt;a rel="noopener" target="_blank"&gt;
+  &lt;/a&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;appel_a_projet&amp;amp;source_entity_id&amp;#61;49185" rel="noopener" target="_blank"&gt;
+   formulaire en ligne
+  &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3546-aider-aux-equipements-de-lutte-contre-le-gasp/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>138013</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Participer à l'achat d'équipement dans les collèges</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Participation à l'achat d'équipement de cuisine ou petits matériels des collèges</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>5000 €/an plafonné à 10 000 € jusqu’à 15000 € / 3 ans plafonné à 30 000 €</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participation à l&amp;#039;achat d&amp;#039;équipement de cuisine ou petits matériels dans les collèges.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Collèges publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ dossier de demande  avec 3 devis
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Sur demande
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur dépôt de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Collèges
+&lt;/p&gt;
+&lt;p&gt;
+ Françoise Chabalier
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:françoise.chabalier&amp;#64;hauteloire.fr" target="_self"&gt;
+  françoise.chabalier&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.43.65
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c8cc-participer-a-lachat-dequipement-de-colleges/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>162648</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Innover en soutenant une production et une consommation locale</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche-Action 6 - Innover en soutenant une production et une consommation locales</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 50 000 €</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un atout majeur du Pays de l’Isle en Périgord réside dans une qualité de vie, portée par une alimentation saine et de proximité. Étant donné sa place dans l’économie locale, l’agriculture est un enjeu structurant et transversal pour la vitalité du Pays. Les agriculteurs représentent le&lt;br /&gt;premier maillon d’une chaine reliant zones rurales et zones urbaines, de la production locale à la consommation locale.&lt;/p&gt;&lt;p&gt;Confrontée à de nombreuses difficultés, il s’agit de conforter « l’offre », au travers du tissu agricole notamment, dans son orientation vers la qualité et la proximité, tout en sensibilisant et en coordonnant « la demande », celle des habitants, des élèves, des travailleurs et des touristes, …&lt;/p&gt;&lt;p&gt;Pour ce faire, le territoire adopte une stratégie transversale qui prend en compte tous les enjeux, travaillés au sein du PAT Isle en Périgord (Projet Alimentaire Territorial) : foncier et production, logistique, consommation, sensibilisation, animation et coordination. Il s’agit ici de conforter les producteurs et porteurs de projets locaux dans leurs pratiques, d’encourager l’expérimentation pour consolider les « circuits de proximité », en appuyant sur la qualité des produits et des savoir-faire.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Sensibiliser le grand public au bien et mieux manger&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées&lt;br /&gt;• Ateliers&lt;br /&gt;• Manifestations&lt;br /&gt;• Sensibilisation&lt;br /&gt;• Aménagement de restaurants scolaires (mobilier et cuisine) …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer de nouveaux points de vente de produits locaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Marchés et/ou halles&lt;br /&gt;• Plateformes de distribution&lt;br /&gt;• Points de stockage et de vente&lt;br /&gt;• Projets numériques innovants&lt;br /&gt;• Offre nouvelle de restauration à base de produits locaux&lt;br /&gt;• Épiceries solidaires …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Initier des projets qui valorisent des produits locaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Valorisation des savoir-faire paysans, l’échange et le partage&lt;br /&gt;• Ateliers de sensibilisation&lt;br /&gt;• Découverte de produits&lt;br /&gt;• Formations&lt;br /&gt;• Projets numériques innovants …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Soutenir la filière agricole par des actions innovantes renforcées par une dynamique collective&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Appui à l’innovation, à la coordination d’actions collectives (mise en réseau)&lt;br /&gt;• Utilisation de cuisines collectives (multi-usage) pour transformation de produits&lt;br /&gt;• Conserverie&lt;br /&gt;• Mise en place d’espaces nourriciers&lt;br /&gt;• Jardins partagés / collectifs&lt;br /&gt;• Forêts comestibles citoyennes&lt;br /&gt;• Espaces-tests&lt;br /&gt;• Espaces de formation&lt;br /&gt;• Animation du PAT …&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les investissements matériels et les projets d’ingénierie (immatériel et / ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants&lt;br /&gt;- Les SCI et les particuliers (personnes physiques sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;- Les dépenses d’auto-construction&lt;br /&gt;- Les contributions en nature&lt;br /&gt;- Le soutien aux investissements dans la transformation / commercialisation de produits agricoles - projets &amp;gt; 300 000 €&lt;br /&gt;(les projets des collectivités locales, leurs groupements et autres organismes soumis à la commande publique ne sont pas soumis au plafond de 300 000 €.)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA6-Prod-et-Conso-locales.pdf</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-soutenant-une-production-et-une-consommation-locales/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>161764</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Subventionner l'achat d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Installation d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus par an&lt;/strong&gt;. Il entraîne la consommation inutile de ressources en énergie et en eau, et des émissions de gaz à effet de serre qui pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;Vous pouvez prétendre à une &lt;strong&gt;aide pour les investissements&lt;/strong&gt; faisant suite à une &lt;strong&gt;augmentation ou à une redistribution des flux&lt;/strong&gt;, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires. Par exemple, les équipements suivants peuvent être soutenus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;équipements de pesées&lt;/li&gt;&lt;li&gt;camions frigorifiques&lt;/li&gt;&lt;li&gt;acquisitions d’entrepôt&lt;/li&gt;&lt;li&gt;plateformes de collecte&lt;/li&gt;&lt;li&gt;cantines solidaires&lt;/li&gt;&lt;li&gt;ateliers de transformation de type conserverie&lt;/li&gt;&lt;li&gt;équipements permettant le partage de denrées alimentaires entre particuliers…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après réalisation d’un diagnostic ou d’une étude (hors cas particulier des associations d’aide alimentaire), certains équipements permettant la mise en œuvre du projet peuvent être aidés par l’ADEME à un taux allant jusqu’à 55 % de l’assiette des aides éligibles. Ils font l’objet d’une analyse au cas par cas.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-dequipements-lutte-contre-gaspillage</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-dequipements-de-lutte-contre-le-gaspillage/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>115178</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir le premier équipement en matériel et mobilier des cantines scolaires</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Premier équipement en matériel et mobilier des cantines scolaires</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Premier équipement en matériel et mobilier des cantines scolaires de regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ 50% des dépenses en acquisiton de matériel.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses subventionnables de 3.000€ à 30.000€.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande de subvention doit comporter la délibération du Conseil municipal (ou du Comité syndical) qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  adopte le projet et son financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicite le concours financier du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/30/18-premier-equipement-en-materiel-et-mobilier-des-cantines-scolaires.htm</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  sdtva&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/73e0-acquerir-le-premier-equipement-en-materiel-et/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>115177</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Renouveler du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimal des dépenses : 4.500€ HT</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pris en compte ni le matériel et le mobilier des salles de restauration ni le petit matériel électroménager de cuisine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande de subvention doit comporter la délibération du Conseil municipal (ou du Comité syndical) qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  adopte le projet et son financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicite le concours financier du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/31/18-renouvellement-du-gros-materiel-de-cuisine-des-cantines-scolaires-de-regroupement-pedagogique.htm</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  sdtva&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a46e-renouveler-du-gros-materiel-de-cuisine-des-ca/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>115159</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Renouveler le matériel et le mobilier pour les cantines scolaires</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Renouvellement du matériel et du mobilier pour les cantines scolaires</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renouvellement du matériel et du mobilier des cantines scolaires et regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ 12,80€ par ayant droit (valeur 2015).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ayants droit sont les élèves fréquentant une école maternelle, primaire ou une classe spécialisée située hors de leur commune, dépourvue d&amp;#039;école ou dont l&amp;#039;école fait partie d&amp;#039;un regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas considérés comme ayant droit les élèves habitant la commune siège de la cantine ou ses hameaux distants de moins de trois kilomètres, même dans le cas d&amp;#039;un regroupement pédagogique, et les élèves accueillis dans une école ne dépendant pas de leur secteur scolaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/32/18-renouvellement-du-materiel-et-du-mobilier-des-cantines-scolaires.htm</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  sdtva&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed78-renouveler-le-materiel-et-le-mobilier-pour-le/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>152452</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement de locaux scolaires et périscolaires</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SCOLAIRES ET ANNEXES PÉDAGOGIQUES</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J3" s="1" t="inlineStr">
+      <c r="J18" s="1" t="inlineStr">
         <is>
           <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de locaux scolaires maternelles et du 1er degré, de cantines et d&amp;#039;annexes pédagogiques (bibliothèque scolaire, ateliers, salles de repos, salle de jeux, salle informatique, garderie périscolaire, locaux techniques et administratifs).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Construction d&amp;#039;une école élémentaire à deux classes et création d&amp;#039;une rampe pour l&amp;#039;accessibilité aux personnes à mobilité réduite pour la mairie et l&amp;#039;école à &amp;#34;Ville d&amp;#039;Espoir&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation de la toiture de l&amp;#039;école primaire de &amp;#34;Sainte-Marie&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une restauration scolaire intercommunale, rue du Tacot - Phase 1, à &amp;#34;Cité Scolaire&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un accueil périscolaire intercommunal, rue du Tacot - Phase 2, à &amp;#34;Village Harmonie&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de la charpente de l&amp;#039;école primaire de &amp;#34;Champ Fleuri&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière alimentant le groupe scolaire &amp;#34;Liberté&amp;#34; et la salle &amp;#34;Victor Hugo&amp;#34;, rue du Général de Gaulle, à &amp;#34;Ville Prospère&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement du matériel informatique de l&amp;#039;école élémentaire à &amp;#34;Nouvelle Génération&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité du bâtiment de l&amp;#039;école primaire &amp;#34;Cours de Lumière&amp;#34; - intérieur/extérieur, à &amp;#34;Ville Lumineuse&amp;#34;
@@ -613,65 +2836,65 @@
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière à gaz par une pompe à chaleur à l&amp;#039;école de &amp;#34;L&amp;#039;Écoquartier&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de réaménagement de l&amp;#039;aire de jeux - cour du périscolaire &amp;#34;Enfance Heureuse&amp;#34; à &amp;#34;Ville Joyeuse&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un accueil de loisirs sans hébergement avec une cantine à &amp;#34;L&amp;#039;Aurore&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement des fenêtres et de deux portes d&amp;#039;entrée à l&amp;#039;école maternelle de &amp;#34;Ville Rayonnante&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Installation du chauffage et de l&amp;#039;éclairage du patio au périscolaire de &amp;#34;Bacouel&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un four pour la cantine scolaire de &amp;#34;Belle Saveur&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;une salle pour la restauration scolaire et socio-culturelle à &amp;#34;Nouvel Horizon&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Accessibilité</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -827,1228 +3050,2865 @@
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  * l&amp;#039;acquisition de mobilier et d&amp;#039;équipement seule est éligible pour les syndicats scolaires qui n&amp;#039;ont pas la compétence travaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de petits matériels (tables, chaises, ...),
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de matériel de restauration scolaire de moins de 10 ans.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W3" s="1" t="inlineStr">
+      <c r="W18" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/02d7-equiper-les-policiers-municipaux/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>143350</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour définir et lancer un projet de construction, de réhabilitation, d'extension d'équipements publics</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...7 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...6 lines deleted...]
- Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière de projet de construction, réhabilitation, d&amp;#039;extension d&amp;#039;équipements publics  (mairie, établissements d&amp;#039;enseignements ou périscolaires, équipements sportifs et culturels, équipements touristiques, aire de covoiturage etc...) :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
-[...5 lines deleted...]
-&lt;p&gt;
+  pour donner des conseils de 1er niveau
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une expertise ciblée (assistance à maîtrise d&amp;#039;ouvrage partielle)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance à maîtrise d&amp;#039;ouvrage globale afin d&amp;#039;aider la collectivité à répondre à ses prérogatives de maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil de 1er niveau (administratifs, réglementaires et techniques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition du projet (définition du besoin, faisabilité, recherche de financement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage  (définition du besoin, faisabilité,  scénarios d&amp;#039;aménagement, appui à la consultation des prestataires..) pour la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
-[...61 lines deleted...]
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
-[...25 lines deleted...]
- Tél : 04 72 61 79 85
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>http://www.inge43.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
+  contact&amp;#64;inge43.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 71 07 41 71
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>contact@inge43.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0423-beneficier-dun-accompagnement-pour-definir-et/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>144496</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la construction, la restructuration ou la réhabilitation des bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Réglement d'aide à la construction, la restructuration ou la réhabilitation des bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 18</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Application du CSD</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Travaux de construction, restructuration tendant à une adaptation aux normes pédagogiques ou de simple réhabilitation des bâtiments scolaires du premier degré (salles de classe, restaurant scolaire...) à l&amp;#039;exclusion :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Aider à la recherche de financements ;
+  des simples travaux d&amp;#039;entretien courants
+ &lt;/li&gt;
+ &lt;li&gt;
+  des bâtiments dédiés à un usage périscolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des salles polyvalentes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant des travaux :
   &lt;br /&gt;
- &lt;/li&gt;
-[...10 lines deleted...]
-  Aider à la passation des contrats pour la réalisation des études préalables ;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Minimum : 40 000 € H.T.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maximum : 750 000 € H.T.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=128</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:education&amp;#64;landes.fr" target="_self"&gt;
+  education&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93c9-aider-a-la-construction-la-restructuration-ou/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>155127</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les travaux réalisés uniquement sur le préau ou la cour d&amp;#039;école ne seront éligibles que s‘ils s&amp;#039;intègrent dans un projet global portant sur l&amp;#039;ensemble de l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets scolaires : production des effectifs actuels et attendus par tranche d&amp;#039;âge.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : transmission d&amp;#039;une note de présentation des objectifs, des modalités, des effectifs actuels et attendus par tranche d&amp;#039;âge, des moyens humains affectés et des capacités d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : Si gestion associative, statuts de l&amp;#039;association et convention liant le gestionnaire et la collectivité finançant la structure
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant de la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
   &lt;br /&gt;
- &lt;/li&gt;
-[...7 lines deleted...]
-  Apporter l&amp;#039;aide nécessaire au maître d&amp;#039;ouvrage pendant la phase de réalisation.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Sur les domaines de compétence suivants :
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets scolaires :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  VOIRIE : classement de la voirie communale ; programme pluriannuel et travaux d&amp;#039;entretien et de réparation de chaussée ; aménagement de sécurité ; entrées et traversées de bourg.
+  Examen au cas par cas des projets situés sur des sites scolaires de 4 classes ou moins, en fonction de la dynamique territoriale ; par définition ces sites n&amp;#039;offrent pas l&amp;#039;ensemble du cycle scolaire primaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation d&amp;#039;attribution de subvention de la part de l&amp;#039;Etat.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets périscolaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présence obligatoire d&amp;#039;une école sur la commune d&amp;#039;implantation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
   &lt;br /&gt;
- &lt;/li&gt;
-[...24 lines deleted...]
-  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrains ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
-[...74 lines deleted...]
- &lt;br /&gt;
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-scolaires-et-periscolaires-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d77-equipements-scolaires-et-periscolaires-politi/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>100679</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Apporter une ingénierie publique et une aide à la décision</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement et ingénierie publique</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au sens de l&amp;#039;article L 5511-1 du Code général des collectivités territoriales,
+ &lt;strong&gt;
+  Cantal Ingénierie &amp;amp; Territoires
+ &lt;/strong&gt;
+ est un établissement public dénommé agence départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est chargée d&amp;#039;apporter, aux collectivités territoriales et aux établissements publics intercommunaux du département qui le demandent, une assistance d&amp;#039;ordre technique, juridique ou financier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une assistance à toutes les étapes du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ - dès la définition du besoin à la réalisation des travaux,
+&lt;/p&gt;
+&lt;p&gt;
+ - pour une simple expertise, de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage ou en maitrise d&amp;#039;oeuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce périmètre d&amp;#039;intervention est évolutif et s&amp;#039;adapte aux besoins des adhérents, notamment :
+&lt;/p&gt;
+&lt;p&gt;
+ • Assistance et conseils juridiques et administratifs dans les domaines liés à la gestion locale;
+&lt;/p&gt;
+&lt;p&gt;
+ • Accompagnement de projets et aide à la programmation ;
+&lt;/p&gt;
+&lt;p&gt;
+ • Eau et Assainissement : Assistance à maîtrise d&amp;#039;ouvrage;
+&lt;/p&gt;
+&lt;p&gt;
+ • Voirie, ouvrages d&amp;#039;art et réseaux divers : Assistance à maitrise d&amp;#039;ouvrage et maitrise d&amp;#039;œuvre;
+&lt;/p&gt;
+&lt;p&gt;
+ • Patrimoine bâti, Espaces publics et Tourisme;
+&lt;/p&gt;
+&lt;p&gt;
+ • Numérique et E administration : dématérialisation, développement du numérique éducatif dans les écoles;
+&lt;/p&gt;
+&lt;p&gt;
+ • RGPD – DPO.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Eau potable
-Eau pluviale
 Assainissement des eaux
+Tourisme
 Espace public
 Voirie et réseaux
-Bâtiments et construction</t>
-[...2 lines deleted...]
-      <c r="O5" s="1" t="inlineStr">
+Technologies numériques et numérisation
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
-[...2 lines deleted...]
- Être une collectivité adhérente de l&amp;#039;Agence technique départementale (commune, communauté de communes, syndicat).
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre membre de CIT  (l&amp;#039;ensemble des communes, établissements publics de coopération intercommunale (EPCI) et autres
+ organismes de coopération locale ayant leur siège dans le Département peuvent adhérer).
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;acquitter d&amp;#039;une cotisation annuelle forfaitaire (par
+ habitant ou suivant le budget). Celle- ci ouvre droit à un panel de services gratuits (conseil juridique
+ et administratif, utilisation de la plateforme de dématérialisation, d&amp;#039;une salle virtuelle de visioconférence,
+ de l&amp;#039;ENT pour les écoles primaires...). L&amp;#039;accès aux autres prestations est facturé en supplément.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T5" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
-[...16 lines deleted...]
-  atd&amp;#64;yonne.fr
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ingenierie-et-territoires.cantal.fr</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 15 000 AURILLAC
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;
+&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c6c-les-missions-et-le-perimetre-dintervention-de/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>116416</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Utiliser le bois local dans les projets de rénovation et constructions (LEADER / Fiche action 4)</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>APPEL A PORTEURS DE PROJETS / GAL PAYS D'EPINAL COEUR DES VOSGES - Réouverture de la programmation LEADER 2014-2022</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte-tenu de l&amp;#039;enveloppe restant à engager à ce jour, le GAL du Pays d&amp;#039;Epinal Cœur des Vosges dispose d&amp;#039;une enveloppe budgétaire de 965 227,72 € à répartir entre les projets sélectionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets déposés devront relever des thématiques
+ sur l&amp;#039;accompagnement et l&amp;#039;utilisation du bois local dans les projets de rénovation et construction à des fins économiques, touristiques et culturelles &amp;#61; FICHE ACTION 4.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la construction et/ou la rénovation de bâtiments publics et privés ayant recours au matériau bois dans une optique de promotion d&amp;#039;une identité architecturale (actions d&amp;#039;animations visant à développer les échanges entre les différents acteurs locaux du bâtiment; études visant à renforcer l&amp;#039;utilisation des bois locaux dans ce type de bâtiments; utilisation du bois local dans les aménagements intérieurs de bâtiments, mobilier extérieur s&amp;#039;inscrivant dans un projet à vocation administrative, économique, touristique, culturelle; action de communication et de promotion de la forêt et de l&amp;#039;utilisation des bois extraits sur les projets réalisés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la fonction « loisirs » de la forêt, à travers l&amp;#039;organisation de manifestations « tout public » sensibilisant aux différentes fonctions de la forêt
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier du financement au titre de la
+ &lt;strong&gt;
+  FICHE ACTION 4 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations (loi 1901 et 1908) et leurs fédérations
+ &lt;/li&gt;
+ &lt;li&gt;
+  PME / TPE / Micro-entreprises au sens communautaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous types d&amp;#039;établissements publics, notamment EPIC locaux et nationaux,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chambres consulaires,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers disposant d&amp;#039;un numéro SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agriculteurs : Exploitants à titre principal ou secondaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Conditions requises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les opérations sont réalisées sur le territoire du GAL. Par dérogation, les opérations pourront être réalisées en dehors du territoire du GAL, à condition que l&amp;#039;opération bénéficie à la zone couverte par le GAL, dans le respect de l&amp;#039;article 70 paragraphe 2 du règlement (UE) n°1303/2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur devra présenter un budget de fonctionnement prévisionnel sur 3 années, couplé à l&amp;#039;identification des moyens humains mobilisés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Epinal, Cœur des Vosges</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ GAL du Pays d&amp;#039;Épinal, Cœur des Vosges
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 Avenue de la République Le port du canal 88000 EPINAL
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+ &lt;li&gt;
+  leader&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ludmilla HELLOT,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cécile PIERRE,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 54 96
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>contact@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/837a-accompagner-les-changements-de-pratiques-pour/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>143309</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l’école de demain : bâtiments, cours et espaces publics</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Face aux défis énergétiques, climatiques, de biodiversité ou de mobilité, les établissements scolaires nécessitent d&amp;#039;être créés ou rénovés avec de nouvelles approches.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Presque 50 000 bâtiments existants en France, vieillissants et consommateurs, sont confrontés dès à présent aux impératifs de sobriété énergétique et de confort d&amp;#039;usage.
+&lt;/p&gt;
+&lt;p&gt;
+ Penser l&amp;#039;aménagement de ses établissements scolaires, c&amp;#039;est agir pour plus de confort et de bien-être dans la cour ou dans le bâtiment, c&amp;#039;est donner envie de venir à pied ou à vélo à l&amp;#039;école, c&amp;#039;est reconnecter l&amp;#039;école à la nature, à la ville et à ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour améliorer vos écoles en agissant à la fois sur le bâtiment, les cours, les espaces publics et l&amp;#039;accessibilité des abords.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elu d&amp;#039;une collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestionnaire d&amp;#039;un établissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable d&amp;#039;exploitation (bâtiments, espaces verts, équipements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment optimiser la performance énergétique des bâtiments et réaliser des économies ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions pour rafraîchir l&amp;#039;école, favoriser la biodiversité et sensibiliser les plus jeunes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment sécuriser les espaces extérieurs (cours et abords) ? Les adapter à la diversité des usages ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise transversale (bâtiment, aménagement, mobilité, solutions fondées sur la nature) et écosystémique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expérience confirmée auprès des établissements scolaires (programme Cube S)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une forte proximité (26 implantations en métropole et outre-mer) avec les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une posture fédératrice propice à la concertation avec les acteurs locaux (personnels enseignants, techniques) et les partenaires (publics et privés).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le Cerema vous accompagne à chaque étape du projet. Nos compétences mobilisables :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et appui méthodologique intégrant la prise en compte de la règlementation, des besoins des usagers, des enjeux locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique et expertises : diagnostic, mise en œuvre, évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation : ateliers techniques, démarches participatives, réseaux d&amp;#039;acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement d&amp;#039;innovations, d&amp;#039;expérimentations et évaluation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NOS PROGRAMMES CUBE.S ET ACTEE CUBE ECOLE
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, en partenariat avec l&amp;#039;&amp;#039;Institut Français pour la performance du bâtiment (IFPEB), le Cerema déploie des challenges dédiés aux économies d&amp;#039;énergie dans les bâtiments scolaires à destination
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des collèges et lycées avec CUBE.S Climat, Usages, Bâtiments Enseignement Scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des écoles avec ACTEE CUBE.Ecoles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Soutenus par les Ministères de l&amp;#039;Education Nationale et de la Transition Écologique, ces challenges fédèrent les parties prenantes autour d&amp;#039;actions permettant de réaliser des économies d&amp;#039;énergie rapidement et sans lourd investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ 12% d&amp;#039;économies sur un an, en moyenne, grâce à CubeS
+&lt;/p&gt;
+&lt;p&gt;
+ VERS UN PROJET D&amp;#039;ÉCOLE RÉSILIENT,
+&lt;/p&gt;
+&lt;p&gt;
+ cohérent à l&amp;#039;échelle du territoire, intégrant trois dimensions
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Améliorer le patrimoine bâti
+&lt;/p&gt;
+&lt;p&gt;
+ Stratégie patrimoniale pour rationaliser et améliorer la qualité des bâtiments : diagnostic du parc, priorisation des sites, chiffrage économique en coût global, phasage pluriannuel des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ Plan et appui à la mise en œuvre des travaux (isolation, choix de matériaux performants, qualité de l&amp;#039;air intérieur) afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  répondre aux nouvelles exigences environnementales (décret éco-énergie tertiaire, RE 2020), accessibilité, conformité électrique, sécurité incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  garantir un confort optimal été comme hiver entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compréhension des usages (besoins et pratiques) et actions sur les comportements des occupants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2. Aménager les cours d&amp;#039;écoles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renaturation : création d&amp;#039;îlots de fraîcheur, aménagement d&amp;#039;espaces végétalisés (vergers, potagers, jardins)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et la continuité des trames vertes et bleues
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des eaux pluviales : favoriser l&amp;#039;infiltration et la réutilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces sécurisés et adaptés à divers usages : jeux, temps calme, école dehors
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Rendre les abords sûrs et accueillants
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement des mobilités actives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Itinéraires sécurisés et accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des espaces publics : ludiques, agréables, à hauteur d&amp;#039;enfants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ Le Cerema vous propose d&amp;#039;expérimenter une démarche intégrant ces 3 thématiques. Contactez-nous !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ANCT : Revitalisation et ludification des abords d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Sotteville-lès-Rouen (76) : Participation citoyenne et biodiversité pour l&amp;#039;aménagement de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-ecole-demain-batiments-cours-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4285-agir-pour-lecole-de-demain-batiments-cours-et/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>74156</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage sur vos projets d'espaces publics et de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ATD16 est
+ &lt;strong&gt;
+  assistante à maîtrise d&amp;#039;ouvrage en espaces publics et bâtiments publics
+ &lt;/strong&gt;
+ . Les chargés d&amp;#039;opération se déplacent sur le terrain avec vous et avec les partenaires que vous souhaitez associer, pour vous proposer une étude de
+ &lt;strong&gt;
+  faisabilité
+ &lt;/strong&gt;
+ du projet, une
+ &lt;strong&gt;
+  estimation
+ &lt;/strong&gt;
+ des coûts prévisionnels et les dispositifs de
+ &lt;strong&gt;
+  financements activables
+ &lt;/strong&gt;
+ (subventions, FCTVA).
+&lt;/p&gt;
+&lt;p&gt;
+ Après validation de la phase faisabilité, l&amp;#039;ATD16 vous aidera pour recruter votre futur maître d&amp;#039;œuvre en vous proposant la
+ &lt;strong&gt;
+  rédaction de vos documents de consultation
+ &lt;/strong&gt;
+ et en vous assistant pour l&amp;#039;analyse des offres.
+ L&amp;#039;agence peut aller au-delà en faisant un
+ &lt;strong&gt;
+  suivi d&amp;#039;opérations
+ &lt;/strong&gt;
+ de votre maîtrise d&amp;#039;œuvre recrutée.
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de voirie, vous pouvez bénéficier d&amp;#039;une estimation de vos travaux d&amp;#039;
+ &lt;strong&gt;
+  entretien de voirie communale
+ &lt;/strong&gt;
+ ainsi que des priorités à engager.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement de bourg
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de sécurité sur route départementale et mobilité douce
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cimetière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lotissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;une ancienne mairie en logement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une maison de santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un espace France Service
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;une salle des fêtes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien de la voirie communale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi d&amp;#039;opérations - veille au respect de l&amp;#039;acte d&amp;#039;engagement, supervision des marchés de travaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique de bâtiments
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale de Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet Assistance à Maîtrise d&amp;#039;Ouvrage.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  ATD16 -
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ronan Mévellec - Directeur
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dfd6-beneficier-dune-assistance-a-maitrise-douvrag/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>121339</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Fonds national d'aménagement et de développement du territoire</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de région — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Accès aux services
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Equipement public
+Bâtiments et construction
+Emploi
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les champs d&amp;#039;intervention privilégiés du FNADT sont :
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
+ &lt;br /&gt;
+ développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions présentant un caractère innovant ou expérimental dans le domaine de
+ &lt;br /&gt;
+ l&amp;#039;aménagement et du développement durable.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Anne-Laure FERRY : 03 44 06 12 63 /
+ &lt;a href="mailto:anne-laure.ferry&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  anne-laure.ferry&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...10 lines deleted...]
-  https://www.atd89.fr/
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Clermont :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Véronique FORESTIER : 03 44 06 13 89 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-&lt;p&gt;
+ Mme Nadine WASSEN : 03 44 06 13 96 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Compiègne :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Charline KOPMELS : 03 44 06 74 29 /
+ &lt;a href="mailto:charline.kopmels&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  charline.kopmels&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Senlis :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Corinne MERESSE : 03 44 06 85 65 /
+ &lt;a href="mailto:corinne.meresse&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  corinne.meresse&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Boite fonctionnelle :
+ &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>lucille.dechaize@oise.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>128964</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un avis technique sur un ouvrage ou une construction</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;une analyse technique d&amp;#039;un bâti existant
+dans la perspective de sa réutilisation ou de sa
+réhabilitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obtenir l&amp;#039;examen des désordres ou sinistres d&amp;#039;une
+construction ainsi que les pistes opérationnelles de
+réparation (préconisations, estimation prévisionnelle
+du coût,...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet de Gironde
+Ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconnaissance des lieux et inspections visuelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour les projets et travaux en
+découlant
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Fiche d&amp;#039;analyse et de faisabilité opérationnelle
+comprenant, le cas échéant :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des éléments de diagnostic ou une analyse technique
+de la problématique avec des propositions
+  &lt;/li&gt;
+  &lt;li&gt;
+   des éléments de compréhension et/ou de
+programmation du projet, le cas échéant
+  &lt;/li&gt;
+  &lt;li&gt;
+   une synthèse du déroulement de l&amp;#039;opération avec
+indication des procédures de marché public
+  &lt;/li&gt;
+  &lt;li&gt;
+   une estimation prévisionnelle sommaire des coûts
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents techniques relatifs au projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edea-obtenir-un-avis-technique-sur-un-ouvrage-ou-u/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
-[...69 lines deleted...]
- Le projet de loi relatif à la différenciation, la décentralisation, la déconcentration et portant diverses mesures de simplification de l&amp;#039;action publique locale (3DS) réaffirme la compétence de principe du préfet de région pour l&amp;#039;attribution des subventions. Afin de fluidifier le processus d&amp;#039;attribution, il autorise néanmoins le préfet de département à signer les actes associés à l&amp;#039;attribution des subventions, au nom et par délégation du préfet de région et dans les conditions que celui-ci fixe.
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Eau potable
+Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
+Musée
 Sports et loisirs
-Sols
+Tourisme
+Forêts
+Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
 Accès aux services
-Education et renforcement des compétences
-[...1 lines deleted...]
-Revitalisation
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
+Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
+Paysage
 Accessibilité
+Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
-[...1 lines deleted...]
-Limiter les déplacements subis
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
 Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
 Sécurité
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O6" s="1" t="inlineStr">
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
-[...11 lines deleted...]
- De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>56752</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de prestations en ingénierie pour la mise en œuvre de vos projets</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Subventions financées par le Fonds Outre-mer (FOM)</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de
+son offre de prêts,
+l&amp;#039;AFD assure le
+pilotage du Fonds
+Outre-mer 5.0 pour le
+compte du Ministère
+de l&amp;#039;Outre-mer.
+Ce fonds d&amp;#039;assistance
+à maîtrise d&amp;#039;ouvrage
+vise à appuyer
+le renforcement
+des capacités des
+territoires ultramarins,
+pour la réalisation des
+projets structurants
+s&amp;#039;inscrivant dans la
+Trajectoire Outre-mer
+5.0 du Ministère.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer le renforcement des capacités techniques
+et de gestion des maîtrises d&amp;#039;ouvrage
+publiques locales, pour soutenir leurs projets
+d&amp;#039;investissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le renforcement des capacités et l&amp;#039;accès
+aux financements des associations et des acteurs
+de la solidarité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apporter un soutien technique et financier aux
+projets de coopération régionale permettant de
+répondre aux grands enjeux de la Trajectoire 5.0 à
+l&amp;#039;échelle des bassins géographiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de dispositif : subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de financement : jusqu&amp;#039;à 100% du besoin
+&lt;/p&gt;
+&lt;p&gt;
+ Projets ciblés : besoins d&amp;#039;appui des maîtrises d&amp;#039;ouvrage
+locales en renforcement des capacités de gestion et
+en ingénierie technique et financière
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : après accord de la Préfecture
+ou du Haut-commissariat, puis de la DGOM.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Secteurs éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Infrastructures
+: construction ou réhabilitation d&amp;#039;infrastructures publiques
+de santé, médico-sociales, culturelles, sportives, sociales,
+et d&amp;#039;enseignement ; 
+infrastructures de transport collectif, d&amp;#039;eau potable et
+d&amp;#039;assainissement, de collecte / traitement / valorisation
+des déchets ; 
+mise en oeuvre des projets intégrés au Plan Eau DOM ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Energie :  
+élaboration des PCAET ; 
+appuis techniques pour la maîtrise des consommations
+énergétiques, la création ou l&amp;#039;acquisition d&amp;#039;unités de production
+d&amp;#039;énergie renouvelable, la construction aux normes HQE, les
+démarches Port Vert.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Environnement et risques naturels : 
+constructions adaptées aux risques naturels (cyclones,
+séismes, inondations, sargasses, etc.) ; 
+investissements liés au changement climatique (protection
+des littoraux, montée des eaux, plans de prévention, etc.) ; 
+appui aux investissements visant à protéger la biodiversité
+(études d&amp;#039;impact, mise en sécurité, parcs naturels, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en oeuvre des contrats de convergence et de transformation
+et des contrats Etat-COM.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
-[...82 lines deleted...]
- Ce dispositif concerne uniquement les constructions neuves (hors extension) des équipements suivants :
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   sportifs (équipements sportifs couverts ou non couverts, multisports ou spécialisés...),
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   culturels et socioculturels (musées, bibliothèques, écoles de musique, salles polyvalentes, salles des fête, salles de spectacle...),
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   scolaires et périscolaires (écoles, cantines scolaires d&amp;#039;un regroupement pédagogique intercommunal, centres de loisirs...).
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;&lt;/p&gt;
-[...9 lines deleted...]
- Le taux de base peut être augmenté d&amp;#039;un taux complémentaire :
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   pour les communes : taux compris entre 0 et 15, selon la population, l&amp;#039;effort fiscal et le potentiel financier, soit un taux global de 15% minimum à 30% maximum,
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   pour les groupements de communes : taux fixé à 5%, soit un taux global de 20%.
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;&lt;/p&gt;
-[...49 lines deleted...]
- 1. La délibération du Conseil municipal ou communautaire (ou du Comité syndical) qui :
+&lt;p&gt;
+ Agence régionale du Pacifique :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   adopte le projet et son financement,
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   sollicite le concours financier du Département
-[...2 lines deleted...]
-   demande au Département l&amp;#039;autorisation de commencer les travaux sans attendre l&amp;#039;attribution de l&amp;#039;aide sollicitée
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;&lt;/p&gt;
-[...9 lines deleted...]
- &lt;/strong&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b7d-le-fonds-outre-mer-50/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>119941</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans vos projets de construction et rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivité</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ASDER est un acteur majeur de la transition énergétique en Savoie depuis plus de 40 ans. Nous accompagnons les communes et territoires dans leur politique de transition énergétique, notre spécialité étant l&amp;#039;énergie.
+ &lt;br /&gt;
+ L&amp;#039;ASDER peut vous accompagner du début à la fin de votre projet ou intervenir ponctuellement pour vous apporter des conseils sur le volet énergétique.
+ &lt;br /&gt;
+ Nous visitons le bâtiment et vous faisons un pré-diagnostic et des préconisations d&amp;#039;amélioration.
+ &lt;br /&gt;
+ Si vous décidez de lancer le projet nous sommes à vos côtés pour vous conseiller sur les choix les plus à même d&amp;#039;assurer la qualité environnementale du projet.
+ &lt;br /&gt;
+ Nous pouvons, avec vous, analyser les propositions qui vous sont faites, vous proposer une grille d&amp;#039;analyse pour faire ressortir les éléments essentiels pour réaliser un projet efficace et respectueux de l&amp;#039;environnement.
+ &lt;br /&gt;
+ L&amp;#039;objectif de notre accompagnement est de vous amener vers un projet le plus vertueux possible, avantageux pour la maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous avons accompagné plusieurs communes pour la rénovation de leur école, dans une réflexion très en amont avec le CAUE de la Savoie (pré-diagnostic ; pré-programme). Nous accompagnons les maîtres d&amp;#039;ouvrage tout au long des projets, ce qui nous permet d&amp;#039;avoir une bonne expérience.
+ &lt;br /&gt;
+ Nous intervenons régulièrement pour les communes, sur tout type de bâtiments (mairie ; école ; salle polyvalente ; logements communaux ; ...) et à différents stades de leurs projets de patrimoine (programme, pré-diagnostic, consultations des entreprises, suivi des installations, ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes communes et EPCI de Savoie sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
-[...19 lines deleted...]
-  sdtva&amp;#64;aube.fr
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christian Fleury - Responsable du pôle collectivités et territoires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  christian.fleury&amp;#64;asder.asso.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
+ - 04 79 85 88 50
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e84c-etre-accompagner-dans-vos-projets-de-construc/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="G8" s="1" t="inlineStr">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>130993</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour son projet de Bois-Énergie</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre collectivité a un projet bois énergie, le SIEL-TE peut vous accompagner dans sa réalisation ou, par transfert de compétences, assurer la maîtrise d&amp;#039;ouvrage. Dans ce cas-là, une commune ou un groupement de communes n&amp;#039;a pas à porter l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4 SOLUTIONS POUR MONTER UN PROJET BOIS-ÉNERGIE AVEC LE SIEL-TE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OUVRAGE DÉLÉGUÉE - TRANSFERT DE COMPÉTENCE «PRODUCTION ET DISTRIBUTION DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par transfert de compétences de la collectivité, le SIEL-TE est chargé des études et de la réalisation des travaux du projet. Il perçoit, en lieu et place de la collectivité, les subventions éventuellement attribuées par les différents financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages ainsi réalisés restent la propriété du SIEL-TE pendant 20 ans, qui en assure l&amp;#039;entretien et les loue à la collectivité. Une contribution est appelée pendant 20 ans sous forme de loyer et comprend une participation de la collectivité permettant d&amp;#039;atteindre 100% du montant HT des études et travaux, les frais liés à l&amp;#039;entretien spécialisé et une provision pour le remplacement du matériel en cas de casse.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité continue de s&amp;#039;impliquer dans le projet puisque l&amp;#039;achat des différents combustibles et fuides (bois, appoint, électricité, eau, téléphone) reste à sa charge. La collectivité facture la chaleur à ses abonnés, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; contribution «loyer» selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VENTE DE CHALEUR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du transfert de compétence «Production et distribution de chaleur», le SIEL-TE peut, dans certains cas, proposer la vente de chaleur et ainsi gérer de A à Z le fonctionnement de la chaufferie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, l&amp;#039;achat des différents combustibles et fluides (bois, appoint, électricité, eau, téléphone), ainsi que les charges de fonctionnement (maintenance, exploitation et renouvellement du matériel) sont à la charge du SIEL-TE qui vend la chaleur à la collectivité pendant une durée de 20 ans, en lieu et place de la contribution annuelle sous forme de loyer.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; prix chaleur selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OEUVRE DÉLÉGUÉE - OPTION «ÉNERGIES RENOUVELABLES ET RÉSEAU DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2017, l&amp;#039;option «projets énergies renouvelables et réseaux de chaleur» de la convention SAGE permet à la commune de demander au SIEL-TE, en appui des services, de réaliser la maîtrise d&amp;#039;oeuvre du projet de construction d&amp;#039;une chaufferie bois et d&amp;#039;un réseau de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention du SIEL-TE permettent à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-TE pour la réalisation d&amp;#039;un cahier des charges de consultation d&amp;#039;entreprises, l&amp;#039;assistance à la rédaction des dossiers de subvention, l&amp;#039;aide à l&amp;#039;analyse des offres, le suivi du chantier et l&amp;#039;aide à la réalisation des opérations de réception.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : adhésion à la compétence optionnelle
+&lt;/p&gt;
+&lt;p&gt;
+ «SAGE» &amp;#43; 8,5% du montant d&amp;#039;investissement du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la réalisation de projets de puissance bois supérieure à 1 MW, le SIEL-TE retient la Délégation de Service Public (DSP) de type concession comme montage juridique. Dans ce cas, le SIEL-TE conduit la procédure et le contrôle de la concession qui est confié à une entreprise privée. L&amp;#039;entreprise réalise le projet de la conception à la réalisation des travaux puis gère l&amp;#039;exploitation de l&amp;#039;installation pour une durée de 24 ans. L&amp;#039;entreprise sélectionnée porte l&amp;#039;investissement. La collectivité est cliente du réseau et achète la chaleur directement au concessionnnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de mise en place d&amp;#039;un contrat de DSP par le SIEL-TE : chaudière bois de puissance supérieure à 1MW
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ SAINT-MAURICE-EN-GOURGOIS
+&lt;/p&gt;
+&lt;p&gt;
+ En 2013, la commune de Saint-Maurice-en-Gourgois a choisi d&amp;#039;installer une chaufferie au bois déchiqueté sur son territoire pour chauffer l&amp;#039;école et son extension, l&amp;#039;ancienne école, la crèche communale et la mairie. Un réseau de chaleur souterrain de 170 mètres conduit de l&amp;#039;eau à 80°C vers chaque bâtiment. En 2018, ce réseau de chaleur a été étendu afin de chauffer également le bâtiment «cantine périscolaire».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferie automatique au bois déchiqueté et son réseau de chaleur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Puissance de la chaudière : 90 kW
+  &lt;/li&gt;
+  &lt;li&gt;
+   Consommation annuelle de bois : 99 tonnes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equivalence énergétique : 27 575 litres de fioul
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois utilisé : plaquette forestière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volume du silo de stockage : 36 m2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surface totale chauffée : 2 031 m2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Responsable du Pôle ENR
+&lt;/p&gt;
+&lt;p&gt;
+ Clément CHAREYRE - chareyre&amp;#64;siel42.fr 04.77.42.10.72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6ec-le-bois-energie-pour-les-collectivites/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>391</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K8" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
-[...172 lines deleted...]
-      <c r="N9" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -2076,231 +5936,2471 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
-[...20 lines deleted...]
-  &lt;/span&gt;
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
   &lt;br /&gt;
- &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>138028</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement des communes - CAP43 Communes</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CAP43 Communes (soutien l'investissement des communes)</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>Aide calculée selon la taille de la population municipale, sur la base de 5 tranches</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Fiche projet, délibération, devis
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Appel à Projets Biannuels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagements de bourgs, bâtiments communaux, voiries, routes, équipements scolaires, équipements d&amp;#039;accueil de la petite enfance, équipements enfance jeunesse, équipements culturels, équipements de loisirs, équipements sportifs, service aux habitants, acquisition de matériels, adressage...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Voirie et réseaux
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Éducation et Coopération
+&lt;/p&gt;
+&lt;p&gt;
+ Adrien Garcia
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:adrien.garcia&amp;#64;hauteloire.fr" target="_self"&gt;
+  adrien.garcia&amp;#64;hauteloire.fr
+ &lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+ Téléphone : 04.71.07.43.86
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d15c-soutenir-linvestissement-des-communes/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>116474</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les petites communes rurales du Calvados</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux petites communes rurales (APCR et APCR+)</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="J35" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction de la nature  du projet</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;APCR (Aide aux petites communes rurales) est depuis cinquante ans le principal mode d&amp;#039;accompagnement des communes rurales du Calvados pour le financement de leurs projets d&amp;#039;investissement. Le Département du Calvados a souhaité réformer ce dispositif en 2022, en créant l&amp;#039;APCR&amp;#43;, afin de répondre au mieux aux besoins des communes rurales et notamment aux pôles de proximité qui portent des charges de centralité.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  les opérations favorisant le développement des mobilités douces ou partagées,
-[...11 lines deleted...]
-  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+  Aides aux petites communes rurales « classique » (APCR) : communes rurales du Calvados
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « &amp;#43; » (APCR &amp;#43;) : communes pôles de proximité du Calvados
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Trois natures de travaux éligibles à l&amp;#039;APCR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dossier général : bâtiments communaux, cadre de vie et aménagement urbain ; taux d&amp;#039;intervention de 50%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier rénovation énergétique : travaux permettant une amélioration de 40% minimum de la performance énergétique ou l&amp;#039;atteinte de la classe C – audit énergétique obligatoire ; taux d&amp;#039;intervention de 70%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier vélo : itinéraires cyclables, schémas cyclables et équipements cyclables; taux d&amp;#039;intervention de 50% à 60%*
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...52 lines deleted...]
-  subventions.dmit&amp;#64;gers.fr
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-dispositif-classique.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- &lt;br /&gt;
-[...2 lines deleted...]
- Téléphone : 05 62 67 31 50
+ ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de projets éligibles à l&amp;#039;APCR&amp;#43; :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de construction, rénovation de bâtiments publics et d&amp;#039;aménagement * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention variables en fonction des caractéristiques des projets (
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Calvados-2030-Guide-des-aides-du-Departement-du-Calvados.pdf" rel="noopener" target="_blank"&gt;
+   cf. guide des aides départementales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-plus.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR&amp;#43;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ »
+&lt;/p&gt;
+&lt;p&gt;
+ NB : tous les projets supérieurs à 100.000€ HT sont soumis à l&amp;#039;éco-conditionnalité des aides (éligibilité du projet à l&amp;#039;APCR, APCR&amp;#43; ou contrat de territoire sous réserve d&amp;#039;intégration du développement durable au sein du projet –
+ &lt;a href="https://www.calvados.fr/eco-conditionnalite-aides" rel="noopener" target="_blank"&gt;
+  consulter l&amp;#039;éco-conditionnalité réformée en 2022
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ).
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR classique
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs départementaux (amendes de police - en fonction du territoire-; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire) hormis les dispositifs APCR &amp;#43; et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de cumul possible entre deux dossiers APCR (ex : un dossier général de rénovation et un dossier rénovation énergétique sur un même projet) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR&amp;#43;
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs thématiques départementaux (amendes de police – en fonction du territoire- ; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire...) hormis les dispositifs APCR et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépense minimum : 3.000€ HT ; pour un projet d&amp;#039;adressage la dépense minimum est de 1.000€ HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de possibilité de découper un projet par tranches annuelles ni de solliciter des subventions complémentaires mais possibilité de solliciter un contrat sur plusieurs années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas où une collectivité ne mobiliserait pas l&amp;#039;ensemble de l&amp;#039;enveloppe annuelle, celle-ci ne pourra en aucun cas être reportée sur l&amp;#039;année suivante ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91.) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les demandes doivent parvenir complètes au Département, via le téléservice APCR : teleservices.calvados.fr,
+  &lt;strong&gt;
+   avant le 30 septembre de chaque année
+  &lt;/strong&gt;
+  , pour être instruites au titre de cette même année. Toute demande parvenue ou complétée après le 30 septembre, ne sera pas instruite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aucune prorogation de ces délais ne pourra être accordée.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-aux-petites-communes-rural.html</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr/login/?nonce=_9984C605F1E558E4C7B4347FF909F6DA&amp;next=/idp/saml2/continue%3Fnonce%3D_9984C605F1E558E4C7B4347FF909F6DA</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_blank"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f28-accompagner-les-petites-communes-rurales/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>103461</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités - contrat rural</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...10 lines deleted...]
- L&amp;#039;objectif du FAST est triple :
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Voirie et réseaux
+Famille et enfance
+Agriculture et agroalimentaire
+Bâtiments et construction
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Jusqu&amp;#039;à 500.000 € pour les communes et 539.000 € pour les syndicats de communes (40 % de subvention régionale et 30 % de subvention départementale par contrat).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/SkX3Kmg4o</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d6b-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>162634</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter et construire des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiment</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. Les enjeux de réduction des consommations énergétiques, la réalisation de projets neufs à faibles impact environnemental, la mise en accessibilité et la préservation du patrimoine sont autant de domaines dans lesquels l&amp;#039;ATD 88 peut vous assister dans la conduite de vos opérations.&lt;/p&gt;
+&lt;p&gt;Dans le domaine du bâtiment nos techniciens vous accompagnent en réalisant des études de faisabilité ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Construction d&amp;#039;écoles, de bâtiments techniques, de mairie, gymnase...&lt;/p&gt;&lt;p&gt;Réhabilitation de bâtiment avec ou sans changement de destination&lt;/p&gt;&lt;p&gt;Amélioration thermique des bâtiments&lt;/p&gt;&lt;p&gt;Mise aux normes d&amp;#039;un parc bâtimentaire (accessibilité, défense incendie...)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/batiment/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-les-vitesses-et-le-trafic-routier/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>139936</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement de projets et d’une aide à la programmation sur le volet bâtiments et espaces publics</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>AMO Mission Bâtiments</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires (CIT) propose des prestations d&amp;#039;accompagnement de projets et d&amp;#039;aide à la programmation en phase d&amp;#039;étude ou en phase opérationnelle. CIT propose des missions d&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO), notamment dans le cas d&amp;#039;opérations nécessitant l&amp;#039;intervention d&amp;#039;équipes pluridisciplinaires
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réhabilitation et rénovation énergétique de bâtiments publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Restauration de patrimoine public
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement d&amp;#039;espaces publics : projets centres-bourgs
+  &lt;/li&gt;
+  &lt;li&gt;
+   Construction de bâtiments publics (AMO)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion de projets à vocation touristique
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre adhérent à CIT
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conventionnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a6d-beneficier-dun-accompagnement-de-projets-et-d/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>157097</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage sur vos projets de rénovation ou construction de bâtiments</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une agence technique départementale, dont l&amp;#039;objectif est d&amp;#039;apporter à l&amp;#039;ensemble des collectivités et EPCI de Moselle, une assistance technique de l&amp;#039;ordre de l&amp;#039;ingénierie publique, mais aussi de l&amp;#039;ordre administrative et juridique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations du pôle Bâtiment à MATEC, relèvent du conseil et de l&amp;#039;aide à la décision, mais aussi de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO) pour le montage des marchés.
+ &lt;br /&gt;
+ -    Réalisation d&amp;#039;études de faisabilité permettant un cadrage technique et financier des projets :
+ &lt;br /&gt;
+ o    Approche architecturale du projet,
+ &lt;br /&gt;
+ o    Détermination des mises en conformité et de l&amp;#039;accessibilité des bâtiments.
+ &lt;br /&gt;
+ o    Conseil concernant la rénovation énergétique des bâtiments, en lien avec le pôle Eau Energie et Environnement de MATEC,
+ &lt;br /&gt;
+ o    Conseil sur la requalification du patrimoine communal.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ -    Assistance Maitrise d&amp;#039;Ouvrage :
+ &lt;br /&gt;
+ o    Rédaction des programmes d&amp;#039;opération, permettant de définir les besoins, les montants de travaux, les contraintes techniques qui s&amp;#039;imposeront au maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Conseil et aide à la consultation en vue du recrutement d&amp;#039;un maitre d&amp;#039;œuvre (rédaction de pièces administratives, assistance à l&amp;#039;organisation de la procédure et gestion de la consultation via une plateforme de dématérialisation).
+ &lt;br /&gt;
+ o    Analyse des candidatures et organisation des procédure de concours ou CAO en procédure adaptée.
+ &lt;br /&gt;
+ o    Analyse et accompagnement lors des études du maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Assistance et aide à la consultation pour les marchés de travaux (rédaction des pièces administratives, gestion de la consultation, avis sur analyse du maitre d&amp;#039;œuvre, aide à la notification).
+ &lt;br /&gt;
+ MATEC reste présente aux côtés des collectivités pour permettre une sécurisation de l&amp;#039;ensemble des procédures de marchés, pour analyser les différentes études lors de réunions de travail, mais aussi pour les conseiller tout au long de leur projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Rénovation ou construction de bâtiment communaux : Mairie, ateliers municipaux, écoles, périscolaire, salle communale, complexe sportif...
+ &lt;br /&gt;
+ •    Rénovation thermique des bâtiments
+ &lt;br /&gt;
+ •    Extension de bâtiment communaux ;
+ &lt;br /&gt;
+ •    Mise en conformité et accessibilité des ERP ;
+ &lt;br /&gt;
+ •    Restructuration/revalorisation du patrimoine communal : presbytère, ancienne école, ancienne mairie...
+ &lt;br /&gt;
+ •    Construction de bâtiments d&amp;#039;intérêt public : MSP, MAM, salle intergénérationnelle...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa06-beneficier-dune-assistance-a-maitrise-douvrag/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  soutenir les projets des collectivités,
-[...5 lines deleted...]
-  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Architecture
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>117148</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière de bâtiments publics : école, installations sportives, ...(programme, construction, entretien, réhabilitation...)</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;équipement en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Approche pluridisciplinaire des architectes-urbanistes conseils du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du département).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil du CAUE77 vise à intégrer dans le projet une approche :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    Qualitative, en termes architectural et paysager,
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Environnementale et soutenable (en proposant notamment un pré diagnostic énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le conseil peut comprendre notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    La définition des enjeux (rôle de l&amp;#039;espace public vis à vis de la localisation dans la commune) et des objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des schémas d&amp;#039;intentions permettant d&amp;#039;illustrer graphiquement le(s) réflexions et projets envisagés et retenus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des « métiers » à mobiliser et la définition de la procédure à mettre en œuvre (y compris déclinaison clause sociale des marchés publics) (méthodologie du projet),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au choix des prestataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à l&amp;#039;animation des réunions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apport de références,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ID 77 peut par ailleurs, dans le cadre de ce projet, vous assister :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dans la procédure administrative récupération bien vacant sans maître,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans l&amp;#039;évaluation de la procédure d&amp;#039;archéologie préventive,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans la mise en place de chantiers d&amp;#039;insertion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation en réunion de travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Production de supports (ppt, notes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations écrites envoyées en début de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un planning prévisionnel et actualisation
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gratuité ; Financement spécifique pour les chantiers insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention pour pré-diagnostic énergétique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11f6-conseiller-les-collectivites-programme-constr/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>111710</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir le patrimoine communal</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'initiative locale et environnementale</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 9 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes de moins de 3 000 habitants pour les services marchands
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entretien du patrimoine communal et maintien de services publics à la population dont les derniers services marchands
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 20% d&amp;#039;une dépense plafonnée à 70.000 € HT
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets dont le coût est inférieur à 3 000 € sont inéligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les opérations dont le coût dépasse le plafond de la dépense subventionnable, la présentation par tranches fonctionnelles de travaux est possible (présentation d&amp;#039;une tranche par exercice budgétaire). Le nombre de tranches est limité à deux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les communes volontaires qui s&amp;#039;engageraient, dans le cadre d&amp;#039;une convention, à ne pas solliciter de nouvelle subvention au titre du Soutien à l&amp;#039;Initative Locale et Environnementale pendant une durée de 4 ans, la dépense subventionnable peut être portée à un maximum de 600 000 € HT. En ce sens, la participation départementale peut atteindre un maximum de 120 000 € y compris la majoration éventuelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Majorations éventuelles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Majoration de 10 points pour les travaux extérieurs (toitures et façades) entrant dans le périmètre d&amp;#039;un site protégé, si ce dernier a engendré un surcoût architectural, justifié par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Majoration de 15 points pour les projets les plus vertueux en termes de développement durable, sur demande expresse du bénéficiaire et avis favorable de l&amp;#039;instance départementale compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois projets maximum par commune subventionnés au cours d&amp;#039;un même exercice budgétaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;obtention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent respecter la réglementation thermique en vigueur et les opérations de réhabilitation énergétique doivent être précédées d&amp;#039;un diagnostic thermique du bâtiment.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accessibilité aux personnes handicapées (handicap physique, sensoriel, cognitif, mental ou psychique) est obligatoire dans le cadre de travaux soumis à permis de construire.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet de construction neuve est soumis à un examen au sein de l&amp;#039;instance départementale compétente.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit s&amp;#039;engager dans la démarche de la charte « Charente 2030 », à un minimum de 3 critères (2 critères pour un projet inférieur à 15 000 € HT). Pour bénéficier de la majoration de l&amp;#039;aide départementale, le bénéficiaire doit s&amp;#039;engager à 1 critère supplémentaire identifié en rouge.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de gros œuvre, tous types de grosses réparations (dont remplacement des chaudières par des systèmes de chauffage à énergies renouvelables, sous réserve qu&amp;#039;ils soient bien utilisés comme chauffage à titre principal) et mises aux normes immobilières du patrimoine communal (dont démolition, désamiantage, accessibilité aux personnes à mobilité réduite et équipement d&amp;#039;assainissement non collectif), y compris les frais d&amp;#039;étude et de maîtrise d&amp;#039;œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ •	bâtiments faisant partie du patrimoine communal (ou intercommunal dans le cadre des bâtiments scolaires), pour lesquels aucun loyer n&amp;#039;est perçu hormis pour les derniers commerces, les logements et les équipements de tourisme :
+&lt;/p&gt;
+&lt;p&gt;
+ -	mairies, ateliers, garages municipaux, presbytères, halles et marchés, cuisines centrales, sanitaires publics...
+&lt;/p&gt;
+&lt;p&gt;
+ -	équipements culturels : centres culturels, théâtres et salles spécialisées, auditoriums, salles d&amp;#039;animations ou d&amp;#039;expositions...
+&lt;/p&gt;
+&lt;p&gt;
+ -	équipements à vocation polyvalente : salles des fêtes, salles polyvalentes, centres de loisirs, locaux socio-éducatifs, points destinés à l&amp;#039;accueil de services en lien avec les Schéma départemental d&amp;#039;amélioration de l&amp;#039;accessibilité des services au public
+&lt;/p&gt;
+&lt;p&gt;
+ -	bâtiments scolaires du premier degré : salles de classe, végétalisation des cours d&amp;#039;écoles, murs d&amp;#039;enceinte, locaux annexes (restaurants, préaux, bibliothèques, salles de jeux...)
+&lt;/p&gt;
+&lt;p&gt;
+ -	édifices cultuels non protégés dont acquisition, installation, électrification et restauration des cloches
+&lt;/p&gt;
+&lt;p&gt;
+ -	patrimoine vernaculaire : fours à pain, lavoirs, croix de mission, fontaine, puits...
+&lt;/p&gt;
+&lt;p&gt;
+ -	meublés de tourisme, camping, halte camping-cars
+&lt;/p&gt;
+&lt;p&gt;
+ •	cimetières : clôtures (murs ou grillages avec écran végétal), ossuaires, caveaux communaux, columbariums, allées végétalisées, jardins du souvenir, déplacement des monuments aux morts...
+&lt;/p&gt;
+&lt;p&gt;
+ •	services marchands, lorsque l&amp;#039;initiative privée est défaillante ou absente :
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition, l&amp;#039;extension, la rénovation et/ou la construction de bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition de matériels directement liés à l&amp;#039;activité (production, mobilier...)
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition d&amp;#039;un distributeur de produits alimentaires en circuits courts sous réserve qu&amp;#039;aucune entreprise de même activité ne soit implantée dans un rayon de 5 km
+&lt;/p&gt;
+&lt;p&gt;
+ •	équipements sportifs :
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de terrains de grands jeux (rugby, football) et de gymnases non utilisés par les collèges ou dont le taux d&amp;#039;occupation par les collèges est inférieur à 50 %
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de plateaux sportifs omnisports
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de salles spécialisées (dojo, salles d&amp;#039;escrime...), de structure artificielle d&amp;#039;escalade, de locaux techniques de rangement du matériel pour les activités de plein air
+&lt;/p&gt;
+&lt;p&gt;
+ -	aménagement des piscines
+&lt;/p&gt;
+&lt;p&gt;
+ -	petits équipements connexes à la pratique sportive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ les constructions neuves envisagées hors des zones agglomérées des bourgs, les travaux réalisés en régie ou aux abords (parkings en particulier), les dépenses d&amp;#039;équipement et d&amp;#039;entretien courant (notamment les climatiseurs qui ne sont pas utilisés comme des systèmes de chauffage à titre principal), les installations photovoltaïques et les bâches à incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;instruction de la demande :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la charte « Charente 2030 » signée par le représentant de la collectivité ainsi que la délibération de la collectivité l&amp;#039;autorisant à signer
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  un extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative (plan de situation, diagnostic technique, descriptif de l&amp;#039;opération, plans des travaux, photos...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  des devis descriptifs et estimatifs de l&amp;#039;opération établis par « un homme de l&amp;#039;art » (architecte, paysagiste, bureau d&amp;#039;études) ou offre retenue à l&amp;#039;issue du marché public lancé (les estimations réalisées par l&amp;#039;ATD16 ne suffisent pas)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets sollicitant la majoration « Périmètre protégé », une copie des préconisations émises par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets sollicitant la majoration « Bâti vacant », une déclaration sur l&amp;#039;honneur
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets touristiques : adhésion à une charte de qualité ou un label national et au label Tourisme et Handicap
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour le paiement de la subvention :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le formulaire de demande de paiement visé par le trésorier
+ &lt;/li&gt;
+ &lt;li&gt;
+  une copie de l&amp;#039;attestation de conformité à la réglementation thermique en vigueur soit sur l&amp;#039;ensemble du bâtiment, soit élément par élément
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux soumis à permis de construire, une copie de l&amp;#039;attestation d&amp;#039;accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux portant uniquement sur une mise en accessibilité, un engagement du maître d&amp;#039;œuvre ou toute autre justification (attestation contrôleur technique ou association référente...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le décompte général et définitif de l&amp;#039;opération joint aux factures acquittées
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement final avec copies des décisions attributives des autres partenaires financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  les supports de communication où l&amp;#039;aide départementale a été citée
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : l&amp;#039;intérêt départemental des projets susceptibles de faire l&amp;#039;objet d&amp;#039;un contrat est proposé par la Commission Solidarités territoriales puis examiné par la Commission permanente du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/soutien_initiative_locale_environnementale.pdf</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 74 18 ou 05 16 09 74 12 (hébergements touristiques) ou 05 16 09 74 24 (services marchands) ou 05 16 09 74 13 (patrimoine vernaculaire)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f682-entretenir-le-patrimoine-communal/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>98630</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Cher Ingénierie des Territoires (CIT)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les accompagnements proposés pour les collectivités souhaitant définir et mettre en oeuvre leur projet d&amp;#039;aménagement, de voirie, d&amp;#039;ouvrage d&amp;#039;art, de bâtiment, d&amp;#039;eau-assainissement, de restauration sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;étude d&amp;#039;opportunité et de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  le diagnostic de voirie et d&amp;#039;ouvrage d&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la maitrise d&amp;#039;ouvrage pour la réalisation de projet de voirie, aménagement espaces publics  , de bâtiment (bibliothèque, mairie, salle polyvalente, école, cantine, maison de santé,..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la recherche de financement et accompagnement dans le montage de dossier (y compris Fonds européens).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Alimentation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Cher</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Caroline Edilber, Directrice CIT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 02 48 27 80 27
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:cit&amp;#64;departement18.fr" rel="noopener" target="_blank"&gt;
+   cit&amp;#64;departement18.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>caroline.edilber@departement18.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0ee-accompagner-les-collectivites-dans-la-definit/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -2317,7029 +8417,190 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Information voyageur, billettique multimodale
-[...517 lines deleted...]
-Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O12" s="1" t="inlineStr">
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
-[...476 lines deleted...]
-      <c r="S14" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
-[...30 lines deleted...]
- DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
-[...5911 lines deleted...]
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -9351,1633 +8612,705 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T39" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H40" s="1" t="inlineStr">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
-[...5 lines deleted...]
- Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
-[...5 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
-Forêts
-Montagne
 Espaces verts
 Espace public
 Friche
-Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...1 lines deleted...]
-Jeunesse
 Famille et enfance
-Handicap
+Egalité des chances
 Accès aux services
-Santé
+Cohésion sociale et inclusion
+Citoyenneté
+Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...1 lines deleted...]
-Agriculture et agroalimentaire
 Economie sociale et solidaire
-Risques naturels
-[...1 lines deleted...]
-Biodiversité
+Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
+Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
-Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Milieux humides
-[...5 lines deleted...]
-      <c r="O40" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
-[...42 lines deleted...]
- &lt;/a&gt;
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G41" s="1" t="inlineStr">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K41" s="1" t="inlineStr">
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
-[...764 lines deleted...]
-      <c r="N45" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Eau potable
-Eau pluviale
 Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Musée
 Sports et loisirs
-Tourisme
-[...1 lines deleted...]
-Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...3 lines deleted...]
-Egalité des chances
 Accès aux services
-Cohésion sociale et inclusion
-[...1 lines deleted...]
-Santé
 Education et renforcement des compétences
-Alimentation
-Commerces et services
 Technologies numériques et numérisation
-Tiers-lieux
-[...3 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
-Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
-Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Industrie
-Mers et océans
 Réduction de l'empreinte carbone
-Mobilité fluviale
-[...1 lines deleted...]
-Inclusion numérique
 Sécurité
-Cimetières et funéraire
-Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
-[...2 lines deleted...]
- Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
-[...31 lines deleted...]
- 01.87.15.83.02
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G46" s="1" t="inlineStr">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
-[...314 lines deleted...]
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -11023,1365 +9356,778 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P48" s="1" t="inlineStr">
+      <c r="P50" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q48" s="1" t="inlineStr">
+      <c r="Q50" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...33 lines deleted...]
-      <c r="K49" s="1" t="inlineStr">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
-[...37 lines deleted...]
-          <t>Tourisme
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
 Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>126137</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J52" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
+Logement et habitat
 Architecture
+Paysage
 Accessibilité
-Appui méthodologique</t>
-[...2 lines deleted...]
-      <c r="O49" s="1" t="inlineStr">
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="S49" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...19 lines deleted...]
- 04 71 45 27 27
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-[...150 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat
-[...8 lines deleted...]
-      <c r="K51" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
-[...8 lines deleted...]
- Le respect des engagements de la France pris dans la lutte contre le changement climatique, récemment réaffirmés dans la loi Energie-Climat, suppose que la France atteigne la neutralité carbone en 2050. Dans cette optique, la RE 2020 remplace la RT 2012 à compter du 1er juillet 2021 pour un certain nombre de bâtiments. Les évolutions sont majeures et ont pour objectif :
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  La baisse des consommations énergétiques des bâtiments neufs avec des évolutions importantes dans le calcul thermique réglementaire
-[...86 lines deleted...]
-  Modalités d&amp;#039;évaluation
+  Durée :
+  3 à 50 ans
   &lt;br /&gt;
- &lt;/strong&gt;
-[...31 lines deleted...]
- Déjeuner inclus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
-[...7 lines deleted...]
- Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
-[...434 lines deleted...]
-      </c>
       <c r="Y53" s="1" t="inlineStr">
         <is>
-          <t>contact@inge43.fr</t>
+          <t>info@collecticity.fr</t>
         </is>
       </c>
       <c r="Z53" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/0423-beneficier-dun-accompagnement-pour-definir-et/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
       <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:27" customHeight="0">
       <c r="A54" s="1">
-        <v>144519</v>
+        <v>120596</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les projets d'investissement des collectivités landaises</t>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Landes</t>
+          <t>Conseil départemental du Gers</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le Fonds d&amp;#039;Equipement des Communes (FEC) est destiné à aider les Communes ou les Etablissements Publics de Coopération Intercommunale sous forme d&amp;#039;attribution en capital pour des dépenses d&amp;#039;investissement.
-[...4 lines deleted...]
- &lt;/em&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N54" s="1" t="inlineStr">
-        <is>
-[...221 lines deleted...]
-      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12398,1210 +10144,5054 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-[...13 lines deleted...]
-Solutions d'adaptation fondées sur la nature (SafN)</t>
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>101706</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités sous forme d'ingénierie publique</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Yonne (ATD 89)</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Agence technique départementale propose ses compétences aux collectivités adhérentes pour du conseil technique et des missions d&amp;#039;ASSISTANCE A MAÎTRISE d&amp;#039;OUVRAGE (AMO) en phase pré-opérationnelle et opérationnelle, pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider à la recherche de financements ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la définition du besoin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étudier la faisabilité technique, réglementaire et financière ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en relation les élus avec les financeurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats pour la réalisation des études préalables ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établir le programme de l&amp;#039;opération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats de maîtrise d&amp;#039;œuvre et suivre les études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apporter l&amp;#039;aide nécessaire au maître d&amp;#039;ouvrage pendant la phase de réalisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sur les domaines de compétence suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  VOIRIE : classement de la voirie communale ; programme pluriannuel et travaux d&amp;#039;entretien et de réparation de chaussée ; aménagement de sécurité ; entrées et traversées de bourg.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ESPACES PUBLICS : aménagement de l&amp;#039;espace ; places de village ; trottoirs ; parking ; carrefours ;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  BÂTIMENTS PUBLICS : inventaire et analyse du patrimoine immobilier ; études préalables avant travaux (levé topographique,
+  &lt;br /&gt;
+  levé géométrique, diagnostic structure, plomb, amiante, thermique,
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .) ;  opérations de construction neuve, de rénovation, ou de réhabilitation ; opérations d&amp;#039;isolation et d&amp;#039;accessibilité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSAINISSEMENT (EAUX USÉES &amp;amp; EAUX PLUVIALES) : schémas directeurs ; réseaux et station d&amp;#039;épuration (études et travaux) ; transfert de compétence assainissement ; marchés de prestation de service, délégation de service public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  EAU POTABLE : diagnostics réseaux et schémas directeurs ; réalisation ou réhabilitation d&amp;#039;ouvrages de production de traitement et de stockage d&amp;#039;eau potable ; renforcement, extension, réhabilitation de réseaux ; défense incendie ; délégation de service public.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;AMO :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements de sécurité routière en traversée d&amp;#039;agglomération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de cheminements doux ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation des abords des écoles ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un City-parc ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de la place de la Mairie, de l&amp;#039;Église ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un centre culturel ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de la salle des fêtes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des ateliers municipaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une nouvelle station d&amp;#039;épuration ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de diagnostic d&amp;#039;assainissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un contrat de prestations de service (assainissement, eau potable) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de réhabilitation du réseau d&amp;#039;eaux usées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude des solutions de gestion des eaux pluviales ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma de défense incendie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préfiguration de l&amp;#039;organisation des services AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement du réseau d&amp;#039;eau potable ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de bassin d&amp;#039;alimentation de captage AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espace public
+Voirie et réseaux
+Bâtiments et construction</t>
         </is>
       </c>
       <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
+ Être une collectivité adhérente de l&amp;#039;Agence technique départementale (commune, communauté de communes, syndicat).
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-Usage / valorisation</t>
+Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T55" s="1" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U55" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Yonne</t>
         </is>
       </c>
       <c r="V55" s="1" t="inlineStr">
         <is>
-          <t>https://villyz.fr/</t>
-[...4 lines deleted...]
-          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+          <t>https://www.atd89.fr/</t>
         </is>
       </c>
       <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...8 lines deleted...]
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
+ Pour contacter l&amp;#039;ATD 89 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:atd&amp;#64;yonne.fr" rel="noopener" target="_blank"&gt;
+  atd&amp;#64;yonne.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 10 avenue du 4° Régiment d&amp;#039;infanterie - 89 000 Auxerre
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Standard :
+ 03 86 34 61 01
+&lt;/p&gt;
+&lt;p&gt;
+ Site Internet :
+ &lt;a href="https://www.atd89.fr/" target="_self"&gt;
+  https://www.atd89.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y55" s="1" t="inlineStr">
         <is>
-          <t>arthur.moraglia@villyz.fr</t>
+          <t>yvan.telpic@yonne.fr</t>
         </is>
       </c>
       <c r="Z55" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7cb3-apporter-une-assistance-a-maitrise-douvrage-a/</t>
         </is>
       </c>
       <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:27" customHeight="0">
       <c r="A56" s="1">
-        <v>145890</v>
+        <v>72810</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les opérations des collectivités</t>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>Agence départementale d'Ingénierie de l'Ain</t>
+          <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
-        <is>
-[...573 lines deleted...]
-      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat</t>
-[...7 lines deleted...]
-      <c r="K59" s="1" t="inlineStr">
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
-[...31 lines deleted...]
- MATEC reste présente aux côtés des collectivités pour permettre une sécurisation de l&amp;#039;ensemble des procédures de marchés, pour analyser les différentes études lors de réunions de travail, mais aussi pour les conseiller tout au long de leur projet.
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M59" s="1" t="inlineStr">
-[...12 lines deleted...]
- •    Construction de bâtiments d&amp;#039;intérêt public : MSP, MAM, salle intergénérationnelle...
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
-[...170 lines deleted...]
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
+International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
-Cimetières et funéraire
-[...1 lines deleted...]
-Protection animale
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>116475</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les centralités et les intercommunalités du Calvados via les contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>Taux variables en fonction de la nature des projets, des enjeux locaux, des priorités départementales et bonus mobilisables.</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec près de 700 000 habitants, le Calvados connaît une croissance démographique régulière. Le Département, garant de la solidarité territoriale, subventionne de nombreux équipements publics qui participent à la qualité de vie des habitants quel que soit leur âge : gymnases, médiathèques, crèches, mais aussi équipements touristiques, résidences autonomies pour les seniors ou encore pépinières d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un socle de discussion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les accords Calvados 2030 seront signés entre le Département, les Établissements publics de coopération intercommunale (EPCI) et les communes pôle sur chaque territoire. Ils comprendront une feuille de route de projets envisagés par les collectivités pour les années à venir, ainsi que les projets départementaux programmés par le Département (collèges, routes, ports...) et constitueront le socle de discussion entre le Département et les collectivités signataires des contrats de territoire 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les contrats de territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conclus entre le Département, les EPCI et les communes pôles principaux et secondaires du Calvados (et syndicats intercommunaux en fonction des projets éligibles), les contrats de territoire permettent aux collectivités signataires de bénéficier d&amp;#039;aides financières en investissement pour leurs projets d&amp;#039;aménagement et d&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Entre 2017 et 2021, 60 millions d&amp;#039;euros ont été consacrés aux contrats de territoire. Entre 2022 et 2026, ce sont 100 millions d&amp;#039;euros supplémentaires qui seront mobilisés par le Département pour soutenir les projets des collectivités à travers les contrats de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Renforcer les centralités du Calvados, préserver l&amp;#039;environnement et lutter contre le dérèglement climatique, favoriser la solidarité entre les hommes et entre les territoires sont les grandes ambitions de cette nouvelle politique territoriale. L&amp;#039;objectif est de faire du Calvados un département où il fait bon vivre, où chaque habitant a accès en un temps réduit à des services de qualité, afin de s&amp;#039;épanouir pleinement à tout âge de la vie (équipements sportifs, de lecture publique, d&amp;#039;accueil de spectacles, de petite enfance, bâtiments publics isolés énergétiquement, accessibles aux personnes à mobilité réduite, aménagements et équipements adaptés aux seniors, itinéraires cyclables de qualité, eau et espaces naturels préservés et accessibles au public...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Priorites_2030.jpeg" /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Santé
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Risques naturels
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé transmise à réception du dossier complet au stade résultat d&amp;#039;appel d&amp;#039;offre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucune prorogation de ces délais ne pourra être accordée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets non éligibles : projets inférieurs à 50.000€ HT ; projets non éligibles dans le cadre de l&amp;#039;APCR et de l&amp;#039;APCR&amp;#43; ; travaux de construction ou rénovation de salles communales ou intercommunales louées aux privés (sauf si usage mutualisé et travaux de rénovation énergétique permettant d&amp;#039;atteindre une amélioration de 40% ou la classe C) ; projets ne répondant pas aux critères d&amp;#039;éligibilité départementaux ; projets de plus de 100.000€ HT ne répondant pas aux critères d&amp;#039;éco-conditionnalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *Le seuil de 50.000€ de dépenses éligibles est réduit à 1.000€ pour l&amp;#039;adressage et à 5.000€ pour les projets de développement de services aux usagers et de mise en réseau en bibliothèque (dont les véhicules électriques à l&amp;#039;usage des bibliothèques, RFID...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/calvados-territoires-2030</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.teleservices.calvados.fr/pmc-communes/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+  territoires&amp;#64;calvados.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9695-accompagner-les-centralites-du-calvados/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>128958</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être accompagné pour les projets d&amp;#039;aménagement urbain,
+paysager ou de construction publique, tout au long de leur
+réalisation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide à la définition de la procédure nécessaire
+à mettre en oeuvre
+• identification des étapes et des différents
+prestataires à mobiliser
+ &lt;/li&gt;
+ &lt;li&gt;
+  interface entre les différents intervenants
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide au pilotage et à l&amp;#039;animation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise au point de l&amp;#039;accompagnement nécessaire
+et proposition d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de la mission d&amp;#039;AMO : suivi administratif
+et juridique, marchés publics, coordination des
+intervenants (dont le maître d&amp;#039;oeuvre) ...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faisabilité opérationnelle (élément de compréhension
+et de la programmation du projet, déroulement
+de l&amp;#039;opération, estimation prévisionnelle,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents nécessaires à la bonne conduite du projet :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; actes administratifs tels que conventions,
+délibérations...
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; marchés publics et toutes pièces relevant
+de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
+de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
+cahier des charges, cahier des clauses
+administratives particulières, acte d&amp;#039;engagement...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Bâtiments et construction
+Réhabilitation
+Architecture
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saisine officielle de l&amp;#039;exécutif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs et études
+diverses relatives au projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="S60" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>94676</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Ardennes
+Ardennes Ingenierie</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement se décline en trois niveaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  niveau 1 : un conseil de premier niveau aux bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 3 : un accompagnement spécifique pour des prestations identifiées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement et Equipement publics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Résorption de logements vacants dégradés
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement de la mairie dans l&amp;#039;ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Revue de projets communaux : informations et conseils multi domaines
+&lt;/p&gt;
+&lt;p&gt;
+ -	Mise aux normes PMR de la Mairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie et infrastructures
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Sécurisation de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réfection d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement des abords d&amp;#039;un lavoir
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement et sécurisation d&amp;#039;un arrêt bus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eau et assainissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi et amélioration d&amp;#039;un dispositif d&amp;#039;assainissement collectif
+&lt;/p&gt;
+&lt;p&gt;
+ -	Accompagnement d&amp;#039;un projet de sécurisation d&amp;#039;un forage d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil de gestion du service d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Economie d&amp;#039;énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi énergétique, amélioration bâtiment, éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique du parc de logements communaux
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil chantier/géothermie de la mairie et de la salle des fêtes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique d&amp;#039;un gymnase
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement pour les vélos le long de la Voie Verte Trans Ardennes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un chemin de randonnée sur une ancienne voie ferrée
+&lt;/p&gt;
+&lt;p&gt;
+ -	Transformation d&amp;#039;anciens logements en gites touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Analyse de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Information sur évolution du nombre d&amp;#039;ERP et des systèmes de production d&amp;#039;ECS, planification et réalisation des analyses, aide à l&amp;#039;élaboration des plans d&amp;#039;actions en cas de non-conformité et suivi jusqu&amp;#039;au retour à une situation satisfaisante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Juridique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quels recours en cas de malfaçon suite à des travaux de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ -	Comment lutter contre les points noirs paysagers ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archives départementales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un nouveau local archives suite à l&amp;#039;extension de la mairie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Lecture publique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;un espace lecture au sein du groupe scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ -	Assistance à la gestion et à l&amp;#039;exploitation d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;une médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archéologie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réalisation d&amp;#039;un diagnostic archéologique préalable à un aménagement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de financements
+&lt;/p&gt;
+&lt;p&gt;
+ -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numérique et dématérialisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Projet de pôle culturel comprenant un Musée et une bibliothèque
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Culture et identité collective
+Tourisme
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U60" s="1" t="inlineStr">
         <is>
-          <t>Essonne</t>
+          <t>Ardennes</t>
         </is>
       </c>
       <c r="W60" s="1" t="inlineStr">
         <is>
-          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+          <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
         </is>
       </c>
       <c r="X60" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
-[...2 lines deleted...]
-  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ mail : ardennesingenierie&amp;#64;cd08.fr
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y60" s="1" t="inlineStr">
         <is>
-          <t>thomas.perrono@essonne.gouv.fr</t>
+          <t>anne.durand@cd08.fr</t>
         </is>
       </c>
       <c r="Z60" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
         </is>
       </c>
       <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:27" customHeight="0">
       <c r="A61" s="1">
+        <v>145890</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les opérations des collectivités</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'Ingénierie de l'Ain</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Initiée par le Département de l&amp;#039;Ain en 2013, l&amp;#039;Agence départementale d&amp;#039;Ingénierie de l&amp;#039;Ain, nommée Agence 01, a inscrit son fonctionnement dans le cadre de sa politique de soutien aux communes et intercommunalités.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;agence a pour principales missions d&amp;#039;accompagner et de conseiller les collectivités dans leurs projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cela se traduit pour la mise à disposition, via conventionnement, de moyens humains ayant des compétences techniques et administratives sur chacune des thématiques portées par l&amp;#039;agence :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Voirie (sécurisation, modes doux, sentiers, etc.), aménagement de l&amp;#039;espace public (parcs, places, équipements sportifs, etc.).
+ &lt;br /&gt;
+ • Construction et rénovation de bâtiments publics (mairie, école, maison de santé, salle polyvalente, etc.).
+ &lt;br /&gt;
+ • Cycle de l&amp;#039;eau (assainissement, stations d&amp;#039;épuration, équipements de lutte contre les incendies, etc.).
+ &lt;br /&gt;
+ • Urbanisme (planification et opérationnel).
+ &lt;br /&gt;
+ • Accompagnement à la passation des marchés publics.
+ &lt;br /&gt;
+ • Accompagnement juridique (conseil, accompagnement dans la mise en place de délégations de service public, etc.).
+ &lt;br /&gt;
+ • Ingénierie financière (accompagnement et réalisation des demandes de subventions, conseils d&amp;#039;optimisation des plans de financement, rédaction des candidatures aux appels à projets, etc.).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Sécurisation de carrefour.
+ &lt;br /&gt;
+ -  Rénovation de voirie existante.
+ &lt;br /&gt;
+ - Aménagement de pistes cyclables.
+ &lt;br /&gt;
+ - Aménagement de city-stade.
+ &lt;br /&gt;
+ - Construction de déchèterie.
+ &lt;br /&gt;
+ - Diagnostic pour la rénovation des ouvrages d&amp;#039;art.
+ &lt;br /&gt;
+ - Rénovation de salle polyvalente.
+ &lt;br /&gt;
+ - Construction de centre de loisirs.
+ &lt;br /&gt;
+ - Rénovation de la mairie.
+ &lt;br /&gt;
+ - Construction de médiathèque.
+ &lt;br /&gt;
+ - Accompagnement de la réalisation de schéma directeur d&amp;#039;assainissement et d&amp;#039;eau potable.
+ &lt;br /&gt;
+ - Rénovation des réseaux de distribution d&amp;#039;eau potable.
+ &lt;br /&gt;
+ - Déconnexion des réseaux d&amp;#039;eaux pluviales et d&amp;#039;assainissement.
+ &lt;br /&gt;
+ - Construction et rénovation de station d&amp;#039;épuration.
+ &lt;br /&gt;
+ -  Aménagement d&amp;#039;équipements de lutte contre les incendies.
+ &lt;br /&gt;
+ - Diagnostic des ouvrages d&amp;#039;art
+ &lt;br /&gt;
+ - Mise en œuvre d&amp;#039;urbanisme opérationnel
+ &lt;br /&gt;
+ - Révision de PLU
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour pouvoir bénéficier de conseils il suffit d&amp;#039;être adhérent à l&amp;#039;agence.
+ &lt;br /&gt;
+ Pour bénéficier d&amp;#039;un accompagnement de l&amp;#039;agence dans la préfiguration et/ou la réalisation d&amp;#039;une opération , il est nécessaire de conventionner pour définir, de manière précise, les missions pour lesquelles la collectivité souhaite l&amp;#039;intervention de nos équipes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>http://agence01.fr/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Yvan Pauget, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ conseil&amp;#64;agence01.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 74 55 49 00
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>conseil@agence01.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b83f-accompagner-les-operations-damenagement-des-c/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des travaux en régie, seule la part afférente aux matériaux et aux fournitures sera prise en compte dans les dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de village..........................................................
+  &lt;strong&gt;
+   500 000 €
+  &lt;/strong&gt;
+  &lt;em&gt;
+   par tranche annuelle
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments communaux..........................................................
+  &lt;strong&gt;
+   1 000 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupes scolaires et/ou équipements petite enfance.. ..
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  maison de santé........................................................................
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Les taux de subventions sont calculés en fonction de la richesse des bénéficiaires.
+ &lt;br /&gt;
+ Le critère retenu est le Potentiel Financier de l&amp;#039;année N-1 dont le  calcul est fixé par l&amp;#039;article L. 2334-4 du code général des  collectivités territoriales.
+ &lt;br /&gt;
+ Le taux nominal est fixé par référence aux strates de richesse présentées ci dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ POTENTIEL FINANCIER de la commune
+TAUX
+0 € à 200 000 €
+70 %
+200 001 € à 450 000 €
+50 %
+450 001 € à 600 000 €
+40 %
+600 001 € à 1 000 000 €
+30 %
+1 000 001 € à 2 000 000 €
+25 %
+&amp;gt; 2 000 000 €
+20 %
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux nominal sera majoré de 10 % pour toute commune nouvelle résultant de la fusion de communes et ce, sur une période limitée à 3 ans après la date de fusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera minoré de 15 % du taux si l&amp;#039;Effort Fiscal de la commune est inférieur à 0,7.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux des Communautés de Communes et d&amp;#039;Agglomérations est fixé à       20 % sans minoration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositions particulières pour les bénéficiaire d&amp;#039;une subvention d&amp;#039;un montant égal ou supérieur à 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire s&amp;#039;engage à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ – dans l&amp;#039;hypothèse où le bien, objet de la subvention allouée venait, dans un délai de 10 ans à compter du versement du solde de ladite subvention, à ne plus être utilisé par le seul Bénéficiaire notamment en cas de cession, ou de mise à disposition de tiers qui remettrait en cause le caractère d&amp;#039;intérêt général ayant motivé le financement obtenu, celui-ci devra rembourser les sommes concernées selon les conditions dégressives suivantes qui ont été formalisées dans le règlement des aides adopté par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Bénéficiaire devra s&amp;#039;acquitter du montant correspondant à 1/10ème de la somme allouée par année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ – signer la convention qui sera jointe à la notification de la subvention, relative aux obligations du bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ – appliquer le logo du Département sur les panneaux de chantier, les documents de communication et le projet réalisé, en se référant à la charte graphique instaurée par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ – joindre à la demande de solde une photo du projet financé, faisant apparaître l&amp;#039;apposition d&amp;#039;une plaque comportant le texte suivant « le Département premier partenaire des communes »
+&lt;/p&gt;
+&lt;p&gt;
+ – informer le Département des autres financements publics obtenus pour le même objet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ –  délibération de la collectivité maître d&amp;#039;ouvrage
+ &lt;br /&gt;
+ –  dossier APS/APD
+ &lt;br /&gt;
+ –  budget détaillé (plan de financement)
+ &lt;br /&gt;
+ –  note détaillée du projet
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ – dépôt des dossiers en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ au 30 septembre N-1 pour financement éventuel en année N.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Aménagement du Territoire.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics_ Construction ou rénovation et bonus bois
+&lt;/p&gt;
+&lt;p&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – décision de la Commission permanente qui attribue la subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases règlementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Equipement public
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments Communaux
+ &lt;/strong&gt;
+ : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité
+ &lt;/strong&gt;
+ des équipements publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments scolaires du 1
+  er
+  degré et/ou équipements petite enfance :
+ &lt;/strong&gt;
+ construction, extensions et restructurations d&amp;#039;écoles, de groupes scolaires ou de restaurants scolaires, équipement petite enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Équipements sportifs :
+ &lt;/strong&gt;
+ créations ou restructurations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements de village :
+ &lt;/strong&gt;
+ requalification de centres bourgs, aménagements d&amp;#039;espaces publics en lien avec les opérations en traverse d&amp;#039;agglomération, places, aires de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements urbains
+ &lt;/strong&gt;
+ , esthétiques et paysagers dans le cadre d&amp;#039;un projet global
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de création et aménagement de
+ &lt;strong&gt;
+  sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouvrages d&amp;#039;art
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  projets concourant à la valorisation du patrimoine communal
+ &lt;/strong&gt;
+ en investissement et non éligible au titre d&amp;#039;autres règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition ait lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Études,
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les études concernées sont les suivantes
+ &lt;/strong&gt;
+ : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets structurants de requalification urbaine
+ &lt;/strong&gt;
+ (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements sportifs, culturels, touristiques, petite enfance (Centre de loisirs sans hébergement, crèche...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets structurants de requalification urbaine (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages d&amp;#039;art
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de création et aménagement de sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ Les mises en accessibilité des équipements publics (hors groupes scolaires)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Aménagement cyclable (voir modalités sur la fiche politique cyclable)
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+ &lt;/strong&gt;
+ : le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition est lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les maisons de santé
+ &lt;/strong&gt;
+ (voir nouvelles modalités ci-après)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études concernées sont les suivantes : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au déneigement,
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Préalable à l&amp;#039;intervention du Département
+ &lt;br /&gt;
+ – recensement à l&amp;#039;échelle et par l&amp;#039;EPCI des moyens existants,
+ &lt;br /&gt;
+ – évaluation avec l‘aide des services de la Direction des Déplacements du Département des besoins en équipements à acquérir et leur priorisation,
+ &lt;br /&gt;
+ – définition d&amp;#039;un planning d&amp;#039;acquisition des nouveaux équipements nécessaires sur le mandat
+ &lt;br /&gt;
+ – prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide au déneigement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide portera uniquement sur les dépenses d&amp;#039;investissement :
+ &lt;br /&gt;
+ – lames de déneigement,
+ &lt;br /&gt;
+ – saleuse et sableuse et leurs équipements de fixation,
+ &lt;br /&gt;
+ – équipements des pneumatiques (pneus normaux et chaînes ou pneus spéciaux),
+ &lt;br /&gt;
+ – éclairages spécifiques pour interventions de nuit,
+ &lt;br /&gt;
+ – engins spécifiques de déneigement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ –  Acquisition foncière pour réserve foncière ou pour habitat.
+ &lt;br /&gt;
+ –  Logements communaux.
+ &lt;br /&gt;
+ –  Les travaux d&amp;#039;entretien.
+ &lt;br /&gt;
+ – Reprise de concession.
+ &lt;br /&gt;
+ – Gîtes communaux, camping et bornes de camping car.
+ &lt;br /&gt;
+ – Matériel de déneigement.
+ &lt;br /&gt;
+ – Mobilier et acquisition sauf faisant partie d&amp;#039;un programme d&amp;#039;ensemble (mobilier scolaire et de bibliothèque).
+ &lt;br /&gt;
+ –  Prestation d&amp;#039;ingénierie du Département.
+ &lt;br /&gt;
+ –  Gendarmerie.
+ &lt;br /&gt;
+ –  Bornes incendie.
+ &lt;br /&gt;
+ –  Les dépenses traitées au titre d&amp;#039;une politique thématique départementale.
+ &lt;br /&gt;
+ –  Les travaux de vidéo-protection (sauf ceux aux abords des collèges qui seront traités dans un autre dispositif complémentaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -Logement.
+ &lt;br /&gt;
+ – Acquisition foncière (pour réserve).
+ &lt;br /&gt;
+ – Sièges administratifs communautaires et locaux techniques communautaires.
+ &lt;br /&gt;
+ – Groupes scolaires.
+ &lt;br /&gt;
+ – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
+ &lt;br /&gt;
+ –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Politiques Territoriales – Service des Relations avec les Collectivités
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quentin DUVILLIER, Coordonnateur zone nord –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 65
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christel MORIN, Coordonnatrice zone sud –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 31
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aurore MERMET, Coordonnatrice zone centre –
+ &lt;strong&gt;
+  Tél. : 04 75 79 82 29
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 67
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>121337</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements structurants (Fonds "Thématiques")</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Fonds "Thématiques"</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires dans leurs projets d’investissement structurants des collectivités.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépenses éligibles HT
+ &lt;/strong&gt;
+ : 150 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : communes, EPCI&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;br /&gt;Tél : 03.25.32.86.16&lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d57b-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>121762</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités situées dans les territoires ruraux de Grande Couronne</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Jusqu&amp;#039;à 350.000 € pour les communes et 539.000 € pour les syndicats de communes (40% de subvention régionale et 30% de subvention départementale par contrat).
+&lt;br /&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;
+&lt;strong&gt;
+ Dates limites de dépôt des dossiers de demandes de subvention
+&lt;/strong&gt;
+&lt;br /&gt;
+- 10/01/2023 : présentation à partir de la CP de mars 2023
+&lt;br /&gt;
+- 15/03/2023: présentation à partir de la CP de juin 2023
+&lt;br /&gt;
+- 20/04/2023: présentation à partir de la CP de juillet 2023
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-rural</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a rel="noopener" target="_blank"&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/64bc-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Var
+CAUE du Tarn-et-Garonne
+CAUE de la Côte-d'Or
+CAUE des Hauts-de-Seine
+CAUE de Corse
+CAUE de la Creuse
+CAUE du Loir-et-Cher
+CAUE du Loiret
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de l'Yonne
+CAUE du Gard
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Atlantiques
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+CAUE de Meurthe-et-Moselle
+CAUE de la Mayenne
+CAUE de la Manche
+CAUE du Maine-et-Loire
+CAUE Lot-et-Garonne
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE de l'Ardèche
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
+CAUE de l'Hérault
+CAUE de la Gironde
+CAUE de la Haute-Garonne
+CAUE de la Martinique
+CAUE de l'Oise
+CAUE de la Drôme
+CAUE de l'Aude
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE du Calvados
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
+CAUE des Landes
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
+CAUE du Tarn
+CAUE de la Dordogne
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Office Français de la Biodiversité (OFB)
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W71" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>162563</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E61" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I61" s="1" t="inlineStr">
+      <c r="I72" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J61" s="1" t="inlineStr">
+      <c r="J72" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M61" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N61" s="1" t="inlineStr">
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -13640,2177 +15230,7070 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y61" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G62" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...7 lines deleted...]
-      <c r="K62" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
-[...13 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>67589</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités en ingénierie</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Ingenierie départementale</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des spécialistes appartenant à l&amp;#039;administration départementale sont à disposition des collectivités gersoises pour apporter des conseils techniques, administratifs et juridiques, de montage et conduite de projet dans les domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement et Bâtiments
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voirie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assainissement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Milieux aquatiques et Gémapi
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;aider à l&amp;#039;émergence des projets, afin de passer de l&amp;#039;idée à la réalisation de l&amp;#039;opération puis à la gestion des ouvrages, sans toutefois entrer dans le champ de la maitrise d&amp;#039;œuvre réservé aux bureaux d&amp;#039;études et architectes.
+Pour cela, le Département et le CAUE s&amp;#039;appuient sur un réseau des acteurs de l&amp;#039;ingénierie sur le territoire, afin de réunir toutes les compétences nécessaires pour favoriser une construction judicieuse des projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la création d&amp;#039;une maison de santé, la réhabilitation d&amp;#039;une école, sécurisation d&amp;#039;une traverse de village et la création d&amp;#039;un cheminement piéton, pour la renaturation d&amp;#039;un cours d&amp;#039;eau et la suppression de digues afin de réduire les inondations sur une commune, aide à la mise en place d&amp;#039;un procédé innovant permettant de limiter la prolifération des lentilles d&amp;#039;eau et améliorer les performances épuratoires, à la mise en œuvre d&amp;#039;un protocole de contrôle des points d&amp;#039;auto-surveillance des réseaux de collecte...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
 Bâtiments et construction
 Réhabilitation
-Logement et habitat</t>
-[...2 lines deleted...]
-      <c r="O62" s="1" t="inlineStr">
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
-[...18 lines deleted...]
- Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:ingenierie&amp;#64;gers.fr"&gt;
+  ingenierie&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 50
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:assainissement&amp;#64;gers.fr"&gt;
+  assainissement&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 08
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:cater&amp;#64;gers.fr"&gt;
+  cater&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 32
+&lt;/p&gt;
+&lt;p&gt;
+ DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a21c-accompagner-les-collectivites-en-ingenierie/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...133 lines deleted...]
-      <c r="G64" s="1" t="inlineStr">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes de Saint-Pierre-et-Miquelon ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="K64" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Sols
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Réduction de l'empreinte carbone
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O64" s="1" t="inlineStr">
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G65" s="1" t="inlineStr">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>115158</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Aider le fonctionnement en restauration scolaire</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Restauration scolaire - Aide au fonctionnement</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide destinée à abaisser le prix des repas réclamé aux familles.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne concerne que les cantines scolaires de regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ 0,98€ par repas servi (valeur 2015).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ayant droit sont les élèves fréquentant une école maternelle, primaire ou une classe spécialisée située hors de leur commune, dépourvue d&amp;#039;école ou dont l&amp;#039;école fait partie d&amp;#039;un regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas considérés comme ayant droit les élèves habitant la commune siège de la cantine ou ses hameaux distants de moins de trois kilomètres, même dans le cas d&amp;#039;un regroupement pédagogique, et les élèves accueillis dans une école ne dépendant pas de leur secteur scolaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/25/18-restauration-scolaire.htm</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  sdtva&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c09-aider-le-fonctionnement-en-restauration-scola/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>162387</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'optimisation du potentiel photovoltaïque territorial</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Plan solaire : AMI - Foncier dérisqué</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région souhaite soutenir l&amp;#039;optimisation du potentiel photovoltaïque territorial, en équipant le plus de sites possible. Cette étude a donc pour but d&amp;#039;identifier sur l&amp;#039;ensemble d&amp;#039;un patrimoine, toutes les installations possibles, et d&amp;#039;étudier leur faisabilité technique et économique afin de tendre vers une planification du photovoltaïque saine et durable. L&amp;#039;objectif est de permettre la réalisation d&amp;#039;installations groupées.&lt;/p&gt; &lt;p&gt;Entreprises, collectivités, parcs naturels régionaux, toute personne morale publique ou privée.&lt;/p&gt; &lt;p&gt;Dans cet esprit et dans le but de ne pas gâcher le gisement et de tendre vers une planification du photovoltaïque saine et durable, la Région souhaite prioriser son soutien aux déploiements de projets photovoltaïques raccordés au réseau qui visent l’optimisation du potentiel territorial et équipent notamment le plus de sites possibles sans limitation aux plus rentables (opérations collectives, projets citoyens, grappes d’installations, etc.).&lt;/p&gt; &lt;p&gt;Les projets prioritaires seront ceux intégrant une forte implication des citoyens et des élus, démontrant une implication et une volonté de déployer massivement le photovoltaique, intégrant une cohérence sur la démarche apportée dans la planification territoriale et se positionnant sur un engagement de réalisation des projets réalisables.&lt;/p&gt; &lt;p&gt;Instruction tout au long de l&amp;#039;année. Pas de date butoir.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets prioritaires seront ceux intégrant une forte implication des citoyens et des élus, démontrant une implication et une volonté de déployer massivement le photovoltaique, intégrant une cohérence sur la démarche apportée dans la planification territoriale et se positionnant sur un engagement de réalisation des projets réalisables.&lt;/p&gt; &lt;p&gt;Via le site de demande de subvention en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/plan-solaire-ami-foncier-derisque</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;gburle&amp;#64;maregionsud.fr;&lt;/p&gt;
+&lt;p&gt;maquadrio&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-solaire-ami-foncier-derisque/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>95067</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Développer le solaire thermique (production d'eau chaude par capteurs solaires)</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au solaire thermique</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les charges de production d&amp;#039;eau chaude sanitaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P80" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Production d&amp;#039;eau chaude par capteurs solaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude pour une surface de capteurs inférieure à 25 m2 ou pour le cas copropriétés:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette éligible : 3 500 € d&amp;#039;assiette par bâtiment étudié
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface inférieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 60% maximum plafonné à 1 200 €HT/m2, dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 (6.6) relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface supérieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cas général :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Règles : « Fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Cas des copropriétés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature : subvention avance remboursable à taux zéro Section : investissement fonctionnement Taux maxi : 60 % maximum plafonné à 1 100 €HT/m2 et 120 m2 de surface de capteurs Remarque : intervention par la Région seule
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  le règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-solaire-thermique-2/</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  site de la région Grand-Est
+ &lt;/a&gt;
+ pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5da-soutien-au-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>95069</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Développer le photovoltaïque</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider les porteurs de projets à sécuriser leurs coûts énergétiques en les incitants à installer un système de production d&amp;#039;électricité à coût constant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre le développement de compétences dans le domaine de l&amp;#039;autoconsommation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales, leurs groupements et leurs délégataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bailleurs sociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les copropriétés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets participatifs et citoyens.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les particuliers à titre individuel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la promotion immobilière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Etat, les Départements et leurs opérateurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les professionnels de la filière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Installation de générateur photovoltaïque raccordé au réseau ou en autoconsommation produisant de l&amp;#039;électricité renouvelable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les installations faisant l&amp;#039;objet d&amp;#039;une aide au titre des appels à projets nationaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les installations au sol présentant des conflits d&amp;#039;usage : terre agricole ou forestière, espaces naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets privés de revente totale hors délégation et projets citoyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bâtiments ou sites utilisant un mode de chauffage par effet joule.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux :
+  &lt;/strong&gt;
+  70 % sauf 60 % pour les moyennes entreprises, 50 % pour les grandes entreprises.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond :
+  &lt;/strong&gt;
+  5 000 € d&amp;#039;assiette par bâtiment étudié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque
+  &lt;/strong&gt;
+  : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cas particulier des projets participatifs et citoyens
+ &lt;/strong&gt;
+ Ce type de projet peut bénéficier d&amp;#039;un accompagnement spécifique – ex : aide la structuration juridique du projet, aide à la mise en place et à l&amp;#039;animation de réunions d&amp;#039;informations - à hauteur de 70 % plafonné à 10 000 € d&amp;#039;aide voir 12 000 € pour les territoires en zone Pacte de ruralité (voir fiche dispositif dédiée).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  I
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  nvestissement – puissance inférieure à 100 kWc :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux : 30 % maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond : de 200 €/kWc à 400 €/kWc selon le taux d&amp;#039;autoconsommation, la puissance et la nature du porteur de projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il sera accordé une aide par point de raccordement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remarque : intervention par la Région seule
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P81" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0078/depot/simple</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-au-photovoltaique
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68aa-soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>120101</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Analyser l'opportunité d'installer une production d'énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Analyse d'opportunité d'installation d'énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une analyse d&amp;#039;opportunité consiste à étudier le potentiel de production d&amp;#039;énergie renouvelable sur un (ou plusieurs) élément(s) de patrimoine, que ce soit en production d&amp;#039;électricité (solaire photovoltaïque) ou en production de chaleur dédié à un bâtiment ou réseau de chaleur (bois-énergie, géothermie, solaire thermique,...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces analyses sont, pour le maître d&amp;#039;ouvrage, des outils d&amp;#039;aide à la décision pour s&amp;#039;engager dans la réalisation d&amp;#039;un projet. Elles fournissent des éléments de comparaison par rapport à une solution de référence sur les consommations d&amp;#039;énergie, les émissions de carbone et des données économiques en coût global (investissement et exploitation).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ASDER réalise une cinquantaine d&amp;#039;analyses d&amp;#039;opportunité par an pour les communes de Savoie, que ce soit sur des projets neufs ou pour un changement d&amp;#039;énergie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Christian Fleury - Responsable du pôle collectivités et terrritoires
+  &lt;/li&gt;
+  &lt;li&gt;
+   christian.fleury&amp;#64;asder.asso.fr - 04 79 85 88 50
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0732-analyser-lopportunite-dinstaller-une-producti/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>162396</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de subvention pour l'étude de faisabilité pour des projets de solaire thermique (eau chaude sanitaire, chaleur)</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des projets de solaire thermique (eau chaude sanitaire, chaleur)</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études de faisabilité technico-économique pour des projets d’installations solaires centralisées de production d’eau chaude peuvent bénéficier d’un soutien financier sous forme de subvention, pour les bâtiments existants.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/li&gt; 	&lt;li&gt;L&amp;#039;étude de faisabilité doit impérativement respecter le cahier des charges de l&amp;#039;ADEME : &amp;#34;Etude de faisabilité et de dimensionnement d&amp;#039;une installation de solaire thermique&amp;#34;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; &lt;br /&gt; Il existe aussi aides pour les travaux de solaire thermique, pour la réhabilitation des installations de solaire thermique ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P83" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/li&gt; 	&lt;li&gt;L&amp;#039;étude de faisabilité doit impérativement respecter le cahier des charges de l&amp;#039;ADEME : &amp;#34;Etude de faisabilité et de dimensionnement d&amp;#039;une installation de solaire thermique&amp;#34;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; En amont d&amp;#039;un projet, pour une aide au choix de l&amp;#039;énergie renouvelable, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-projets-de-solaire-thermique-eau-chaude-sanitaire-chaleur</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : aroussaly&amp;#64;maregionsud.fr ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-projets-de-solaire-thermique-eau-chaude-sanitaire-chaleur/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>162398</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les audits et la réhabilitation d’installations solaires thermiques collectives (installations existantes)</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux audits et réhabilitation d’installations solaires thermiques collectives (installations existantes)</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif est de porter assistance aux Maîtres d’ouvrages qui font face à des installations présentant des dysfonctionnements, en les accompagnant techniquement et financièrement dans la mise en place d’audits de ces installations, suivis d’une réhabilitation, à laquelle sera associée un contrat de maintenance intégrant un engagement de bon fonctionnement ou un contrat de performance, selon le souhait de la maîtrise d’ouvrage.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Prestataire d’ingénierie RGE « Solaire thermique collectif » (sur la partie audit) : qualification 20.14 délivrée par l’OPQIBI ou équivalent.&lt;/li&gt; 	&lt;li&gt;Installateurs RGE « Solaire thermique collectif » (sur la partie réhabilitation) :&lt;/li&gt; 	&lt;li&gt;Qualification Qualisol Collectif délivrée par Qualit’Enr,&lt;/li&gt; 	&lt;li&gt;Qualifications 5131 ou 5132 délivrées par Qualibat &amp;#43; une formation « Qualisol solaire thermique collectif »2&lt;/li&gt; 	&lt;li&gt;Exploitants formés selon le référentiel de formation « SOCOL exploitant » (formation dispensée à ce jour par le COSTIC, le CRER et l’INES).&lt;/li&gt; 	&lt;li&gt;L’installation devra être suivie et maintenue par un exploitant (contrat d’exploitation obligatoire). Enfin, l’ensemble des moyens de recours (à l’amiable ou judiciaire) contre les parties responsables de l’installation auront été utilisés.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; Il existe aussi aides des aides aux études de faisabilité solaire thermique ainsi que pour les travaux d&amp;#039;installations solaires thermiques, ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Prestataire d’ingénierie RGE « Solaire thermique collectif » (sur la partie audit) : qualification 20.14 délivrée par l’OPQIBI ou équivalent.&lt;/li&gt; 	&lt;li&gt;Installateurs RGE « Solaire thermique collectif » (sur la partie réhabilitation) :&lt;/li&gt; 	&lt;li&gt;Qualification Qualisol Collectif délivrée par Qualit’Enr,&lt;/li&gt; 	&lt;li&gt;Qualifications 5131 ou 5132 délivrées par Qualibat &amp;#43; une formation « Qualisol solaire thermique collectif »2&lt;/li&gt; 	&lt;li&gt;Exploitants formés selon le référentiel de formation « SOCOL exploitant » (formation dispensée à ce jour par le COSTIC, le CRER et l’INES).&lt;/li&gt; 	&lt;li&gt;L’installation devra être suivie et maintenue par un exploitant (contrat d’exploitation obligatoire). Enfin, l’ensemble des moyens de recours (à l’amiable ou judiciaire) contre les parties responsables de l’installation auront été utilisés.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Si besoin, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-audits-et-rehabilitation-dinstallations-solaires-thermiques-collectives-installations-existantes</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-audits-et-rehabilitation-dinstallations-solaires-thermiques-collectives-installations-existantes/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>117159</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Faire appel à un Atelier Chantier d’Insertion : entretien et rénovation du patrimoine bâti</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A propos d&amp;#039;Initiatives77 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Notre offre de service :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 entretient et rénove votre patrimoine (mise en accessibilité, lavoirs, écoles, murs de cimetières, puits, monuments à préserver...). Ces chantiers vous permettent de valoriser votre engagement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rénovation ou l&amp;#039;embellissement de votre territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment préparer l&amp;#039;intervention d&amp;#039;un ACI avec Initiatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier et Chantier d&amp;#039;Insertion s&amp;#039;organise en 4 étapes :
+ &lt;br /&gt;
+ 1. La co-construction du projet avec Initiatives77
+ &lt;br /&gt;
+ 2. La validation des estimatifs et signature d&amp;#039;une convention,
+ &lt;br /&gt;
+ 3. Le lancement du chantier assuré par un Chef de chantier (salarié d&amp;#039;Initiatives77),
+ &lt;br /&gt;
+ 4. Le suivi du chantier et bilan de fin d&amp;#039;intervention.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Quelles sont les modalités d&amp;#039;accueil d&amp;#039;un ACI avec Initatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En règle générale, la collectivité achète les matériaux et prend à sa charge l&amp;#039;accueil du chantier d&amp;#039;insertion à savoir :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de stockage d&amp;#039;outils et des matériaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1.001€ par semaine (hors matériaux, matériels et logistique
+ &lt;br /&gt;
+ d&amp;#039;accueil).
+ &lt;br /&gt;
+ Si la collectivité locale ne peut pas fournir les repas, ils lui seront facturés à hauteur de 8€00 par personne et par repas.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Animation et mise en réseau
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5bcd-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>117417</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Faire appel à un Atelier et Chantier d’Insertion : restauration et aménagement du milieu naturel</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>ID77
+Agence départementale d'insertion - Initiatives77</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
+&lt;/p&gt;
+&lt;p&gt;
+ A propos d&amp;#039;Initiatives77 : Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
+&lt;/p&gt;
+&lt;p&gt;
+ Notre offre de service :
+ Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 crée des promenades (chemin en grave, platelage...), aménage des espaces verts et intervient dans vos espaces protégés (ENS, zones humides).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ces chantiers vous permettent de valoriser votre engagement pour :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rénovation ou l&amp;#039;embellissement de votre environnement et patrimoine naturel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plus d&amp;#039;infos  https://initiatives77.org/offre-services-collectivites-locales/
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment préparer l&amp;#039;intervention d&amp;#039;un ACI avec Initiatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier et Chantier d&amp;#039;Insertion s&amp;#039;organise en 4 étapes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  La co-construction du projet avec Initiatives77,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La validation des estimatifs et signature d&amp;#039;une convention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement du chantier assuré par un Chef de chantier (salarié d&amp;#039;Initiatives77),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le suivi du chantier et bilan de fin d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles sont les modalités d&amp;#039;accueil d&amp;#039;un ACI avec Initatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En règle générale, la collectivité achète les matériaux et prend à sa charge l&amp;#039;accueil du chantier d&amp;#039;insertion à savoir :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de stockage d&amp;#039;outils et des matériaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1001 euros par semaine (hors matériaux, matériels et logistique d&amp;#039;accueil). Si le bénéficiaire ne peut pas fournir les repas 8 euros/ personne / repas seront facturés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Espace public
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Biodiversité
+Equipement public
+Réhabilitation
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed52-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>153402</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique des copropriétés</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Aide Rénovation énergétique copropriété</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Planète Manche Rénovation &amp;#34;volet copropriété&amp;#34; est un dispositif d&amp;#039;aide aux copropriétés pour des projets de rénovation globale d&amp;#039;habitations collectives privées utilisées en résidence principale et situées sur le territoire de la Manche. Les projets visés concernent la rénovation globale des habitations dans un souci de performance énergétique et de respect de la qualité architecturale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux éligibles traitent les parties communes ou relevent d&amp;#039;un intérêt collectif au sein des parties privatives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux concernant la construction neuve, une extension de la surface habitable d&amp;#039;un bâtiment existant ou le changement de destination de locaux ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale est réservée aux copropriétés gérées par un syndic professionnel ou bénévole, enregistré au registre national des copropriétés. Elle concerne les bâtis collectifs à usage d&amp;#039;habitations principales de plus de 15 ans et situés sur le territoire de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département est de 25% des dépenses éligibles avec un plafond par dossier fixé à 75.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier transmis par le syndicat de copropriété devra comporter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le formulaire de demande d&amp;#039;aide signé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le procès verbal de l&amp;#039;assemblée générale donnant mandat au syndic de copropriété pour cette demande de subvention et validant les travaux à engager faisant l&amp;#039;objet de la demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les devis non signés des travaux prévus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;audit énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une photo de la façade.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les attestations RGE des entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent notamment mettre en oeuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des façades, toitures, planchers bas, menuiseries extérieures, ventilation), d&amp;#039;installation de systèmes de chauffage et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets doivent concerner à minima deux postes de travaux dont l&amp;#039;un doit concerner obligatoirement un poste d&amp;#039;isolation : murs, toitures ou planchers bas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour être considéré comme un poste de travaux, les travaux doivent concerner la totalité des travaux restant à réaliser dans une même nature de travaux. La ventilation n&amp;#039;est pas considérée comme un poste de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement du projet par un assistant à maîtrise d&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attention, les devis ne doivent pas être signés et les travaux ne doivent pas être engagés avant la réception d&amp;#039;un accusé de réception du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux dépenses TTC liées aux travaux d&amp;#039;amélioration énergétique : isolation de l&amp;#039;enveloppe, remplacement des ouvrants, des systèmes de chauffage, de production d&amp;#039;eau chaude sanitaire, mise en place d&amp;#039;une ventilation mécanique contrôlée, ainsi que les travaux induits, c&amp;#039;est-à-dire nécessairement liés aux travaux précités.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="W87" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/987a-aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>102099</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable sur le territoire de la Métropole de Lyon (aide aux travaux) - Prime éco-chaleur</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement des énergies renouvelables thermiques sur la Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Grand Lyon La Métropole</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J88" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire en fonction de la production d'énergie renouvelable (€/MWh)</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service d&amp;#039;accompagnement et d&amp;#039;aides financières proposé par la Métropole de Lyon, la Prime éco-chaleur développe la chaleur renouvelable sur son territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Plus d&amp;#039;énergies renouvelables, moins de CO2
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le Schéma directeur des énergies de la Métropole de Lyon, a mis en évidence que plus de la moitié des consommations du territoire découlent des besoins de chaleur qui ne sont couverts que de manière marginale par les Énergies renouvelables et de récupération (EnR&amp;amp;R).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est un des leviers d&amp;#039;action pour atteindre la sobriété énergétique sur le territoire et pour répondre aux objectifs du Plan climat air énergie territorial : plus 17% EnR&amp;amp;R dans la part des consommations et moins 43% d&amp;#039;émissions de CO2 par rapport à 2000.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est le nom communiquant du Contrat de développement territorial des énergies renouvelables thermiques signé en 2020 entre l&amp;#039;ADEME et la Métropole de Lyon. La Métropole de Lyon, avec l&amp;#039;appui fort de l&amp;#039;ALEC Lyon soutient et coordonne le dispositif sur son territoire et instruit les subventions pour le compte de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Un accompagnement gratuit et des aides financières
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur de la Métropole de Lyon s&amp;#039;adresse aux collectivités territoriales, copropriétés, entreprises, promoteurs et aménageurs, associations et bailleurs sociaux qui souhaitent installer une chaufferie bois, du solaire thermique, de la géothermie, un réseau de chaleur ou récupérer de la chaleur fatale. L&amp;#039;accompagnement est gratuit. Les subventions peuvent aller jusqu&amp;#039;à 70% des montants pour la partie études et des aides forfaitaires sont déterminées selon la production de chaleur EnR pour la partie travaux. &lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;La fondation ARALIS a bénéficier d&amp;#039;une aide de plus de 50 % de l&amp;#039;investissement pour de la géothermie sur sondes pour une pension de famille et du logement social.&lt;/li&gt;&lt;li&gt;Le constructeur Léon Grosse a bénéficié de la Prime éco-chaleur sur la construction de son siège le 8ieme Chemin à Bron pour de la géothermie sur sondes. &lt;/li&gt;&lt;li&gt;L&amp;#039;EHPAD Thérèse Couderc a décarboné sa production de chaleur avec la mise en place d&amp;#039;une chaudière bois granulés dans un bâtiment patrimonial. La chaudière assurera près de 90 % de la production de chaleur du site.&lt;/li&gt;&lt;li&gt;L&amp;#039;industriel Renault Trucks a installé une production de géothermie sur nappe lors de la réhabilitation de son bâtiment tertiaire au coeur du site industriel. La production assurer plus de 85 % de la production de chaleur, le reste étant complété par une pompe à chaleur aérothermique. Le site atteint 100 % de production électrique.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2023</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux éligibles concernent les installations de chaleur renouvelable utilisant le bois énergie, la géothermie, le solaire thermique ou la chaleur fatale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces installations doivent respecter des critères d&amp;#039;éligibilité dont le détail est précisé sur le site dédié au dispositif. Ces exigences concernent les volets suivants :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;étude préalables
+&lt;/li&gt;&lt;li&gt;critères techniques de performance
+&lt;/li&gt;&lt;li&gt;qualification des prestataires
+&lt;/li&gt;&lt;li&gt;performance énergétique du bâtiment&lt;/li&gt;&lt;li&gt;suivi de l&amp;#039;installation (comptage obligatoire)
+ &lt;/li&gt;&lt;li&gt;contrat d&amp;#039;entretien
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ Des seuils d&amp;#039;éligibilité max sont indiqués et au dessus de ces seuils (2000 MWh entrée PAC pour la géothermie, 12 000 MWh pour le bois énergie, 1 500 m2 pour le solaire thermique et 1 000 MWh pour la chaleur fatale), les projets sont renvoyés vers l&amp;#039;ADEME Régionale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/1wMp35r-S3w?si=G2TimqPXXn55LUGA</t>
+        </is>
+      </c>
+      <c r="W88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/services/aides-et-accompagnements/la-prime-eco-chaleur/</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Référent Métropole de Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Maxime Dinnat
+ &lt;br /&gt;
+ Chef de projets Transition Énergétique EnR&amp;amp;R - Prime éco-chaleur
+ &lt;br /&gt;
+ 04 26 83 90 63 - prime-ecochaleur&amp;#64;grandlyon.com
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  Référent ALEC Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Lucas Venosino
+ &lt;br /&gt;
+ Chargé de développement efficacité énergétique et énergie renouvelable
+ &lt;br /&gt;
+ 04 28 29 96 09 - prime-ecochaleur&amp;#64;alec-lyon.org
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>lucas.venosino@alec-lyon.org</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ae9-prime-eco-chaleur-aide-aux-travaux/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>102098</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable sur le territoire de la Métropole de Lyon (aide à la décision) - Prime éco-chaleur</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement des énergies renouvelables thermiques sur la Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Grand Lyon La Métropole</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la décision : études de faisabilité, études d'AMO, forages de reconnaissance, TRT</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service d&amp;#039;accompagnement et d&amp;#039;aides financières proposé par la Métropole de Lyon, la Prime éco-chaleur vise à favoriser la filière des énergies renouvelables thermiques sur son territoire.
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plus d&amp;#039;énergies renouvelables, moins de CO2
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Schéma directeur des énergies de la Métropole de Lyon, a mis en évidence que plus de la moitié des consommations du territoire découlent des besoins de chaleur qui ne sont couverts que de manière marginale par les Énergies renouvelables et de récupération (EnR&amp;amp;R).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Prime éco-chaleur est un des leviers d&amp;#039;action pour atteindre la sobriété énergétique sur le territoire et pour répondre aux objectifs du Plan climat air énergie territorial : plus 17% EnR&amp;amp;R dans la part des consommations et moins 43% d&amp;#039;émissions de CO2 par rapport à 2000.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est le nom communiquant du Contrat de développement territorial des énergies renouvelables thermiques signé en 2020 entre l&amp;#039;ADEME et la Métropole de Lyon. La Métropole de Lyon, avec l&amp;#039;appui fort de l&amp;#039;ALEC Lyon soutient et coordonne le dispositif sur son territoire et instruit les subventions pour le compte de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Un accompagnement gratuit et des aides financières
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur de la Métropole de Lyon s&amp;#039;adresse exclusivement aux collectivités territoriales, entreprises, promoteurs et aménageurs, associations et bailleurs sociaux qui souhaitent installer une chaufferie bois, du solaire thermique, de la géothermie ou un réseau de chaleur. L&amp;#039;accompagnement est gratuit. Les subventions peuvent aller jusqu&amp;#039;à 70% des montants pour la partie études et des aides forfaitaires sont déterminées selon la production de chaleur EnR pour la partie travaux. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un commune du territoire Métropolitain va réaliser un Test de Réponse Thermique (TRT) pour connaître le potentiel thermique du sol ainsi qu&amp;#039;une étude de faisabilité pour la réalisation d&amp;#039;une salle polyvalente chauffée par géothermie. Les études bénéficieront de 70 % d&amp;#039;aide de la PRIME ÉCO-CHALEUR pour des coûts d&amp;#039;étude de 18 500€ (TRT) et 5 400€ (EF) (avant subvention).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P89" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2023</t>
+        </is>
+      </c>
+      <c r="Q89" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les études éligibles sont les études de faisabilité, test de réponse thermique (géothermie sur sondes), forage d&amp;#039;essai/de reconnaissance, études d&amp;#039;AMO (assistance à maîtrise d&amp;#039;ouvrage).
+&lt;/p&gt;
+&lt;p&gt;
+ Il est nécessaire de respecter les critères d&amp;#039;éligibilité suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;respecter les cahiers des charges ADEME sur l&amp;#039;étude considérée.
+&lt;/li&gt;&lt;li&gt;sélectionner un prestataire qualifié Reconnu Garant de l&amp;#039;Environnement (RGE) dans la filière concernée (bois énergie, géothermie, solaire thermique, réseau de chaleur, récupération de chaleur fatale)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://seafile.alec-lyon.org/f/cb31ce77c63742c6b541/" target="_self"&gt;- critères d&amp;#039;éligibilités détaillés -&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/1wMp35r-S3w?si=G2TimqPXXn55LUGA</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/services/aides-et-accompagnements/la-prime-eco-chaleur/</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Référent Métropole de Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Maxime Dinnat
+ &lt;br /&gt;
+ Chef de projets Transition Énergétique EnR&amp;amp;R – Prime Éco-Chaleur - prime-ecochaleur&amp;#64;grandlyon.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 26 83 90 63
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Référent ALEC Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Lucas Venosino
+ &lt;br /&gt;
+ Chargé de développement efficacité énergétique et énergie renouvelable  - prime-ecochaleur&amp;#64;alec-lyon.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 28 29 96 09
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>lucas.venosino@alec-lyon.org</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf5f-prime-eco-chaleur-aide-a-la-decision/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>133546</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Développer des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Développement des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J90" s="1" t="inlineStr">
+        <is>
+          <t>le taux maximum varie selon la taille de l'entreprise</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à faciliter l&amp;#039;installation des panneaux et ombrières photovoltaïques dans toute la région Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les installations PV, le dispositif propose : jusqu&amp;#039;à 50% du montant TTC ou HT en cas de récupération de la TVA (
+ &lt;em&gt;
+  subvention max : 300 000€
+ &lt;/em&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région subventionne aussi le solar ready, c&amp;#039;est-à-dire les travaux de préparation d&amp;#039;une toiture à l&amp;#039;installation de panneaux solaires. (
+ &lt;a href="https://www.iledefrance.fr/enr" target="_self"&gt;
+  voir le site de la Région
+ &lt;/a&gt;
+ )
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les projets photovoltaïques sur toitures, les ombrières de parkings, les ombrières sur des zones artificialisées ne présentant pas de conflits d&amp;#039;usages, les délaissés routiers (parcelles déclassées par suite d&amp;#039;un changement de tracé des voies du domaine public routier) sans destination agricoles ou pastorales sur une durée de 20 ans minimum, agrivoltaïsme au cas par cas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La part des installations réalisées au-delà des obligations liées à la règlementation en vigueur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les candidats éligibles sont des personnes morales porteuses de projets (collectivités et leurs groupements, entreprises, associations, projet citoyens, bailleurs sociaux, syndic de copropriété ...).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets devront répondre aux critères d&amp;#039;éligibilité suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Production énergétique à des fins d&amp;#039;autoconsommation (
+  &lt;em&gt;
+   individuelle ou collective
+  &lt;/em&gt;
+  ) sans ou avec vente de surplus (
+  &lt;strong&gt;
+   sans tarif d&amp;#039;obligation d&amp;#039;achat ou complément de rémunération
+  &lt;/strong&gt;
+  ). Les projets en vente en gré à gré ou en revente à un autre agrégateur que EDF obligation d&amp;#039;achat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir une puissance d&amp;#039;installation de minimum 10 kwc
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les équipements de production énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le raccordement au réseau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux pour l&amp;#039;accueil des installations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires d&amp;#039;assistance technique ou frais de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/developpement-des-energies-renouvelables-electriques</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contacter l&amp;#039;adresse : aap-enr-elec&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83b6-developpement-du-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>161709</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné financièrement dans la réalisation de votre projet de Système Solaire Combiné (SSC)</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Installations de systèmes solaires combinés</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;     réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement :&lt;/strong&gt; étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de Systèmes Solaires Combinés (SSC) éligibles au Fonds Chaleur sont des installations de production de chaleur collective (chauffage et eau chaude sanitaire) avec des capteurs solaires thermiques dans lesquels circulent un fluide caloporteur. Celles-ci peuvent être réalisées sur des bâtiments neufs ou en rénovation, à destination de tout type de bâtiments ayant des usages durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-systemes-solaires-combines/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>161711</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'un audit d'installation solaire thermique et du chantier de réhabilitation associé, pour des collectivités, entreprises ou associations</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Audit et réhabilitation d'installations solaires thermiques collectives</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un financement pour votre audit ainsi que les travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Préalablement à votre projet de réhabilitation, un audit est nécessaire pour qualifier les problèmes rencontrés sur l’installation puis &lt;strong&gt;établir et chiffrer les actions correctives&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide intègre également &lt;strong&gt;un financement des travaux&lt;/strong&gt; et se conclut par &lt;strong&gt;la signature d’un contrat d’exploitation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités pratiques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1ʳᵉ étape :&lt;/strong&gt; consultez des prestataires d’études sur la base du cahier des charges proposé par l’ADEME dans le document C.E.F. précédent. Présélectionnez une offre mais à ce stade ne vous engagez pas et ne signez pas de commande.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;2ᵉ étape : &lt;/strong&gt;déposez une demande d’aide en joignant la proposition technique et financière du prestataire d’études, ainsi que les pièces à déposer listées ci-dessous. Indiquez bien les dépenses prévisionnelles pour l&amp;#039;audit, la maitrise d&amp;#039;œuvre éventuelle et le montant de l&amp;#039;enveloppe travaux allouée à la réhabilitation.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_32_44_52_53_75_76_84_94</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/audit-rehabilitation-dinstallations-solaires-thermiques-collectives</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/audit-et-rehabilitation-dinstallations-solaires-thermiques-collectives/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>140805</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes membres dans la transition énergétique</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat d'Énergie des Alpes-de-Haute-Provence (SDE04)</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
-[...17 lines deleted...]
-Transition énergétique
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : réalisation de note d&amp;#039;opportunité, avant- projet sommaire, 1er niveau de conseil
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : réalisation de projets, de l&amp;#039;étude de faisabilité à la réalisation des travaux, portage de marchés publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative : conseil et assistance aux communes, mandat de maîtrise d&amp;#039;ouvrage, montage des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : conseil et recherche de financements, négociation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une installation photovoltaïque avec autoconsommation sur la toiture d&amp;#039;un bâtiment communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur la pertinence d&amp;#039;un projet photovoltaïque porté par une entreprise privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation ou déplacement d&amp;#039;une borne de recharge pour véhicule électrique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur le remplacement d&amp;#039;une chaudière obsolète
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance et conseils dans la réalisation d&amp;#039;un réseau de chaleur alimenté par une chaudière bois plaquettes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formalisation de la demande dans la fiche annuelle de recensement des besoins ou contact direct avec le service Énergie – Mobilité – Données (EMD) pour un échange avec le référent du sujet (photovoltaïque, EnR thermique ou IRVE).
+&lt;/p&gt;
+&lt;p&gt;
+ Différentes modalités d&amp;#039;intervention selon le sujet : convention de service, lettre de commande ou mandat de maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sde04.fr/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 5, avenue Bad-Mergentheim - 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 32 32 32
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;sde04.fr" target="_self"&gt;
+  contact&amp;#64;sde04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e99-accompagne-les-communes-membres-dans-la-trans/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>141761</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un projet d'installation solaire photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;une compétence optionnelle, deux solutions sont à disposition des collectivités pour mettre en place leur installation solaire photovoltaïque avec le syndicat :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faire un transfert de compétences de la collectivité vers le syndicat afin que le SIEL-Territoire d&amp;#039;énergie Loire assure l&amp;#039;investissement et réalise le projet à la place de la collectivité. &lt;/li&gt;
+ &lt;li&gt;
+  Faire appel au syndicat pour être accompagné dans son projet d&amp;#039;un point de vue technique, administratif et décisionnel lorsque la commune souhaite rester maître d&amp;#039;ouvrage.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Électricité renouvelable :
+ &lt;br /&gt;
+ Thierry Suchel
+ &lt;br /&gt;
+ suchel&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 53 92
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9701-mettre-en-place-un-projet-dinstallation-solai/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>161759</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre étude de faisabilité, étape nécessaire avant d'investir dans la conception d'une installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité d'installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité préalable à un projet solaire thermique, en apportant une aide financière et en mettant à votre disposition des &lt;strong&gt;trames de cahier des charges&lt;/strong&gt; selon les technologies utilisées.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;Les cahiers des charges concernent les études de faisabilité liées à la mise en œuvre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’installations dédiées sur bâtiment ou process&lt;/li&gt;&lt;li&gt;d’installations sur réseau de chaleur&lt;/li&gt;&lt;li&gt;de systèmes solaires combinés&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité vous permettra de :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vérifier&lt;/strong&gt; la faisabilité technique et économique du projet d’implantation d’une installation solaire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Proposer&lt;/strong&gt; des solutions techniques adaptées au contexte et aux possibilités du site d’implantation, et assurer le dimensionnement et la pérennité de l’installation.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Explorer&lt;/strong&gt; des solutions pour le financement de l’opération et le montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au &lt;strong&gt;recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME&lt;/strong&gt; (RGE Étude) ou pouvant justifier de &lt;strong&gt;conditions équivalentes&lt;/strong&gt;. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers ses aides au financement d&amp;#039;installations de production d&amp;#039;eau chaude solaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-dinstallation-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-dinstallation-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>162397</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets solaires thermiques collectifs pour production d'eau chaude sanitaire, chauffage (nouveaux projets)</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Projets solaires thermiques collectifs pour production d'eau chaude sanitaire, chauffage (nouveaux projets)</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les principales applications du solaire thermique sont la production d’eau chaude sanitaire (pour l’habitat, l’hôtellerie, les établissements de santé, …), la fourniture de chaleur pour l’industrie et l’agriculture, l’alimentation de réseaux de chaleur et le chauffage de l’eau des bassins de piscine.&lt;br /&gt; Les aides aux investissements concernent les projets des installations solaires collectives de production d’eau chaude. Les installations sont considérées comme collectives dès lors qu’elles répondent à un besoin en eau chaude collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d’ouvrage.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Réalisation préalable d’une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m² ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m²&lt;/li&gt; 	&lt;li&gt;Capteurs solaires certifiés (CSTBat ou SolarKeymark)&lt;/li&gt; 	&lt;li&gt;Respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL20 ou mesures des besoins réels en ECS à partir de mesures in situ&lt;/li&gt; 	&lt;li&gt;Productivité minimale de l’installation solaire supérieure à 450 kWh/an.m²&lt;/li&gt; 	&lt;li&gt;Mise en place d’un télé suivi simplifié des performances avec système d’alerte et maintenance curative&lt;/li&gt; 	&lt;li&gt;Mise en service dynamique selon les préconisations de SOCOL&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; Il existe aussi aides pour les études de faisabilité solaire thermique, pour la réhabilitation des installations de solaire thermique ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P96" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Réalisation préalable d’une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m² ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m²&lt;/li&gt; 	&lt;li&gt;Capteurs solaires certifiés (CSTBat ou SolarKeymark)&lt;/li&gt; 	&lt;li&gt;Respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL20 ou mesures des besoins réels en ECS à partir de mesures in situ&lt;/li&gt; 	&lt;li&gt;Productivité minimale de l’installation solaire supérieure à 450 kWh/an.m²&lt;/li&gt; 	&lt;li&gt;Mise en place d’un télé suivi simplifié des performances avec système d’alerte et maintenance curative&lt;/li&gt; 	&lt;li&gt;Mise en service dynamique selon les préconisations de SOCOL&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Si besoin, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/projets-solaires-thermiques-collectifs-nouveaux-projets</t>
+        </is>
+      </c>
+      <c r="W96" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr &lt;/a&gt;;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-solaires-thermiques-collectifs-pour-production-deau-chaude-sanitaire-chauffage-nouveaux-projets/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>70580</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement des installations solaires thermiques</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient le développement de projets solaires thermiques auprès des entreprises, des collectivités, des établissements publics, des associations et des bailleurs sociaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets solaires thermiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Réseaux de chaleur
-Biodiversité
-[...13 lines deleted...]
-      <c r="O65" s="1" t="inlineStr">
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S65" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : les bureaux d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les coûts éligibles
+ &lt;/strong&gt;
+ sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets des installations solaires collectives centralisées de production d&amp;#039;eau chaude sanitaire (ECS). Les installations sont considérées comme collectives dès lors qu&amp;#039;elles répondent à un besoin en ECS collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation préalable d&amp;#039;une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m2 ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  capteurs solaires certifiés (CSTBat ou SolarKeymark) ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL http://www.solaire-collectif.fr/fr/les-outils.htm ou mesures des besoins réels en ECS à partir de mesures in situ ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  schéma de l&amp;#039;installation proposée conforme à l&amp;#039;un des schémas SOCOL retenus ou sur le site SOCOL : http://www.solaire-collectif.fr/fr/les-outils.htm ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  productivité minimale de l&amp;#039;installation solaire supérieure à 450 kWh/an.m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un télésuivi simplifié des performances sur toutes les installations collectives financées avec système d&amp;#039;alerte et maintenance curative ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en service dynamique de l&amp;#039;installation selon les préconisations SOCOL.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles : les coûts d&amp;#039;investissement éligibles sont :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les coûts des composants de l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts des équipements de régulation et suivi énergétique, les frais de main d&amp;#039;œuvre liée à l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de maîtrise d&amp;#039;œuvre liée à l&amp;#039;installation solaire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Obligation du maître d&amp;#039;ouvrage
+  &lt;/strong&gt;
+  : le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier administratif de demande de financement (à demander auprès des contacts notés au dos du dépliant).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité réalisée ou fiche descriptive de l&amp;#039;installation solaire thermique pour les installations inférieures à 25m2.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pour l&amp;#039;installation solaire, précisant notamment les nombre, marque et type de capteurs et le matériel de comptage énergétique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis de la prestation de télésuivi avec système d&amp;#039;alerte. Plan d&amp;#039;implantation des capteurs.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma hydraulique de l&amp;#039;installation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-installations-solaires-thermiques</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 12, 30, 34 et 48 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 11 et 66 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/056d-aide-regionale-au-developpement-des-installat/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-[...27 lines deleted...]
-      <c r="G66" s="1" t="inlineStr">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>161697</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises et les collectivités dans la mise en place de leur toiture ou ombrière solaire photovoltaïque en ACI, base de la valorisation du surplus en ACC</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ACI : Autoconsommation individuelle&lt;br /&gt;ACC : Autoconsommation collective&lt;/p&gt;&lt;p&gt;Quand la consommation électrique de vos bâtiments, de vos équipements intervient essentiellement de jour, il peut être intéressant pour vous d’étudier la faisabilité de &lt;strong&gt;couvrir une partie de cette consommation au moyen d’électricité solaire photovoltaïque&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les prestations externes d’études de faisabilité à hauteur de 60 % dans la limite de 100 k€ d’assiette. Cette aide peut être portée à &lt;strong&gt;70 % pour des moyennes entreprises&lt;/strong&gt; au sens européen et à &lt;strong&gt;80 % pour des petites entreprises&lt;/strong&gt; ou bénéficiaires dans le cadre d’une « activité non économique ».&lt;/p&gt;&lt;p&gt;Nota : « Bénéficiaire dans le cadre d’une activité non économique » signifie une structure qui :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soit n’exerce pas d’activité consistant à offrir à autrui des biens ou des services.&lt;/li&gt;&lt;li&gt;Soit, bien qu’exerçant une activité consistant à offrir à autrui des biens ou des services, ne se trouve pas sur un marché concurrentiel. Tel est le cas notamment de bénéficiaires qui disposent d’un monopole de droit (par exemple les autorités exerçant des prérogatives de puissances publiques comme l’armée, la police, la surveillance antipollution) ou de fait (technique ou géographique).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité sujette à la présente aide ADEME, concerne &lt;strong&gt;l&amp;#039;évaluation et l&amp;#039;analyse du potentiel d&amp;#039;un projet&lt;/strong&gt; (technique, économique, sociale, environnementale, juridique, etc.), qui visent à soutenir le processus décisionnel en révélant de façon objective et rationnelle les forces et les faiblesses du projet, ainsi que les perspectives et les menaces qu&amp;#039;il suppose, et qui précisent les ressources nécessaires pour le mener à bien, et en évaluent, en définitive, les chances de succès…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_06_94_975_987</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-lautoconsommation-electrique-photovoltaique</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-de-lautoconsommation-electrique-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>140764</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Produire de la chaleur à partir d'énergies renouvelables et de récupération</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable selon opération. Concerne des  projets de taille modeste (&lt; aux seuils du Fonds chaleur ADEME) grâce à un dispositif de mutualisation.</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ Développer les énergies renouvelables thermiques (biomasse, solaire, géothermie superficielle)
+&lt;/h1&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dispositif d&amp;#039;accompagnement :
+  Fonds Chaleur de l&amp;#039;ADEME
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -- valoriser les ressources du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - favoriser l&amp;#039;activité locale
+&lt;/p&gt;
+&lt;p&gt;
+ - réduire les émissions de gaz à effet de serre
+&lt;/p&gt;
+&lt;p&gt;
+ - s&amp;#039;affranchir des énergies fossiles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaufferie bois (granulés, plaquettes forestières) avec ou sans réseau de chaleur, production d&amp;#039;eau chaude sanitaire solaire, géothermie sur sondes ou sur nappe
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Différents critères techniques d&amp;#039;éligibilité à respecter
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  transitionenergetique&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 83 21
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c04-produire-de-la-chaleur-a-partir-denergies-ren/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>56191</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K66" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J100" s="1" t="inlineStr">
+        <is>
+          <t>Intervention dans le cadre d'un transfert de compétence énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
-[...102 lines deleted...]
-      <c r="O66" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDEC ENERGIE étudie, finance, construit et exploite l&amp;#039;installation de production électrique photovoltaïque. Il intervient dans le cadre d&amp;#039;un transfert de compétence &amp;#34;énergies renouvelables&amp;#34;, sur décision de son bureau syndical et après avis de sa commission Transition Energétique.
+ Le bâtiment support de l&amp;#039;installation reste dans le patrimoine de la collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de l&amp;#039;électricité peut être par vente totale ou en autoconsommation, en bénéficiant au bâtiment où l&amp;#039;installation est construite.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement de l&amp;#039;opération est assuré par les fonds propres de la régie &amp;#34;énergies renouvelables&amp;#34; du syndicat, les dotations des partenaires, éventuellement la vente d&amp;#039;électricité et au besoin, une contribution de la collectivité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
-[...86 lines deleted...]
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide intervient dans le cadre d&amp;#039;un transfert de compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e396-installer-une-chaufferie-bois-energie-substit/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C67" s="1" t="inlineStr">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>56182</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Etudier l'opportunité technique et économique d'une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;étude est réalisée par le SDEC ENERGIE qui prend en charge l&amp;#039;intégralité de son coût (estimé à 1400€/étude).
+&lt;/p&gt;
+&lt;p&gt;
+ Elle porte sur l&amp;#039;opportunité de réaliser un projet solaire photovoltaïque en toiture d&amp;#039;un bâtiment public, en vente totale ou en autoconsommation, dans la limite d&amp;#039;une étude par an par collectivité.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3c8-realiser-letude-energetique-dun-batiment-etud/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>119914</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Faire confiance au savoir-faire artisanal et impliquer les artisans dans vos projets</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
-ÉcoQuartier
-[...275 lines deleted...]
-      <c r="G68" s="1" t="inlineStr">
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
-[...32 lines deleted...]
-  d&amp;#039;avoir des leviers politiques pour améliorer sa part de bio et durable.
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les artisans sont des professionnels disposant d&amp;#039;une qualification et qui exerce une activité de production, de transformation, de réparation ou de prestation de services. Les chambres des métiers et de l&amp;#039;artisanat sont à leur côté pour leur apporter un appui et une expertise pour le développement de leur activité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous souhaitez mobiliser le savoir-faire des artisans dans vos projets, impliquer les forces-vives de vos territoires, les CMA vous proposent l&amp;#039;accompagnement de conseillers spécialisés :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Identifier vos besoins et les possibles interventions des artisans
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Par exemple, pour un projet de rénovation énergétique des bâtiments publics, faites appel à des artisans du bâtiment spécialisés ;
+ &lt;br /&gt;
+ Un projet alimentaire territorial peut développer l&amp;#039;approvisionnement des cantines scolaires en produit artisanaux de qualité et de proximité ;
+ &lt;br /&gt;
+ • Informer les artisans sur les projets locaux
+ &lt;br /&gt;
+ Parce que la première barrière pour que les artisans participent aux projets des collectivités c&amp;#039;est l&amp;#039;information. Faire prendre conscience aux artisans qu&amp;#039;ils peuvent contribuer aux projets locaux ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Accompagner les collectivités techniquement et juridiquement pour permettre aux artisans et PME de répondre aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les acteurs publics sur les services des artisans ;
+ &lt;br /&gt;
+ - Former les équipes des collectivités territoriales sur les freins d&amp;#039;accès des artisans et PME aux marchés publics ;
+ &lt;br /&gt;
+ - Accompagner techniquement les services pour ne pas bloquer les candidatures des artisans ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  • Accompagner les artisans dans leur réponse technique aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les artisans sur leur possibilité d&amp;#039;offrir leurs services au secteur public ;
+ &lt;br /&gt;
+ - Les former sur les principes de la commande publique ;
+ &lt;br /&gt;
+ - Leur apporter une aide technique sur la forme de la réponse à la commande publique ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  •Accompagner la collectivité dans son projet d&amp;#039;attractivité économique et de revitalisation de zones commerciales
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ - Identifier les artisans
+ &lt;br /&gt;
+ - Accompagner les démarches administratives liées à l&amp;#039;installation/reprise
+ &lt;br /&gt;
+ - Accompagner le projet financier (vérification de la solidité financière du projet/business plan)
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M68" s="1" t="inlineStr">
-[...5 lines deleted...]
- Vous aurez accès à des ressources pour mettre en oeuvre la loi EGAlim et la transition vers un alimentation de qualité et durable.
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O68" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/03db-copie-14h44-faire-confiance-au-savoir-faire-a/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>146793</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Déployer un dispositif d’accompagnement aux énergies renouvelables thermiques pour les collectivités, entreprises, bailleurs et associations</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Contrat chaleur renouvelable</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Ademe - Direction régionale Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>Au forfait ou en %</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Approuvé en février 2021, le Plan Climat Air Energie Territorial (PCAET) permet de développer fortement les énergies renouvelables et de récupération (EnR&amp;amp;R). La MEL vise ainsi une multiplication par 2,3 de la production locale entre 2016 et 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour ce faire, la MEL déploie un contrat de chaleur renouvelable pour une première période de 3 ans. Financé par l&amp;#039;ADEME dans le cadre du Fonds Chaleur, il vise à accompagner financièrement et techniquement les acteurs du territoire (hors particuliers) : communes, entreprises, industries, bailleurs sociaux, copropriétés, équipements médico-sociaux, acteurs agricoles - souhaitant produire des énergies renouvelables thermiques (géothermie, biomasse, solaire thermique, réseaux, récupération de chaleur fatale).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est ouvert à des projets de toute taille (bâtiment neuf, réhabilitation, changement de production de chaleur) et offre un soutien technique et financier pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;accompagnement en ingénierie,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le financement des études de diagnostic, de faisabilité et missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le financement des investissements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Quel financement ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 70 % pour les études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Selon les barèmes forfaitaires du fond chaleur ADEME pour les travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sur les 3 prochaines années, près de 8 M€ d&amp;#039;aides pour la chaleur renouvelable seront apportés aux acteurs du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement d&amp;#039;une chaudiere biomasse pour une médiateque
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;une installation solaire thermique pour un établissement de santé
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;un raccordement de deux copropriétés au réseau de chaleur urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;une étude de faisabilité pour une opération de géothermie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout d&amp;#039;acteur hors particulier
+&lt;/p&gt;
+&lt;p&gt;
+ Critères du fond chaleur
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Métropole Européenne de Lille</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lillemetropole.fr/chaleur-renouvelable-la-mel-accompagne-les-projets-de-son-territoire</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.lillemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Alexandre Pauvert :
+   &lt;a target="_self"&gt;
+    a.pauvert&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maxime Lassalle :
+   &lt;a target="_self"&gt;
+    m.lassalle&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a target="_self"&gt;
+    enr&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>apauvert@lillemetropole.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80db-contrat-chaleur-renouvelable-metropole-europe/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>161710</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez votre projet de Pompe à Chaleur (PAC) solaire grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Installation de pompes à chaleur solaire pour la production d’eau chaude </t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin :&lt;/strong&gt; réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins :&lt;/strong&gt; raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale : &lt;/strong&gt;étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de pompes à chaleur (PAC) solaires éligibles au Fonds Chaleur sont les opérations de production d&amp;#039;eau chaude sanitaire (ECS) à destination de logement collectif et des secteurs Tertiaire, Industrie et Agriculture comprenant les établissements ayant des usages ECS durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-pompes-a-chaleur-solaire-pour-la-production-deau-chaude/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E69" s="1" t="inlineStr">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>161777</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser votre projet solaire thermique en métropole grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Installation de production d'eau chaude solaire thermique </t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H69" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O69" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le &lt;strong&gt;porteur devra démontrer que les points ont été pris en compte&lt;/strong&gt; :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins : &lt;/strong&gt;raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres ENR disponibles localement : &lt;/strong&gt;étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100°C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le solaire thermique est une solution de production de chaleur renouvelable aux nombreux atouts.&lt;/p&gt;&lt;p&gt;Le Fonds Chaleur aide à financer toute typologie de &lt;strong&gt;projets de production d&amp;#039;eau chaude collective par la chaleur solaire &lt;/strong&gt;dans &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les logements collectifs&lt;/li&gt;&lt;li&gt;le secteur tertiaire, l’industrie, l’agriculture&lt;/li&gt;&lt;li&gt;les opérations couplées à des réseaux de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les étapes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1 - Réalisez d’abord une étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projeté. Cela vous confortera dans votre choix d’investir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2 - Déposez ensuite un dossier de demande d’aide.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’une &lt;strong&gt;analyse économique&lt;/strong&gt; ou sur la base d’une &lt;strong&gt;aide forfaitaire&lt;/strong&gt; en fonction de la zone géographique d’implantation de l’installation, et de la surface de l’installation solaire.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;note d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;étude de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;assistance à maîtrise d’ouvrage&lt;br /&gt;&lt;/li&gt;&lt;li&gt;conseils&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche. Tout cela est conçu pour vous guider, préciser les critères d’éligibilité et vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X69" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-production-deau-chaude-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G70" s="1" t="inlineStr">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>161736</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un soutien financier à la réalisation de groupes de projets ayant recours à de la chaleur d'origine renouvelable et de récupération</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...7 lines deleted...]
-      <c r="K70" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
-[...72 lines deleted...]
-      <c r="S70" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un &lt;strong&gt;financement pour développer les énergies   renouvelables thermiques et de récupérations&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d&amp;#039;un contrat unique qui permet de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable patrimonial, d’une durée maximale de 6 ans, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable territorial, d&amp;#039;une durée de 4 ans, vous permet de développer des projets d&amp;#039;EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l&amp;#039;investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l&amp;#039;ensemble des conditions d’éligibilités et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Production d‘eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
-[...14 lines deleted...]
-  departement&amp;#64;aube.fr
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>163832</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Qualité de l'air
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W107" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>145008</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements pour la transition énergétique : réseaux de chaleur, production d'énergies renouvelables et rénovation globale</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Fonds énergies</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds Energies a été instauré le 14 avril 2023. Il est doté de 100 millions d&amp;#039;euros d&amp;#039;ici 2030. Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+ &lt;strong&gt;
+  fondsenergies&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ . L&amp;#039;attribution des subventions est réalisée par le Conseil métropolitain et chaque projet fait l&amp;#039;objet d&amp;#039;une convention spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Production d&amp;#039;énergie renouvelable ou de récupération locale
+  &lt;/strong&gt;
+  , par exemple géothermie de surface, géothermie profonde, solaire thermique, solaire photovoltaïque (hors revente totale), verdissement de réseau de chaleur (atteinte d&amp;#039;au moins 60% d&amp;#039;énergies renouvelables et de récupération), récupération de chaleur fatale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Extension/densification/création de réseaux de chaleur
+  &lt;/strong&gt;
+  alimentés à plus de 50% par des énergies renouvelables ou de récupération, raccordement d&amp;#039;un ou plusieurs bâtiments à un réseau de chaleur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rénovation énergétique performante de bâtiments tertiaires publics
+  &lt;/strong&gt;
+  répondant aux objectifs du décret tertiaire, et les travaux d&amp;#039;étanchéité et d&amp;#039;isolation de toitures en vue d&amp;#039;une solarisation. Les constructions neuves ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création/extension/densification d&amp;#039;un réseau de chaleur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une production de géothermie de surface pour un bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique globale de bâtiments publics
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes, les établissements publics territoriaux, les syndicats exerçant la compétence de distribution d&amp;#039;électricité ou la maîtrise d&amp;#039;ouvrage de réseaux de chaleur sur le territoire de la Métropole du Grand Paris, les autres établissements publics situés sur le territoire de la Métropole pour des projets d&amp;#039;ampleur métropolitaine et les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidats auront démontré qu&amp;#039;ils ont sollicité l&amp;#039;ensemble des aides existantes, notamment régionales et nationales, pour mener à bien la réalisation de leur projet.
+ &lt;/strong&gt;
+ Par exemple, pour la chaleur renouvelable, le fonds énergies a vocation à venir en complément des aides du fonds chaleur de l&amp;#039;ADEME ou l&amp;#039;AAP Chaleur renouvelable de la Région, pour s&amp;#039;assurer que des projets bénéfiques pour la transition énergétique du territoire voient bien le jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-energies</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsenergies&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae70-financer-des-investissements-dans-la-transiti/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>50028</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d’efficacité énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un maître
+d’ouvrage privé ou une entreprise du secteur tertiaire, un maître d’ouvrage
+public (collectivité territoriale, EPCI, établissement de l&amp;#039;État, SEM, SPL) ou
+encore un industriel engagé dans une démarche de réduction de consommation
+énergétique ou de décarbonation de vos process ? Vous souhaitez réduire la
+consommation d’énergie et les émissions de gaz à effet de serre de vos bâtiments,
+bénéficier d’une démarche d’accompagnement pour favoriser la conduite du
+changement ou du soutien d’un tiers de confiance, ou encore être soutenu dans
+le développement de solutions de décarbonation innovantes ? La Banque des
+Territoires vous accompagne à travers différentes offres d’investissement, en
+fonction de vos besoins et de vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Ces solutions
+d’investissement permettent ainsi de financer la rénovation des bâtiments
+tertiaires publics, selon différentes modalités : par exemple MGPE (Marchés
+Publics Globaux de Performance Energétique) à paiement différé, ou MPPE
+(Marchés de Partenariat de Performance Energétique), avec ou sans création de
+SAS ou SEMOp. Nous finançons également les entreprises publiques locales
+(sociétés d’économie mixte, sociétés publiques locales). Selon des modalités
+particulières, nous accompagnons également les projets concernant les bâtiments
+tertiaires privés. Enfin, l’efficacité énergétique et la décarbonation de
+l’industrie peuvent également faire l’objet de financement, selon certains
+prérequis.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-efficacite-energetique-batiments?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=efeb_psat</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-travaux-efficacite-energetique-batiment/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>152466</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 62</t>
+        </is>
+      </c>
+      <c r="J110" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié ( de + 10% à + 20%)</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la construction et à la rénovation du patrimoine bâti des collectivités en termes de performance énergétique, de développement des énergies renouvelables, d&amp;#039;éclairage public performant et de mise en œuvre d&amp;#039;une mobilité durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation de panneaux solaires photovoltaïques sur le toit de l&amp;#039;école primaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de fenêtres à double vitrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du réseau de chauffage urbain à Chaleurville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de l&amp;#039;efficacité énergétique des bâtiments publics de Lumino-Ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de systèmes de récupération d&amp;#039;eau de pluie dans les bâtiments municipaux de Pluiebourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation énergétique des bâtiments historiques du Vieilbourg
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;div&gt;
+  &lt;table&gt;
+   &lt;tbody&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Dépenses éligibles
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Taux de financement
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Observations
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        RENOVATION ENERGETIQUE DES BATIMENTS
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation des bâtiments communaux ou intercommunaux en termes de performances énergétiques.
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        Travaux éligibles
+       &lt;/strong&gt;
+       &lt;strong&gt;
+        :
+       &lt;/strong&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - Isolation des combles
+       &lt;br /&gt;
+       - Isolation des murs
+       &lt;br /&gt;
+       - Isolation du plancher bas
+       &lt;br /&gt;
+       - Changement des menuiseries sur au moins
+       &lt;br /&gt;
+       20 % des surfaces restantes
+       &lt;br /&gt;
+       - Traitement de l&amp;#039;étanchéité à l&amp;#039;air
+       &lt;br /&gt;
+       - Chauffage à haut rendement / condensation
+       &lt;br /&gt;
+       - Ventilation simple flux performante ou double flux
+       &lt;br /&gt;
+       - Rénovation de l&amp;#039;éclairage intérieur
+       &lt;br /&gt;
+       - Régulation, distribution et émission de chauffage
+       &lt;br /&gt;
+       - Utilisation d&amp;#039;une énergie renouvelable
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;isolants biosourcés
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;une télégestion énergétique
+       &lt;br /&gt;
+       - Systèmes passifs d&amp;#039;amélioration du confort d&amp;#039;été (isolation renforcée, brise soleil...)
+       &lt;br /&gt;
+       - Régulation de l&amp;#039;éclairage, ventilation
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 15 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique compris entre 15 % et 30%
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique supérieur à 30 %
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+       &lt;br /&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        CONSTRUCTION DE BATIMENTS ENERGETIQUEMENT EXEMPLAIRES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Construction de bâtiments à énergie passive (BEPAS) ou positive (BEPOS) dans une optique de transition énergétique.
+      &lt;/p&gt;
+      &lt;p&gt;
+       Construction de bâtiments biosourcés (label), matériaux issus de ressources naturelles renouvelables majoritairement d&amp;#039;origine végétale (bois, chanvre, lin, coton recyclé, ouate de cellulose, paille de blé...)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 20 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        DEVELOPPEMENT DES ENERGIES RENOUVELABLES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire photovoltaïque
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal
+       &lt;br /&gt;
+       &amp;#43; 10 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+      &lt;/p&gt;
+      &lt;p&gt;
+       250 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bois énergie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 50 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire thermique
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 1 000 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Géothermie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+       &lt;br /&gt;
+       200 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        ECLAIRAGE PUBLIC PERFORMANT
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation de l&amp;#039;éclairage public par de l&amp;#039;éclairage à économie d&amp;#039;énergie performant (type LED) dans les communes de moins de
+       &lt;br /&gt;
+       3 500 habitants *
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dispositifs intelligents de modulation de l&amp;#039;éclairage public
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       150 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        MOBILITE DURABLE ET CIRCULATIONS DOUCES (VOIR THEMATIQUE CIRCULATIONS DOUCES)
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bornes de recharge accélérées et bornes de recharge rapides (super chargeurs) pour véhicules électriques -
+       &lt;strong&gt;
+        uniquement pour les projets sous maîtrise d&amp;#039;ouvrage d&amp;#039;un syndicat d&amp;#039;énergie.
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à :
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 10 000 € HT pour les bornes dites accélérées en
+       &lt;em&gt;
+        courant alternatif (AC) entre 16 A (3,7 kW en monophasé, 11kW en triphasé) et 32 A (7,4kW en monophasé, 22kW en triphasé) et pour les bornes dédiées collectivités territoriales en courant alternatif (AC) 7kVA sur domaine privé
+       &lt;/em&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 40 000 € HT pour les bornes dites rapides (super chargeurs) (
+       &lt;em&gt;
+        courant continu (DC) entre 50kW et 250kW).
+       &lt;/em&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Acquisition neuves ou d&amp;#039;occasion par les communes de moins de 10.000 habitants, pour leurs services techniques, de véhicules utilitaires légers hybrides ou électriques.
+       &lt;br /&gt;
+       (1 véhicule par bénéficiaire tous les 5 ans)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       20 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+   &lt;/tbody&gt;
+  &lt;/table&gt;
+ &lt;/div&gt;
+&lt;p&gt;
+ * Pour les travaux réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   travaux d&amp;#039;entretien.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G71" s="1" t="inlineStr">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>162651</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement vos bâtiments publics via le programme SERENE</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Programme SERENE - Service de Rénovation énergétique du SDE35</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Avance récupérable
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possible ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les travaux accompagnés ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations de rénovation globale&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;efficacité énergétique avec priorité donnée aux travaux éligibles à l&amp;#039;intracting (remplacement des équipements de chauffage, relamping, GTB)&lt;/li&gt;&lt;li&gt;Possibilité de confier les travaux lourds de rénovation : en coordination avec les offres existantes des SEM : Territoires, SEM Breizh, Orchestr&amp;#039;Am, Terres et toits.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement technique&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation des travaux « d’efficacité énergétique » par le SDE35 sous mandat de maitrise d’ouvrage déléguée, afin de mutualiser le suivi et les achats ou achats&lt;/li&gt;&lt;li&gt;Ou réalisation des travaux en Assistance à Maitrise d’Ouvrage (AMO) pour vous garantir que les moyens sont en adéquation avec vos objectifs de performances énergétiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement financier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mutualisation du financement des travaux de rénovation à l’échelle du SDE35, comprenant la recherche de financements extérieurs (subventions) et le portage des emprunts via un partenariat engagé avec la Banque des Territoires (pour les temps de retour sur investissement inférieur à 13 ans) ou des banques privées (pour les TRI &amp;gt; 13 ans).&lt;/li&gt;&lt;li&gt;Remboursement différé des annuités après la mise en service de la rénovation, afin de permettre à la collectivité propriétaire de dégager des capacités de remboursement par les économies de fluides réalisées&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Coût pour les collectivités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cession des CEE des travaux au SDE35&lt;/li&gt;&lt;li&gt;Frais de commissionnement allant de 1 à 5 % suivant l&amp;#039;ingénierie demandée&lt;/li&gt;&lt;li&gt;Conventionnement adapté sur la durée avec les communes en fonction de chaque projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets en délégation de maitrise d&amp;#039;ouvrage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/20240111-140256-66742bd853de6.jpg" alt /&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Remplacement du système de chauffage par création d&amp;#039;une chaufferie et d&amp;#039;un réseau technique - Budget prévisionnel de l&amp;#039;opération HT : 345 000 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectif : 35 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une chaudière à granulés avec son silo&lt;/p&gt;&lt;p&gt;Création d&amp;#039;un réseau technique reliant 2 bâtiments&lt;/p&gt;&lt;p&gt;Rénovation du site existant&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/bain-ext-66742c8b48e7e.jpg" alt /&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Rénovation d&amp;#039;une salle polyvalente - Budget prévisionnel de l&amp;#039;opération HT : 254 730 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectifs : 56 % de réduction des consommations énergétiques et 54 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Mise en place d&amp;#039;une Gestion Technique Centralisée de bâtiment&lt;/p&gt;&lt;p&gt;Changement des menuiseries et installation de filtres solaires&lt;/p&gt;&lt;p&gt;Abaissement et isolation de plafond&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une Centrale de Traitement d&amp;#039;Air double-flux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité au dispositif SERENE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La collectivité reverse la totalité ou une partie de la TCFE au SDE35&lt;/li&gt;&lt;li&gt;La collectivité conventionne avec le service CEP sur son territoire. Les territoires non couverts par un CEP sont invités à s&amp;#039;adresser directement au SDE35.&lt;/li&gt;&lt;li&gt;La collectivité a réalisé un audit énergétique ou un pré-diagnostic du CEP avant l&amp;#039;intervention de SERENE.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thomas BERTHIAU - responsable du pôle SERENE - &lt;a target="_self"&gt;t.berthiau&amp;#64;sde35.fr&lt;/a&gt; - 07 56 05 45 65&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>131826</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>ISERENOV'</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Isère (TE38)</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Subvention</t>
+        </is>
+      </c>
+      <c r="I112" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J112" s="1" t="inlineStr">
+        <is>
+          <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ 16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement de chaudière d&amp;#039;un gymnase
+  &lt;/li&gt;
+  &lt;li&gt;
+   ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Postes de travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Isolation toiture : BAT-EN-101 / BAR-EN-101
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation murs : BAT-EN-102 / BAR-EN-102
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation sous plancher : BAT-EN-103 / BAR-EN-103
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement menuiseries : BAT-EN-104 / BAR-EN-104
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation toit terrasse : BAT-EN-107 / BAR-EN-107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement chaudière combustible : BAT-TH-102 / BAR-TH-106/107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Système de régulation par prog d&amp;#039;intermittence : BAT-TH-108 / BAR-TH-118
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chauffe-eau solaire collectif : BAT-TH-111 / BAR-TH-124/135
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe à chaleur : BAT-TH-113 / BAR-TH-129
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion Technique Centralisée (GTC) : BAT-TH-116
+  &lt;/li&gt;
+  &lt;li&gt;
+   Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site gouvernemental des fiches CEE :
+ &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
+  https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te38.fr/iserenov/</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Envoyez votre demande sur iserenov&amp;#64;te38.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>jgiono@te38.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>131815</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Aider les responsables de restauration collective à suivre leurs achats de bio et durable</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>ma cantine</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Direction Interministérielle du Numérique (DINUM)
+Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat</t>
-[...29 lines deleted...]
- &lt;/strong&gt;
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 🤔 Vous avez besoin d&amp;#039;outils pour mettre en oeuvre la transition alimentaire en proposant des repas de meilleurs qualité, et plus durable ?
+&lt;/p&gt;
+&lt;p&gt;
+ 💡 Commencez par
+ &lt;strong&gt;
+  valoriser vos achats gratuitement
+ &lt;/strong&gt;
+ grâce à la
+ &lt;strong&gt;
+  plateforme institutionnelle ma cantine
+ &lt;/strong&gt;
+ !
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le sillage de la loi EGAlim, la Direction Interministérielle du Numérique et le Ministère de l&amp;#039;Agriculture et de la Souveraineté Alimentaire ont financé le développement de la plateforme ma cantine !
+&lt;/p&gt;
+&lt;p&gt;
+ En ligne depuis février 2021, elle a pour vocation l&amp;#039;accompagnement des gestionnaires de restauration collective autour de quatre axes : une meilleure connaissance de la loi, un outillage des établissements pour mettre en oeuvre la loi EGAlim, offrir une publicité des actions déployées et permettre à l&amp;#039;administration de constituer des points d&amp;#039;étape annuel évaluant le déploiement de la transition alimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit et facile d&amp;#039;utilisation, l&amp;#039;outil de suivi des achats proposée ma cantine permet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Contact téléphonique, mail
-[...61 lines deleted...]
- * sous réserve d&amp;#039;une candidature et sélection dans le cadre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt (AMI)  » Pour une alimentation durable et de qualité dans la restauration collective publique ».
+  de réaliser un diagnostic sur les mesures de la loi EGAlim
+ &lt;/li&gt;
+ &lt;li&gt;
+  de suivre en ligne ses achats en les valorisant par labels ou famille de produit
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;avoir des leviers politiques pour améliorer sa part de bio et durable.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Grâce à ma cantine, vous pourrez en quelques clics générer des documents de communication auprès des bénéficiaires de votre service de restauration, les convives, ou même de vos directions ou élu.e.s.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous aurez accès à des ressources pour mettre en oeuvre la loi EGAlim et la transition vers un alimentation de qualité et durable.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O71" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
-[...524 lines deleted...]
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
-[...20 lines deleted...]
- &lt;/a&gt;
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>http://ma-cantine.agriculture.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ support-egalim&amp;#64;beta.gouv.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>andre.gauthier@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fd02-aider-les-responsables-de-restauration-collec/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>163291</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du dispositif Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service « Conseil en Energie Partagé » (CEP) proposé par TE80 consiste à partager les compétences en énergie de 4 techniciens 
+spécialisés. Cela permet aux collectivités n’ayant pas les ressources 
+internes suffisantes de mettre en place une politique énergétique 
+maîtrisée, et d’agir concrètement sur leur patrimoine pour réaliser des 
+économies.&lt;/p&gt;&lt;p&gt;Le Conseil en Energie Partagé en quelques mots :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;État des lieux énergétique du patrimoine (bâti et chaufferies)&lt;/li&gt;&lt;li&gt;Anlayse et suivi des consommations&lt;/li&gt;&lt;li&gt;Conseils
+ indépendants et personnalisés (optimisation tarifaire, rédaction de cahier des charges, recherche d’artisans qualifiés…)&lt;/li&gt;&lt;li&gt;Recherche de leviers financiers (CEE, subventions régionales, financement participatif…)&lt;/li&gt;&lt;li&gt;Mise en place d’opérations groupées de commandes&lt;/li&gt;&lt;li&gt;opérations sous mandat de maitrise d&amp;#039;ouvrage pour les collectivités souhaitant confier le pilotage des études et des travaux&lt;/li&gt;&lt;li&gt;recherche de leviers financiers &lt;/li&gt;&lt;li&gt;valorisation des CEE&lt;/li&gt;&lt;li&gt;octroi d&amp;#039;aides financières (Contrat chaleur renouvelable territorial, fond de concours à la rénovation de Territoire d&amp;#039;énergie selon les modalité e&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour
+ établir un bilan énergétique, le CEP réalise un inventaire du 
+patrimoine, s’appuie notamment sur l’analyse des dernières factures des 
+consommations eau/gaz et électricité des bâtiments communaux et apporte 
+une expertise sur les projets envisagés de la collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation de bâtiments publics, changement de mode de chauffage, optimisation de contrats d&amp;#039;exploitation, installation d&amp;#039;énergies renouvelables...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion par transfert de la compétence maîtrise de la demande en énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;80€/bâtiments/an sur 6 ans&lt;/p&gt;&lt;p&gt;atteinte de 40% d&amp;#039;économies d&amp;#039;énergie minimum&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/conseil-en-energie-partage/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>