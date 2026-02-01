--- v0 (2025-11-20)
+++ v1 (2026-02-01)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA65"/>
+  <dimension ref="A1:AA174"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1361 +228,1966 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>112123</v>
+        <v>140744</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Réaliser des travaux d'investissement sur l'éclairage public performant</t>
-[...4 lines deleted...]
-          <t>Aides à la réalisation des travaux d'investissement sur l'éclairage public performant</t>
+          <t>Réaliser des travaux d'aménagement sur l'éclairage public dans le cadre d'opération esthétique, de renforcement souterrain ou de sécurisation en souterrain</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>Montant forfaitaire par équipement</t>
+          <t>Montant d'aide plafonné à 18 % du montant  TTC des travaux électriques aidés</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
-        <is>
-[...321 lines deleted...]
-      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Rénover et développer l&amp;#039;éclairage public
   &lt;/strong&gt;
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Nature de l&amp;#039;opération : Eclairage public
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
-   Classement au regard du régime d&amp;#039;électrification : Communes Rurales (ER)
+   Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U1, U2) et Communes Rurales (ER)
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Objectifs :
   &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- - moderniser les installations
+ -
+  moderniser les installations
 &lt;/p&gt;
 &lt;p&gt;
  - gérer le patrimoine EP
 &lt;/p&gt;
 &lt;p&gt;
  - réaliser des économies d&amp;#039;énergie
 &lt;/p&gt;
 &lt;p&gt;
- - coordonner avec d&amp;#039;autres travaux de réseaux ou seuls
+ - coordonner avec d&amp;#039;autres travaux de réseaux
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre signataire de la Charte Eclairons juste le Jura
 &lt;/p&gt;
 &lt;p&gt;
+ Travaux coordonnés à des travaux souterrains sur le réseau électrique
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.sidec-jura.com</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   SIDEC du Jura
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  1 rue Maurice Chevassu
 &lt;/p&gt;
 &lt;p&gt;
  39000 LONS-LE-SAUNIER
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Contact :
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   energies.electricite&amp;#64;sidec-jura.fr
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   03 84 47 81 26
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/55fa-realiser-des-travaux-damenagement-sur-leclair/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>1065</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Investir sur les procédés de production existants permettant une réduction significative des consommations d’énergie</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Plafond 200.000€ / bonus de +10% pour les structures s’engageant dans une stratégie d’investissement</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concourir à la mutation nécessaire du monde économique vers la sobriété énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérenniser l&amp;#039;activité économique et l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Limiter les émissions de gaz à effet de serre (GES)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide est renouvelable 3 ans après la décision de la Commission Permanente du Conseil Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les investissements portant sur les procédés de production innovants ou procédés classiques permettant une réduction significative des consommations d&amp;#039;énergie, ainsi que le pilotage performant de ces procédés (nouveau système ou optimisation de l&amp;#039;existant). Les investissements portant sur les utilités permettant une réduction significative des consommations d&amp;#039;énergie grâce à des techniques plus efficaces ou des systèmes de récupération de chaleur fatale (optimisation de la ventilation, de l&amp;#039;air comprimé, de la production et de la distribution de vapeur, du froid, de la force motrice, de l&amp;#039;éclairage...engendrant des économies d&amp;#039;énergie).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts d&amp;#039;investissement HT supplémentaires nécessaires pour parvenir à un niveau d&amp;#039;efficacité énergétique supérieur. Ils sont déterminés comme suit : a) si les coûts de l&amp;#039;investissement dans l&amp;#039;efficacité énergétique peuvent être identifiés comme investissement distinct dans les coûts d&amp;#039;investissement totaux, ces coûts liés à l&amp;#039;efficacité énergétique constituent les coûts admissibles ; b) dans tous les autres cas, les coûts de l&amp;#039;investissement dans l&amp;#039;efficacité énergétique sont déterminés par référence à un investissement similaire, favorisant moins l&amp;#039;efficacité énergétique, qui aurait été plausible en l&amp;#039;absence d&amp;#039;aide. La différence entre les coûts des deux investissements représente les coûts liés à l&amp;#039;efficacité énergétique et constitue les coûts admissibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lefficacite-energetique-des-procedes/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 64 96
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a4d-efficacite-energetique-des-procedes-grandest/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>56126</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Effacer les réseaux publics d'électricité basse tension, d'éclairage public ou de génie civil de télécommunication, supprimer ou rénover un poste de transformation</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 100</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Travaux réalisés par le SDEC ENERGIE, qui prend en charge tout ou partie de leur coût</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;effacement  coordonné  des  réseaux  aériens  d&amp;#039;électricité,  d&amp;#039;éclairage  public  et  de télécommunication permet d&amp;#039;améliorer l&amp;#039;aménagement paysager des communes et la qualité de la desserte électrique par la mise en souterrain ou la pose en technique sur façade des-dits réseaux. Ces techniques protègent  ces  différentes  installations  des  intempéries. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les taux d&amp;#039;aides sont bonifiés dans les secteurs &amp;#34;Zone de vent&amp;#34;, &amp;#34;Zone de Qualité Prioritaire&amp;#34; définies par le syndicat ou dans le cas de fils nus.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les  travaux d&amp;#039;enfouissement  sont  réalisés,  à  la  demande  des  collectivités,  par  le  SDEC ÉNERGIE  qui  coordonne  l&amp;#039;enfouissement des trois réseaux dans une seule et unique tranchée, limitant ainsi les coûts de travaux, les délais d&amp;#039;intervention et les interventions multiples sur la voirie.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention dépendent de la localisation de la commune et des techniques de câbles à remplacer.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon les dépenses, l&amp;#039;aide peut être accordée sur avis du bureau syndical et peut être plafonnée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Espace public
+Voirie et réseaux
+Paysage</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La commune doit être adhérente au syndicat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail : effacement&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 75
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>b.caron@sidec-jura.fr</t>
+          <t>flemaire@sdec-energie.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/02e4-realiser-des-travaux-de-remplacement-de-vetus/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fca3-effacer-les-reseaux-publics-delectricite-bass/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
-        <v>163185</v>
+        <v>140752</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Déléguer la maintenance de l'éclairage public</t>
-[...4 lines deleted...]
-          <t>Maintenance EP</t>
+          <t>Maintenir et exploiter le réseau d'éclairage public</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Territoire d'Energie Var - Symielec (TE83)</t>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Au cas par cas</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Entretenir l&amp;#039;éclairage public
+  &lt;br /&gt;
+  Assurer un fonctionnement performant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectif:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - gagner en performance
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - assurer la continuité du fonctionnement
+&lt;/p&gt;
+&lt;p&gt;
+ - maitriser les dépenses
+&lt;/p&gt;
+&lt;p&gt;
+ - assurer la sécurité des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Consommation et production</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion à l&amp;#039;offre e-lum
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  e-lum&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b839-maintenir-et-exploiter-le-reseau-declairage-p/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>140743</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de remplacement, de vétusté, de sécurité (RVS) sur le parc d'éclairage public</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux RVS sur le parc d'éclairage public, y compris la mise à niveau du réseau EP aérien dans le cas de remplacement des lanternes vétustes par des lanternes LED</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>Travaux conformes aux préconisations du diagnostic du patrimoine éclairage public. Montant de travaux plafonné annuellement à 30000 € TTC pour les collectivités adhérentes au service e-lum® , 15000 € TTC pour les collectivités signataires de la Charte</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Rénover et développer l&amp;#039;éclairage public
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Nature de l&amp;#039;opération : Eclairage public
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Classement au regard du régime d&amp;#039;électrification : Communes Rurales (ER)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Objectifs :
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - moderniser les installations
+&lt;/p&gt;
+&lt;p&gt;
+ - gérer le patrimoine EP
+&lt;/p&gt;
+&lt;p&gt;
+ - réaliser des économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - coordonner avec d&amp;#039;autres travaux de réseaux ou seuls
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre signataire de la Charte Eclairons juste le Jura
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/02e4-realiser-des-travaux-de-remplacement-de-vetus/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>163185</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Déléguer la maintenance de l'éclairage public</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Maintenance EP</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;TE83 assure la maintenance de l’éclairage public pour le compte des communes et intercommunalités ayant transféré cette compétence. La maintenance comprend l’assistance, l’entretien et le dépannage du réseau d’éclairage public. L’objectif est de répondre aux enjeux d’un éclairage économe et de qualité. L’outil web interactif, SAGA, permet de signaler une panne et de suivre les interventions réalisées.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;De plus, le Syndicat dispose d&amp;#039;autres compétences pour la réalisation de travaux neufs d&amp;#039;équipement de réseaux d&amp;#039;éclairage public et pour la rénovation énergétique des parcs anciens avec le passage au LED et l&amp;#039;installation d&amp;#039;horloges connectées pilotable à distance.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Maintenance de l&amp;#039;éclairage public :&lt;/p&gt;&lt;p&gt;- Mise en sécurité et remplacement d&amp;#039;un mat accidenté,&lt;/p&gt;&lt;p&gt;- Remplacement de luminaire défectueux&lt;/p&gt;&lt;p&gt;- etc...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Equipement public</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour bénéficier de la maintenance de l&amp;#039;EP par TE83, la colléctivité doit délibérer pour transferer la compétence au Syndicat.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Var</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://te83.fr/competences/leclairage-public/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://te83.fr/organigramme/</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aurore SANCHIS : Responsable du Service de l&amp;#039;éclairage public -&lt;a target="_self"&gt;aurore.sanchis&amp;#64;te83.fr&lt;/a&gt;- 04 94 37 28 18&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>mehdi.rassoul@symielecvar.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/deleguer-la-maintenance-de-leclairage-public/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>140746</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'éclairage public seuls</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="O6" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>Montant aidé plafonnné à 1000 €TTC dans la limite d'un seul dossier par an et par collectivité. Travaux conformes à la Charte Eclairons Juste le Jura et chiffrés dans la limite du bordereau SIDEC</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Rénover et développer l&amp;#039;éclairage public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Nature de l&amp;#039;opération : Eclairage public
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U2) et Communes Rurales (ER)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Objectifs :
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -
+  moderniser les installations
+&lt;/p&gt;
+&lt;p&gt;
+ - gérer le patrimoine EP
+&lt;/p&gt;
+&lt;p&gt;
+ - réaliser des économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T6" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre signataire de la Charte Eclairons juste le Jura.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f92-realiser-des-travaux-declairage-public-seuls/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>140753</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Géolocaliser des réseaux d'éclairage public</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Au cas par cas</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...11 lines deleted...]
- Le SDED 52 assure la maîtrise d&amp;#039;ouvrage et la maîtrise d&amp;#039;œuvre de ces opérations et appelle, selon les dispositions de son règlement financier, une participation de la commune comprise entre 50% et 80% du montant HT des travaux.
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Connaître avec précision l&amp;#039;emplacement des réseaux d&amp;#039;éclairage public
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectif:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - sécuriser les interventions
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - gérer et préserver le patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ - respecter la réglementation
+&lt;/p&gt;
+&lt;p&gt;
+ - géodétecter avec une précision maximale&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Obligation réglementaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8840-geolocaliser-des-reseaux-declairage-public/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>140745</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'éclairage public conjointement avec une opération d'extension du réseau électrique aérien ou souterrain</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Montant d'aide plafonné à 25 % du montant  TTC de l'opération électrique. Travaux conformes à la Charte Eclairons Juste le Jura et chiffrés dans la limite du bordereau SIDEC</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Rénover et développer l&amp;#039;éclairage public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Nature de l&amp;#039;opération : Eclairage public
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U1, U2) et Communes Rurales (ER)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Objectifs :
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -
+  moderniser les installations
+&lt;/p&gt;
+&lt;p&gt;
+ - gérer le patrimoine EP
+&lt;/p&gt;
+&lt;p&gt;
+ - réaliser des économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - coordonner avec d&amp;#039;autres travaux de réseaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre signataire de la Charte Eclairons juste le Jura
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux coordonnés à des travaux souterrains sur le réseau électrique
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae90-realiser-des-travaux-declairage-public-conjoi/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>112122</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic du parc d'éclairage public communal</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la réalisation d'un diagnostic du parc d'éclairage public communal</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>60% du montant HT</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDES fait réaliser et finance pour le compte des communes adhérentes qui le souhaitent un diagnostic de leur parc d&amp;#039;éclairage public.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce diagnostic à pour objectif d&amp;#039;établir un inventaire exhaustif des équipements d&amp;#039;éclairage public (armoire, mat, crosse, luminaire...) et d&amp;#039;établir un programme de travaux.&lt;/p&gt;&lt;p&gt;En cas de transfert de la compétence éclairage public au SDES, le taux de prise en charge et de 100% (avec un plafond de 10 000 €HT pour les intercommunalités).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette participation financière du SDES est octroyée pour les diagnostics d&amp;#039;éclairage public uniquement réalisés dans le cadre d&amp;#039;une prestation de service du SDES au profit des communes adhérentes au SDES et de leurs intercommunalités de rattachement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les intercommunalités, la participation financière octroyée est calculée en fonction du pourcentage de la population adhérente au SDES et donc hors régie d&amp;#039;électricité. Ainsi, un coefficient réducteur est appliqué le cas échéant sur le taux de participation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdes73.com/eclairage-public/diagnostic-declairage-public/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ sdes&amp;#64;sdes73.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 79 26 42 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>j.fournier@sdes73.com</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/929e-aide-a-la-realisation-dun-diagnostic-du-parc-/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>112123</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'investissement sur l'éclairage public performant</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Aides à la réalisation des travaux d'investissement sur l'éclairage public performant</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>*sous adhésion</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A compter du 1er janvier 2026, la participation financière du SDES pour les travaux d&amp;#039;investissement pour l&amp;#039;éclairage public, est remplacée par la prise en charge des travaux sous compétence du SDES. Des contributions seront demandées aux communes pour compléter la prise en charge par le SDES des travaux. Les modalités seront précisées dans les prochains mois.&lt;br /&gt;Des « frais de maîtrise d’ouvrage » sur le montant des travaux réalisés seront appliqués à hauteur de 3 % du montant TTC des travaux &amp;#43; maîtrise d’oeuvre.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
-[...2 lines deleted...]
- Afin de bénéficier de cette aide, les collectivités doivent être adhérentes au SDED 52 et avoir procédé au transfert de la compétence éclairage public.
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à la compétence investissement éclairage public : &lt;a href="https://www.sdes73.com/le-sdes/transfert-de-competence/" target="_self"&gt;https://www.sdes73.com/le-sdes/transfert-de-competence/&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdes73.com/eclairage-public/travaux-de-renovation-de-leclairage-public/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;sdes&amp;#64;sdes73.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 79 26 42 10
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
-[...37 lines deleted...]
- sded52&amp;#64;sded52.fr
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>j.fournier@sdes73.com</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0db-copie-10h16-aide-a-la-realisation-dun-diagnos/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>129730</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Etendre les réseaux aériens de distribution publique d'électricité, d'éclairage public et de télécommunications</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDED 52 dispose de la compétence dite &amp;#34;distribution publique d&amp;#039;électricité&amp;#34; depuis ses origines.
+&lt;/p&gt;
+&lt;p&gt;
+ A cet égard, il est propriétaire et responsable de la gestion des réseaux de distribution d&amp;#039;électricité et s&amp;#039;appuie sur un contrat de concession avec Enedis pour l&amp;#039;exploitation, au quotidien, du réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Syndicat assure la maîtrise d&amp;#039;ouvrage d&amp;#039;un certain nombre de travaux sur le réseau de distribution publique, dont les opérations d&amp;#039;extension de réseaux de distribution publique d&amp;#039;électricité, d&amp;#039;éclairage public et de réseaux de télécommunications.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations ont pour objectif majeur de mettre à disposition le réseau de distribution d&amp;#039;électricité pour de nouveaux usages (habitation, activité économique par exemple).
+&lt;/p&gt;
+&lt;p&gt;
+ Le SDED 52 assure la maîtrise d&amp;#039;ouvrage et la maîtrise d&amp;#039;œuvre de ces opérations et appelle, selon les dispositions de son règlement financier, une participation du bénéficiaire qui dépend de la nature des travaux à engager.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
-[...235 lines deleted...]
-      <c r="M9" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Commune de Langres : rénovation de l&amp;#039;éclairage public du centre ancien avec programme de réduction d&amp;#039;intensité en milieu de nuit, ajusté avec un système de détection de présence.
+   Commune de Froncles : extension de réseaux pour alimenter un site de production agricole.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O9" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
-[...2 lines deleted...]
- Afin de bénéficier de cette aide, les collectivités doivent être adhérentes au SDED 52 et avoir procédé au transfert de la compétence éclairage public.
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de cette aide, les travaux doivent être réalisés dans des communes relevant du régime rural au titre de la concession.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de se rapprocher du SDED 52 afin de vérifier cette disposition.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas contraire, les travaux seront entrepris par Enedis et le Syndicat est alors en mesure d&amp;#039;attribuer une subvention à hauteur de 40% du montant HT des travaux sur le réseau de distribution, plafonnée à 5 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X9" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/distribution-publique-d-electricite</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute interrogation :
 &lt;/p&gt;
 &lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et des Déchets 52
  &lt;br /&gt;
  40 bis avenue Foch
  &lt;br /&gt;
  52 000 Chaumont
 &lt;/p&gt;
 &lt;p&gt;
  03 25 35 09 29
 &lt;/p&gt;
 &lt;p&gt;
  sded52&amp;#64;sded52.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>sded52@sded52.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5437-dissimuler-les-reseaux-aeriens-de-distributio/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>111994</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner  la gestion de l’éclairage public</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Sur les travaux permettant d'atteindre 50% déconomie de consommation. Plafonnée à 12 000 euros HT/an</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...116 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans la gestion de leur éclairage public : création, entretien, réparation des points lumineux et réponse aux obligations en tant que gestionnaire de réseaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    MODALITÉS D&amp;#039; ACCOMPAGNEMENT :
   &lt;/strong&gt;
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   État des lieux du patrimoine existant et diagnostic énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Maîtrise d&amp;#039;œuvre des travaux et passation des marchés afférents
  &lt;/li&gt;
  &lt;li&gt;
   Entretien préventif et curatif
  &lt;/li&gt;
  &lt;li&gt;
   Géoréférencement obligatoire du réseau
  &lt;/li&gt;
@@ -1604,2240 +2209,761 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réunions et contacts réguliers pour le suivi des différents projets de la collectivité
  &lt;/li&gt;
  &lt;li&gt;
   Rapport annuel des activités sur le patrimoine éclairage public.
  &lt;/li&gt;
  &lt;li&gt;
   Outil cartographique en ligne pour le suivi du patrimoine et la gestion des pannes avec numérotation physique sur le terrain (sur devis).
  &lt;/li&gt;
  &lt;li&gt;
   Devis divers.
  &lt;/li&gt;
  &lt;li&gt;
   Maîtrise d&amp;#039;œuvre des travaux.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Rénovation du patrimoine à travers le remplacement par des luminaires LED, télégestion de l&amp;#039;éclairage public pour réduire la consommation énergétique...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Appui méthodologique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Délibération de transfert de compétence en éclairage public.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X11" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/le-reseau-eclairage-public/</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Éclairage public
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 19 41
 &lt;/p&gt;
 &lt;p&gt;
  service.ep&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0da2-accompagner-la-gestion-de-leclairage-public/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>159901</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Enfouir les réseaux aériens (éclairage public, réseau de télécommunication, fibre...)</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Travaux d'effacement des réseaux aériens</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Alsace</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le concessionnaire (ENEDIS) participe financièrement, à hauteur de 40%, aux projets d&amp;#039;intégration des ouvrages dans l&amp;#039;environnement, ainsi qu&amp;#039;à l&amp;#039;amélioration de la qualité de distribution de l&amp;#039;électricité. Les communes peuvent bénéficier de cette aide de 40% dans le cadre de leurs projets de voirie, ou simplement d&amp;#039;enfouissement coordonné des réseaux secs ; les travaux sur le réseau électrique étant placés sous la maîtrise d&amp;#039;ouvrage de Territoire d&amp;#039;Énergie Alsace. À cette aide de 40%, Territoire d&amp;#039;Énergie Alsace verse 10% supplémentaires, ce qui ramène l&amp;#039;aide à 50% du montant HT des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme de soutien à la résorption du réseau électrique basse tension en fils nus, une aide supplémentaire de 30% est accordée au prorata du linéaire de fils nus déposé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être recevables, les travaux doivent être coordonnés avec l&amp;#039;enfouissement d&amp;#039;autres réseaux secs, ou alors des travaux de voirie, de déploiement de la fibre ou de l&amp;#039;arrivée du gaz.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils devront être déposés à Territoire d&amp;#039;Énergie Alsace au plus tard le 30 juin de l&amp;#039;année n-1, pour les travaux devant être réalisés l&amp;#039;année n (sous réserve de la programmation annuelle de TEA).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Alsace</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://te.alsace/vos-services/reseaux-electriques/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Téléphone : 03 89 21 11 60
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a target="_self"&gt;
+  aides&amp;#64;te.alsace
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Courrier : 11 rue du 1er Cuirassiers, 68000, COLMAR
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te.alsace</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e453-enfouir-les-reseaux-aeriens-eclairage-public-/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>129729</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Dissimuler les réseaux aériens de distribution publique d'électricité, d'éclairage public et de télécommunications</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDED 52 dispose de la compétence dite &amp;#34;distribution publique d&amp;#039;électricité&amp;#34; depuis ses origines.
+&lt;/p&gt;
+&lt;p&gt;
+ A cet égard, il est propriétaire et responsable de la gestion des réseaux de distribution d&amp;#039;électricité et s&amp;#039;appuie sur un contrat de concession avec Enedis pour l&amp;#039;exploitation, au quotidien, du réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Syndicat assure la maîtrise d&amp;#039;ouvrage d&amp;#039;un certain nombre de travaux sur le réseau de distribution publique, dont les opérations de dissimulation de réseaux aériens.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations ont pour objectifs majeurs de sécuriser les réseaux des incidents climatiques, de procéder à leur renforcement et de participer à une amélioration esthétique du cadre urbain.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SDED 52 assure la maîtrise d&amp;#039;ouvrage et la maîtrise d&amp;#039;œuvre de ces opérations et appelle, selon les dispositions de son règlement financier, une participation de la commune comprise entre 25% et 100% du montant HT des travaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Commune de Chateauvillain : effacement des réseaux aériens rue St-François, rue Pasteur et rue de Richebourg.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de cette aide, les collectivités doivent être adhérentes au SDED 52 et avoir procédé au transfert de la compétence distribution publique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/distribution-publique-d-electricite</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute interrogation :
+&lt;/p&gt;
+&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+ &lt;br /&gt;
+ 40 bis avenue Foch
+ &lt;br /&gt;
+ 52 000 Chaumont
+&lt;/p&gt;
+&lt;p&gt;
+ 03 25 35 09 29
+&lt;/p&gt;
+&lt;p&gt;
+ sded52&amp;#64;sded52.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>sded52@sded52.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d072-etendre-le-reseau-declairage-public/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>129728</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Etendre le réseau d'éclairage public</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
-[...6 lines deleted...]
- &lt;br /&gt;
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDED 52 dispose de la compétence dite &amp;#34;éclairage public&amp;#34; depuis 2008, avec pour objectif de proposer aux collectivités adhérentes au Syndicat un service optimisé de maintenance de leurs installations d&amp;#039;éclairage public, ainsi qu&amp;#039;un programme d&amp;#039;investissement permettant d&amp;#039;agir sur les foyers lumineux, les réseaux électriques d&amp;#039;alimentation et les organes de commande d&amp;#039;allumage et d&amp;#039;extinction.
+&lt;/p&gt;
+&lt;p&gt;
+ A travers cette compétence, le Syndicat est en mesure d&amp;#039;agir sur le parc existant (voir la fiche action dédiée), mais aussi de procéder à son extension afin notamment de sécuriser les usagers de la voirie sur l&amp;#039;ensemble du périmètre aggloméré des communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Bien souvent, l&amp;#039;accompagnement du Syndicat auprès des collectivités qui souhaitent compléter leur parc d&amp;#039;éclairage s&amp;#039;articule avec un objectif global d&amp;#039;optimisation de l&amp;#039;éclairage.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SDED 52 assure la maîtrise d&amp;#039;ouvrage et la maîtrise d&amp;#039;œuvre de ces opérations et appelle, selon les dispositions de son règlement financier, une participation de la commune comprise entre 50% et 80% du montant HT des travaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
-[...2 lines deleted...]
-Espace public
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Commune de Saudron : mise en place de luminaires complémentaires rues de l&amp;#039;Eglise, du Pré et Impasse de l&amp;#039;horloge afin d&amp;#039;homogénéiser le service d&amp;#039;éclairage au sein de la commune. Cette opération s&amp;#039;est intégrée dans un programme global d&amp;#039;optimisation de l&amp;#039;éclairage avec un gain de consommation énergétique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
-[...3 lines deleted...]
- &lt;br /&gt;
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de cette aide, les collectivités doivent être adhérentes au SDED 52 et avoir procédé au transfert de la compétence éclairage public.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="T12" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
-[...16 lines deleted...]
- &lt;br /&gt;
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/eclairage-public</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute interrogation :
+&lt;/p&gt;
+&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+&lt;/p&gt;
+&lt;p&gt;
+ 40 bis avenue Foch
+&lt;/p&gt;
+&lt;p&gt;
+ 52 000 Chaumont
+&lt;/p&gt;
+&lt;p&gt;
+ 03 25 35 09 29
+&lt;/p&gt;
+&lt;p&gt;
+ sded52&amp;#64;sded52.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
-[...847 lines deleted...]
-      </c>
       <c r="Y17" s="1" t="inlineStr">
         <is>
-          <t>b.caron@sidec-jura.fr</t>
+          <t>sded52@sded52.fr</t>
         </is>
       </c>
       <c r="Z17" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/ae90-realiser-des-travaux-declairage-public-conjoi/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7aba-etendre-le-reseau-declairage-public/</t>
         </is>
       </c>
       <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:27" customHeight="0">
       <c r="A18" s="1">
-        <v>140746</v>
+        <v>139926</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Réaliser des travaux d'éclairage public seuls</t>
+          <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Transition écologique</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+          <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>Commune
-Intercommunalité / Pays</t>
+          <t>Commune</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-[...10 lines deleted...]
-          <t>Montant aidé plafonnné à 1000 €TTC dans la limite d'un seul dossier par an et par collectivité. Travaux conformes à la Charte Eclairons Juste le Jura et chiffrés dans la limite du bordereau SIDEC</t>
+          <t>Autre aide financière
+Subvention</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...2 lines deleted...]
- &lt;br /&gt;
+ La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;span&gt;
-[...11 lines deleted...]
-  &lt;/span&gt;
+  première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- -
-[...9 lines deleted...]
- &lt;br /&gt;
+ La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides de la CCMS.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N18" s="1" t="inlineStr">
         <is>
-          <t>Voirie et réseaux</t>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q18" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
         </is>
       </c>
       <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Etre signataire de la Charte Eclairons juste le Jura.
-[...17 lines deleted...]
- &lt;br /&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ c.maitre&amp;#64;cc-massifdusancy.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
-[...52 lines deleted...]
-      </c>
       <c r="Y18" s="1" t="inlineStr">
         <is>
-          <t>b.caron@sidec-jura.fr</t>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
       <c r="Z18" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/0f92-realiser-des-travaux-declairage-public-seuls/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
         </is>
       </c>
       <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:27" customHeight="0">
       <c r="A19" s="1">
-        <v>56126</v>
+        <v>14068</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Effacer les réseaux publics d'électricité basse tension, d'éclairage public ou de génie civil de télécommunication, supprimer ou rénover un poste de transformation</t>
+          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+          <t>La Banque Postale</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
-        <is>
-[...882 lines deleted...]
-      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
 Grâce à un prêt vert, votre collectivité pourra :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adopter une démarche cohérente pour l&amp;#039;ensemble de son projet en faveur de la transition énergétique, y compris sur son financement ;
  &lt;/li&gt;
  &lt;li&gt;
   Communiquer sur sa stratégie en faveur de l&amp;#039;environnement, via un crédit spécifiquement dédié à cette thématique ;
  &lt;/li&gt;
  &lt;li&gt;
   Contribuer à une finance plus responsable en ciblant des investisseurs éthiques qui se préoccupent des projets sous-jacents et de leurs impacts environnementaux dans leurs choix d&amp;#039;investissement (ces prêts sont refinancés par des obligations vertes).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Projet en matière d&amp;#039;eau et assainissement
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html"&gt;
   https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projet en matière de transports
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html"&gt;
   https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html" rel="noopener" target="_blank"&gt;
   https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html
  &lt;/a&gt;
@@ -3862,4868 +2988,3408 @@
  &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html"&gt;
   https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projet en matière d&amp;#039;efficacité énergétique du bâti
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html" rel="noopener" target="_blank"&gt;
   https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Alimentation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Paysage
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P25" s="1" t="inlineStr">
+      <c r="P19" s="1" t="inlineStr">
         <is>
           <t>04/12/2019</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Montant minimum : 300 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Prêt affecté à un des projets éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Fourniture d&amp;#039;indicateurs qui permettent à la banque de calculer des économies de CO2 ou d&amp;#039;eau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-transition-ecologique/pret-vert.html</t>
         </is>
       </c>
-      <c r="W25" s="1" t="inlineStr">
+      <c r="W19" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/vos_besoins/financement/contacts.financement.html</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a&gt;
   secteurpubliclocal&amp;#64;labanquepostale.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 09 69 36 88 00
 &lt;/p&gt;
 &lt;p&gt;
  Remarques : Appel non surtaxé, du lundi au vendredi de 9h à 17h (hors jours fériés)
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>161825</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans l'éclairage public</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 40</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Mayenne est l&amp;#039;interlocuteur privilégié des collectivités locales et des particuliers, pour tout ce qui concerne les réseaux gaz et électriques. Pour le compte des communes du département propriétaires des réseaux gaz et électrique, Territoire d&amp;#039;énergie Mayenne intervient sur le réseau public pour tous les travaux garantissant la qualité de l&amp;#039;énergie distribuée.&lt;/p&gt;&lt;p&gt;Chaque année, le TE53 réalise des travaux d&amp;#039;éclairage public dans les communes, qu&amp;#039;il s&amp;#039;agisse d&amp;#039;un aménagement de centre-ville/centre-bourg suite à un enfouissement des réseaux, de la mise en valeur de monuments, d&amp;#039;extension de lotissement ou de la rénovation des installations. Le TE53 conseille les collectivités afin de répondre au mieux à leurs besoins.&lt;/p&gt;&lt;p&gt;Les aides financières :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour des travaux neufs liés à l&amp;#039;électrification pour les communes adhérentes (extension du réseau EP) : TEM prend en charge 25 % maximum du coût total des travaux&lt;/li&gt;&lt;li&gt;Pour des travaux de rénovation simple : TEM prend en charge 25 % maximum du coût total des travaux&lt;/li&gt;&lt;li&gt;Pour des travaux dans le cadre de campagne de rénovation spécifique (ex : luminaire type boule) : TEM prend en charge 40 % maximum du coût total des travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cette aide peut également se cumuler avec les demandes de financement Fonds Vert qui sont aussi portées par le syndicat.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Commune de Cossé-le-Vivien (en 2023)&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;98 lanternes LED ont été installées dans de nombreuses rues de la commune permettant de baisser de 70 % la consommation électrique en apportant un service permanent aux riverains tout en respectant l’arrêté sur les nuisances lumineuses. 60 % de la &lt;/span&gt;&lt;span&gt;Commune de Cossé-le-Vivien &lt;/span&gt;&lt;span&gt;est désormais couverte en technologie LED.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;L’objectif de l’opération consiste à remplacer les luminaires les plus énergivores, ce qui fait passer la puissance installée sur cette partie du patrimoine de 16,9 kW à 5,2 kW. Les luminaires sont équipés d’un système connecté permettant d’interagir et d’adapter le fonctionnement aux besoins de la commune : allumage, extinction, variation.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Pour ces travaux d’éclairage public, la commune a pu bénéficier de la participation financière de Territoire d’énergie Mayenne à hauteur de 25 535 €&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour bénéficier de cette aide, les collectivités doivent adhérer au syndicat Territoire d&amp;#039;énergie Mayenne et avoir transféré leur compétence d&amp;#039;éclairage public. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.territoire-energie53.fr/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nicolas CRÔNIER - Chargé d&amp;#039;affaire Mayenne Communauté - nicolas.conier&amp;#64;te53.fr - 06 48 11 02 23&lt;/p&gt;&lt;p&gt;Guillaume BAUWENS - Chargé d&amp;#039;affaire Secteur Nord - guillaume.bauwens&amp;#64;te53.fr - 07 48 94 15 58&lt;/p&gt;&lt;p&gt;Patrice THOURAULT - Chargé d&amp;#039;affaire Secteur Sud - patrice.thourault&amp;#64;te53.fr - 07 56 06 84 20&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te53.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renovation-eclairage-public/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>56127</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Etendre, renouveler ou améliorer l'efficacité énergétique de son éclairage public</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 60</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Travaux réalisés par le SDEC ENERGIE dans le cadre d'un transfert de compétence</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les installations d&amp;#039;éclairage public concourent à la sécurité des biens et des personnes. La maîtrise des consommations énergétiques et la lutte contre la pollution lumineuse incitent  au  renouvellement  des  installations  les  plus anciennes et énergivores. les actions réalisées sont la création, l&amp;#039;extension, le renouvellement (passage en LED), la mise en œuvre de la trame noire (adaptation de la température d&amp;#039;éclairement en fonction de l’enjeu de biodiversité), la programmation d&amp;#039;extinction nocturne, la variation d&amp;#039;intensité lumineuse
+ en cours de nuit ou la mise en place d&amp;#039;un système de détection permettant l&amp;#039;allumage et l&amp;#039;extinction de l&amp;#039;éclairage en fonction du besoin. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide dépend de l&amp;#039;action sollicitée et de la catégorie de la commune.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un soutien spécifique est accordé dans le cadre du programme R30 pour le renouvellement des foyers de plus de 30 ans&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du SDEC ENERGIE intervient dans le cadre d&amp;#039;un transfert de compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes et communautés de communes adhérentes au syndicat, qui lui ont transféré leur compétence d&amp;#039;éclairage public.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/eclairage-public</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail : eclairage&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 65
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/34d2-etendre-renouveler-ou-ameliorer-lefficacite-e/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>120002</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités vers une politique d'éclairage public économe et performant</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>SIEDS (Syndicat d'Énergie des Deux-Sèvres)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEDS accompagne les collectivités dans une politique d&amp;#039;éclairage public économe et performante en favorisant la LED tout en répondant aux nouvelles exigences règlementaires (sécurisation, mise en lumière d&amp;#039;un patrimoine communal, création, remplacement, kit retrofit).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention s&amp;#039;applique sur le montant Hors Taxes de la fourniture du matériel du mât et de la lanterne du point lumineux. Un accent fort est mis sur le développement de l&amp;#039;éclairage public en LED :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;gt; 30 % du montant Hors Taxes pour l&amp;#039;installation de mâts autonomes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;gt; 50 % du montant Hors Taxes de la fourniture du matériel du mât et de la lanterne du point lumineux non LED,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;gt; 70 % pour les projets LED,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;gt; 80 % pour les projets LED liés à des travaux de renforcement ou de sécurisation de réseau électrique réalisés en technique souterraine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Aide plafonnée à 10 000 € par projet.
+&lt;br /&gt;
+Le nombre de dépôt de dossiers par commune est limité à 4 demandes par an.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande de subvention doit être faite avant le commencement des travaux.
+ &lt;br /&gt;
+ Les taux d&amp;#039;aides sont à destination des communes du territoire SIEDS ne conservant pas le produit de la Taxe Communale sur la Consommation Finale de l&amp;#039;Electricité (TCCFE).
+ &lt;br /&gt;
+ 10% (par projet) pour les communes percevant la Taxe Communale sur la Consommation Finale d&amp;#039;Electricité (TCCFE) à leur profit sur le territoire du SIEDS.
+ &lt;br /&gt;
+ Les aides ne pourront être perçues que par les communes membres du SIEDS dans une zone intégrée à la concession du SIEDS et par les intercommunalités dans les périmètres de leurs zones d&amp;#039;activités.
+ &lt;br /&gt;
+ Un point lumineux ne pourra bénéficier que d&amp;#039;une seule aide et ne pourra pas cumuler de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieds.fr/financement-travaux-collectivite/eclairage-public/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande doit être effectuée par la collectivité via le site internet du SIEDS : www.sieds.fr /Espace Collectivité /Démarches en ligne.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 49 32 32 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>anivelle@sieds.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276e-copie-09h23-effacer-des-reseaux-electriques/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>130994</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation de l'éclairage public</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre d&amp;#039;une compétence optionnelle, le SIEL-Territoire d&amp;#039;Energie Loire assure les travaux neufs, la maintenance et le contrôle des factures d&amp;#039;énergie liés à l&amp;#039;éclairage public pour les collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est donc le SIEL-Territoire d&amp;#039;énergie Loire qui assure la maîtrise d&amp;#039;ouvrage des nouveaux équipements et qui gère la maintenance avec des entreprises spécialisées. Pour les collectivités, ce fonctionnement permet de bénéficier d&amp;#039;un interlocuteur unique dans le cadre d&amp;#039;une action départementale homogène.
+  Celles-ci peuvent en outre choisir les équipements qu&amp;#039;elles souhaitent (design, budget, etc.) tout en bénéficiant de
+  l&amp;#039;expertise technique et du suivi de chantier par le SIEL-Territoire d&amp;#039;énergie Loire.&lt;/p&gt;
+&lt;p&gt;
+ Grâce à cette solidarité territoriale, le SIEL-Territoire d&amp;#039;énergie Loire mutualise des moyens, apporte son concours financier et offre le même service à toutes les communes de la Loire. En effet, chaque année un taux d&amp;#039;aide est votée en fonction d&amp;#039;un classement des communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ sous adhésion
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacts SIEL-TE Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Responsables :
+&lt;/p&gt;
+&lt;p&gt;
+ -  Pôle SUD Nicolas Brignon - brignon&amp;#64;siel42.fr - 04. 77 43.85.77
+&lt;/p&gt;
+&lt;p&gt;
+ -  Pôle NORD Mickaël EPINAT - epinat&amp;#64;siel42.fr - 04 77 42 10 74
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/707f-accompagner-la-renovation-de-leclairage-publi/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>121460</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser l'éclairage public</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Eclairage public-RICE</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat du Parc naturel régional des Baronnies provençales apporte son appui aux communes du Parc qui souhaitent s&amp;#039;engager dans la modernisation / réduction de leur éclairage public. Dans le cadre de la préparation de la labellisation &amp;#34;Réserve Internationale de Ciel Etoilé&amp;#34; (RICE) le syndicat du Parc peut organiser et animer des réunions d&amp;#039;information pour présenter les enjeux d&amp;#039;une réduction de l&amp;#039;éclairage nocturne, met en lien la commune avec les experts de l&amp;#039;éclairage selon les territoire (26 ou 05), formule des recommandations techniques adaptées à chaque projet, propose des animations locales d&amp;#039;information / sensibilisation, accompagne le maître d&amp;#039;ouvrage dans la recherche de financements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Modernisation du parc d&amp;#039;éclairage public de la commune d&amp;#039;Aubres
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat du Parc accompagne le patrimoine d&amp;#039;éclairage public.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>PNR des Baronnies provençales (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baronnies-provencales.fr/le-parc/le-parc-naturel-regional/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Audrey MATT
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission innovation et transition énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.58.17.37.51
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : amatt&amp;#64;baronnies-provencales.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>eruin@baronnies-provencales.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3bb-optimisation-de-leclairage-public/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>129727</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'efficacité énergétique de l'éclairage public et réduire son impact environnemental</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Maîtrise de la demande en énergie (MDE)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDED 52 dispose de la compétence dite &amp;#34;éclairage public&amp;#34; depuis 2008, avec pour objectif de proposer aux collectivités adhérentes au Syndicat un service optimisé de maintenance de leurs installations d&amp;#039;éclairage public, ainsi qu&amp;#039;un programme d&amp;#039;investissement permettant d&amp;#039;agir sur les foyers lumineux, les réseaux électriques d&amp;#039;alimentation et les organes de commande d&amp;#039;allumage et d&amp;#039;extinction.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces investissements, conçus avec les collectivités adhérentes et validés chaque année par le comité syndical, participent à l&amp;#039;atteinte de 3 objectifs majeurs :
+ &lt;br /&gt;
+ 1) réduire la consommation énergétique du parc d&amp;#039;éclairage public,
+ &lt;br /&gt;
+ 2) atteindre une meilleure efficacité de l&amp;#039;éclairage tout en veillant à réduire son impact environnemental,
+ &lt;br /&gt;
+ 3) sécuriser son fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SDED 52 assure la maîtrise d&amp;#039;ouvrage et la maîtrise d&amp;#039;œuvre de ces opérations et appelle, selon les dispositions de son règlement financier, une participation de la commune comprise entre 30% et 80% du montant HT des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Commune de Langres : rénovation de l&amp;#039;éclairage public du centre ancien avec programme de réduction d&amp;#039;intensité en milieu de nuit, ajusté avec un système de détection de présence.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de cette aide, les collectivités doivent être adhérentes au SDED 52 et avoir procédé au transfert de la compétence éclairage public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/eclairage-public</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute interrogation :
+&lt;/p&gt;
+&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+ &lt;br /&gt;
+ 40 bis avenue Foch
+ &lt;br /&gt;
+ 52 000 Chaumont
+&lt;/p&gt;
+&lt;p&gt;
+ 03 25 35 09 29
+&lt;/p&gt;
+&lt;p&gt;
+ sded52&amp;#64;sded52.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y25" s="1" t="inlineStr">
         <is>
-          <t>laurent.gautier-falret@labanquepostale.fr</t>
+          <t>sded52@sded52.fr</t>
         </is>
       </c>
       <c r="Z25" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c2c9-ameliorer-lefficacite-energetique-de-leclaira/</t>
         </is>
       </c>
       <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:27" customHeight="0">
       <c r="A26" s="1">
-        <v>120003</v>
+        <v>140739</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les communes dans leurs projets d'électricité 2020-2026</t>
+          <t>Réaliser tous types de travaux d'éclairage public : extension, mise en valeur, remplacement</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>SIEDS (Syndicat d'Énergie des Deux-Sèvres)</t>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
-        <is>
-[...157 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I26" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K27" s="1" t="inlineStr">
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>Montant de travaux ou d'investissements aidé plafonné en fonction de la population, dans la limite des crédits SIDEC affectés à ces travaux</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Rénover et développer l&amp;#039;éclairage public
+ &lt;/span&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Nature de l&amp;#039;opération : Eclairage public
+  &lt;span&gt;
+   Nature de l&amp;#039;opération : Eclairage public
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U1, U2)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Objectifs :
+  &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;ul&gt;
-[...6 lines deleted...]
-      <c r="N27" s="1" t="inlineStr">
+&lt;p&gt;
+ - moderniser les installations
+&lt;/p&gt;
+&lt;p&gt;
+ - gérer le patrimoine EP
+&lt;/p&gt;
+&lt;p&gt;
+ - réaliser des économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - coordonner avec d&amp;#039;autres travaux de réseaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
-[...11 lines deleted...]
- &lt;br /&gt;
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre signataire de la Charte Eclairons juste le Jura
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.sidec-jura.com</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   SIDEC du Jura
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  1 rue Maurice Chevassu
 &lt;/p&gt;
 &lt;p&gt;
  39000 LONS-LE-SAUNIER
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Contact :
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   energies.electricite&amp;#64;sidec-jura.fr
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   03 84 47 81 26
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/36ce-realiser-tous-types-de-travaux-declairage-pub/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>140749</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'éclairage sur des installations sportives</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J27" s="1" t="inlineStr">
+        <is>
+          <t>Au cas par cas</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Réaliser des travaux d&amp;#039;éclairage sur des installations sportives
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature de l&amp;#039;opération : Eclairage public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U2) et Communes Rurales (ER)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à présenter en bureau syndical
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>b.caron@sidec-jura.fr</t>
         </is>
       </c>
       <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/75af-realiser-des-travaux-declairage-sur-des-insta/</t>
         </is>
       </c>
       <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:27" customHeight="0">
       <c r="A28" s="1">
-        <v>141290</v>
+        <v>71318</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Financer la transformation écologique et énergétique de votre territoire</t>
-[...4 lines deleted...]
-          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+          <t>Réaliser des économies d'énergie sur votre éclairage public via un conseil en énergie partage (CEP)</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...2 lines deleted...]
-Association</t>
+Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>Prêt</t>
+          <t>Subvention
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- ________________________________________________________________________
-[...26 lines deleted...]
- &lt;br /&gt;
+ Eclairage public  : un gisement d&amp;#039;économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour  aider les collectivités à rénover leurs installations, l&amp;#039;ADEME met à disposition plusieurs outils et propose des financements.
+&lt;/p&gt;
+&lt;p&gt;
+ Les petites communes peuvent aussi recourrir à un CEP (conseil en énergie partagé) dont les missions couvrent l&amp;#039;éclairage public :
+ &lt;a href="https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep"&gt;
+  lien vers la page
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéfices du Conseil en Energie Partagé (CEP)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mutualisation d&amp;#039;une compétence dans le cadre d&amp;#039;une démarche territoriale ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil objectif et indépendant : priorité est donnée à la maîtrise de l&amp;#039;énergie sans privilégier une solution énergétique en particulier ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un coût potentiellement compensé par les économies ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un réseau de conseillers énergie sur l&amp;#039;ensemble du territoire français, formé, outillé et animé par l&amp;#039;ADEME ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accompagnement et une assistance technique sur le long terme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au niveau national, l&amp;#039;ADEME met à la disposition des conseillers énergie différents outils et leur fournit différents services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accès à un logiciel (GEPweb360) de comptabilité énergie ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accès à un forum d&amp;#039;échanges et à une plateforme de téléchargement de documents de référence ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise à disposition d&amp;#039;un guide méthodologique et de supports de communication (plaquettes, vidéos...) ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la tenue annuellement d&amp;#039;une journée d&amp;#039;échanges ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en œuvre d&amp;#039;un parcours de formation dédié.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au niveau régional, l&amp;#039;ADEME assure la mobilisation des partenaires, la contractualisation et le financement des projets, ainsi que le suivi des conseillers énergie embauchés.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans les régions regroupant un nombre significatif de Conseils en Energie Partagé (CEP), l&amp;#039;ADEME organise aussi une animation complémentaire pouvant comprendre des réunions de travail ou des visites d&amp;#039;installations.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N28" s="1" t="inlineStr">
         <is>
-          <t>Transition énergétique
-[...1 lines deleted...]
-Réduction de l'empreinte carbone</t>
+          <t>Economie d'énergie et rénovation énergétique</t>
         </is>
       </c>
       <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Dépenses d’investissement</t>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour le CEP (conseil en énergie partagé) avoir moins de 10 000 habitants.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U28" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V28" s="1" t="inlineStr">
         <is>
-          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+          <t>https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/eclairage-public-gisement-deconomies-denergie</t>
         </is>
       </c>
       <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...10 lines deleted...]
-&lt;/ul&gt;</t>
+ Prenez contact avec votre agence régionale : https://www.ademe.fr/lademe/presentation-lademe/liste-implantations-lademe
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y28" s="1" t="inlineStr">
         <is>
-          <t>baptiste.girod@caissedesdepots.fr</t>
+          <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z28" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8630-eclairage-public-un-gisement-deconomies-dener/</t>
         </is>
       </c>
       <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:27" customHeight="0">
       <c r="A29" s="1">
-        <v>94676</v>
+        <v>129719</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+          <t>Financer des projets contribuant au développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Ardennes
-Ardennes Ingenierie</t>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>Commune
-Intercommunalité / Pays</t>
+          <t>Commune</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
-        <is>
-[...426 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
+      <c r="M29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Réhabilitation
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets seront limités au nombre de 3 maximum par commune
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
   &lt;/li&gt;
   &lt;li&gt;
    Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>CA Saint-Lô Agglo</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
         </is>
       </c>
-      <c r="W31" s="1" t="inlineStr">
+      <c r="W29" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.saint-lo-agglo.fr/</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Saint-Lô Agglo
 &lt;/p&gt;
 &lt;p&gt;
  Service de développement et d&amp;#039;appui aux communes
 &lt;/p&gt;
 &lt;p&gt;
  appuicommunes&amp;#64;saint-lo-agglo.fr
 &lt;/p&gt;
 &lt;p&gt;
  02 14 16 01 00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>soukaina.alouah@saint-lo-agglo.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0236-financer-des-projets-contribuant-au-developpe/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...230 lines deleted...]
-      <c r="A33" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>157099</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Réaliser un diagnostic ou des travaux dans le domaine de l’énergie</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
 &lt;/p&gt;
 &lt;p&gt;
  Afin d&amp;#039;accompagner les collectivités soucieuses d&amp;#039;améliorer et de réduire leur facture énergétique, MATEC peut réaliser :
  &lt;br /&gt;
  • Des diagnostics d&amp;#039;éclairage public avec proposition de choix techniques
  &lt;br /&gt;
  • Des diagnostics énergétiques de bâtiments
  &lt;br /&gt;
  • Des études sur les productions d&amp;#039;énergie renouvelable
  &lt;br /&gt;
  • Des marchés de fourniture d&amp;#039;énergie
  &lt;br /&gt;
  • Des études de préfaisabilité pour la construction de réseaux de chauffage
  &lt;br /&gt;
  • Des contrats d&amp;#039;exploitation de chaufferies
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  MATEC assiste les collectivités par la réalisation :
  &lt;br /&gt;
  • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
  &lt;br /&gt;
  • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
  &lt;br /&gt;
  Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
  &lt;br /&gt;
  Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études. MATEC assiste les collectivités produites et les informe des optimisations possibles.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Appui méthodologique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
  &lt;br /&gt;
  •    A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
  &lt;br /&gt;
  •    Au 03.55.94.18.11
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  17 Quai Paul Wiltzer
  &lt;br /&gt;
  57000 METZ
  &lt;br /&gt;
  Horaires d&amp;#039;ouverture :
  &lt;br /&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3cfb-realiser-un-diagnostic-ou-des-travaux-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>120003</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans leurs projets d'électricité 2020-2026</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>SIEDS (Syndicat d'Énergie des Deux-Sèvres)</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>70% du montant HT pour un plafond à 30 000 € HT</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEDS accompagne les communes dans l&amp;#039;élaboration d&amp;#039;un projet de mandat afin de subventionner les communes sur tout projet de travaux d&amp;#039;électricité sur la durée de mandat communal (déplacement d&amp;#039;ouvrage, sécurisation du réseau d&amp;#039;alimentation d&amp;#039;éclairage public, horloge astronomique, éclairage stade). Quatre projets par commune et par mandat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La subvention peut être utilisée dans le cadre d&amp;#039;une opération d&amp;#039;embellissement par une mise en peinture sur un ouvrage tel qu&amp;#039;un transformateur électrique. Ex : travaux d&amp;#039;embellissement du poste de distribution de La Forêt-sur-Sèvre.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune peut bénéficier de l&amp;#039;aide de Mandat Communal pour des travaux de déplacement d&amp;#039;ouvrage à réaliser à court terme. La commune engage une étude directement auprès de son gestionnaire du réseau et transmet au SIEDS le devis correspondant.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;horloge astronomique peut être subventionnée dans le cadre de ce programme. Elle permet un déclenchement automatique de l&amp;#039;éclairage public en fonction des heures du lever et du coucher du soleil.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q31" s="1" t="inlineStr">
+        <is>
+          <t>01/05/2026</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides ne pourront être perçues que par les communes membres du SIEDS dans une zone intégrée à la concession du SIEDS.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;électricité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes du territoire SIEDS ne conservant pas le produit de la Taxe sur la Consommation Finale de l&amp;#039;Electricité (TCFE).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ La demande de la commune doit être antérieure au début des travaux.
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ La commune devra fournir au SIEDS un devis détaillé des travaux à réaliser.
+&lt;/p&gt;
+&lt;p&gt;
+ Quatre projets par commune et par mandat, ouvert également pour les anciennes communes fusionnées valables 6 ans à compter de mise en application de l&amp;#039;arrêté de création de la commune nouvelle.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Non compatibilité du dossier avec un autre programme d&amp;#039;aide du SIEDS.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieds.fr/financement-travaux-collectivite/projet-de-mandat/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande doit être effectuée par la collectivité via le site internet du SIEDS www.sieds.fr /Espace Collectivité /Démarches en ligne.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 49 32 32 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>anivelle@sieds.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/defa-copie-09h40-accompagner-les-collectivites-ver/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>163186</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement votre parc d'éclairage public</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>TEE (Travaux d'économie d'énergie)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Territoire d&amp;#039;énergie Var - Symielec met en œuvre des actions sur les réseaux d’éclairage public en proposant aux communes de réduire les consommations d’électricité, d’améliorer la qualité de l’éclairage et diminuer les nuisances lumineuses. Le Syndicat procède au remplacement de luminaires énergivores par des luminaires à LED, plus économiques et écologiques, la mise en place d&amp;#039;horloges connectées pilotable à distance et la rénovation d&amp;#039;armoire d&amp;#039;éclairage public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;De plus, le Syndicat dispose d&amp;#039;autres compétences pour la construction d&amp;#039;un réseau d&amp;#039;éclairage public neuf et la maintenance d&amp;#039;un parc d&amp;#039;éclairage public.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Remplacement de candélabres vétustes par des luminaires LED&lt;/p&gt;&lt;p&gt;Pose d&amp;#039;horloge connectées pilotable à distance&lt;/p&gt;&lt;p&gt;Rénovation d&amp;#039;armoire d&amp;#039;éclairage public&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour bénéficier de cette compétence, la collectivité doit transférer la compétence au Syndicat par délibération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://te83.fr/competences/leclairage-public/</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://te83.fr/organigramme/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aurore SANCHIS : Responsable du Service de l&amp;#039;Eclairage Public - &lt;a target="_self"&gt;aurore.sanchis&amp;#64;te83.fr&lt;/a&gt; - 0494372818&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-votre-parc-declairage-public/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>140747</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de restitution de l'éclairage public dans le cadre d'opération de renforcement aérien ou sécurisation en aérien</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Rénover et développer l&amp;#039;éclairage public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature de l&amp;#039;opération : Eclairage public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U2) et Communes Rurales (ER)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -
+  moderniser les installations
+&lt;/p&gt;
+&lt;p&gt;
+ - gérer le patrimoine EP
+&lt;/p&gt;
+&lt;p&gt;
+ - réaliser des économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - coordonner avec d&amp;#039;autres travaux de réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Travaux coordonnés à des travaux de renforcement aérien du réseau électrique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y33" s="1" t="inlineStr">
         <is>
-          <t>cyril.gillerat@matec57.fr</t>
+          <t>b.caron@sidec-jura.fr</t>
         </is>
       </c>
       <c r="Z33" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/3cfb-realiser-un-diagnostic-ou-des-travaux-dans-le/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7f8b-realiser-des-travaux-de-restitution-de-leclai/</t>
         </is>
       </c>
       <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:27" customHeight="0">
       <c r="A34" s="1">
-        <v>391</v>
+        <v>133062</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Contribuer au développement des projets des territoires lotois</t>
+          <t>Financer des travaux de modernisation de l'éclairage public et réduction de la pollution lumineuse</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Modernisation de l'éclairage public et réduction de la pollution lumineuse</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental du Lot</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>taux qui dépend de l'abaissement de l'éclairage public</t>
+        </is>
+      </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Région soutient les collectivités prêtes à contribuer à la création de la trame noire, qui vise à protéger la biodiversité nocturne.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région subventionne la dépose de luminaires et l&amp;#039;installation d&amp;#039;éclairage extérieur favorisant la sécurité des déplacements, des personnes et des biens sur l&amp;#039;espace public.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet conduit à minima à une réduction de 66%  de la consommation énergétique de l&amp;#039;éclairage public sur le périmètre rénové. La température de couleur des luminaires installés est inférieure ou égale à 2.700 Kelvins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets inclus dans la mise en œuvre d&amp;#039;un schéma directeur d&amp;#039;éclairage public permettant la mise en place de la trame noire sont prioritaires
+ &lt;/strong&gt;
+ .
+ &lt;span&gt;
+  &lt;br /&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   Dans le cas de travaux de modernisation de l&amp;#039;
+  &lt;/span&gt;
+  éclairage
+  &lt;span&gt;
+   public le dispositif dépend du facteur de réduction de la consommation énergétique :
+   &lt;br /&gt;
+   &lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+    &lt;li&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       Jusqu&amp;#039;à 30% du montant éligible TTC (HT si récupération de la TVA) pour les  projets abaissant la puissance de l&amp;#039;éclairage public de 80% ou plus  au moins 5 heures par nuit,
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       Jusqu&amp;#039;à 50% du montant éligible TTC (HT si récupération de la TVA) pour des projets procédant à une extinction totale (sauf éclairage sécuritaire ciblé) de l&amp;#039;éclairage public 5 heures par nuit.
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       Subvention max : 150.000€ par commune.
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/li&gt;
+   &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Remplacement d&amp;#039;une partie ou de la totalité des points lumineux.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Installation d&amp;#039;horloges astronomiques, couplées à une extinction totale ou abaissement de puissance durant la nuit et au non allumage de l&amp;#039;éclairage public durant plusieurs mois (mai à septembre par exemple).
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée à la commune mais peut être regroupée par un EPCI tel qu&amp;#039;un syndicat d&amp;#039;énergie par exemple.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/modernisation-de-leclairage-public-et-reduction-de-la-pollution-lumineuse#:~:text=Modernisation%20de%20l'%C3%A9clairage%20public%20et%20r%C3%A9duction%20de%20la%20pollution%20lumineuse,-Environnement&amp;text=La%20R%C3%A9gion%20sout</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aap-eclairage-public&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf36-travaux-de-modernisation-de-leclairage-public/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>165372</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser l'éclairage public</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Énergie Orne</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
-[...32 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Éclairage public&lt;/h4&gt;&lt;p&gt;Étant l’une des premières sources de consommation d’électricité, l’éclairage public représente un enjeu financier et environnemental fort pour les collectivités. Un parc d’éclairage vétuste fait rapidement augmenter les factures et la pollution lumineuse.&lt;/p&gt;&lt;p&gt;Dans le cadre de la compétence éclairage public, le Territoire d’Énergie Orne accompagne ses adhérents dans cette « transition éclairagiste ». La compétence comprend l’investissement et la maintenance des installations.&lt;/p&gt;&lt;p&gt;Les collectivités bénéficient de l’expertise technique et règlementaire (performance des lampes, système de gestion de l’éclairage, réglementations en vigueur, contrôle du parc…) du syndicat qui œuvre pour une gestion de l’éclairage public juste et respectueuse de l’environnement, laquelle assure la sécurité et le confort des administrés.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La commune est propriétaire de ses équipements et reste décisionnaire dans le choix du matériel.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le transfert de la compétence comprend :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;La
+     maîtrise d’ouvrage et la maîtrise d’œuvre des investissements,​&lt;/li&gt;
+ &lt;li&gt;Le
+     diagnostic du réseau d’éclairage,&lt;/li&gt;
+ &lt;li&gt;La
+     gestion et l’exploitation des réseaux,&lt;/li&gt;
+ &lt;li&gt;La
+     maintenance des installations d’éclairage et de mise en valeur par la
+     lumière.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;La maintenance des équipements comprend :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Recensement
+     initial,&lt;/li&gt;
+ &lt;li&gt;Création
+     de la base de données,&lt;/li&gt;
+ &lt;li&gt;Entretien
+     préventif,&lt;/li&gt;
+ &lt;li&gt;Entretien
+     curatif et astreinte en cas de panne.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;La compétence comprend indissociablement l’investissement
+et la maintenance des installations.&lt;/p&gt;&lt;p&gt;Tous les ans : contrôle des armoires,&lt;/p&gt;&lt;p&gt;Tous les 2 ans : visite de nettoyage,&lt;/p&gt;&lt;p&gt;Tous les 4 ans : entretien préventif relampage.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;La cotisation est à 18 € tout compris, par point lumineux et
+par an.&lt;/p&gt;&lt;p&gt;En option : maintenance des armoires 36 € HT&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Communes et communes déléguées adhérentes au syndicat, qui lui ont transféré leur compétence d&amp;#039;éclairage public.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture-d-ecran-2026-01-15-095455-6968abbcc28d0.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture-d-ecran-2025-08-05-152449-6892064c6a9a5.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://te61.fr/eclairage-public/eclairage-public/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Orne &lt;/p&gt;&lt;p&gt;6 rue de Gatel 61250 VALFRAMBERT&lt;/p&gt;&lt;p&gt;02 33 32 83 13&lt;/p&gt;&lt;p&gt;Stéphane Bêland - Responsable pôle éclairage public - stephane.beland&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;David Maillard - Chargé d&amp;#039;affaires éclairage public - david.maillard&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;https://te61.fr/&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te61.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/assurer-leclairage-public/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>141759</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Gérer vos données (cadastre, éclairage public, adressage)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui sommes-nous ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que Géoloire42 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a mis en place un SIG web départemental nommé Géoloire42 – avec des «applications métiers» dédiées – permettant aux collectivités d&amp;#039;accéder en ligne à l&amp;#039;ensemble de leurs données en matière de cadastre, d&amp;#039;éclairage public et d&amp;#039;adressage. Il est issu d&amp;#039;une démarche participative associant les collectivités adhérentes au SIEL-Territoire d&amp;#039;énergie Loire et des acteurs majeurs de l&amp;#039;aménagement du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Technologies numériques et numérisation
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>http://te42.fr</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accueil du SIEL-Territoire d&amp;#039;énergie Loire
+ &lt;br /&gt;
+ 04 77 43 89 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f3c5-gerer-vos-donnees-cadastre-eclairage-public-a/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>163078</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Identification et quantification des potentiels de réduction des consommations d’énergie et de développement des énergies renouvelables, en lien avec les démarches énergie-climat et enjeux locaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Modalités :&lt;/p&gt;&lt;p&gt;Sur la base de l’état des lieux énergétique, et au regard des objectifs énergie-climat à atteindre (SRADDET, neutralité carbone, PCAET…), élaboration d’études de potentiels et/ou de scénarisations prospectives : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Estimation du potentiel de réduction des consommations d’énergie par secteur et/ou par usage : rénovation thermique des bâtiments, éclairage public… &lt;/li&gt;&lt;li&gt;Evaluation des potentialités de mutation énergétique (conversion des énergies fossiles vers les énergies renouvelables) &lt;/li&gt;&lt;li&gt;Estimation du potentiel de développement des différentes filières énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude des potentiels de développement des EnR à l’échelle des différents EPCI dans une logique de coopérations territoriales avec Bordeaux Métropole &lt;/li&gt;&lt;li&gt;Etude du potentiel d’implantation de méthaniseurs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/identifier-le-potentiel-en-economies-denergie-et-en-energies-renouvelables-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>162531</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et préserver le patrimoine culturel et naturel</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Événements culturels ou
+actions permettant l’accès à la culture à des publics habituellement éloignés
+de l’offre culturelle existante. &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions visant à préserver,
+restaurer, aménager et/ou valoriser le petit patrimoine bâti dans le but d’y
+accueillir du public : protection, valorisation ; actions
+d’acquisition, de restauration et de réhabilitation ; mise en son et
+lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions visant à préserver,
+restaurer, aménager et/ou valoriser la biodiversité et les systèmes naturels :&lt;span&gt; &lt;/span&gt;renaturation,
+protection, valorisation ; actions d’acquisition, de restauration et de réhabilitation ; mise en son
+et lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions de valorisation et de
+sensibilisation du public sur le patrimoine culturel et/ou naturel du
+territoire : expositions, circuits découverte, visites commentées, animations, ateliers
+et matériels pédagogiques ; éducation à l’histoire du territoire et à ses
+spécificités ; actions de connaissances (inventaires) et de partage de
+connaissances, … &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accompagner les
+professionnels sur ces thématiques de valorisation et préservation du
+patrimoine (actions de formation).&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;On entend par petit patrimoine bâti les lavoirs,
+moulins, pressoirs, bornes historiques, canaux d&amp;#039;irrigation, chapelles, croix
+de chemin, fontaines, fours à pain, oratoires, ponts ruraux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
-Sports et loisirs
-[...2 lines deleted...]
-Montagne
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q38" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le territoire du Pays de Coutances a un patrimoine naturel et culturel
+unique mais trop souvent méconnu par les habitants et les visiteurs. La
+protection et la préservation du patrimoine naturel et culturel passe par un
+plus grand partage de la connaissance de ces richesses patrimoniales. &amp;#34;On
+protège mieux, en effet, ce qu’on connait&amp;#34;. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Cette fiche-action vise donc à soutenir les initiatives qui permettront
+d’accroitre les connaissances des habitants et des visiteurs sur la
+biodiversité et les systèmes naturels, l’histoire du territoire et son
+patrimoine. Les actions permettant de toucher plus spécifiquement un public
+habituellement éloigné des offres culturelles ou de sensibilisation à
+l’environnement seront particulièrement appréciées.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-le-bati-existant-fiche-action-4/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence nationale de la cohésion des territoires (ANCT)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
-Voirie et réseaux
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-[...1 lines deleted...]
-Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
-Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...3 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
-[...1 lines deleted...]
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
-Réhabilitation
-Logement et habitat
 Architecture
-Paysage
 Accessibilité
-Lutte contre la précarité
-[...3 lines deleted...]
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
-[...489 lines deleted...]
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
-Médias et communication
-[...2 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
-Bibliothèques et livres
-[...1 lines deleted...]
-Milieux humides
 Inclusion numérique
-Sécurité
-[...3 lines deleted...]
-      <c r="O36" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
-[...40 lines deleted...]
- Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
-[...37 lines deleted...]
- &lt;/em&gt;
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
-[...1647 lines deleted...]
-      </c>
       <c r="Y40" s="1" t="inlineStr">
         <is>
-          <t>urcaue.aura@gmail.com</t>
+          <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z40" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
         </is>
       </c>
       <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:27" customHeight="0">
       <c r="A41" s="1">
-        <v>101706</v>
+        <v>119942</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités sous forme d'ingénierie publique</t>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>Agence technique départementale de l'Yonne (ATD 89)</t>
+          <t>Préfectures de département</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-Ingénierie financière</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Aider à la recherche de financements ;
-[...57 lines deleted...]
-  &lt;br /&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
-[...77 lines deleted...]
-      </c>
       <c r="N41" s="1" t="inlineStr">
-        <is>
-[...656 lines deleted...]
-      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -8752,2224 +6418,157 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...983 lines deleted...]
-      <c r="G49" s="1" t="inlineStr">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
-[...929 lines deleted...]
-      <c r="H54" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
-[...171 lines deleted...]
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -11015,562 +6614,11765 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P55" s="1" t="inlineStr">
+      <c r="P42" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q55" s="1" t="inlineStr">
+      <c r="Q42" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T42" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>126137</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q46" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>101706</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités sous forme d'ingénierie publique</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Yonne (ATD 89)</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Agence technique départementale propose ses compétences aux collectivités adhérentes pour du conseil technique et des missions d&amp;#039;ASSISTANCE A MAÎTRISE d&amp;#039;OUVRAGE (AMO) en phase pré-opérationnelle et opérationnelle, pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider à la recherche de financements ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la définition du besoin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étudier la faisabilité technique, réglementaire et financière ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en relation les élus avec les financeurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats pour la réalisation des études préalables ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établir le programme de l&amp;#039;opération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats de maîtrise d&amp;#039;œuvre et suivre les études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apporter l&amp;#039;aide nécessaire au maître d&amp;#039;ouvrage pendant la phase de réalisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sur les domaines de compétence suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  VOIRIE : classement de la voirie communale ; programme pluriannuel et travaux d&amp;#039;entretien et de réparation de chaussée ; aménagement de sécurité ; entrées et traversées de bourg.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ESPACES PUBLICS : aménagement de l&amp;#039;espace ; places de village ; trottoirs ; parking ; carrefours ;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  BÂTIMENTS PUBLICS : inventaire et analyse du patrimoine immobilier ; études préalables avant travaux (levé topographique,
+  &lt;br /&gt;
+  levé géométrique, diagnostic structure, plomb, amiante, thermique,
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .) ;  opérations de construction neuve, de rénovation, ou de réhabilitation ; opérations d&amp;#039;isolation et d&amp;#039;accessibilité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSAINISSEMENT (EAUX USÉES &amp;amp; EAUX PLUVIALES) : schémas directeurs ; réseaux et station d&amp;#039;épuration (études et travaux) ; transfert de compétence assainissement ; marchés de prestation de service, délégation de service public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  EAU POTABLE : diagnostics réseaux et schémas directeurs ; réalisation ou réhabilitation d&amp;#039;ouvrages de production de traitement et de stockage d&amp;#039;eau potable ; renforcement, extension, réhabilitation de réseaux ; défense incendie ; délégation de service public.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;AMO :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements de sécurité routière en traversée d&amp;#039;agglomération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de cheminements doux ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation des abords des écoles ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un City-parc ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de la place de la Mairie, de l&amp;#039;Église ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un centre culturel ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de la salle des fêtes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des ateliers municipaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une nouvelle station d&amp;#039;épuration ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de diagnostic d&amp;#039;assainissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un contrat de prestations de service (assainissement, eau potable) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de réhabilitation du réseau d&amp;#039;eaux usées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude des solutions de gestion des eaux pluviales ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma de défense incendie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préfiguration de l&amp;#039;organisation des services AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement du réseau d&amp;#039;eau potable ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de bassin d&amp;#039;alimentation de captage AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espace public
+Voirie et réseaux
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité adhérente de l&amp;#039;Agence technique départementale (commune, communauté de communes, syndicat).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Yonne</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd89.fr/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour contacter l&amp;#039;ATD 89 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:atd&amp;#64;yonne.fr" rel="noopener" target="_blank"&gt;
+  atd&amp;#64;yonne.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 10 avenue du 4° Régiment d&amp;#039;infanterie - 89 000 Auxerre
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Standard :
+ 03 86 34 61 01
+&lt;/p&gt;
+&lt;p&gt;
+ Site Internet :
+ &lt;a href="https://www.atd89.fr/" target="_self"&gt;
+  https://www.atd89.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>yvan.telpic@yonne.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7cb3-apporter-une-assistance-a-maitrise-douvrage-a/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>116475</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les centralités et les intercommunalités du Calvados via les contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>Taux variables en fonction de la nature des projets, des enjeux locaux, des priorités départementales et bonus mobilisables.</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec près de 700 000 habitants, le Calvados connaît une croissance démographique régulière. Le Département, garant de la solidarité territoriale, subventionne de nombreux équipements publics qui participent à la qualité de vie des habitants quel que soit leur âge : gymnases, médiathèques, crèches, mais aussi équipements touristiques, résidences autonomies pour les seniors ou encore pépinières d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un socle de discussion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les accords Calvados 2030 seront signés entre le Département, les Établissements publics de coopération intercommunale (EPCI) et les communes pôle sur chaque territoire. Ils comprendront une feuille de route de projets envisagés par les collectivités pour les années à venir, ainsi que les projets départementaux programmés par le Département (collèges, routes, ports...) et constitueront le socle de discussion entre le Département et les collectivités signataires des contrats de territoire 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les contrats de territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conclus entre le Département, les EPCI et les communes pôles principaux et secondaires du Calvados (et syndicats intercommunaux en fonction des projets éligibles), les contrats de territoire permettent aux collectivités signataires de bénéficier d&amp;#039;aides financières en investissement pour leurs projets d&amp;#039;aménagement et d&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Entre 2017 et 2021, 60 millions d&amp;#039;euros ont été consacrés aux contrats de territoire. Entre 2022 et 2026, ce sont 100 millions d&amp;#039;euros supplémentaires qui seront mobilisés par le Département pour soutenir les projets des collectivités à travers les contrats de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Renforcer les centralités du Calvados, préserver l&amp;#039;environnement et lutter contre le dérèglement climatique, favoriser la solidarité entre les hommes et entre les territoires sont les grandes ambitions de cette nouvelle politique territoriale. L&amp;#039;objectif est de faire du Calvados un département où il fait bon vivre, où chaque habitant a accès en un temps réduit à des services de qualité, afin de s&amp;#039;épanouir pleinement à tout âge de la vie (équipements sportifs, de lecture publique, d&amp;#039;accueil de spectacles, de petite enfance, bâtiments publics isolés énergétiquement, accessibles aux personnes à mobilité réduite, aménagements et équipements adaptés aux seniors, itinéraires cyclables de qualité, eau et espaces naturels préservés et accessibles au public...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Priorites_2030.jpeg" /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Santé
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Risques naturels
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé transmise à réception du dossier complet au stade résultat d&amp;#039;appel d&amp;#039;offre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucune prorogation de ces délais ne pourra être accordée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets non éligibles : projets inférieurs à 50.000€ HT ; projets non éligibles dans le cadre de l&amp;#039;APCR et de l&amp;#039;APCR&amp;#43; ; travaux de construction ou rénovation de salles communales ou intercommunales louées aux privés (sauf si usage mutualisé et travaux de rénovation énergétique permettant d&amp;#039;atteindre une amélioration de 40% ou la classe C) ; projets ne répondant pas aux critères d&amp;#039;éligibilité départementaux ; projets de plus de 100.000€ HT ne répondant pas aux critères d&amp;#039;éco-conditionnalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *Le seuil de 50.000€ de dépenses éligibles est réduit à 1.000€ pour l&amp;#039;adressage et à 5.000€ pour les projets de développement de services aux usagers et de mise en réseau en bibliothèque (dont les véhicules électriques à l&amp;#039;usage des bibliothèques, RFID...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/calvados-territoires-2030</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.teleservices.calvados.fr/pmc-communes/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+  territoires&amp;#64;calvados.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9695-accompagner-les-centralites-du-calvados/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>56752</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de prestations en ingénierie pour la mise en œuvre de vos projets</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Subventions financées par le Fonds Outre-mer (FOM)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de
+son offre de prêts,
+l&amp;#039;AFD assure le
+pilotage du Fonds
+Outre-mer 5.0 pour le
+compte du Ministère
+de l&amp;#039;Outre-mer.
+Ce fonds d&amp;#039;assistance
+à maîtrise d&amp;#039;ouvrage
+vise à appuyer
+le renforcement
+des capacités des
+territoires ultramarins,
+pour la réalisation des
+projets structurants
+s&amp;#039;inscrivant dans la
+Trajectoire Outre-mer
+5.0 du Ministère.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer le renforcement des capacités techniques
+et de gestion des maîtrises d&amp;#039;ouvrage
+publiques locales, pour soutenir leurs projets
+d&amp;#039;investissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le renforcement des capacités et l&amp;#039;accès
+aux financements des associations et des acteurs
+de la solidarité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apporter un soutien technique et financier aux
+projets de coopération régionale permettant de
+répondre aux grands enjeux de la Trajectoire 5.0 à
+l&amp;#039;échelle des bassins géographiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de dispositif : subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de financement : jusqu&amp;#039;à 100% du besoin
+&lt;/p&gt;
+&lt;p&gt;
+ Projets ciblés : besoins d&amp;#039;appui des maîtrises d&amp;#039;ouvrage
+locales en renforcement des capacités de gestion et
+en ingénierie technique et financière
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : après accord de la Préfecture
+ou du Haut-commissariat, puis de la DGOM.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Secteurs éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Infrastructures
+: construction ou réhabilitation d&amp;#039;infrastructures publiques
+de santé, médico-sociales, culturelles, sportives, sociales,
+et d&amp;#039;enseignement ; 
+infrastructures de transport collectif, d&amp;#039;eau potable et
+d&amp;#039;assainissement, de collecte / traitement / valorisation
+des déchets ; 
+mise en oeuvre des projets intégrés au Plan Eau DOM ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Energie :  
+élaboration des PCAET ; 
+appuis techniques pour la maîtrise des consommations
+énergétiques, la création ou l&amp;#039;acquisition d&amp;#039;unités de production
+d&amp;#039;énergie renouvelable, la construction aux normes HQE, les
+démarches Port Vert.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Environnement et risques naturels : 
+constructions adaptées aux risques naturels (cyclones,
+séismes, inondations, sargasses, etc.) ; 
+investissements liés au changement climatique (protection
+des littoraux, montée des eaux, plans de prévention, etc.) ; 
+appui aux investissements visant à protéger la biodiversité
+(études d&amp;#039;impact, mise en sécurité, parcs naturels, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en oeuvre des contrats de convergence et de transformation
+et des contrats Etat-COM.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b7d-le-fonds-outre-mer-50/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>94676</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Ardennes
+Ardennes Ingenierie</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement se décline en trois niveaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  niveau 1 : un conseil de premier niveau aux bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 3 : un accompagnement spécifique pour des prestations identifiées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement et Equipement publics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Résorption de logements vacants dégradés
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement de la mairie dans l&amp;#039;ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Revue de projets communaux : informations et conseils multi domaines
+&lt;/p&gt;
+&lt;p&gt;
+ -	Mise aux normes PMR de la Mairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie et infrastructures
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Sécurisation de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réfection d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement des abords d&amp;#039;un lavoir
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement et sécurisation d&amp;#039;un arrêt bus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eau et assainissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi et amélioration d&amp;#039;un dispositif d&amp;#039;assainissement collectif
+&lt;/p&gt;
+&lt;p&gt;
+ -	Accompagnement d&amp;#039;un projet de sécurisation d&amp;#039;un forage d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil de gestion du service d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Economie d&amp;#039;énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi énergétique, amélioration bâtiment, éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique du parc de logements communaux
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil chantier/géothermie de la mairie et de la salle des fêtes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique d&amp;#039;un gymnase
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement pour les vélos le long de la Voie Verte Trans Ardennes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un chemin de randonnée sur une ancienne voie ferrée
+&lt;/p&gt;
+&lt;p&gt;
+ -	Transformation d&amp;#039;anciens logements en gites touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Analyse de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Information sur évolution du nombre d&amp;#039;ERP et des systèmes de production d&amp;#039;ECS, planification et réalisation des analyses, aide à l&amp;#039;élaboration des plans d&amp;#039;actions en cas de non-conformité et suivi jusqu&amp;#039;au retour à une situation satisfaisante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Juridique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quels recours en cas de malfaçon suite à des travaux de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ -	Comment lutter contre les points noirs paysagers ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archives départementales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un nouveau local archives suite à l&amp;#039;extension de la mairie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Lecture publique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;un espace lecture au sein du groupe scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ -	Assistance à la gestion et à l&amp;#039;exploitation d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;une médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archéologie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réalisation d&amp;#039;un diagnostic archéologique préalable à un aménagement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de financements
+&lt;/p&gt;
+&lt;p&gt;
+ -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numérique et dématérialisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Projet de pôle culturel comprenant un Musée et une bibliothèque
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Culture et identité collective
+Tourisme
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ mail : ardennesingenierie&amp;#64;cd08.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>anne.durand@cd08.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>117550</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
+ &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
+  formations thématiques
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
+ &lt;br /&gt;
+ Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
+ &lt;br /&gt;
+ Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
+ &lt;br /&gt;
+ Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de sessions d&amp;#039;information thématiques :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : dispositif département Jura subventions DETR DSIL FNADT
+ &lt;br /&gt;
+ Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
+ &lt;br /&gt;
+ Ex : compétence GEMAPI,
+ &lt;br /&gt;
+ Ex : urbanisme réglementaire et planification
+ &lt;br /&gt;
+ Ex : circulation et stationnement
+ &lt;br /&gt;
+ Ex : outil public SEM énergie renouvelable
+ &lt;br /&gt;
+ Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de formations thématiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : comment mobiliser les fonds européens sur son territoire
+ &lt;br /&gt;
+ Ex : mécénat et financement participatif
+ &lt;br /&gt;
+ Ex : marchés publics - comment acheter local
+ &lt;br /&gt;
+ Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
+ &lt;br /&gt;
+ Ex : réalisation des travaux
+ &lt;br /&gt;
+ Ex :
+ comment associer les habitants à un projet communal ou intercommunal
+ &lt;br /&gt;
+ Ex le projet culturel du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière :
+  &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   juridique&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation :
+  &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   formation&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>116474</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les petites communes rurales du Calvados</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux petites communes rurales (APCR et APCR+)</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction de la nature  du projet</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;APCR (Aide aux petites communes rurales) est depuis cinquante ans le principal mode d&amp;#039;accompagnement des communes rurales du Calvados pour le financement de leurs projets d&amp;#039;investissement. Le Département du Calvados a souhaité réformer ce dispositif en 2022, en créant l&amp;#039;APCR&amp;#43;, afin de répondre au mieux aux besoins des communes rurales et notamment aux pôles de proximité qui portent des charges de centralité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « classique » (APCR) : communes rurales du Calvados
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « &amp;#43; » (APCR &amp;#43;) : communes pôles de proximité du Calvados
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Trois natures de travaux éligibles à l&amp;#039;APCR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dossier général : bâtiments communaux, cadre de vie et aménagement urbain ; taux d&amp;#039;intervention de 50%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier rénovation énergétique : travaux permettant une amélioration de 40% minimum de la performance énergétique ou l&amp;#039;atteinte de la classe C – audit énergétique obligatoire ; taux d&amp;#039;intervention de 70%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier vélo : itinéraires cyclables, schémas cyclables et équipements cyclables; taux d&amp;#039;intervention de 50% à 60%*
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-dispositif-classique.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de projets éligibles à l&amp;#039;APCR&amp;#43; :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de construction, rénovation de bâtiments publics et d&amp;#039;aménagement * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention variables en fonction des caractéristiques des projets (
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Calvados-2030-Guide-des-aides-du-Departement-du-Calvados.pdf" rel="noopener" target="_blank"&gt;
+   cf. guide des aides départementales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-plus.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR&amp;#43;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ »
+&lt;/p&gt;
+&lt;p&gt;
+ NB : tous les projets supérieurs à 100.000€ HT sont soumis à l&amp;#039;éco-conditionnalité des aides (éligibilité du projet à l&amp;#039;APCR, APCR&amp;#43; ou contrat de territoire sous réserve d&amp;#039;intégration du développement durable au sein du projet –
+ &lt;a href="https://www.calvados.fr/eco-conditionnalite-aides" rel="noopener" target="_blank"&gt;
+  consulter l&amp;#039;éco-conditionnalité réformée en 2022
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR classique
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs départementaux (amendes de police - en fonction du territoire-; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire) hormis les dispositifs APCR &amp;#43; et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de cumul possible entre deux dossiers APCR (ex : un dossier général de rénovation et un dossier rénovation énergétique sur un même projet) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR&amp;#43;
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs thématiques départementaux (amendes de police – en fonction du territoire- ; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire...) hormis les dispositifs APCR et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépense minimum : 3.000€ HT ; pour un projet d&amp;#039;adressage la dépense minimum est de 1.000€ HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de possibilité de découper un projet par tranches annuelles ni de solliciter des subventions complémentaires mais possibilité de solliciter un contrat sur plusieurs années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas où une collectivité ne mobiliserait pas l&amp;#039;ensemble de l&amp;#039;enveloppe annuelle, celle-ci ne pourra en aucun cas être reportée sur l&amp;#039;année suivante ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91.) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les demandes doivent parvenir complètes au Département, via le téléservice APCR : teleservices.calvados.fr,
+  &lt;strong&gt;
+   avant le 30 septembre de chaque année
+  &lt;/strong&gt;
+  , pour être instruites au titre de cette même année. Toute demande parvenue ou complétée après le 30 septembre, ne sera pas instruite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aucune prorogation de ces délais ne pourra être accordée.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-aux-petites-communes-rural.html</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr/login/?nonce=_9984C605F1E558E4C7B4347FF909F6DA&amp;next=/idp/saml2/continue%3Fnonce%3D_9984C605F1E558E4C7B4347FF909F6DA</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_blank"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f28-accompagner-les-petites-communes-rurales/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>145890</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les opérations des collectivités</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'Ingénierie de l'Ain</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Initiée par le Département de l&amp;#039;Ain en 2013, l&amp;#039;Agence départementale d&amp;#039;Ingénierie de l&amp;#039;Ain, nommée Agence 01, a inscrit son fonctionnement dans le cadre de sa politique de soutien aux communes et intercommunalités.
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;agence a pour principales missions d&amp;#039;accompagner et de conseiller les collectivités dans leurs projets.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cela se traduit pour la mise à disposition, via conventionnement, de moyens humains ayant des compétences techniques et administratives sur chacune des thématiques portées par l&amp;#039;agence :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Voirie (sécurisation, modes doux, sentiers, etc.), aménagement de l&amp;#039;espace public (parcs, places, équipements sportifs, etc.).
  &lt;br /&gt;
  • Construction et rénovation de bâtiments publics (mairie, école, maison de santé, salle polyvalente, etc.).
  &lt;br /&gt;
  • Cycle de l&amp;#039;eau (assainissement, stations d&amp;#039;épuration, équipements de lutte contre les incendies, etc.).
  &lt;br /&gt;
  • Urbanisme (planification et opérationnel).
  &lt;br /&gt;
  • Accompagnement à la passation des marchés publics.
  &lt;br /&gt;
  • Accompagnement juridique (conseil, accompagnement dans la mise en place de délégations de service public, etc.).
  &lt;br /&gt;
  • Ingénierie financière (accompagnement et réalisation des demandes de subventions, conseils d&amp;#039;optimisation des plans de financement, rédaction des candidatures aux appels à projets, etc.).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M56" s="1" t="inlineStr">
+      <c r="M54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  - Sécurisation de carrefour.
  &lt;br /&gt;
  -  Rénovation de voirie existante.
  &lt;br /&gt;
  - Aménagement de pistes cyclables.
  &lt;br /&gt;
  - Aménagement de city-stade.
  &lt;br /&gt;
  - Construction de déchèterie.
  &lt;br /&gt;
  - Diagnostic pour la rénovation des ouvrages d&amp;#039;art.
  &lt;br /&gt;
  - Rénovation de salle polyvalente.
  &lt;br /&gt;
  - Construction de centre de loisirs.
  &lt;br /&gt;
  - Rénovation de la mairie.
  &lt;br /&gt;
  - Construction de médiathèque.
  &lt;br /&gt;
  - Accompagnement de la réalisation de schéma directeur d&amp;#039;assainissement et d&amp;#039;eau potable.
  &lt;br /&gt;
  - Rénovation des réseaux de distribution d&amp;#039;eau potable.
  &lt;br /&gt;
  - Déconnexion des réseaux d&amp;#039;eaux pluviales et d&amp;#039;assainissement.
  &lt;br /&gt;
  - Construction et rénovation de station d&amp;#039;épuration.
  &lt;br /&gt;
  -  Aménagement d&amp;#039;équipements de lutte contre les incendies.
  &lt;br /&gt;
  - Diagnostic des ouvrages d&amp;#039;art
  &lt;br /&gt;
  - Mise en œuvre d&amp;#039;urbanisme opérationnel
  &lt;br /&gt;
  - Révision de PLU
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Friche
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour pouvoir bénéficier de conseils il suffit d&amp;#039;être adhérent à l&amp;#039;agence.
  &lt;br /&gt;
  Pour bénéficier d&amp;#039;un accompagnement de l&amp;#039;agence dans la préfiguration et/ou la réalisation d&amp;#039;une opération , il est nécessaire de conventionner pour définir, de manière précise, les missions pour lesquelles la collectivité souhaite l&amp;#039;intervention de nos équipes.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Ain</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>http://agence01.fr/</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Yvan Pauget, Directeur
 &lt;/p&gt;
 &lt;p&gt;
  conseil&amp;#64;agence01.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 74 55 49 00
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>conseil@agence01.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b83f-accompagner-les-operations-damenagement-des-c/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G57" s="1" t="inlineStr">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...17 lines deleted...]
-      <c r="K57" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
-[...2 lines deleted...]
- Le Facil vise à :
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
-[...9 lines deleted...]
-          <t>Patrimoine et monuments historiques
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
+Réhabilitation
+Logement et habitat
 Architecture
+Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Technologies numériques et numérisation
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>159895</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des villages et des espaces les plus ruraux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global de redynamisation de cœur de village
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels, notamment de la rivière Adour, ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation, et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux événements culturels, sportifs et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Espace public
+Friche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>152466</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 62</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié ( de + 10% à + 20%)</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la construction et à la rénovation du patrimoine bâti des collectivités en termes de performance énergétique, de développement des énergies renouvelables, d&amp;#039;éclairage public performant et de mise en œuvre d&amp;#039;une mobilité durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation de panneaux solaires photovoltaïques sur le toit de l&amp;#039;école primaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de fenêtres à double vitrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du réseau de chauffage urbain à Chaleurville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de l&amp;#039;efficacité énergétique des bâtiments publics de Lumino-Ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de systèmes de récupération d&amp;#039;eau de pluie dans les bâtiments municipaux de Pluiebourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation énergétique des bâtiments historiques du Vieilbourg
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;div&gt;
+  &lt;table&gt;
+   &lt;tbody&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Dépenses éligibles
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Taux de financement
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Observations
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        RENOVATION ENERGETIQUE DES BATIMENTS
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation des bâtiments communaux ou intercommunaux en termes de performances énergétiques.
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        Travaux éligibles
+       &lt;/strong&gt;
+       &lt;strong&gt;
+        :
+       &lt;/strong&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - Isolation des combles
+       &lt;br /&gt;
+       - Isolation des murs
+       &lt;br /&gt;
+       - Isolation du plancher bas
+       &lt;br /&gt;
+       - Changement des menuiseries sur au moins
+       &lt;br /&gt;
+       20 % des surfaces restantes
+       &lt;br /&gt;
+       - Traitement de l&amp;#039;étanchéité à l&amp;#039;air
+       &lt;br /&gt;
+       - Chauffage à haut rendement / condensation
+       &lt;br /&gt;
+       - Ventilation simple flux performante ou double flux
+       &lt;br /&gt;
+       - Rénovation de l&amp;#039;éclairage intérieur
+       &lt;br /&gt;
+       - Régulation, distribution et émission de chauffage
+       &lt;br /&gt;
+       - Utilisation d&amp;#039;une énergie renouvelable
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;isolants biosourcés
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;une télégestion énergétique
+       &lt;br /&gt;
+       - Systèmes passifs d&amp;#039;amélioration du confort d&amp;#039;été (isolation renforcée, brise soleil...)
+       &lt;br /&gt;
+       - Régulation de l&amp;#039;éclairage, ventilation
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 15 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique compris entre 15 % et 30%
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique supérieur à 30 %
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+       &lt;br /&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        CONSTRUCTION DE BATIMENTS ENERGETIQUEMENT EXEMPLAIRES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Construction de bâtiments à énergie passive (BEPAS) ou positive (BEPOS) dans une optique de transition énergétique.
+      &lt;/p&gt;
+      &lt;p&gt;
+       Construction de bâtiments biosourcés (label), matériaux issus de ressources naturelles renouvelables majoritairement d&amp;#039;origine végétale (bois, chanvre, lin, coton recyclé, ouate de cellulose, paille de blé...)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 20 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        DEVELOPPEMENT DES ENERGIES RENOUVELABLES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire photovoltaïque
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal
+       &lt;br /&gt;
+       &amp;#43; 10 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+      &lt;/p&gt;
+      &lt;p&gt;
+       250 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bois énergie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 50 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire thermique
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 1 000 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Géothermie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+       &lt;br /&gt;
+       200 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        ECLAIRAGE PUBLIC PERFORMANT
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation de l&amp;#039;éclairage public par de l&amp;#039;éclairage à économie d&amp;#039;énergie performant (type LED) dans les communes de moins de
+       &lt;br /&gt;
+       3 500 habitants *
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dispositifs intelligents de modulation de l&amp;#039;éclairage public
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       150 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        MOBILITE DURABLE ET CIRCULATIONS DOUCES (VOIR THEMATIQUE CIRCULATIONS DOUCES)
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bornes de recharge accélérées et bornes de recharge rapides (super chargeurs) pour véhicules électriques -
+       &lt;strong&gt;
+        uniquement pour les projets sous maîtrise d&amp;#039;ouvrage d&amp;#039;un syndicat d&amp;#039;énergie.
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à :
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 10 000 € HT pour les bornes dites accélérées en
+       &lt;em&gt;
+        courant alternatif (AC) entre 16 A (3,7 kW en monophasé, 11kW en triphasé) et 32 A (7,4kW en monophasé, 22kW en triphasé) et pour les bornes dédiées collectivités territoriales en courant alternatif (AC) 7kVA sur domaine privé
+       &lt;/em&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 40 000 € HT pour les bornes dites rapides (super chargeurs) (
+       &lt;em&gt;
+        courant continu (DC) entre 50kW et 250kW).
+       &lt;/em&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Acquisition neuves ou d&amp;#039;occasion par les communes de moins de 10.000 habitants, pour leurs services techniques, de véhicules utilitaires légers hybrides ou électriques.
+       &lt;br /&gt;
+       (1 véhicule par bénéficiaire tous les 5 ans)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       20 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+   &lt;/tbody&gt;
+  &lt;/table&gt;
+ &lt;/div&gt;
+&lt;p&gt;
+ * Pour les travaux réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   travaux d&amp;#039;entretien.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>141761</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un projet d'installation solaire photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;une compétence optionnelle, deux solutions sont à disposition des collectivités pour mettre en place leur installation solaire photovoltaïque avec le syndicat :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faire un transfert de compétences de la collectivité vers le syndicat afin que le SIEL-Territoire d&amp;#039;énergie Loire assure l&amp;#039;investissement et réalise le projet à la place de la collectivité. &lt;/li&gt;
+ &lt;li&gt;
+  Faire appel au syndicat pour être accompagné dans son projet d&amp;#039;un point de vue technique, administratif et décisionnel lorsque la commune souhaite rester maître d&amp;#039;ouvrage.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Électricité renouvelable :
+ &lt;br /&gt;
+ Thierry Suchel
+ &lt;br /&gt;
+ suchel&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 53 92
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9701-mettre-en-place-un-projet-dinstallation-solai/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes de Saint-Pierre-et-Miquelon ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>155559</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en accessibilité des bâtiments publics et des cimetières</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>MISE EN ACCESSIBILITÉ DES BÂTIMENTS ET DES CIMETIÈRES</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J64" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la mise en accessibilité des bâtiments publics et des cimetières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité portant sur les seuls bâtiments publics dédiés à une activité de service public et/ou à un usage public et classés Établissements recevant du public (ERP), à l&amp;#039;exception des édifices cultuels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité des cimetières publics, à l&amp;#039;intérieur ou à leurs abords immédiats.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les diagnostics, travaux de désamiantage ou autres effectués à l&amp;#039;occasion de la mise en accessibilité et accompagnés de travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux et équipements nécessaires à l&amp;#039;accessibilité extérieure et intérieure du bâtiment, hors mobilier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux et les solutions techniques amovibles aux abords immédiats des bâtiments permettant de les rendre accessibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les places de parking signalées PMR, les aménagements et les cheminements directement liés à l&amp;#039;usage ou à l&amp;#039;accès du bâtiment ou du cimetière et aux abords immédiats de ces derniers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La signalétique au sol, verticale, extérieure ou intérieure, ou autre, ainsi que l&amp;#039;éclairage public lié aux places de parkings et aux cheminements concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Lorsque les travaux et dépenses de mise en accessibilité sont communs à un édifice cultuel et à un cimetière, ils sont pris en compte au titre de ce dernier. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ces travaux doivent avoir fait l’objet d’un dépôt au titre de
+l’agenda d’accessibilité programmée (Ad’Ap) ou d’un avis favorable de la
+commission compétente*&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+*la sous-commission départementale d’accessibilité (SCDA) donne un avis
+concernant les dispositions relatives à l&amp;#039;accessibilité aux personnes
+handicapées des établissements et installations recevant du public et les
+dérogations à ces dispositions&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces ou « cases commerciales »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les mobiliers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les abribus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bâtiments abritant La Poste,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les édifices cultuels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Condition d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+ Les travaux doivent être prévus et inscrits dans l&amp;#039;Agenda d&amp;#039;accessibilité programmée (Ad&amp;#039;AP) transmis par la commune ou le groupement de communes à la Préfecture et faire l‘objet d&amp;#039;un avis de récépissé de dépôt à la Préfecture (Le terme de « projet » désigne les travaux prévus dans un Ad&amp;#039;AP pour un bâtiment)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond
+  de dépenses
+  par projet
+  (travaux prévus
+ dans un Ad&amp;#039;AP pour un bâtiment) :
+ &lt;/strong&gt;
+ 50.000€ HT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-accessibilite-des-batiments-et-des-cimetieres/</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b6a-modele/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>140748</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de mise en valeur par la lumière</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Au cas par cas</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Réaliser des travaux de mise en valeur par la lumière
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature de l&amp;#039;opération : Eclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U2) et Communes Rurales (ER)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à présenter en bureau syndical
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d00-realiser-des-travaux-de-mise-en-valeur-par-la/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>103457</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Réduire l’impact de la pollution lumineuse et permettre la création de la trame noire</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Modernisation de l'éclairage public et réduction de la pollution lumineuse</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite réduire l&amp;#039;impact de la pollution lumineuse et permettre la création de la trame noire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2022</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités territoriales franciliennes de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée à la commune mais peut être regroupée par un EPCI tel qu&amp;#039;un syndicat d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Études pour un schéma directeur d&amp;#039;éclairage public
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 50% du montant éligible TTC - ou HT en cas de récupération de la TVA (subvention maximale : 50.000€).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Travaux
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 20% du montant éligible TTC - ou HT en cas de récupération de la TVA - pour les projets conduisant à une réduction par facteur 2 de la consommation énergétique (subvention maximale : 150.000€).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 30% du montant éligible TTC - ou HT en cas de récupération de la TVA - pour les projets conduisant à une réduction par facteur 3 ou 4 de la consommation énergétique (subvention maximale : 150.000€).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le taux d&amp;#039;intervention est majoré de 20% en cas d&amp;#039;extinction totale de l&amp;#039;éclairage public cinq heures par nuit sur la totalité de la commune.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Aucune indemnité ne sera versée pour les frais engagés pour
+ &lt;/span&gt;
+ &lt;span&gt;
+  l&amp;#039;élaboration du dossier et la
+ &lt;/span&gt;
+ &lt;span&gt;
+  participation à l&amp;#039;appel à projets.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;éclairage extérieur : tout ou partie de l&amp;#039;ensemble « source, luminaire, ballast, candélabre » du point lumineux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;appareils et accessoires qui permettent une maîtrise de la durée et/ou de la quantité d&amp;#039;éclairage (horloges astronomiques, commandes individualisées ou centralisées de réduction de tension/d&amp;#039;intensité...).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets inclus dans la mise en œuvre d&amp;#039;un schéma directeur d&amp;#039;éclairage public permettant la mise en place de la trame noire sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution définitive des aides est votée en commission permanente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/modernisation-de-leclairage-public-et-reduction-de-la-pollution-lumineuse</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:aap-eclairage-public&amp;#64;iledefrance.fr"&gt;
+  aap-eclairage-public&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830818.116616119&amp;amp;zoom&amp;#61;3" rel="noopener" target="_blank"&gt;
+  Trouver un conseiller
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83f2-modernisation-de-leclairage-public-et-reducti/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>44617</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Financer les équipements liés au cadre de vie</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 15</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>L’aide est calculé en fonction de l’effort fiscal du maître d’ouvrage</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont subventionnés :	les travaux de rénovation d&amp;#039;éclairage public et/ou d&amp;#039;enfouissement des lignes téléphoniques, 	les schémas et les réserves liés à l&amp;#039;incendie, les acquisitions de véhicules électriques, 	les pistes cyclables et les cheminements piétonniers, 	les petits aménagements qualitatifs d&amp;#039;espaces publics en lotissement (écohameau, écobarri).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Enfouissement des réseaux téléphoniques et rénovation de l&amp;#039;éclairage public, achat de véhicule électrique, réserves à incendie, piste cyclable, aménagement des espaces publics d&amp;#039;un écobarri...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Développement local et Aides aux collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ 05.65.53.41.15
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>corinne.bladou-grenier@lot.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7f41-financer-les-equipements-lies-au-cadre-de-vie/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>140734</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'amélioration esthétique du réseau électrique</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Max : 23</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Montant de travaux aidés plafonné à 35000 €HT dans la limite d'un seul dossier financé pour deux ans</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Améliorer le cadre de vie
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature de l&amp;#039;opération : Effacement des réseaux
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U1, U2)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Objectifs :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ - gagner en qualité
+&lt;/p&gt;
+&lt;p&gt;
+ - gagner en sécurité
+&lt;/p&gt;
+&lt;p&gt;
+ - enfouir les réseaux électriques, téléphoniques et d&amp;#039;éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Esthétique des centres-bourgs et sites remarquables
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Demande à formuler l&amp;#039;année précédent les travaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6540-realiser-des-travaux-damelioration-esthetique/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>97600</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le cadre de vie avec l'opération "Coeurs de village"</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du Département de l&amp;#039;Aude est de financer un ensemble d&amp;#039;opérations d&amp;#039;aménagement dans un secteur déterminé, s&amp;#039;inscrivant dans une démarche de projet global. Cette démarche favoriserait la mise en valeur du cadre de vie des habitants et leur confort ainsi que le développement de la fréquentation touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Démolition de vieux bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration et valorisation du petit patrimoine bâti
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de qualité architecturale : places, placettes, murets, places de parking, fontaines, lavoirs, monuments commémoratifs...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction de chemins piétonniers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de petits équipements publics : sanitaires publics, espaces de détente
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Espace public
+Revitalisation
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tous travaux d&amp;#039;entretien, illumination des édifices, fournitures de plantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Electrification et éclairage public (&amp;gt; SYADEN)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;assainissement, AEP
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/coeurs-de-village</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : voirie, cœurs de village, services de proximité, équipements touristiques (hébergement et pleine nature), déneigement, intempéries – Ghislaine Cabrol-Hutin
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.67.36
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : ghislaine.cabrol&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/48d3-ameliorer-le-cadre-de-vie-avec-loperation-coe/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>162432</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Effacer les réseaux électriques</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 75</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Mayenne est l&amp;#039;interlocuteur privilégié des collectivités locales et des particuliers, pour tout ce qui concerne les réseaux gaz et électriques. Pour le compte des communes du département propriétaires des réseaux gaz et électrique, Territoire d&amp;#039;énergie Mayenne intervient sur le réseau public pour tous les travaux garantissant la qualité de l&amp;#039;énergie distribuée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;effacement des réseaux consiste à dissimuler les réseaux électriques aériens basses tension (BT), d&amp;#039;éclairage public et de télécommunication, pour les rendre plus discrets. Les réseaux sont donc enterrés dans le sol ou posés en façade.&lt;/p&gt;&lt;p&gt;Ces travaux de dissimulation participent au renouvellement et à la sécurisation des réseaux, ainsi qu&amp;#039;a l&amp;#039;embellissement des centres-villes. Le TE53 assure la maîtrise d&amp;#039;ouvrage de ces travaux initiés par la commune et participe à leur financement suivant le règlement financier en vigueur.&lt;/p&gt;&lt;p&gt;Les aides financières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour un effacement des lignes BT en zone rurale : 75 &lt;span&gt;% du coût global plafonné à 100 000 € &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour un effacement des lignes BT programme complémentaire (au-delà de 100 000 € ou hors comité de choix) : 40 % du coût global&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour un effacement des lignes de télécommunication : 20 % du coût global&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour un effacement de l&amp;#039;éclairage public : 25 % du coût global&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour un effacement des lignes BT en zone urbaine : 10 % (sans convention), 65 % (avec convention de programmation pluriannuelle)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cette aide peut également se cumuler avec les demandes de financement Fonds Vert qui sont aussi portées par le syndicat.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Commune de Lassay-les-Châteaux (en 2023)&lt;/p&gt;&lt;p&gt;Les lignes BT et de télécommunication ont été effacés sur 400 mètres. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;lignes BT : sur 101 850 € de coût de travaux TE53 subventionne à hauteur de 76 387 € soit 75 %&lt;/li&gt;&lt;li&gt;lignes de télécommunication : sur 38 325 €, TE53 subventionne à hauteur de 7 665 € soit 20 %&lt;/li&gt;&lt;li&gt;lignes d&amp;#039;éclairage public : sur 45 570 €, TE53 subventionne à hauteur de 11 392 € soit 25 % &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Pour ces travaux d&amp;#039;effacement sur les réseaux, la commune a pu bénéficier de la participation financière de Territoire d&amp;#039;énergie Mayenne à hauteur de95 444 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour bénéficier de cette aide, la commune doit effectuer une demande auprès du chargé d&amp;#039;affaires de son secteur qui étudiera le projet qui sera soumis au comité de choix qui a lieu tous les ans en octobre au syndicat.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.territoire-energie53.fr/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alain DELEAUNE - Chargé d&amp;#039;affaires Mayenne Communauté &amp;amp; Mont des Avaloirs - &lt;a target="_self"&gt;alain.deleaune&amp;#64;te53.fr&lt;/a&gt; - 07 56 06 11 12&lt;/p&gt;&lt;p&gt;Olivier FRASLIN - Chargé d&amp;#039;affaires Château-Gontier &amp;amp; Meslay-Grez &amp;amp; Coëvrons - &lt;a target="_self"&gt;olivier.fraslin&amp;#64;te53.fr&lt;/a&gt; - 07 48 94 81 18&lt;/p&gt;&lt;p&gt;Loïc PAILLARD - Chargé d&amp;#039;affaires Laval-Agglo &amp;amp; Pays de Craon -&lt;a target="_self"&gt;loïc.paillard&amp;#64;te53.fr&lt;/a&gt; - 06 70 55 22 87&lt;/p&gt;&lt;p&gt;Jean-Florent CANET - Chargé d&amp;#039;affaires Bocage Mayennais &amp;amp; Ernée - &lt;a target="_self"&gt;jean.florent.canet&amp;#64;te53.fr&lt;/a&gt; - 07 56 06 38 33&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te53.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/effacement-reseaux-electriques/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>120369</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités dans leurs projets d'investissement en matière de voirie communale et/ou communautaire</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>SOUTIEN A LA VOIRIE COMMUNALE</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de soutenir les collectivités dans leurs projets d&amp;#039;investissements en matière de voirie communale et/ou communautaire, dans le cadre d&amp;#039;une dotation forfaitaire annuelle « orientée » voirie tenant compte du kilométrage avec une pondération pour les communes situées à plus de 700m d&amp;#039;un projet de voirie structurant sur le mandat municipal.
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant / taux de l&amp;#039;aide :
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Dotation forfaitaire voirie :
+   &lt;/strong&gt;
+   forfait.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Projet structurant voirie :
+   &lt;/strong&gt;
+   taux de la commune. (Plancher &amp;#61; 3 000 € HT. Plafond &amp;#61; 400 000 € HT)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;h4&gt;
+  Instruction des dossiers :
+ &lt;/h4&gt;
+ &lt;p&gt;
+  Les projets structurants seront déposés en ligne via Drôme Démat
+ &lt;/p&gt;
+ &lt;p&gt;
+  TELESERVICE : AMENAGEMENT DU TERRITOIRE
+ &lt;/p&gt;
+ &lt;p&gt;
+  Dispositif : Aménagement des espaces publics
+ &lt;/p&gt;
+ &lt;p&gt;
+  Vote de la subvention par la Commission permanente. La durée de validité de la subvention est limitée à 2 ans, sans prorogation possible. Ces opérations sont éligibles aux enveloppes DST et PCT, le Département se réserve la possibilité de ne pas prioriser les projets de voirie structurante par rapport aux autres projets d&amp;#039;aménagement et d&amp;#039;équipement déposés par les communes.
+ &lt;/p&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Dotation forfaitaire voirie :
+   &lt;/strong&gt;
+   Au courant du 1er trimestre de l&amp;#039;année d&amp;#039;attribution.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Bases réglementaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Délibération du 21 novembre 2022 : « Aides aux territoires »
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les opérations éligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux de classement de voirie, d&amp;#039;amélioration et de modernisation du réseau routier ou de création de voies, propriétés de la commune (études, levés, acquisitions, signalisation et travaux), ou de parkings seront soutenus dans le cadre de la Dotation Forfaitaire Voirie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les communes ne pourront déposer qu&amp;#039;un seul projet au cours de leur mandat municipal :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   création, réfection et requalification d&amp;#039;une voirie structurante (hors réseaux sec et humides, éclairage public),
+  &lt;/li&gt;
+  &lt;li&gt;
+   projet d&amp;#039;aménagement global dont la part voirie sera prise en compte dans les dépenses éligibles, (hors réseaux sec et humides, éclairage public),
+  &lt;/li&gt;
+  &lt;li&gt;
+   création / rénovation de parking.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le caractère structurant du projet sera déterminant dans la recevabilité du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces plafonds pourront évoluer en cas de contraintes fortes sur le budget départemental ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux d&amp;#039;entretien de voirie ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dotation Forfaitaire Voirie : Les communes de moins de 5 000 habitants. Les communes ayant déléguées leur compétence voirie pourront verser au EPCI la part voirie de la DFV.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projet voirie structurant : Communes de – 25 000 habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/soutien-a-la-voirie-communale/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Politiques Territoriales-Service des Relations avec les Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quentin DUVILLIER
+ &lt;/strong&gt;
+ , Coordonnateur zone nord  –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 65
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Christel MORIN,
+ &lt;/strong&gt;
+ Coordonnatrice zone sud  –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 31
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Aurore MERMET
+ &lt;/strong&gt;
+ , Coordonnatrice zone centre –
+ &lt;strong&gt;
+  Tél. : 04 75 79 82 29
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Laurence ROCHER
+ &lt;/strong&gt;
+ , Chef de service, Coordonnatrice  zone ouest  –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 67
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0394-dotation-forfaitaire-voirie/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>97606</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou aménager des espaces réservés au sport</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département de l&amp;#039;Aude propose d&amp;#039;aider les communes et leurs groupements à construire ou à aménager
+ des équipements sportifs de plein air ou couverts.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gymnase ou salle spécialisée, aire aménagée, plaine de jeux, plateau d&amp;#039;éducation physique, stade, piscine...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne seront pris en compte que les projets qui intègreront des exigences règlementaires en matière d&amp;#039;accessibilité aux personnes à mobilité réduite et qui feront un effort en matière de développement durable (performance énergétique, normes HQE, gestion économe de l&amp;#039;espace, utilisation des énergies renouvelables...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de mobilier et d&amp;#039;entretien courant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Eclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/equipements-sportifs</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/774a-construire-ou-amenager-des-espaces-reserves-a/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>97608</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou aménager des structures liées aux activités culturelles</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département de l&amp;#039;Aude propose des aides aux communes et leurs groupements à développer, aménager et moderniser leurs équipements culturels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Restauration du patrimoine historique et culturel
+&lt;/p&gt;
+&lt;p&gt;
+ - Constructions, restructurations et aménagements de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  bibliothèques participant au réseau départemental de lecture publique ayant reçu un avis favorable de la Bibliothèque Départementale de l&amp;#039;Aude
+ &lt;/li&gt;
+ &lt;li&gt;
+  locaux adaptés à l&amp;#039;enseignement artistique, écoles de musique s&amp;#039;inscrivant dans le schéma départemental du développement des enseignements artistiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  musées
+ &lt;/li&gt;
+ &lt;li&gt;
+  salles de spectacle
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Musée
+Equipement public
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne seront pris en compte que les projets qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  intègreront des exigences règlementaires en matière d&amp;#039;accessibilité aux personnes à mobilité réduite
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondront aux orientations des schémas départementaux en matière de développement des enseignements artistiques et de lecture publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  et feront un effort en matière de développement durable (performance énergétique, normes HQE, gestion économe de l&amp;#039;espace, utilisation des énergies renouvelables...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de mobilier et d&amp;#039;entretien courant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Eclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/equipements-culturels</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0a3-construire-ou-amenager-des-structures-liees-a/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>163081</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La collectivité est accompagnée dans le suivi énergétique de ses bâtiments publics et bénéficie d’un soutien technique dans la réalisation des travaux préconisés par l’ALEC.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rencontre avec la collectivité et les partenaires concernés &lt;/li&gt;&lt;li&gt;Visite technique des bâtiments publics (système constructif, état et épaisseur des isolants existants, menuiseries, système de chauffage et climatisation, régulation…) • Analyse des consommations des trois dernières années &lt;/li&gt;&lt;li&gt;Suivi des consommations d’énergie et d’eau des bâtiments et éclairage public &lt;/li&gt;&lt;li&gt;Préconisation d’actions d’économie d’énergie sur les bâtiments étudiés &lt;/li&gt;&lt;li&gt;Réalisation d’un plan pluriannuel d’investissement en concertation avec l’équipe municipale &lt;/li&gt;&lt;li&gt;Identification de potentiel en énergies renouvelables &lt;/li&gt;&lt;li&gt;Sensibilisation des usagers des bâtiments publics aux économies d’énergie &lt;/li&gt;&lt;li&gt;Proposition de programmes pluriannuels d’investissement sur chaque bâtiment public (régulation et programmation du chauffage, isolation, chauffage performant renouvelable…) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ALEC s’adapte aux besoins de la collectivité et peut réaliser l’intégralité de l’accompagnement cité ci-dessus ou uniquement une partie.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/collectivites/agir-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-sur-la-maitrise-de-lenergie-de-mon-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>165369</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Enfouir/effacer les réseaux aériens d'électricité</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Énergie Orne</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Travaux d’enfouissement&lt;/h4&gt;&lt;p&gt;Toutes les collectivités adhèrent au &lt;span&gt;Territoire d&amp;#039;énergie Orne&lt;/span&gt;&lt;span&gt; pour sa compétence
+fondatrice : autorité organisatrice de la distribution de l’électricité. Le Te61 est donc le premier contact des collectivités territoriales en ce qui concerne le réseau électrique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;enfouissement (effacement) des réseaux aériens d&amp;#039;électricité, d&amp;#039;éclairage public (EP) et de télécommunication (RT) des communes participent au renouvellement et à la sécurisation des réseaux, ainsi qu&amp;#039;à l&amp;#039;embellissement des centres-bourg. &lt;/p&gt;&lt;p&gt;Le Te61 assure la maîtrise d&amp;#039;ouvrage des opérations pour l&amp;#039;ensemble des communes rurales et urbaines du département en réseau électrique Basse Tension (BT).&lt;/p&gt;&lt;p&gt;En cas de délégation/transfert de compétences, il coordonne les enfouissement de réseaux dans une seule et unique tranchée, limitant ainsi les coûts, les délais de réalisation et les interventions multiples sur la voirie.&lt;/p&gt;&lt;p&gt;Une mutualisation des tranchées se fait par &lt;strong&gt;convention cadre de délégation de maîtrise d&amp;#039;ouvrage pour le génie civil EP et/ou RT&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les travaux d&amp;#039;enfouissement sont effectués à la demande des collectivités, après étude et validation du bureau syndical.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions individuelles par chantier, chiffrage :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;selon bordereau de prix &amp;#43; actualisation &amp;#43; divers et imprévus &amp;#43; maîtrise d&amp;#039;œuvre (7 %)&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/classification-des-communes-68bfe7f213313.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Te61 &lt;strong&gt;finance &lt;span&gt;à&lt;/span&gt;&lt;span&gt; &lt;/span&gt;100 %&lt;span&gt; l&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;&lt;strong&gt;es travaux d&amp;#039;enfouissement&lt;/strong&gt; des réseaux électriques BT &lt;/span&gt;&lt;span&gt;pour : &lt;/span&gt;&lt;/p&gt;&lt;p&gt; &lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture-d-ecran-2025-09-09-105601-68bfebcb76434.png" alt="les communes déléguées rurales d&amp;#039;une commune nouvelle" /&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le Te61 participe à hauteur de 50 % sur les effacements pour les communes urbaines qui ne reversent pas la TICFE&lt;/strong&gt;. Le montant de cette participation peut être bonifié si la collectivité répond au critères par le syndicat.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture-d-ecran-2025-09-09-111235-68bfef92377e6.png" alt /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://te61.fr/reseaux-electriques/travaux-denfouissement/</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Orne &lt;/p&gt;&lt;p&gt;6 rue de Gatel 61250 VALFRAMBERT&lt;/p&gt;&lt;p&gt;Téléphone : 02 33 32 83 13&lt;/p&gt;&lt;p&gt;Mail : accueil&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;Cédric THOMAS - directeur du pôle technique - cedric.thomas&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;André-Jacques ALLANIC - chargé d&amp;#039;affaires secteurs 1, 10 et urbain - aj.allanic&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;Stanislas BISSON - chargé d&amp;#039;affaires secteurs 2 , 11 et 12 - stanislas.bisson&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;Guillaume THEUDE - chargé d&amp;#039;affaires secteurs 3, 4 et 6 - guillaume.theude&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;Guillaume DELERY - chargé d&amp;#039;affaires secteurs 7, 8 et 9 - guillaume.delery&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;Damien DANGUY - chargé d&amp;#039;affaires secteur 5 - damien.danguy&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;https://te61.fr/  &lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/carte-reseaux-electrique-orne-1280-6890c59bb6712.webp" alt /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te61.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/enfouir-effacer-les-reseaux-electriques-leclairage-public-et-le-reseau-telecom/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>141760</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier des meilleurs prix du marché (électricité, gaz naturel et/ou bois-énergie)</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire organise des groupements d&amp;#039;achats d&amp;#039;énergies pour faire bénéficier les adhérents à la compétence des meilleurs prix de l&amp;#039;énergie.
+ &lt;br /&gt;
+ Adhérer au groupement de commandes permet également d&amp;#039;apporter une sécurité technique et juridique pour les procédures d&amp;#039;appels d&amp;#039;offres.
+ &lt;br /&gt;
+ Le syndicat est un service public local qui agit dans l&amp;#039;intérêt des consommateurs d&amp;#039;énergies, en apportant son expertise de manière indépendante et neutre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://te42.fr</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Patrick Mounier&lt;br /&gt;mounier&amp;#64;siel42.fr&lt;br /&gt;04 77 43 89 16&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/196f-beneficier-des-meilleurs-prix-du-marche-elect/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>391</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>140803</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du VERDON (PNR)</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : appui à la formalisation de demandes de subventions, réponses aux appels à projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE et ingénierie de PROJET : aide au montage et à la gestion de projets, conseil architectural et paysager auprès des porteurs publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux et patrimoines du territoire, médiation &amp;#43; Portage des enjeux et des projets collectifs du territoire auprès des instances de tutelle, contractualisation avec des partenaires financiers publics ou privés (lobbying territorial)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement des sites naturels fréquentés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des travaux d&amp;#039;économie d&amp;#039;énergie dans les bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas communaux participatifs de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de sites Natura 2000
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ecogardes, gestion de la fréquentation touristique, prévention incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour l&amp;#039;évolution des pratiques agricoles (expérimentation, formation) et de consommation (valorisation des produits locaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réouverture d&amp;#039;espaces enfrichés au pâturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Replantation de haies et restauration des trames écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques auprès des scolaires, des jeunes, actions de sensibilisation du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui des communes pour leurs documents d&amp;#039;urbanisme
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Forêts
+Montagne
+Transition énergétique
+Education et renforcement des compétences
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le champ d&amp;#039;action du parc est limité au périmètre des communes classées.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 niveaux d&amp;#039;intervention possibles pour les collectivités adhérentes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui et conseil technique ponctuel gratuit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement approfondi de projets (valorisation forfaitaire du temps passé en quasi-régie pour une assistance à maîtrise d&amp;#039;ouvrage ou une maîtrise d&amp;#039;œuvre)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portage de projets spécifiques (délégation de maîtrise d&amp;#039;ouvrage, co-maîtrise d&amp;#039;ouvrage...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>PNR du Verdon (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>http://parcduverdon.fr/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Domaine de Valx – 04360 Moustier-Ste-Marie
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 74 68 00
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;parcduverdon.fr" target="_self"&gt;
+  info&amp;#64;parcduverdon.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1777-asseoir-un-developpement-economique-et-social/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>73872</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le patrimoine pour réduire les consommations énergétiques du parc public et développer les énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>SCOT Grand Douaisis (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la mise en oeuvre du Plan Climat et de sa politique « Douaisis Territoire d&amp;#039;Excellence Environnementale et Energétique » (DT3E), le SCOT Grand Douaisis a décidé depuis 2011 de développer les conditions favorables à l&amp;#039;amélioration du patrimoine des collectivités à travers la stratégie patrimoine communal.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette stratégie se compose de différentes actions dont le conseil et l&amp;#039;accompagnement des communes dans l&amp;#039;amélioration de leur patrimoine afin de réduire fortement les consommations énergétiques du parc public et développer les énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service permet aux communes de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recevoir une expertise avertie sur les problématiques énergétiques et patrimoniales, sur les dispositifs en vigueur, les opportunités...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser et réduire leurs consommations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser des rénovations importantes et adaptées à leur patrimoine
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;utilisation et/ou la production d&amp;#039;autres sources d&amp;#039;énergie, notamment renouvelables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En effet, en plus du suivi des consommations, les communes sont confrontées à de nombreuses problématiques énergétiques : rénovation basse consommation, éclairage public, ouverture des marchés de l&amp;#039;énergie, développement des énergies renouvelables, groupements, formations des agents en interne...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce conseil et cet accompagnement est dispensé par le Service Energie Collectivité (SEC) porté par le SCOT Grand Douaisis qui
+ propose un service permettant de généraliser le passage à l&amp;#039;action de toutes les communes qui le souhaitent. Les missions du SEC sont réalisées par des agents du SCOT, conseillers en énergie partagés (CEP) qui possèdent chacun un portefeuille de plusieurs communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service bénéficie également de l&amp;#039;expertise du pôle urbanisme du SCOT.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  diminution du budget de fonctionnement (flux) des communes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renégociation des contrats d&amp;#039;énergie développement de réseaux de chaleur urbain
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation de mairie, d&amp;#039;écoles, de salles de sport....
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  constructions visant la neutralité carbone (médiathèque, écoles...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accès aux aides régionales et nationales (FRAMEE, Fonds Chaleur, Plan de Relance, TEPCV...) en accompagnant la constitution des dossiers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes du territoire sont éligibles au dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif se fait par période de 3 ans. Tous les 3 ans, le SCOT lance un appel à manifestation d&amp;#039;intérêt auprès des communes du Grand Douaisis pour qu&amp;#039;elles candidatent à ce conventionnement de 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la période 2021-2023, les candidatures sont à déposer jusqu&amp;#039;au 30 novembre 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ La cotisation annuelle est calculée en fonction du nombre d&amp;#039;habitant de la commune. Le taux est révisé tous les 3 ans, en fin de période de conventionnement.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU GRAND-DOUAISIS</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://grand-douaisis.com/plan-climat-territoire/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marielle DIVAY, Directrice : 03 27 98 21 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>bmeley@grand-douaisis.org</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dbd-service-energie-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>141758</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Choisir des objets connectés au service de votre collectivité</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui sommes-nous ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le réseau d&amp;#039;objets connectés ROC42 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire propose à ses adhérents et à des tiers non adhérents un réseau d&amp;#039;objets connectés ROC42. C&amp;#039;est un réseau radio bas débit départemental permettant dès aujourd&amp;#039;hui des usages connectés au travers de l&amp;#039;utilisation de capteurs dans le cadre d&amp;#039;une démarche innovante. ROC42 s&amp;#039;intègre dans un nouveau paradigme, celui d&amp;#039;un territoire intelligent et durable rendu possible grâce à une technologie sobre en énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ ROC42 a pour vocation de couvrir intégralement le territoire ligérien, grâce aux passerelles posées principalement sur les sites publics, propriétés des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Coût forfaitaire annuel en fonction du nombre d&amp;#039;habitants concernés dans la commune ou l&amp;#039;EPCI &amp;#43; coût mensuel selon le nombre de capteurs à installer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Franck RUARD&lt;br /&gt;
+ ruard&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 89 11
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bfb8-choisir-des-objets-connectes-au-service-de-vo/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>98862</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Créer, maintenir ou développer un service de proximité</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif de cette aide est d&amp;#039;assurer la création, le maintien ou le développement d&amp;#039;un service nécessaire à la
+ satisfaction de la population en milieu rural, lorsque l&amp;#039;initiative privée est défaillante
+ ou insuffisante.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités concernées sont les services suivants : commerce de bouche,
+ épicerie, multiservices, bar-café, station-service, restaurants et distributeurs
+ bancaires lorsque l&amp;#039;essentiel de leurs prestations s&amp;#039;adresse à la population locale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer dans une commune de moins de 3.500 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  construction et aménagement de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements extérieurs hors plantations et éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  matériel immobilier par destination (four, chambre froide...) nécessaire à
+   l&amp;#039;exercice normal du métier
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobilier, matériel informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  achat de consommables
+ &lt;/li&gt;
+ &lt;li&gt;
+  prix du terrain non bâti et frais de notaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  achat du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection des dossiers :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation d&amp;#039;un plan d&amp;#039;action et d&amp;#039;un budget prévisionnel sur 3 ans permettant
+   d&amp;#039;évaluer la viabilité de l&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Absence d&amp;#039;initiative privée au sein de la même commune sur le même type
+   d&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démarches engagées pour la location-gérance du futur service ou possibilité de
+   l&amp;#039;assurer par un agent public identifié
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche des cofinancements Région et/ou Etat et/ou Europe (FEADER ou
+   FEDER notamment)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/services-de-proximite</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Aménagement Durable / Direction Appui aux Collectivités Territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Maryvonne Bedos, Secrétaire de direction
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:maryvonne.bedos&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  maryvonne.bedos&amp;#64;aude.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.64.82
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dea4-creer-maintenir-ou-developper-un-service-de-p/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>152450</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’amélioration de la distribution d’électricité en technique aérienne</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>ÉLECTRIFICATION RURALE EN TECHNIQUE AERIENNE</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à l&amp;#039;amélioration de la distribution d&amp;#039;électricité en technique aérienne des communes rurales (renforcements, extensions).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Extension du réseau basse tension pour desservir les logements sociaux à &amp;#34;La Petite Forge&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement aérien du réseau basse tension pour les activités artisanales au &amp;#34;Hameau du Moulin&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;armoires foraines pour sécuriser la distribution d&amp;#039;électricité à &amp;#34;Rue des Cerisiers&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du réseau basse tension pour une entreprise agroalimentaire au &amp;#34;Chemin de la Laiterie&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement aérien du réseau basse tension pour les professionnels de la santé à &amp;#34;Rue de la Santé&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux d&amp;#039;extension de réseaux basse tension nécessaires à la desserte de logements sociaux, d&amp;#039;activités commerciales et artisanales en milieu rural (implantation d&amp;#039;entreprise, délocalisation de bâtiments d&amp;#039;élevages...) ou de professionnels de la santé
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de renforcement aérien de réseaux basse tension (y compris la reprise de branchement aéro-souterrains)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Équipements spécifiques permettant de sécuriser la distribution d&amp;#039;électricité (y compris les armoires foraines)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux fixe de 40%
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 250 000 € HT hors travaux spécifiques (poste de transformation...)
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 50 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux sur le réseau haute tension à charge du concessionnaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de remplacement de postes de transformation dans le cadre de rotations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;enfouissement de réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enfouissement des réseaux d&amp;#039;éclairage public et téléphoniques (finançables en VRD sous certaines conditions).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4470-aider-les-communes-et-leurs-groupements-a-se-/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>154977</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement des circulations cyclables</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>CIRCULATIONS CYCLABLES</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 20% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir l&amp;#039;investissement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;études visant à l&amp;#039;élaboration d&amp;#039;un schéma territorial d&amp;#039;aménagements cyclables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;équipements spécifiques hors agglomération destinés à favoriser le développement des circulations cyclables : voies vertes, pistes cyclables, bandes cyclables, signalisation de police, jalonnement...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études visant à l&amp;#039;élaboration d&amp;#039;un schéma territorial d&amp;#039;aménagements cyclables ou la partie « cyclable » d&amp;#039;un schéma territorial de déplacement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;infrastructures hors agglomération liés aux voies vertes, pistes cyclables, bandes cyclables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;ouvrages d&amp;#039;art hors agglomération de type passerelles cyclables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de jalonnement et de signalisation de police hors agglomération.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses devront répondre aux recommandations en vigueur (CERTU, Vélo et Territoires, CEREMA...), en particulier en ce qui concerne la largeur de l&amp;#039;infrastructure qui doit être d&amp;#039;au moins 3 mètres (diminution ponctuelle envisageable à 2,5 m minimum).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le revêtement des aménagements est imposé avec un niveau de finition permettant un usage « par tous et en toute saison » de type enrobé ou béton.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucun investissement ne participant pas directement par sa nature à la fonction première de l&amp;#039;aménagement ne pourra être pris en compte (exemple : éclairage public, requalification urbaine, traversée d&amp;#039;agglomération).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Plafonds de dépenses :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les travaux d&amp;#039;infrastructures : 200.000€ HT par kilomètre linéaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les ouvrages d&amp;#039;art : 150.000€ HT par ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les études visant à l&amp;#039;élaboration d&amp;#039;un schéma cyclable : 100.000€ HT par étude
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/circulations-cyclables/</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3df-aider-au-maintien-et-au-developpement-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>141755</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Exploiter une borne de recharge Eborn pour véhicules électriques et hybrides rechargeables</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui sommes-nous ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le réseau eborn ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le réseau eborn compte 1200 bornes publiques de recharge accélérée et rapide réparties sur 11 départements des régions Auvergne-Rhône-Alpes et Provence-Alpes-Côte d&amp;#039;Azur. Chaque borne est équipée de deux points de charge. Le réseau eborn compte ainsi près de 2 400 points de charge ouverts au public. C&amp;#039;est une compétence optionnelle à la carte pour les collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2020, la gestion opérationnelle du réseau Eborn est confiée à un prestataire, la société Easy Charge, filiale du Groupe Vinci dédiée à la mobilité électrique. Easy Charge a pour mission d&amp;#039;assurer le développement, l&amp;#039;exploitation et la maintenance du parc de bornes actuel et à venir, en collaboration étroite avec le SIEL-Territoire d&amp;#039;énergie Loire. Le SIEL-Territoire d&amp;#039;énergie Loire assure le contrôle de cette délégation de service public pour le territoire ligérien. Les usagers du réseau peuvent trouver davantage d&amp;#039;informations sur eborn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût de raccordement électrique de la borne et la cotisation annuelle sont à la charge de la commune et/ou de l&amp;#039;EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://te42.fr</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Anaïs PEIGNET&lt;br /&gt;
+ peignet&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 89 08
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7377-installer-une-borne-de-recharge-eborn-pour-ve/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>97597</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Faire des travaux sur la route départementale en traverse d'agglomération</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département de l&amp;#039;Aude propose de financer les travaux des routes départementales avec pour objectifs :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La rénovation ou le renforcement de la chaussée en traverse d&amp;#039;agglomération
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en accessibilité et la sécurisation de l&amp;#039;ensemble des modes de déplacement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires sont les communes de moins de 15 000 habitants ainsi que les groupements de communes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études préalables et études de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  terrassements liés à la chaussée
+ &lt;/li&gt;
+ &lt;li&gt;
+  stationnement longitudinal en bord de chaussée
+ &lt;/li&gt;
+ &lt;li&gt;
+  signalisation horizontale et verticale
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation de trottoirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en accessibilité des arrêts de bus et leur cheminement
+ &lt;/li&gt;
+ &lt;li&gt;
+  implantation de dispositifs de sécurité (coussins berlinois, ralentisseurs, écluses...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux de réduction des nuisances sonores causées par le trafic routier (communes concernées par le PPBE)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : les travaux sur réseaux AEP et Assainissement doivent être dissociés et présentés dans le cadre du règlement spécifique à ce type d&amp;#039;aides.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études de comptage (prestation exécutée par le CD)
+ &lt;/li&gt;
+ &lt;li&gt;
+  études de structure de chaussée et réfection de la couche de roulement (prestation exécutée par le CD, hors dispositifs particuliers : pavés, enrobés colorés...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  éclairage public (cf. SYADEN)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le mobilier urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements paysagers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : les demandes de prise en charge des travaux de couches de roulement doivent être adressées à la Direction des Routes avant le 31 octobre de l&amp;#039;année N-1.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/voirie-travaux-sur-route-departementale-en-traverse-dagglomeration-notice</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : voirie, cœurs de village, services de proximité, équipements touristiques (hébergement et pleine nature), déneigement, intempéries – Ghislaine Cabrol-Hutin
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.67.36
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : ghislaine.cabrol&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Divisions territoriales :
+&lt;/p&gt;
+&lt;p&gt;
+ - Carcassonnais : 04.68.11.29.60
+&lt;/p&gt;
+&lt;p&gt;
+ - Lauragais : 04.68.23.02.85
+&lt;/p&gt;
+&lt;p&gt;
+ - Narbonnaise : 04.68.91.85.48
+&lt;/p&gt;
+&lt;p&gt;
+ - Haute-Vallée de l&amp;#039;Aude : 04.68.69.79.75
+&lt;/p&gt;
+&lt;p&gt;
+ - Corbières Minervois : 04.68.43.29.06
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a1c-aider-aux-travaux-sur-la-route-departementale/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>153895</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Installer des équipements pour l'amélioration de la sécurité routière</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Équipements d&amp;rsquo;amélioration de la sécurité routière (amende de police)</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Max : 27</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Ministère de l&amp;#039;intérieur, de l&amp;#039;outre-mer et des collectivités territoriales transfère tous les ans aux départements le soin de répartir une enveloppe financière issue du produit des amendes de police relatives à la circulation routière, entre les communes éligibles, à savoir toutes les communes de moins de 10 000 habitants (les communes plus peuplées recevant directement leur attribution). L&amp;#039;ensemble de l&amp;#039;enveloppe est répartie entre des projets qui cherchent à améliorer la sécurité routière.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Cinq familles de travaux sont éligibles :
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 1.    Aménagement de points singuliers
+&lt;/p&gt;
+&lt;p&gt;
+ -       rectifications de virages, aménagements de carrefours, dégagements de visibilité, aires de croisement ;
+&lt;/p&gt;
+&lt;p&gt;
+ -       plateaux surélevés, ralentisseurs (respectant les normes).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 2.    Signalisation
+&lt;/p&gt;
+&lt;p&gt;
+ -       verticale (fourniture et pose de signalisation de police, en excluant la micro signalisation et la signalisation directionnelle) ;
+&lt;/p&gt;
+&lt;p&gt;
+ -       horizontale (marquage au sol à caractère sécuritaire, zone 30, marquage et signalisation de plateaux) ;
+&lt;/p&gt;
+&lt;p&gt;
+ -       feux tricolores (installation et modernisation).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 3.    Éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -       création ou extension du réseau ;
+&lt;/p&gt;
+&lt;p&gt;
+ -       amélioration de l&amp;#039;éclairage (hors entretien et mise en souterrain).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 4.    Stationnement
+&lt;/p&gt;
+&lt;p&gt;
+ -       création ou extension d&amp;#039;une aire de stationnement ou d&amp;#039;un stationnement longitudinal visant à améliorer la sécurité sur les voies adjacentes.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 5.    Sécurité des piétons
+&lt;/p&gt;
+&lt;p&gt;
+ -       signalisation aux abords des écoles ;
+&lt;/p&gt;
+&lt;p&gt;
+ -       passage piétons ;
+&lt;/p&gt;
+&lt;p&gt;
+ -       barrières de protection ;
+&lt;/p&gt;
+&lt;p&gt;
+ -       ensemble des aménagements permettant de sécuriser des déplacements de piétons, limités aux prestations de terrassement, de busage et d&amp;#039;empierrement (excluant les revêtements de surface bitumineux, les bordures et les caniveaux).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -       un seul projet peut être retenu par commune ;
+ &lt;br /&gt;
+ -       le montant des travaux subventionnables est plafonné à 46 000  € HT par opération;
+ &lt;br /&gt;
+ -       le taux de subvention est de 30 % du montant HT retenu ;
+ &lt;br /&gt;
+ -       sont exclues les opérations dont le montant des travaux est inférieur à
+ &lt;br /&gt;
+ 2 000  € HT ;
+ &lt;br /&gt;
+ -       une commune de moins de 50 km de voirie peut recevoir une aide tous les 3 ans ; une commune de 50 à 100 km de voirie tous les deux ans; une commune avec plus de 100 km de voirie tous les ans.
+ &lt;br /&gt;
+ -       les travaux subventionnables doivent être réalisés durant l&amp;#039;année d&amp;#039;attribution de la subvention impérativement.;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Equipement public
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-damelioration-de-la-securite-routiere-amende-de-police/</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.spot50-manche.fr/Beneficiaires</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3bad-equipements-drsquoamelioration-de-la-securite/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>97598</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Structurer et maintenir les réseaux de voirie en bon état</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif pour le Département de l&amp;#039;Aude est d&amp;#039;aider les communes et leurs groupements à structurer et à maintenir en bon état leur réseau de voirie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires sont les communes de moins de 15 000 habitants ainsi que les groupements de communes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Travaux d&amp;#039;investissement structurant sur le réseau routier communal :
+  &lt;/strong&gt;
+  restructuration et renforcement de chaussée, aménagement de carrefour, construction ou confortement d&amp;#039;ouvrages d&amp;#039;art, bordurages et aménagements de trottoirs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aménagements de sécurité :
+  &lt;/strong&gt;
+  ralentisseurs et plateaux traversants, mise en accessibilité des arrêts de bus et leur cheminement aires de stationnement, chemins piétonniers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aires de covoiturage
+  &lt;/strong&gt;
+  (la signalétique et la communication étant prises en charge par le Département sous réserve que la collectivité accepte que l&amp;#039;aire entre dans le réseau départemental)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aménagements des itinéraires cyclables :
+  &lt;/strong&gt;
+  études pour la création de boucles cyclotouristiques locales articulées avec un axe structurant départemental, création et aménagement et sécurisation de boucles cyclotouristiques locales (revêtement, signalétique, jalonnement, barrières de sécurité)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toute opération relevant de l&amp;#039;entretien général (rebouchage de nids de poule...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements annexes (mobilier urbain, feux tricolores, miroir, radars pédagogiques, plaques de rues...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de voirie liés à la création de lotissements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements liés à la création de réseaux de télécommunications ou d&amp;#039;éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements paysagers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes appartenant à un groupement de communes qui s&amp;#039;est doté de la compétence voirie, les travaux de chaussées sous maîtrise d&amp;#039;ouvrage communale sont exclus du champ d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/voirie-communale</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : voirie, cœurs de village, services de proximité, équipements touristiques (hébergement et pleine nature), déneigement, intempéries – Ghislaine Cabrol-Hutin
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.67.36
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : ghislaine.cabrol&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f3b8-aider-a-structurer-et-a-maintenir-en-bon-etat/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>60102</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Investir en faveur de l’efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants - ELENA</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>Banque Européenne d'Investissement (BEI)</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le mécanisme ELENA fournit une assistance technique pour les investissements en faveur de l&amp;#039;efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités qui peuvent faire l&amp;#039;objet de subventions ELENA sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études techniques, audits énergétiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  business plans et conseils financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseils juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation de procédures d&amp;#039;appels d&amp;#039;offres
+ &lt;/li&gt;
+ &lt;li&gt;
+  regroupement de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion de projets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ELENA soutient généralement des programmes d&amp;#039;investissement
+ &lt;strong&gt;
+  supérieurs à 30 millions d&amp;#039;euros
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  , avec une période d&amp;#039;exécution de trois ans pour l&amp;#039;efficacité énergétique
+ &lt;/strong&gt;
+ (y compris s&amp;#039;agissant des projets résidentiels) et une période de
+ &lt;strong&gt;
+  quatre ans pour les transports urbains et la mobilité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA apporte son assistance à trois secteurs différents, d&amp;#039;où l&amp;#039;existence de trois enveloppes distinctes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Efficacité énergétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA soutient l&amp;#039;élaboration de projets qui améliorent l&amp;#039;efficacité énergétique et favorisent le recours aux énergies renouvelables dans les bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles couvrent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;efficacité énergétique dans les bâtiments résidentiels et non résidentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les énergies renouvelables intégrées dans le bâti (panneaux solaires, par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  le chauffage urbain (centrales de cogénération et chaufferies à biomasse, notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les réseaux intelligents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Résidentiel durable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA aide les particuliers et les associations de propriétaires à préparer et à réaliser des rénovations d&amp;#039;efficacité énergétique et des projets axés sur les énergies renouvelables dans les bâtiments résidentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les logements individuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements sociaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Transport et mobilité en ville
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA appuie également les projets innovants liés aux transports et à la mobilité dans les zones urbaines qui permettent de réaliser des économies d&amp;#039;énergie et de réduire les émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets admissibles couvrent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements visant à encourager l&amp;#039;utilisation et l&amp;#039;intégration de solutions innovantes axées sur les combustibles de substitution dans le domaine de la mobilité urbaine, par exemple ceux ayant trait aux véhicules et aux installations de recharge
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements promouvant l&amp;#039;introduction à grande échelle de nouveaux modes de transport plus économes en énergie, qui, dans les zones urbaines, peuvent revêtir de nombreuses formes, comme par exemple : mobilité partagée, logistique urbaine, systèmes de transport intelligents, infrastructures urbaines (y compris les investissements dans les modes de déplacement doux ou dans la mobilité qui ne repose pas sur les transports motorisés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/map.htm" rel="noopener" target="_blank"&gt;
+  Exemples de projets en cours
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/completed-projects/index.htm"&gt;
+  Exemples de projets achevés
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Réhabilitation
+Logement et habitat
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets d&amp;#039;assistance technique relevant d&amp;#039;ELENA ne doivent pas poursuivre de but lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est la Commission européenne qui donnera son approbation définitive, sur la base de l&amp;#039;évaluation de la BEI.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eib.org/fr/products/advising/elena/index.htm</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour présenter une demande initiale de financement, contactez directement la Banque Européenne d&amp;#039;Investissement par courriel à l&amp;#039;adresse elena&amp;#64;eib.org et utilisez
+ &lt;a href="https://www.eib.org/attachments/documents/elena-pre-application-formfr.docx"&gt;
+  le formulaire de préadmission
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour soumettre sa candidature :
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/index.htm" rel="noopener" target="_blank"&gt;
+  https://www.eib.org/fr/products/advising/elena/index.htm
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b772-investir-en-faveur-de-lefficacite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>162514</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Financer les aménagements cyclables inscrits au schéma directeur départemental des véloroutes</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>AMENAGEMENTS CYCLABLES INSCRITS AU SCHEMA DIRECTEUR DEPARTEMENTAL DES VELOROUTES</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>diminué des éventuelles subventions perçues par la commune ou l'EPCI pour maintenir un principe de parité entre le maitre d'ouvrage et le Département</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réalisation de travaux visant à l&amp;#039;amélioration des conditions de circulation des cyclistes sur les itinéraires cyclables en site propre et/ ou en site partagé inscrits au schéma directeur départemental des véloroutes.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les sites partagés: les travaux de revêtement de fil d&amp;#039;eau au fil d&amp;#039;eau &lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les sites propres: l&amp;#039;ensemble des dépenses d&amp;#039;infrastructures, y compris les frais de maitrise d&amp;#039;oeuvre et les aménagements connexes de type aires de repos, de pique-nique ou de stationnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aucun investissement ne participant pas directement par sa nature à la fonction première de l’aménagement ne pourra être pris en compte (exemple : éclairage public).&lt;/li&gt;&lt;li&gt;Les études, les travaux sur des ouvrages d’art, les investissements de jalonnement et de signalisation de police ne peuvent être subventionnés spécifiquement au titre de cette aide. Ces dépenses peuvent éligibles dans le cas d’un projet global d’aménagement cyclable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plafonds de dépenses:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les sites partagés : dépense plafonnée à 8€ / m²&lt;/li&gt;&lt;li&gt;pour les sites propres: sans plafond&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Conditions:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses devront répondre aux recommandations en vigueur (CERTU, Vélo &amp;amp; Territoires, CEREMA...), en particulier en ce qui concerne la largeur de l’infrastructure qui doit être d’au moins 3 mètres pour les aménagements cyclables en site propre (diminution ponctuelle envisageable à 2,5 m minimum).&lt;/li&gt;&lt;li&gt;Le revêtement des aménagements cyclables est imposé avec un niveau de finition permettant un usage « par tous et en toute saison » de type enrobé ou béton.&lt;/li&gt;&lt;li&gt;Dans le cas où un projet d’aménagement cyclable se situe à proximité d’un itinéraire du Schéma Directeur Départemental des Véloroutes, l’association des services du Département en amont du dépôt du dossier de subvention est nécessaire afin d’étudier l’intérêt de l’intégration de cet aménagement au sein de l’itinéraire cyclable départemental et donc de définir l’éligibilité du projet à ce dispositif de soutien.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagements-cyclables-inscrits-au-schema-directeur-departemental-des-veloroutes/</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-amenagements-cyclables-inscrits-au-schema-directeur-departemental-des-veloroutes/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>10207</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Aménager et qualifier des espaces publics pour embellir et valoriser les communes de moins de 3000 habitants.</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J90" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 25% des dépenses éligibles. Plafond de subvention : 100.000 €.</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La valorisation et l&amp;#039;embellissement de nos villes et villages constituent des facteurs indéniables d&amp;#039;attractivité et de vitalité de nos territoires. C&amp;#039;est pourquoi  la Région pourra accompagner les communes et les intercommunalités dans leurs projets d&amp;#039;aménagements urbains et paysagers des espaces publics, de requalification des centres anciens et des centres villes, d&amp;#039;aménagements qualitatifs des entrées de villages ou de villes et de cheminements doux ou piétons.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les opérations situées dans les communes de moins de 3000 habitants hors Métropoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers dont la subvention serait inférieure à 1000 € ne seront pas recevables (dépenses éligibles &amp;lt; 4000 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les opérations d&amp;#039;aménagements urbains et paysagers des espaces publics, de requalification des centres anciens et des centres villes, d&amp;#039;aménagements qualitatifs des entrées de villages ou de villes...
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations doivent être facteurs de vitalité et d&amp;#039;attractivité, en lien avec les priorités des politiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles ou la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ En matière d&amp;#039;éclairage public, une attention particulière sera portée aux projets intégrant une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément à la loi Notre, seront exclues du champ des dépenses éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses de revêtement de voirie (hors itinéraires d&amp;#039;intérêt régional identifiés par le SRADDET),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses de réseaux humides (assainissement, eau potable...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses de réseaux secs (gaz, électricité...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Toutefois, certaines dépenses de type pavage en lien avec un aménagement public, peuvent être considérées comme des qualifications paysagères et pourront être éligibles (exemple : calade).
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations ponctuelles ne constituant pas des aménagements publics ne seront pas retenues.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Amenagement-et-qualification-des-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements :9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/54a8-amenagement-et-qualification-des-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>121446</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le caractère étendu du péri-urbain sur le territoire soulève des enjeux de mobilité auxquels les stratégies urbaines intégrées doivent répondre en poursuivant les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la multimodalité en milieu urbain afin de réduire l&amp;#039;empreinte carbone et encourager le recours à des moyens de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les voiries douces en milieu urbain afin d&amp;#039;encourager le recours à des formes de mobilité durables, de sécuriser la pratique des modes doux, d&amp;#039;assurer une continuité sur l&amp;#039;ensemble du territoire urbain et une connexion avec les zones péri-urbaines et rurales, conformément aux stratégies régionales en la matière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des stations de stockage et recharge de carburants alternatifs aux carburants fossiles, dans l&amp;#039;objectif de réduire l&amp;#039;impact environnemental des déplacements, selon un maillage rationnel et dans une logique d&amp;#039;interopérabilité entre les différents systèmes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements multimodaux (tels que des places de stationnement pour les moyens de transport durables, des pôles d&amp;#039;échanges...), en particulier sur les points d&amp;#039;interconnexion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à favoriser une meilleure interopérabilité des services de transport (tels que les services de mobilité partagée), à l&amp;#039;installation de billettiques des réseaux urbains sur une aire de déplacement commune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à l&amp;#039;amélioration de la logistique urbaine durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;aires de covoiturage (en cohérence avec les orientations régionales) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement ou construction de passerelles favorisant les modes doux permettant de traiter des points noirs ou de résoudre des problématiques de franchissement (route, lignes ferroviaires, cours d&amp;#039;eau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation de la pratique des modes doux, voies de liaisons cyclables, aménagement de voiries douces (tels que les cheminements piétons, les aménagements cyclables, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de réseaux d&amp;#039;aménagements cyclables afin de constituer des continuités. L&amp;#039;objectif est de relier les infrastructures existantes ou de finaliser les continuités cyclables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de stations de stockage et de recharge de carburants alternatifs aux carburants fossiles (bornes de recharge pour véhicules électriques, à hydrogène, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes portant sur la mobilité urbaine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie intégrée de développement urbain du territoire et avoir reçu un avis favorable en comité de sélection de l&amp;#039;organisme intermédiaire territorialement compétent.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront être compatibles avec les stratégies en termes de mobilité mise en place par la Région à savoir le schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET) dénommé « Ici 2050 ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements des aires de covoiturage devront être réalisés en conformité avec le SRADDET et sa déclinaison : le schéma régional des aires de covoiturage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;implantation de structures de recharge devront respecter le SRADDET et ses objectifs en termes de déploiement de bornes de charge. Ils devront respecter les contraintes de gestion et de pilotage des réseaux de distribution d&amp;#039;électricité. L&amp;#039;interopérabilité et l&amp;#039;adaptabilité des infrastructures de recharge devront permettre la recharge de tous types et gammes de véhicules, quel que soit l&amp;#039;usage des véhicules et leur constructeur (normalisation et standardisation des solutions technologiques retenues). Les bornes devront prévoir un système de supervision accessible à tout usager.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de prestations intellectuelles extérieures (réalisation d&amp;#039;études, de diagnostics...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels (maîtrise d&amp;#039;œuvre, infrastructures, signalétique, accès PMR, verdissement, éclairage public, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisitions foncières (dans la limite de 10 % maximum des dépenses éligibles) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts indirects hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000 € pour les projets de travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 000 € pour les projets d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/developpement-urbain-et-rural-mobilites-durables/</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: urbain.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>157090</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une sensibilisation des acteurs à la sobriété énergétique du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Un développement des projets de rénovation énergétique des bâtiments publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ - La production d&amp;#039;énergies renouvelables sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - La réduction des volumes et la valorisation des déchets
+&lt;/p&gt;
+&lt;p&gt;
+ - Un usage renforcé des mobilités actives et décarbonées
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien et la valorisation des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ - La préservation des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Productions d&amp;#039;énergies
+&lt;/p&gt;
+&lt;p&gt;
+ - Maîtrise des dépenses énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement et/ou stockage de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Valorisation des ressources locales
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion et valorisation des déchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Suivi de la biodiversité, préservation et valorisation des milieux
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et information des professionnels et acteurs privés
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Innovation, créativité et recherche
+Biodiversité
+Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-[...5 lines deleted...]
-      <c r="O57" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
-[...2 lines deleted...]
- Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;a target="_self"&gt;
+ &lt;p&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>155110</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Créer, réaménager et revitaliser des espaces publics en cœur de bourg, centre-ville ou quartier</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics en centres bourgs et centres villes (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création, réaménagement et revitalisation d&amp;#039;espaces publics en cœur de bourg, centre-ville ou quartier.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;espace public désigne l&amp;#039;ensemble des espaces urbanisés destinés à l&amp;#039;usage de tous, sans restriction. Il peut ainsi s&amp;#039;agir de tout espace de circulation (réseau viaire) ou de rassemblement (parc, place...). Dans la présente fiche, les projets accompagnés devront comporter a minima la fonction de rassemblement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les parkings dédiés un équipement public ou privé spécifique ainsi que les projets n&amp;#039;agissant que sur la sécurisation d&amp;#039;une voirie ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités actives et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition de moins de 5 ans)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements urbains ou paysagers directement liés au projet :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 1) le terrassement, les revêtements, les bordures...
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 4) l&amp;#039;éclairage public économe et adapté (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors signalisation routière
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux de chaussée en enrobé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T57" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
-[...15 lines deleted...]
- Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-publics-en-centres-bourgs-et-centres-villes-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e30-espaces-publics-en-centres-bourgs-et-centres-/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>156133</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les petits aménagements publics extérieurs</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>PETITS AMÉNAGEMENTS EXTÉRIEURS DES COMMUNES DE MOINS DE 5 000 HABITANTS</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale.</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider aux opérations de petits aménagements publics extérieurs visant à améliorer, embellir ou végétaliser le cadre de vie, à favoriser la biodiversité et à lutter contre les îlots de chaleur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 5.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes si le projet concerne une commune de moins de 5.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les dépenses d&amp;#039;investissement pour les projets
+  d&amp;#039;aménagements publics, répartis dans les 3 items suivants :
+&lt;/p&gt;&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement: petit square, places, placettes (végétalisation, maçonnerie paysagère, revêtement perméable des sols, clôture et accessibilité), canisette, création d&amp;#039;îlots de fraîcheur sur l&amp;#039;espace public, structures d&amp;#039;ombrage, matériaux poreux à faible absorption de chaleur...)
+ &lt;/li&gt;&lt;li&gt;Plantations d&amp;#039;essences locales en priorité (utilisation d&amp;#039;espèces 
+locales nécessitant un entretien limité et limitant la consommation 
+d&amp;#039;eau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilier pour favoriser la biodiversité : nichoirs, abris et gîtes 
+pour la faune sauvage (hôtels à insectes, ruches avec uniquement des 
+abeilles locales,...), mobilier urbain (corbeille, banc, panneaux d&amp;#039;information, jardinière, support à vélos, boîte à livres,...).&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Les dépenses concomitantes à ces opérations :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études opérationnelles si suivies de travaux et si elles font l&amp;#039;objet d&amp;#039;un mandat dans un délai de 3 ans précédant la date de dépôt de la demande de subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions foncières si la date de signature de l&amp;#039;acte d&amp;#039;acquisition a eu lieu dans un délai de 3 ans précédent la date de dépôt de la demande de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets avec un seul item de dépense&lt;/li&gt;
+ &lt;li&gt;
+  Les panneaux publicitaires,
+ les panneaux de signalisation routière ou ceux à vocation touristique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les réseaux divers et dépenses d&amp;#039;éclairage public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aires de jeux, les abribus, le mobilier ornemental, les fermes pédagogiques,&lt;/li&gt;&lt;li&gt;Le renouvellement des plantations, l&amp;#039;entretien courant&lt;/li&gt;&lt;li&gt;Les plantations annuelles&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Conditions d’éligibilité :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins 2 items de dépenses, chaque item ne pouvant représenter moins de 20 % de la dépense globale,&lt;/li&gt;&lt;li&gt;Selon la nature du projet, les normes d’accessibilité PMR devront être respectées.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles : 8.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses éligibles : 50.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Les communes et EPCI peuvent déposer plusieurs dossiers dans un délai de deux ans à compter de la première décision attributive de subvention, dans la limite de 50.000 € HT de dépenses éligibles cumulées (travaux/acquisition).
+&lt;/p&gt;&lt;p&gt;L’aide n’est pas cumulable avec une autre aide du Département portant sur les mêmes objets.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/petits-amenagements-exterieurs-des-communes-de-moins-de-5-000-habitants/</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
- &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
-  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f6a9-modele/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>152468</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Aider tous travaux sur la voirie départementale et communale ainsi que les réseaux liés</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>VOIRIE ET RESEAUX DIVERS</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider tous travaux sur la voirie départementale et communale ainsi que les réseaux liés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réaménagement de la place de la mairie et création de zones accessibles aux Personnes à Mobilité Réduite
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension des réseaux secs pour desserte de logements sociaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;un tracteur tondeuse avec kit mulching pour l&amp;#039;entretien des espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement et mise aux normes de l&amp;#039;éclairage public dans les communes de moins de 3 500 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;abris-bus dans toutes les zones de la commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;enfouissement de la fibre optique pour une connexion FTTH (Fiber to the Home)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation des trottoirs, rues et places du centre-ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition de véhicules utilitaires légers pour les services techniques de la commune
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de zones touristiques avec signalisation et jalonnement du patrimoine local
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Études de faisabilité préalables aux travaux
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 50 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Travaux sur voirie départementale :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Création, réhabilitation et aménagement de voiries départementales
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+      &lt;br /&gt;
+      bonifié (&amp;#43;10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Création et réhabilitation de l&amp;#039;assainissement pluvial des voiries départementales (bordures, trottoirs, caniveaux, ouvrages de collecte et accessoires...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+      &lt;br /&gt;
+      bonifié (&amp;#43;10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Travaux sur voirie communale :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Création, réhabilitation et aménagement de voiries communales
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Création et réhabilitation de l&amp;#039;assainissement pluvial des voiries communales (bordures, trottoirs, caniveaux, ouvrages de collecte et accessoires...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Travaux de voiries nécessaires à la desserte des zones d&amp;#039;activités
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      500 000 € HT
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Pour les projets VRD relatifs à l&amp;#039;aménagement de zones d&amp;#039;activités, la dépense subventionnable est représentée par le déficit global de l&amp;#039;opération intégrant les diverses taxes, les subventions à recevoir ainsi que le prix de revente des terrains viabilisés
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Autres travaux et équipements annexes aux voiries :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Aménagements annexes aux voiries départementales et communales (places, abords d&amp;#039;édifices ou de services publics, trottoirs, ouvrages d&amp;#039;art, murs de soutènement, parcs et emplacements de stationnement, espaces d&amp;#039;accompagnement de la voirie, bornes de stationnement minute, aires de campings cars...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Création et réhabilitation du réseau d&amp;#039;assainissement pluvial des espaces urbains (autres que les routes) et ne relevant pas d&amp;#039;une gestion intégrée
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux 20 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      500 000 € HT
+      &lt;br /&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Travaux de renforcement et d&amp;#039;intégration des réseaux secs (basse tension télécommunications, éclairage public...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense éligible plafonnée à 150 000 € HT
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Pour les travaux d&amp;#039;enfouissement, en fonction de leur localisation, la pose de fourreaux d&amp;#039;attente et de chambres de tirage afin de préparer et de faciliter le déploiement du réseau très haut débit (FTTH) pourra être exigée.
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Travaux d&amp;#039;extension de réseaux secs (télécommunications, éclairage public) nécessaires à la desserte de logements sociaux, de services publics ou d&amp;#039;activités commerciales, artisanales et agricoles en milieu rural ou de professionnels de la santé
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense éligible plafonnée à 150 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Renforcement et mise aux normes de l&amp;#039;éclairage public dans les communes de moins de 3.500 habitants
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense éligible plafonnée à 150 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Création et aménagement d&amp;#039;abribus
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      500 000 € HT
+      &lt;br /&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux d&amp;#039;enfouissement de la fibre optique ou de création de prises FTTH (Fiber to the Home, « Fibre optique jusqu&amp;#039;au domicile ») réalisés par un syndicat ayant la compétence en matière de très haut débit, pour le compte des communes*
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      30 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      150 000 € HT pour les travaux d&amp;#039;enfouissement de la fibre optique
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Signalisation et jalonnement touristique du patrimoine local et départemental: études et travaux sous réserve d&amp;#039;un avis favorable de Oise Tourisme
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+      &lt;br /&gt;
+      bonifié
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      50 000 € HT pour les études et 100 000 € HT pour les travaux
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Etudes et signalisation verticale directionnelle et de police pour le jalonnement d&amp;#039;un nouvel itinéraire dédié aux poids lourds, sous réserve de l&amp;#039;avis favorable du Département et de la commission départementale de sécurité routière (Préfecture de l&amp;#039;Oise)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux fixe
+      &lt;br /&gt;
+      80 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      100 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Autres travaux et équipements annexes aux voiries :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisitions neuves ou d&amp;#039;occasion par les communes de moins de 10.000 habitants, pour leurs services techniques, de :
+     &lt;/p&gt;
+     &lt;p&gt;
+      - véhicules utilitaires légers et camions-benne (PTAC inférieur ou égal à 3,5 tonnes)
+     &lt;/p&gt;
+     &lt;p&gt;
+      - tracteurs agricoles
+     &lt;/p&gt;
+     &lt;p&gt;
+      - équipements montés sur tracteur (benne, girobroyeur, balayeuse, débroussailleuse...)
+     &lt;/p&gt;
+     &lt;p&gt;
+      - tracteurs tondeuses autoportées homologuées au Code de la Route (disposant d&amp;#039;un procès-verbal de réception et d&amp;#039;homologation et immatriculés)
+     &lt;/p&gt;
+     &lt;p&gt;
+      - quadricycles (quads, SSV, hytrack...) homologués au Code de la route (disposant d&amp;#039;une carte grise et d&amp;#039;une immatriculation)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à :
+     &lt;/p&gt;
+     &lt;p&gt;
+      * 15 000 € HT pour les véhicules et tracteurs tondeuses autoportées et quadricycles
+     &lt;/p&gt;
+     &lt;p&gt;
+      * 40 000 € HT pour les camions-benne et les tracteurs
+     &lt;/p&gt;
+     &lt;p&gt;
+      * 12 000 € HT pour l&amp;#039;ensemble des équipements montés sur tracteur
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Une subvention pour un véhicule, camion-benne, équipements montés sur tracteur,  tracteur agricole, quadricycle ou tracteur tondeuse autoportée tous les 5 ans
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisition de lames de déneigement en acier ayant une largeur de travail d&amp;#039;au moins 2 mètres ainsi que les accessoires liés (roues, lame caoutchouc...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      4 000 € HT par lame, et à 1 200 € HT pour les accessoires liés
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ Pour les travaux dont l&amp;#039;emprise est susceptible de concerner le domaine public départemental (routes, espaces publics...), le maître d&amp;#039;ouvrage devra obligatoirement prendre contact avec les services du pôle aménagement et mobilité du Conseil départemental, afin de l&amp;#039;associer le plus en amont possible aux réflexions portant sur la conception du projet, et de solliciter une permission de voirie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux de voirie et réseaux divers réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les travaux relatifs aux réseaux, en fonction de leur localisation, la pose de fourreaux d&amp;#039;attente et de chambres de tirage afin de préparer et de faciliter le déploiement du réseau très haut débit (FTTH) pourra être exigée.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  *
+ &lt;/strong&gt;
+ La subvention est octroyée et versée au syndicat. Une notification est également transmise à la commune l&amp;#039;informant du vote de la subvention pour des travaux d&amp;#039;enfouissement de la fibre optique réalisés sur la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux de simple revêtement de la chaussée (enduit superficiel, rebouchage de nids de poule, gravillonnage...) et toutes opérations relevant ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien général,
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous ouvrages d&amp;#039;assainissement non liés à la voirie (collectes des eaux usées et autres),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les mises à niveau des ouvrages d&amp;#039;art des concessionnaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements annexes (signalisation verticale (hors nouvel itinéraire poids lourds) feux tricolores, alarme vitesse, mobilier urbain, plaques de rue, aires de jeux...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les acquisitions foncières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de voirie liés à la création ou à la réhabilitation de lotissements ou de zones commerciales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux uniquement d&amp;#039;intégration des réseaux secs non situés à proximité immédiate d&amp;#039;espaces d&amp;#039;intérêt patrimonial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous travaux de réseaux secs en milieu urbain (la liste des communes urbaines et rurales prises en compte au titre des dispositifs d&amp;#039;aides s&amp;#039;appuie sur la liste des communes définies comme « urbaines » par le dernier arrêté préfectoral en vigueur, pris en application du décret n° 2006-430 du 13 avril 2006 définissant les communes rurales),
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux sur les chemins ruraux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux relatifs aux espaces verts autres que les espaces d&amp;#039;accompagnement de la voirie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3512-aider-a-lequipement-en-videoprotection/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>158480</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="K58" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -11602,206 +18404,5066 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P58" s="1" t="inlineStr">
+      <c r="P96" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
+      <c r="W96" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>155113</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les mobilités du quotidien : schémas, infrastructures, équipements et services</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Les mobilités du quotidien : schémas, infrastructures, équipements et services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;un schéma directeur vélo ou d&amp;#039;un schéma directeur des mobilités actives
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un schéma directeur vélo permet de programmer les liaisons cyclables d&amp;#039;intérêt communautaire ou communal à réaliser afin de créer un réseau cyclable structurant à l&amp;#039;échelle de la collectivité concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Un schéma directeur des mobilités actives est un document stratégique de référence et de programmation permettant d&amp;#039;organiser le développement des mobilités actives qui sont définies comme toutes les formes de déplacements qui impliquent une dépense énergétique par le biais d&amp;#039;un effort musculaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création et aménagement d&amp;#039;infrastructures à destination des vélos ou multi pratiques (voies exclusivement réservées à la circulation d&amp;#039;usagers non motorisés)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces infrastructures peuvent donc être des pistes cyclables réservées aux vélos mais également des voies vertes multi pratiques pouvant également accueillir piétons, cavaliers, trottinettes, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Il est précisé que de déploiement du Réseau Cyclable d&amp;#039;Intérêt Départemental (RCID) fait l&amp;#039;objet de modalités de financement spécifiques déclinées dans le cadre d&amp;#039;une autre politique départementale (hors politique territoriale).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;aires en faveur de l&amp;#039;intermodalité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce sont des lieux d&amp;#039;échanges entre services de transport et de mobilité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en place de toute offre de services visant à favoriser et promouvoir les mobilités du quotidien :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   installation d&amp;#039;abris-vélos couverts, de consignes sécurisées, de bornes de recharge pour les VAE, de stations de gonflage, de bornes d&amp;#039;entretien vélo... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   création d&amp;#039;une plateforme de mobilité (guichet unique d&amp;#039;animation, d&amp;#039;information et d&amp;#039;accompagnement des usagers sur les solutions de déplacement existantes) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en place de services d&amp;#039;autopartage et/ou vélopartage (hors libre-service sans attache) : mise à disposition de véhicules électriques ou hydrogènes, scooters, mobylettes, vélos, vélos-cargos, vélos adaptés aux personnes à mobilité réduite, au profit d&amp;#039;usagers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   acquisition de véhicules électriques pour transport à la demande à vocation sociale ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en place d&amp;#039;une plateforme numérique de mobilité (type application de réservation avec possibilité de paiement en ligne).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Schéma de mobilités actives et plan de déplacement : participation du conseil départemental sur la base des dépenses éligibles HT ou TTC selon que le maître d&amp;#039;ouvrage puisse ou non récupérer la TVA sur l&amp;#039;opération avec application d&amp;#039;un taux fixe de 50% avec une aide plafonnée à 15 000 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Infrastructures et animations : participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Poste d&amp;#039;animateur de plate-forme mobilité : participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d&amp;#039;une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l&amp;#039;opération (coût du poste chargé)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Poste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Fiche de poste
+  &lt;/li&gt;
+  &lt;li&gt;
+   CV du candidat retenu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etude :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cahier des charges de l&amp;#039;étude
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités actives et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra être intégré dans la réflexion globale du territoire et en cohérence avec les schémas directeurs intercommunaux ainsi que le plan vélo départemental
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS SPECIFIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;un schéma directeur vélo ou schéma directeur des mobilités actives.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ceux-ci devront obligatoirement comporter une rubrique « analyse des pratiques sur le territoire ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création et aménagement d&amp;#039;infrastructures à destination des vélos ou multipratiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet devra prendre en compte a minima les déplacements à vélo
+&lt;/p&gt;
+&lt;p&gt;
+ 2- La (les) liaison(s) accompagnée(s) devra(ont) faciliter les mobilités du quotidien : desservir les zones d&amp;#039;habitat, des équipements publics, des commerces, des sites de visite touristiques publics, la plage...
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Les critères techniques (largeur de voirie, utilisation du double sens ou d&amp;#039;une voie de chaque côté de la voirie...) seront étudiés par le service départemental référent.
+&lt;/p&gt;
+&lt;p&gt;
+ 4- Pour les communes CPU, CPS et l&amp;#039;ensemble des communes littorales, schéma directeur vélo ou d&amp;#039;un schéma directeur des mobilités actives devra justifier la ou les liaisons inscrite(s) au projet. Pour les autres communes, il sera demandé la production d&amp;#039;une analyse des circulations douces au sein de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;aires en faveur de l&amp;#039;intermodalité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aire devra être aménagée et équipée pour l&amp;#039;accueil d&amp;#039;au moins deux modes de déplacement dont un de mobilité active (piéton, vélo). Cette plateforme pourra donc accueillir des services de type autopartage, vélopartage, casiers sécurisés pour l&amp;#039;accueil de vélos personnels, des bornes de recharges pour les véhicules électriques, des stations de gonflage pour les véhicules présents, des bornes d&amp;#039;entretien pour les vélos, ... Elle pourra si le besoin est identifié accueillir l&amp;#039;espace d&amp;#039;attente pour les transports en commun de type bus, ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en place de toute offre de services visant à favoriser et promouvoir les mobilités du quotidien
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra répondre à un besoin exprimé du territoire et devra préciser le mode de gestion et d&amp;#039;animation du service ainsi que les partenariats développés avec les acteurs du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la définition et/ou la réalisation du projet, réalisation d&amp;#039;aménagements paysagers qualitatifs sur l&amp;#039;itinéraire, gestion durable des eaux pluviales provenant des aménagements réalisés, utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;itinéraire ou sur l&amp;#039;aire créée, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales......), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics, mise en place d&amp;#039;une offre de services complémentaire à la réalisation de l&amp;#039;infrastructure (location de vélos, stations de gonflage, casiers de rangements, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements, de signalétiques adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), aménagement et équipements permettant l&amp;#039;accueil de véhicules adaptés, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants, formation « savoir rouler à vélo », programmation d&amp;#039;animations régulières sur le site, dans les établissements scolaires, mise en place d&amp;#039;une offre de services complémentaire à l&amp;#039;équipement : achat de vélos adaptés, intégration de places de stationnement suffisamment larges pour tous types de vélos...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A) Pour les travaux d&amp;#039;aménagement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement, les revêtements, les bordures...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;éclairage public économe et adapté (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors signalisation routière automobile
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) l&amp;#039;équipement urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les bandes cyclables sur la voirie existante si elles composent la majeure partie de la liaison ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les trottoirs partagés s&amp;#039;ils composent la majeure partie de la liaison ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  B) Pour la mise en place de services :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement d&amp;#039;un guichet unique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition d&amp;#039;outils informatiques et numériques nécessaires à l&amp;#039;offre de services ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition de flottes de véhicules (hors EPDM engins personnels de déplacement motorisé trottinette électrique, gyropodes ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition de mobiliers et équipements spécifiques : abris couverts, consignes sécurisées, bornes de recharge, stations de gonflage et d&amp;#039;entretien... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Signalétique (hors panneaux routiers) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toute dépense inhérente à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les diagnostics et études préalables en lien direct avec le projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le financement du poste d&amp;#039;un conseiller en mobilité (éligible uniquement sur les CT, CPU et CPS sur une durée de 3 ans maximum) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;organisation de formations/ateliers de mobilité (éligible uniquement dans les CTM, CPU et CPS).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les acquisitions de flottes de véhicules dédiés aux agents de la collectivité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/les-mobilites-du-quotidien-schemas-infrastructures-equipements-et-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.61
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a05d-les-mobilites-du-quotidien-schemas-infrastruc/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>130992</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Service d'Assistance à la Gestion Energétique</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>SAGE</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes ou les groupements de communes membres du SIEL-Territoire d&amp;#039;énergie Loire peuvent adhérer à la compétence optionnelle « Service d&amp;#039;Assistance à la Gestion Énergétique» (SAGE).
+&lt;/p&gt;
+&lt;p&gt;
+ Des techniciens spécialisés dans l&amp;#039;énergie sont mutualisés pour les communes et intercommunalités de la Loire. Ils agissent dans l&amp;#039;intérêt des collectivités et sont les interlocuteurs privilégiés des élus et des agents locaux. Pour la plupart des communes, il n&amp;#039;est souvent pas possible de disposer d&amp;#039;un agent permanent pour le suivi énergétique de leur patrimoine. Et pourtant, il y a des choses à faire, tant dans l&amp;#039;ancien que pour les projets à venir. Le technicien SAGE est présent sur votre collectivité chaque fois qu&amp;#039;il est nécessaire et à votre demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Il connaît votre patrimoine et vous apporte des préconisations pour une amélioration soit de l&amp;#039;isolation des bâtiments, soit des systèmes techniques, chauffage et ventilation. Cette initiative du SIEL-Territoire d&amp;#039;énergie Loire est un atout pour les communes rurales, permettant de réduire leurs dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agents du SAGE sont des spécialistes de la thermique du bâtiment, de la maîtrise de l&amp;#039;énergie et accompagnent le développement des énergies renouvelables. Voici leurs missions :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FAIRE L&amp;#039;ANALYSE ENERGETIQUE DES BATIMENTS PUBLICS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque année, l&amp;#039;agent du SAGE se rend plusieurs fois sur site et échange avec la commune afin d&amp;#039;analyser ses consommations et de suivre un ou plusieurs bâtiment(s).
+&lt;/p&gt;
+&lt;p&gt;
+ Ce travail d&amp;#039;analyse est rendu aux élus l&amp;#039;année suivante sous forme d&amp;#039;un rapport complet ainsi que d&amp;#039;une synthèse pratique portant sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les consommations et dépenses de l&amp;#039;année écoulée et des années précédentes, pour les bâtiments (inter)communaux et pour l&amp;#039;éclairage public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les actions menées lors de l&amp;#039;année écoulée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les préconisations d&amp;#039;amélioration pour l&amp;#039;année en cours.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;analyse annuelle des factures d&amp;#039;énergies effectuée par le SAGE permet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de déceler d&amp;#039;éventuelles erreurs de calculs de la part des fournisseurs d&amp;#039;énergies et de demander un remboursement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  de connaître les consommations d&amp;#039;énergies réelles du patrimoine de la collectivité, d&amp;#039;identifier les dérives et de suivre les évolutions suite aux travaux réalisés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;ajuster les tarifs, les abonnements, les puissances souscrites : cette seule analyse des factures permet dans certains cas de compenser la contribution de la commune au SAGE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DONNER DES PISTES D&amp;#039;ACTIONS POUR REDUIRE SES DEPENSES D&amp;#039;ENERGIE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Suite aux étapes d&amp;#039;analyse, votre interlocuteur au SAGE vous propose des pistes d&amp;#039;actions pour réduire vos dépenses d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, le SAGE est en mesure d&amp;#039;accompagner la rédaction d&amp;#039;un cahier des charges (type de chaudière, isolation...) et de suivre l&amp;#039;ensemble des étapes du projet comme le ferait un technicien au sein de la collectivité concernée (chantier, réception, exploitation...). Les collectivités adhérentes au SAGE peuvent souscrire à une ou plusieurs options selon leurs besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAINTENANCE TELEGESTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mise en place d&amp;#039;une télégestion est un moyen d&amp;#039;être économe et performant dans la gestion de l&amp;#039;énergie. Cet outil permet de suivre et de piloter à distance, par un simple ordinateur, l&amp;#039;ensemble des équipements de chauffage d&amp;#039;un ou plusieurs bâtiment(s). La télégestion est très utile pour gérer l&amp;#039;énergie dans les espaces à forte intermittence d&amp;#039;utilisation comme les salles d&amp;#039;animation ou encore les écoles. L&amp;#039;option « télégestion » intègre l&amp;#039;installation d&amp;#039;un tel équipement et/ou sa maintenance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  BATIMENTS PUBLICS ET REHABILITATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;option « bâtiments publics et réhabilitations » permet à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-Territoire d&amp;#039;énergie Loire pour favoriser la performance énergétique du projet. Le technicien SAGE apporte alors son avis sur la qualité énergétique globale et assiste si besoin la collectivité dans ses préconisations et échanges avec les professionnels du bâtiment (architectes, artisans...). La souscription à cette option doit être réalisée le plus en amont possible, dans l&amp;#039;idéal avant le choix de l&amp;#039;équipe de maîtrise d&amp;#039;oeuvre et, au plus tard, lors de la phase APS.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACCOMPAGNEMENT AU DÉCRET TERTIAIRE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la mise en place du dispositif éco-énergie tertiaire (« décret tertiaire ») qui impose de nouvelles obligations de performance énergétique pour les bâtiments publics d&amp;#039;une surface supérieure à 1000 m2, les agents du SAGE du SIEL-Territoire d&amp;#039;énergie Loire proposent un accompagnement spécifique complémentaire aux collectivités qui en feront explicitement la demande pour répondre à cette nouvelle mesure.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous adhésion
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ROLLAND Philippe, Responsable du SAGE
+&lt;/p&gt;
+&lt;p&gt;
+ rolland&amp;#64;siel42.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 77 43 97 83
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d72-service-dassistance-a-la-gestion-energetique/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>154582</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Aménager ou réhabiliter les aires d’accueil des gens du voyage, les aires de grand passage ainsi que les terrains familiaux locatifs</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Aires d’accueil des gens du voyage et terrains familiaux (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à aménager ou réhabiliter les aires d&amp;#039;accueil des gens du voyage, les aires de grand passage ainsi que les terrains familiaux locatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, sont éligibles les projets inscrits et prévus dans le cadre du schéma départemental d&amp;#039;accueil des gens du voyage 2019-2025 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les aires de grands passages permettant l&amp;#039;accueil des regroupements occasionnels ou traditionnels de 50 à 200 caravanes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les aires d&amp;#039;accueil aménagées permettant l&amp;#039;accueil temporaire de maximum 9 mois sur un terrain aménagé ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les terrains familiaux locatifs permettant la sédentarisation des familles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes doivent concerner des travaux de création et de relocalisations d&amp;#039;aires. Ainsi que les travaux de réhabilitation lourde (élargissement des places, construction de blocs sanitaires supplémentaires et réfection des existants, etc.) dont les extensions (pour maintenir la capacité de l&amp;#039;aire).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra répondre à la législation et à la réglementation en vigueur relatives à l&amp;#039;accueil et à l&amp;#039;habitat des gens du voyage, aux prescriptions du schéma départemental d&amp;#039;accueil des gens du voyage ainsi que, a minima, aux préconisations fixées par l&amp;#039;Etat.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau. Les mobilités douces devront également être prises en compte dans le projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences réglementaires et techniques requises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   Utilisation de matériaux durables (bois, masse, ...) pour la réalisation des équipements présents, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, éclairage public économe...), insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   Mise en place d&amp;#039;un projet de lutte contre l&amp;#039;illettrisme, d&amp;#039;accès à la culture et aux loisirs favorisant la scolarisation des enfants du voyage, formant à l&amp;#039;usage du numérique pour faciliter les démarches administratives et favorisant l&amp;#039;utilisation des activités existantes en matière de loisirs, culture et sport ; développement d&amp;#039;accompagnements sociaux et socio-professionnels spécifiques ; insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement, de réhabilitation ou de construction ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux et aménagements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, taxes et redevances, frais de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aires-daccueil-des-gens-du-voyage-et-terrains-familiaux-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 77 79 54
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c614-aires-daccueil-des-gens-du-voyage-et-terrains/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>155116</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études et des actions de protection en faveur de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Études et actions de protection en faveur de la biodiversité (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La conservation de la biodiversité patrimoniale et des milieux ordinaires, ainsi que des continuités écologiques constitue l&amp;#039;un des enjeux clés de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois types de projets peuvent être accompagnés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Restauration d&amp;#039;espaces naturels concourant à la préservation ou amélioration de la biodiversité/des paysages) : création de zones refuges ou de circulation pour la faune, création de coulées ou ceintures vertes, aménagement écologique de lisières, renaturation de friches urbaines ... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements d&amp;#039;espaces naturels permettant une découverte du site sans porter atteinte au milieu naturel : création de sentiers botaniques... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rétablissement/maintien des continuités écologiques linéaires ou en pas japonais (haies, zones humides, bosquets).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si étude, cahier des charges de l&amp;#039;étude et proposition du cabinet retenu
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pièces justifiant la bonification si sollicitée
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public (maitrise foncière publique ou servitude) devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une maîtrise foncière publique (propriété ou servitude) des espaces naturels est exigée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets devront intégrer une réflexion préalable pour qualifier les enjeux de protection de la biodiversité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les aménagements devront respecter le milieu naturel et la réglementation spécifique au site (autorisations relatives aux sites classés ou inscrits, au titre de la loi sur l&amp;#039;eau ou du droit d&amp;#039;urbanisme...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les espaces naturels devront être ouverts librement au public, sauf fragilité particulière du milieu naturel.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, utilisation de matériaux durable (certification environnementale des bois utilisés pour les aménagements...), réinsertion d&amp;#039;espèces locales, traitement naturel des bois, utilisation de produits biodégradables (paillage des plantations...), mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, éclairage public économe...), insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique et panneaux d&amp;#039;interprétation adaptés, association des usagers sur la phase conception du projet, dans la réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet (faune, flore, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti en cas de présence d&amp;#039;espèces rares ou protégées (si moins de 5 ans) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de restauration visant à maintenir ou restaurer le patrimoine naturel en présence ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement, de valorisation et de médiation scientifique permettant une découverte du site sans dégrader le milieu naturel (panneaux, mobiliers d&amp;#039;interprétation, applis smartphone...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement dégradant le milieu naturel ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité et de reproduction des dossiers.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/etudes-et-actions-de-protection-en-faveur-de-la-biodiversite-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.95.25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6322-etudes-et-actions-de-protection-en-faveur-de-/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>155109</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Créer et réaménager des espaces publics favorisant le lien social et les échanges intergénérationnels (parcs, espaces de loisirs, jardins publics etc.)</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics de loisirs : parcs et jardins, aires de jeux, espaces sport-santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création et réaménagement d&amp;#039;espaces publics favorisant le lien social et les échanges intergénérationnels : parcs, espaces de loisirs et jardins publics pouvant inclure des équipements tels qu&amp;#039;une aire de jeux, un espace sport-santé, un mini-golf, un arboretum, un skate park, une aire extérieure de street workout et fitness (combinaison de gymnastique et de musculation) ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;une aire de jeux 100% inclusive, présence d&amp;#039;une aire de fitness s&amp;#039;adressant à différents publics : seniors pour prévenir leur perte d&amp;#039;autonomie, les personnes nécessitant de la rééducation, les sportifs pour entretenir leur forme, les personnes à mobilité réduite, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espaces verts
+Espace public</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ 1 - Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 - Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 3 - L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;aménagement d&amp;#039;une aire de jeux :
+ &lt;/strong&gt;
+ cette dernière devra être accessible à tous les enfants quelle que soit leur singularité (Cf guide-conseil sur les aires jeux inclusives en document joint).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;aménagement d&amp;#039;un équipement de type parcours sportif ou aire de fitness, street workout extérieure :
+ &lt;/strong&gt;
+ le parcours devra permettre le travail de l&amp;#039;ensemble des parties du corps
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;installation d&amp;#039;équipements de sports de plein nature de loisirs :
+ &lt;/strong&gt;
+ ces équipements devront être adaptés au tout public, ouverts et gratuits ils doivent permettre la pratique du plus grand nombre leur objectif n&amp;#039;étant pas l&amp;#039;accueil de compétitions sportives.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement conseillé d&amp;#039;offrir dans l&amp;#039;espace ou à forte proximité des sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition de moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers et les équipements directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement : grattage, décaissement, engravure de chaussée, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) les structures de la chaussée, les revêtements, les bordures
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 4) l&amp;#039;éclairage public économe (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors panneaux routiers
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 8) Les équipements de loisirs présents sur le site
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-publics-de-loisirs-parcs-et-jardins-aires-de-jeux-espaces-sport-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ddd0-espaces-publics-de-loisirs-parcs-et-jardins-a/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>152162</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la réalisation de travaux d’aménagement d’infrastructures de circulation douce et modes de déplacements actifs</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>CIRCULATIONS DOUCES / MODES DE DEPLACEMENT ACTIFS</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la réalisation de travaux d&amp;#039;aménagement d&amp;#039;infrastructures de circulations douces destinés aux publics pratiquant un mode de déplacement actif, y compris les études préliminaires, les acquisitions foncières et les équipements de service annexes et en lien direct avec l&amp;#039;utilisation des infrastructures.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces voies de circulations douces sont réservées à un usage non motorisé (exception faite, le cas échéant, des véhicules de déplacement personnels de type trottinette électrique ou véhicules d&amp;#039;entretien) et regroupent différents types d&amp;#039;aménagements : voie verte, bande cyclable, piste cyclable, etc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une voie douce pour les promeneurs à Clairoix
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une liaison piétonne et cyclable vers la gare de Verberie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une piste cyclable le long de la RD 820
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de stationnements sécurisés pour les vélos à Compiègne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un itinéraire cyclable entre Thourotte et Longueil-Annel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte entre Noyon et Ribécourt-Dreslincourt
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une piste cyclable le long de l&amp;#039;Oise à Creil
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place des zones 30 et pistes cyclables à Lacroix-Saint-Ouen
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude et création de circulations douces entre les communes de Bury et Tricot
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Études globales et stratégiques (schéma directeur et ses déclinaisons thématiques ou opérationnelles, volet thématique dissociable d&amp;#039;un plan de mobilité), études préliminaires et études opérationnelles d&amp;#039;itinéraires et d&amp;#039;équipements de service, études spécifiques d&amp;#039;usage et bilans de fréquentation.
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - dépense subventionnable plafonnée à 100 000 € HT par maître d&amp;#039;ouvrage par période de 5 ans.
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisitions foncières (y compris les frais notariaux) liées à la réalisation de projets de circulations douces.
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - dépense subventionnable sur la base de l&amp;#039;estimation du service des Domaines et plafonnée à 300 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux d&amp;#039;infrastructures et d&amp;#039;aménagements d&amp;#039;itinéraires (pistes et bandes cyclables, voies vertes...) y compris le jalonnement et la signalisation de police.
+     &lt;/p&gt;
+     &lt;p&gt;
+      L&amp;#039;éclairage public peut être pris en compte s&amp;#039;il est spécifiquement destiné à l&amp;#039;itinéraire cyclable (y compris crosse arrière de candélabre dédiée à une piste cyclable).
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - dépense subventionnable plafonnée à :
+     &lt;/p&gt;
+     &lt;p&gt;
+      * 250 000 € HT/km
+      &lt;br /&gt;
+      pour l&amp;#039;aménagement de voies vertes
+     &lt;/p&gt;
+     &lt;p&gt;
+      * 200 000 € HT/km
+      &lt;br /&gt;
+      pour l&amp;#039;aménagement des autres types d&amp;#039;infrastructures
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Ouvrages d&amp;#039;art de franchissement de 3 m maximum de largeur utile réservés aux modes actifs.
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - dépense subventionnable plafonnée à 150 000 € HT par ouvrage
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dispositifs de stationnement sécurisés ouverts (arceaux abrités ou non) ou fermés (consignes, box/abris)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - dépense subventionnable plafonnée à :
+     &lt;/p&gt;
+     &lt;p&gt;
+      * 1 000 € HT / place aménagée « ouverte »
+     &lt;/p&gt;
+     &lt;p&gt;
+      *  2 000 € HT / place aménagée « fermée »
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Aménagement d&amp;#039;aires de services pour vélos (mobilier urbain, borne de rechargement / de nettoyage, sanitaires, signalétiques, aire de pique-nique...) et d&amp;#039;ateliers de réparation et d&amp;#039;auto réparation de vélo (uniquement les investissements en locaux et matériel spécialisé atelier réparation, entretien) établis le long d&amp;#039;un itinéraire cyclable.
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - dépense subventionnable plafonnée à  80 000 € HT par maître d&amp;#039;ouvrage par période de 5 ans
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dispositifs et matériels de comptages
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - dépense subventionnable plafonnée à 10 000 € HT par maître d&amp;#039;ouvrage par période de 5 ans
+     &lt;/p&gt;
+     &lt;p&gt;
+      - l&amp;#039;attribution de la subvention est conditionnée à la transmission des résultats des comptages au Conseil départemental
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ Les infrastructures et équipements devront être conformes à la réglementation (code de la route, instruction interministérielle sur la signalisation routière...) et répondre aux recommandations des services publics spécialisés (ex. : CEREMA...), en particulier une largeur suffisante de l&amp;#039;infrastructure.
+&lt;/p&gt;
+&lt;p&gt;
+ Le revêtement des aménagements doit présenter un niveau de service de type lisse permettant un usage &amp;#34;par tous et en toute saison&amp;#34; (enrobé ou béton de préférence). Toutefois, par exception, des revêtements adaptés au contexte architectural et paysager ou demandés par l&amp;#039;architecte des bâtiments de France pourront être pris en considération.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  infrastructures exclusivement dédiées à une pratique sportive (ex.: parcours BMX) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  trottoirs et sentes piétonnes en agglomération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  itinéraires de randonnée pédestre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  zones 30 et zones de rencontre (éligibles au titres des crédits d&amp;#039;Etat, amendes de police) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement de type chaussée à voie centrale banalisée (CVCB ou Chaussidou) sur Route Départementale hors agglomération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements hors champ de l&amp;#039;objet de l&amp;#039;aide.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b58-aider-a-la-mise-en-place-ou-a-la-rehabilitati/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de l'Yonne
+CAUE du Cher
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de Meurthe-et-Moselle
+CAUE de la Mayenne
+CAUE de la Manche
+CAUE de la Haute-Vienne
+CAUE de la Côte-d'Or
+CAUE de la Vendée
+CAUE du Maine-et-Loire
+CAUE de Guadeloupe
+CAUE de la Martinique
+CAUE du Var
+CAUE Lot-et-Garonne
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE de l'Orne
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Atlantiques
+CAUE de l'Ardèche
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE des Hauts-de-Seine
+CAUE de Corse
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE du Loir-et-Cher
+CAUE du Loiret
+CAUE de la Gironde
+CAUE de la Haute-Garonne
+CAUE du Gard
+CAUE de l'Oise
+CAUE de la Drôme
+CAUE de l'Aude
+CAUE de Corrèze
+CAUE du Tarn
+CAUE de la Dordogne
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE des Landes
+CAUE du Puy-de-Dôme</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)
+Office Français de la Biodiversité (OFB)
+Agences de l'eau
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W104" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W105" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>155123</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements à vocation sportive</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Équipements sportifs (politique territoriale  22-28)</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;équipements à vocation sportive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les plateaux multi-activités
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aire de jeux multisports sécurisée le plus souvent non-couverte, à vocation scolaire et périscolaire mais aussi d&amp;#039;espaces d&amp;#039;entrainement pour diverses disciplines (handball, tennis, basket, volley ...) dont l&amp;#039;emprise au sol est au minimum de 11 m x 22 m.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les équipements sportifs pluridisciplinaires de proximité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Equipements sportifs reconnus comme étant à usage communal ou communautaire, permettant la pratique de plusieurs disciplines sportives dans un environnement couvert. On intègre dans cette catégorie les salles sportives dont l&amp;#039;aire de jeux doit-être a minima de 36m x 18m et les gymnases dont l&amp;#039;aire de jeux doit-être de 44m x 22m, permettant notamment la pratique du handball en compétition.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les équipements sportifs spécifiques de proximité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Equipements sportifs reconnus comme étant à usage communal ou communautaire, permettant la pratique d&amp;#039;une discipline sportive principale de plein air ou couverte : les aires de jeux engazonnées ou synthétiques dédiées aux sports collectifs (football, rugby, baseball...), pour l&amp;#039;entraînement et la compétition, les terrains de basket 3x3, les terrains de foot 5x5, les terrains de tennis et de padel, les boulodromes, les salles d&amp;#039;arts martiaux et dojo, les salles de tennis de table, les salles de gymnastique, les pistes d&amp;#039;athlétisme (équipement extérieur non couvert), les patinoires, les complexes aquatiques...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les équipements sauf les plateaux sportifs, avis de la DDCS
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations des bâtiments, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nécessité de la présence sur le territoire d&amp;#039;une structure affiliée à une fédération organisant des compétitions en lien avec la ou les disciplines pratiquées sur l&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nécessité de respecter les normes fédérales en vigueur dans la ou les disciplines pratiquées sur l&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nécessité de la justification de l&amp;#039;équipement en question au regard des autres équipements existants sur le secteur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bâtiment
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Equipement de plein air
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences en matière de végétalisation et de paysagement de l&amp;#039;espace
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition écologique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Equipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer le bon état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité ...), installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, ...), utilisation de matériaux durables (bois locaux , masse, ...) pour la réalisation des équipements présents sur l&amp;#039;espace publics, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, , mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales.....), réemploi de matériaux et/ou mobiliers, insertion de clauses environnementales dans les marchés publics
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition inclusive :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment et équipements de plein air :
+   &lt;/strong&gt;
+   Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort et agrès sportifs adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-sportifs-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.97
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310f-equipements-sportifs-politique-territoriale-2/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>67589</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités en ingénierie</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Ingenierie départementale</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des spécialistes appartenant à l&amp;#039;administration départementale sont à disposition des collectivités gersoises pour apporter des conseils techniques, administratifs et juridiques, de montage et conduite de projet dans les domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement et Bâtiments
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voirie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assainissement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Milieux aquatiques et Gémapi
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;aider à l&amp;#039;émergence des projets, afin de passer de l&amp;#039;idée à la réalisation de l&amp;#039;opération puis à la gestion des ouvrages, sans toutefois entrer dans le champ de la maitrise d&amp;#039;œuvre réservé aux bureaux d&amp;#039;études et architectes.
+Pour cela, le Département et le CAUE s&amp;#039;appuient sur un réseau des acteurs de l&amp;#039;ingénierie sur le territoire, afin de réunir toutes les compétences nécessaires pour favoriser une construction judicieuse des projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la création d&amp;#039;une maison de santé, la réhabilitation d&amp;#039;une école, sécurisation d&amp;#039;une traverse de village et la création d&amp;#039;un cheminement piéton, pour la renaturation d&amp;#039;un cours d&amp;#039;eau et la suppression de digues afin de réduire les inondations sur une commune, aide à la mise en place d&amp;#039;un procédé innovant permettant de limiter la prolifération des lentilles d&amp;#039;eau et améliorer les performances épuratoires, à la mise en œuvre d&amp;#039;un protocole de contrôle des points d&amp;#039;auto-surveillance des réseaux de collecte...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:ingenierie&amp;#64;gers.fr"&gt;
+  ingenierie&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 50
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:assainissement&amp;#64;gers.fr"&gt;
+  assainissement&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 08
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:cater&amp;#64;gers.fr"&gt;
+  cater&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 32
+&lt;/p&gt;
+&lt;p&gt;
+ DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a21c-accompagner-les-collectivites-en-ingenierie/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>128958</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être accompagné pour les projets d&amp;#039;aménagement urbain,
+paysager ou de construction publique, tout au long de leur
+réalisation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide à la définition de la procédure nécessaire
+à mettre en oeuvre
+• identification des étapes et des différents
+prestataires à mobiliser
+ &lt;/li&gt;
+ &lt;li&gt;
+  interface entre les différents intervenants
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide au pilotage et à l&amp;#039;animation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise au point de l&amp;#039;accompagnement nécessaire
+et proposition d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de la mission d&amp;#039;AMO : suivi administratif
+et juridique, marchés publics, coordination des
+intervenants (dont le maître d&amp;#039;oeuvre) ...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faisabilité opérationnelle (élément de compréhension
+et de la programmation du projet, déroulement
+de l&amp;#039;opération, estimation prévisionnelle,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents nécessaires à la bonne conduite du projet :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; actes administratifs tels que conventions,
+délibérations...
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; marchés publics et toutes pièces relevant
+de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
+de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
+cahier des charges, cahier des clauses
+administratives particulières, acte d&amp;#039;engagement...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Bâtiments et construction
+Réhabilitation
+Architecture
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saisine officielle de l&amp;#039;exécutif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs et études
+diverses relatives au projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>120056</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un conseil juridique</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseiller les élus en leur proposant un accompagnement juridique personnalisé et une aide à la décision sur les domaines en lien avec l&amp;#039;exercice de leurs missions ou les compétences de leur collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux interrogations posées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de notes juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documentation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse écrite détaillée à l&amp;#039;interrogation posée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Notes juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de modèles de documents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déplacement dans la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réunion
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Thématiques rencontrées :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appel d&amp;#039;offre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  assurance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  assainissement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  bail rural, bail commerciale, bail logement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  chemins ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  cimetières
+ &lt;/li&gt;
+ &lt;li&gt;
+  circulation
+ &lt;/li&gt;
+ &lt;li&gt;
+  débit de boisson,
+ &lt;/li&gt;
+ &lt;li&gt;
+  délaissé de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  démolition
+ &lt;/li&gt;
+ &lt;li&gt;
+  domaine public, domaine privé
+ &lt;/li&gt;
+ &lt;li&gt;
+  droit de passage
+ &lt;/li&gt;
+ &lt;li&gt;
+  droit de préemption
+ &lt;/li&gt;
+ &lt;li&gt;
+  délégation
+ &lt;/li&gt;
+ &lt;li&gt;
+  eau potable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  éclairage public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  éolien,
+ &lt;/li&gt;
+ &lt;li&gt;
+  forêt,
+ &lt;/li&gt;
+ &lt;li&gt;
+  feux tricolores,
+ &lt;/li&gt;
+ &lt;li&gt;
+  habitat indigne,
+ &lt;/li&gt;
+ &lt;li&gt;
+  lotissement, numérique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  parking,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ralentisseur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  raccordement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réseaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  servitude de passage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  voirie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  trottoir,
+ &lt;/li&gt;
+ &lt;li&gt;
+  zone d&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Sports et loisirs
+Forêts
+Montagne
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Revitalisation
+Risques naturels
+Equipement public
+Réhabilitation
+Logement et habitat
+Attractivité économique
+Appui méthodologique
+Inclusion numérique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  contact&amp;#64;amjura.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière : juridique&amp;#64;amjura.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation : formation&amp;#64;amjura.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/377f-obtenir-un-conseil-juridique/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>162976</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les ressources durables des villages du territoire</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 1 - FEDER</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J110" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, à l’image de la Gironde, consomme et produit peu
+d’énergies renouvelables dans son mix énergétique. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Par ailleurs le ralentissement de la croissance, le changement climatique
+et les prix de l’énergie impactent les équilibres du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La mise en place des Plans Climat Air Energie Territoire (PCAET) à
+l’échelle des SCOT et déclinés par CDC est une première étape pour donner un
+cadre et passer à l’opérationnel.&lt;/p&gt;&lt;p&gt;Ce qui est en jeu est donc de :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations énergétiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place la transition énergétique pour rendre majoritaire la
+part d’énergies renouvelables produites et consommées&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes, animation ou
+outils visant à remplacer la consommation des énergies fossiles par des
+énergies renouvelable&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes, animation ou
+outils pour impulser et engager la rénovation énergétique à l’échelle locale&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Soutien aux
+opérations de rénovation/extension de bâtiments permettant de développer ou
+améliorer les logements sociaux dans les centres-bourgs (-20 logements par
+opération)&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
+ingénierie pour améliorer la performance énergétique et thermique de l’habitat
+privé.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Montage et
+sensibilisation de filières locales énergétiques et de matériaux bio et
+géo-sourcés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation de
+communautés locales investissant dans les énergies renouvelables&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Modernisation des
+équipements d’éclairage public locaux vers des solutions économes, durables et intégrée
+dans une stratégie de dynamisation des centres-bourgs, villes ou quartiers
+politiques de la ville.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P110" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q110" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>140801</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement local durable du territoire du Parc</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Parc national du Mercantour</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie amont : rédaction de porter à connaissance pour plans, programmes et projets d&amp;#039;aménagement. Sensibilisation des acteurs. Contribution aux stratégies de développement du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : dispositif de subvention directe aux communes ayant adhéré à la charte du Parc, aide à la recherche de financement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : aide à la définition de commande, de cahier des charges, suivi d&amp;#039;étude, assistance à maîtrise d&amp;#039;ouvrage pour les communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation : organisation d&amp;#039;ateliers, de formations, de voyages d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en place d&amp;#039;une navette touristique estivale vers le Lauzanier à Val d&amp;#039;Oronaye
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la commune d&amp;#039;Uvernet-Fours pour la création d&amp;#039;une boucle pédestre de proximité autour de l&amp;#039;ancien moulin du Bachelard
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de financements et assistance à maîtrise d&amp;#039;ouvrage pour la rénovation de la cabane pastorale du Prayer à Larche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de l&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autonomie énergétique du refuge du lac d&amp;#039;Allos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune d&amp;#039;Uvernet Fours pour la restauration de la chapelle des Agneliers en prenant en compte la présence d&amp;#039;une colonie de chauve-souris
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la requalification paysagère du col d&amp;#039;Allos dans le cadre du programme Espaces Naturels Sensibles porté par le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement technique pour une rénovation des éclairages publics de Barcelonnette et cofinancement d&amp;#039;un centre de découverte de l&amp;#039;astronomie et de la biodiversité nocturne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique à la commune d&amp;#039;Allos pour la régulation des accès touristiques au site du lac d&amp;#039;Allos
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour les communes : avoir adhéré à la Charte du Parc par délibération du conseil municipal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour un EPCI-FP : avoir sur son territoire des communes qui ont adhéré à la charte du parc
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Parc national du Mercantour</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mercantour-parcnational.fr/fr</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 23 rue d&amp;#039;Italie, CS 51316, 06006 Nice Cedex 1,
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;mercantour-parcnational.fr" target="_self"&gt;
+  contact&amp;#64;mercantour-parcnational.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphones :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Antenne Ubaye : 04 92 81 21 31
+ &lt;/li&gt;
+ &lt;li&gt;
+  Antenne Verdon : 04 92 83 04 18
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6556-contribuer-au-developpement-local-durable-du-/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>155112</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter l’hôtellerie de plein air et des aires de camping-cars publiques</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Hôtellerie de plein air et aire d’accueil de camping-cars (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation d&amp;#039;hôtellerie de plein air et d&amp;#039;aires de camping-cars publiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Hôtellerie de plein air (camping)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Espaces extérieurs destinés à l&amp;#039;accueil de tentes, de caravanes, de résidences mobiles de loisirs et d&amp;#039;habitations légères de loisirs. Ils sont constitués a minima de 6 emplacements nus ou équipés de l&amp;#039;une de ces installations, ainsi que d&amp;#039;équipements communs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les hébergements classés sont évalués selon trois grands axes : la qualité de confort, la qualité des services, les bonnes pratiques en matière de respect de l&amp;#039;environnement et d&amp;#039;accueil des clientèles en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Aire d&amp;#039;accueil de camping-cars
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aire d&amp;#039;accueil de camping-cars est un espace ouvert gratuit ou non, dans ou en dehors d&amp;#039;un camping, réservé au stationnement des camping-cars de jour comme de nuit. Au-delà de 50 places, elle est soumise au permis d&amp;#039;aménager pour les parkings (R. 421-19 j du code de l&amp;#039;urbanisme). Elle peut être équipée d&amp;#039;une aire de services qui est un dispositif sanitaire technique proposé aux camping-caristes afin d&amp;#039;effectuer les opérations nécessaires comme la vidange des eaux usées et l&amp;#039;approvisionnement en eau potable.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les projets de création seront analysés au regard des besoins identifiés dans la stratégie touristique du territoire intercommunal concerné. Les projets devront donc répondre à un intérêt touristique avéré et à une problématique constatée de régulation du stationnement de ce type de véhicules.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Hôtellerie de plein air
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est de contribuer au développement économique et touristique par une offre d&amp;#039;hébergement de qualité. Seuls les établissements classés minimum 2 étoiles et ouvert au minimum entre mai et septembre pourront bénéficier de ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ A partir de 150 000 € d&amp;#039;investissement, le projet nécessite de faire appel à un cabinet spécialisé qui réalisera préalablement une étude de faisabilité (dépense éligible).
+&lt;/p&gt;
+&lt;p&gt;
+ Les terrains de camping concernés devront comporter au minimum 30% de leurs emplacements ouverts à la location (à la nuitées, semaine ou au mois pour une clientèle de passage).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti (applicable pour les seuls espaces nécessitant d&amp;#039;être chauffés), et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Aire d&amp;#039;accueil de camping-cars
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences en matière de végétalisation et de paysagement de l&amp;#039;espace.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création (applicable pour les seuls espaces nécessitant d&amp;#039;être chauffés), recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Equipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition inclusive :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers, sanitaires, ...), signalétique inclusive, accessibilité du bâtiment par des cheminements doux adaptés PMR, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Équipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;emplacements réservés et adaptés aux personnes à mobilités réduites, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique inclusive, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés à l&amp;#039;amélioration de la qualité des emplacements y compris cheminements avec une forte intégration environnementale et paysagère ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux concernant des équipements ludiques et de loisirs (piscine couverte ou non...), mais également bâtiment d&amp;#039;accueil ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les services offerts à la clientèle (location de vélo électrique ou non, bagagerie, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition, l&amp;#039;installation (hors achat par crédit-bail) et la rénovation d&amp;#039;habitations légères de loisirs (HLL) et mobil-homes avec terrasses y compris transport, pose et terrasse (uniquement dans le cadre d&amp;#039;un projet global)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement extérieur en cas de désimperméabilisation et végétalisation des espaces détente/loisirs et de stationnement ou création de stationnements perméables et végétalisés
+  &lt;/li&gt;
+  &lt;li&gt;
+   et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/hotellerie-de-plein-air-et-aire-daccueil-de-camping-cars-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.98.70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4857-hotellerie-de-plein-air-et-aire-daccueil-de-c/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>164072</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser et accompagner les projets participatifs et citoyens pour la transition énergétique</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Projets participatifs et citoyens pour la transition énergétique</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil régional Nouvelle-Aquitaine et la Direction régionale Nouvelle-Aquitaine de l’ADEME, lancent un appel à projets afin de favoriser et d’accompagner les projets participatifs et citoyens des énergies renouvelables qui concourent à l’atteinte des objectifs nationaux, régionaux et locaux de transition énergétique et écologique (TEE). Cet appel à projets est proposé aux collectivités, aux acteurs économiques, aux structures  citoyennes, d’investir ensemble le sujet de la TEE.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associer, convaincre et accompagner les acteurs de son territoire vers la transition énergétique et écologique,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Diversifier, augmenter et localiser les sources de financement d’équipements d’intérêt collectif, mais également de localiser les dépenses dans une économie plus locale, dans laquelle les acteurs économiques peuvent se projeter,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accélérer le développement des initiatives privées et publiques,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Améliorer l’appropriation sociétale autour d’équipements nécessaires mais qui, d’une manière ou d’une autre, touchent le territoire sur lequel ils sont implantés,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Jouer leur rôle dans la planification territoriale, en effet la loi pour la Transition Energétique et la Croissance Verte, les Plans Climat Air Energie Territoriaux (PCAET), la politique régionale (ADEME/Région) en faveur des Territoires à énergie positive poussent les collectivités à planifier des politiques publiques ambitieuses en tenant compte de la nécessaire adaptation du territoire, de ses équipements, de ses infrastructures aux besoins de demain.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le présent appel à projet vise à faire émerger et valoriser une certaine diversité d’actions et de méthodes de réalisation avec pour finalité : le développement des énergies renouvelables électriques, (photovoltaïque, hydroélectricité, méthanisation, éolien…), des énergies renouvelables thermiques (biomasse, solaire, méthanisation, géothermie…), des moyens de stockage et de gestion locale de ces productions ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La réduction des consommations d’énergie par l’amélioration de l’existant (rénovation énergétique de bâtiments, éclairage, équipements spécifiques…)- le développement de services/solutions favorisant la mobilité douce et/ou propre.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Aide à la décision (études à caractère juridique et économique) : 70% d’aide maximum, aides plafonnées chacune à 10 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Assistance à maîtrise d’ouvrage uniquement pour les sociétés citoyennes et dans le cas des projets d’envergure ; 70% d’aide maximum avec une aide d’un montant plafonné à 20 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Etude de faisabilité technique : 70% d’aide maximum pour les projets de : solaire thermique, bois-énergie, éolien et méthanisation (plafonnée à 10 000 € pour les projets de rénovation de bâtiments ou d’éclairage public, photovoltaïque ou d’hydroélectricité)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prime à la participation citoyenne (aux structures porteuses de projets contrôlées au titre du Code du Commerce par des collectivités et/ou des citoyens) : soutien à hauteur des parts des citoyens de Nouvelle-Aquitaine participant au financement du projet, à partir de 20 participants/citoyens de Nouvelle-Aquitaine par projet, dans la limite de 250 € au maximum par participant/citoyens de Nouvelle-Aquitaine, porté à 350 € au maximum portant sur les économies d’énergie, de 30 % maximum du coût total HT du projet plafonné à 50 000 € par projet ou grappe de projets, de 10 dossiers maximum par an sur la période couverte par l’AAP.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q113" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les collectivités, EPCI, Syndicats départementaux d’énergie, Syndicats Mixtes… coordinateurs de la transition énergétique à l’échelle de leurs territoires et souhaitant initier et développer des projets participatifs et citoyens ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les associations de préfiguration visant à déployer des démarches citoyennes participatives s’inscrivant dans le cadre du projet de TEE de leur territoire ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les sociétés locales porteuses de projets participatifs et citoyens dont l’objet relève des champs de la transition énergétique et écologique contrôlées au titre du Code du Commerce par des collectivités et/ou des citoyens (de façon directe ou indirecte via la participation de fonds citoyens, de sociétés coopératives citoyennes, de sociétés d’économie mixte...).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser, initier, développer un projet participatif et citoyen relevant de la TEE (production d’énergies renouvelables, réduction des consommations d’énergie…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fournir des éléments techniques et économiques permettant de juger de la pertinence, de la viabilité économique et de l’efficacité du projet,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apporter les garanties nécessaires au lancement du projet (propriété foncière par exemple),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apporter les éléments d’appréciation quant à l’inscription du projet dans le cadre de la stratégie TEE du territoire.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/projets-participatifs-et-citoyens-pour-la-transition-energetique-0</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de candidature devra être réalisé en deux exemplaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Un exemplaire envoyé à la Région Nouvelle-Aquitaine accompagné d’un courrier de candidature adressé à Monsieur le Président de la Région, indiquant l’objet de l’opération et précisant les aides sollicitées dans le cadre de cet appel à projets,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un exemplaire envoyé à l’ADEME Nouvelle-Aquitaine accompagné d’un courrier de candidature adressé à Monsieur le Directeur régional de l&amp;#039;ADEME indiquant l’objet de l’opération et précisant les aides sollicitées dans le cadre de cet appel à projets.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce dossier sera constitué des pièces suivantes:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Dossier de présentation du projet stratégique (cf. trame en annexe), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Tout document attestant de l’état d’avancement du projet et participant à sa bonne compréhension,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Lettres de soutien ou tout autre document attestant des partenariats développés, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Devis des prestations (et cahier des charges),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Plan(s) de financement prévisionnel(s) intégrant les aides publiques reçues ou envisagées (cf. modèle en fin de dossier de candidature),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Document attestant de l’engagement de chaque financeur (décision des cofinanceurs ou lettres d’intention)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Déclaration faisant état des financements obtenus dans le cadre du règlement De Minimis (cf. attestation en fin de dossier de candidature)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Relevé d’identité bancaire automatisé indiquant le BIC et l’IBAN&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans le cas d’une demande d’aide à la prime de participation citoyenne :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; tableau récapitulatif des souscriptions/participations des citoyens et attestation sur l&amp;#039;honneur du porteur de projet sur la    conformité des souscriptions avec ce tableau récapitulatif&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; pièce présentant l’actionnariat de la société (actionnaire et leur participation)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; devis des investissements matériels&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; document attestant de la maîtrise foncière&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; modèle économique de l’opération&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Et des documents spécifiques suivants selon la nature du demandeur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Collectivité : délibération de l’organe compétent approuvant le projet et le plan de financement prévisionnel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations : statuts, rapport d’activité et comptes certifiés de l’exercice précédent, attestation de non assujettissement à la TVA le cas échéant&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sociétés : Extrait Kbis, Statuts et actionnariat, Attestation sur l’honneur du demandeur de la régularité de sa situation au regard de ses obligations fiscales et sociales (URSSAF, Impôts), document attestant du nombre de salariés et du chiffre d’affaire de l&amp;#039;entreprise, comptes certifiés de l’exercice précédent&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-participatifs-et-citoyens-pour-la-transition-energetique/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>162563</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E59" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I59" s="1" t="inlineStr">
+      <c r="I114" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J59" s="1" t="inlineStr">
+      <c r="J114" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M59" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N59" s="1" t="inlineStr">
+      <c r="M114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -11840,1168 +23502,9993 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y59" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-[...38 lines deleted...]
-      <c r="G60" s="1" t="inlineStr">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>103256</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Faire des travaux de réhabilitation, de mise aux normes de sécurité et d'accessibilité ou d'extension de centres de formation sanitaire</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'urgence pour les écoles et instituts de formation sanitaire</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région participe au financement de travaux de réhabilitation ou d&amp;#039;extension de centres de formation lorsque ces investissements ont un caractère d&amp;#039;urgence et concernent des travaux de mises aux normes de sécurité et d&amp;#039;accessibilité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra porter sur les aménagements et les rénovations d&amp;#039;urgence de bâtiments permettant aux organismes de répondre à leurs obligations en matière de normes de sécurité et de mise en accessibilité imposées aux établissements recevant du public conformément à la réglementation en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ La notion d&amp;#039;urgence sera prise en compte pour identifier les travaux qui, faute de réalisation, pourraient mettre en péril la sécurité des personnes ou qui pourraient remettre en cause l&amp;#039;avis favorable de la commission de sécurité pour la poursuite de l&amp;#039;activité de formation. Elle sera déterminée par la survenance d&amp;#039;incidents récurrents sur une installation ou suite à un dommage ou sinistre survenu sur les bâtiments ou les équipements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P115" s="1" t="inlineStr">
+        <is>
+          <t>15/04/2019</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Départements, Etablissements publics (autre que les EPCI), Lycées et collèges publics et privés, Autres personnes publiques (Europe, GIP...)
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les centres de formation ayant signé une convention d&amp;#039;objectifs et de moyens en cours d&amp;#039;exécution avec la Région peuvent demander cette aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/fonds-durgence-pour-les-ecoles-et-instituts-de-formation-sanitaire</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>Direction des formations sanitaires et sociales - Chargés de mission relations avec les organismes
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/848a-fonds-durgence-pour-les-ecoles-et-instituts-d/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>128966</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;une aide à la décision pour les travaux
+d&amp;#039;accessibilité des établissements recevant du public
+(ERP)
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de l&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement préalable intégrant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la visite diagnostic des bâtiments et ERP à expertiser
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propositions de travaux simples pour les rendre
+accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  les préconisations de travaux plus complexes à
+réaliser pour les rendre accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la rédaction du cahier des charges pour
+la consultation d&amp;#039;un bureau d&amp;#039;étude spécialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  sensibilisation et information des acteurs concernés,
+les élus et les personnels des services techniques
+des collectivités locales sur les mises aux normes des
+différents types d&amp;#039;établissements
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Remise d&amp;#039;un rapport d&amp;#039;étude de faisabilité, guide sur
+l&amp;#039;accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration du cahier des charges de consultation d&amp;#039;un
+bureau d&amp;#039;études spécialisé
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents techniques relatifs au projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0387-rendre-accessibles-les-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>161850</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et développer des outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels - Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds d’accessibilité des œuvres permet l’acquisition et le développement d’outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels. En application de la convention internationale des droits des personnes handicapées signée à New York le 30 mars 2007*, pour favoriser la participation des personnes handicapées à la vie culturelle, le ministère de la Culture soutient l’engagement des structures culturelles dans leur politique d’accessibilité à l’offre culturelle.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que le Fonds d&amp;#039;accessibilité des œuvres ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Depuis 2018, le Fonds accessibilité permet de contribuer à l’effort de développement d’actions et de dispositifs permettant de &lt;strong&gt;lever les freins à la participation à la vie culturelle&lt;/strong&gt;, pour les personnes en situation de handicap, les personnes âgées et à l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico sociaux.&lt;/p&gt;&lt;p&gt;Les crédits accordés dans ce cadre porteront sur l’acquisition et le&lt;strong&gt; développement d’outils d’accessibilité&lt;/strong&gt; et devront permettre &lt;strong&gt;d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette année, une attention particulière sera portée aux projets menés par des structures culturelles qui ne sont pas encore engagées dans une dynamique de mise en accessibilité et qui souhaitent obtenir un soutien dans le cadre du Fonds d&amp;#039;accessibilité pour initier cette démarche. &lt;strong&gt;Par ailleurs, le développement et l’acquisition d’outils mutualisés entre plusieurs opérateurs culturels pourra être encouragé.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* &lt;em&gt;Notamm&lt;/em&gt;​​​​​​​&lt;em&gt;ent ses articles 1er, 2 et 30 ; décret n° 2010-356 du 1er avril 2010 portant publication de la convention relative aux droits des personnes handicapées (ensemble un protocole facultatif), signée à New York le 30 mars 2007 - JORF n°0079 du 3 avri&lt;/em&gt;&lt;em&gt;l 2010.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de&lt;/strong&gt;&lt;strong&gt; la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette démarche vise à démocratiser l&amp;#039;accès à la culture, en abordant directement les défis liés à l&amp;#039;accessibilité pour les personnes en situation de handicap. Elle permet d’encourager les structures culturelles non engagées dans des initiatives d&amp;#039;accessibilité à initier cette démarche, et promouvoir le développement d&amp;#039;outils partagés entre plusieurs opérateurs culturels pour améliorer l&amp;#039;accessibilité de manière collaborative.&lt;/p&gt;&lt;p&gt;Le dispositif finance non seulement l&amp;#039;équipement spécialisé, mais aussi les initiatives de formation et les technologies favorisant l&amp;#039;inclusion.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le Fonds d’accessibilité des œuvres en région : procédure&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour en savoir plus sur les contacts et le calendrier mis en place dans votre région, merci de vous reporter aux onglets ci-dessous.&lt;/p&gt;
+    &lt;section&gt;
+        &lt;p&gt;
+            &lt;/p&gt;&lt;p id="head_accordion_345"&gt;
+                &lt;/p&gt;&lt;h4&gt;&lt;strong&gt;&lt;em&gt;→ Ile-de-France (dépôt jusqu&amp;#039;au 10 avril 2024)
+                                            &lt;/em&gt;&lt;/strong&gt;&lt;/h4&gt;
+            &lt;p id="collapse_accordion_345"&gt;
+                &lt;/p&gt;&lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seules les demandes ayant fait l’objet d’une discussion préalable avec un conseiller de la Drac seront examinées.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le montant des subventions accordés est entre 5000 et 20 000 euros. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention sera versée au demandeur durant la période du printemps à l&amp;#039;été 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;inscription dans une démarche d’accessibilité de la structure ;&lt;/li&gt;&lt;li&gt;la pertinence des outils choisis ; &lt;/li&gt;&lt;li&gt;le budget prévisionnel. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 10 avril 2024, 23h59 (heure de Paris)&lt;/strong&gt;. Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Une question ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Ile-de-France vous êtes invités à vous adresser à : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aurélie Lesous, &lt;a href="mailto:aurelie.lesous&amp;#64;culture.gouv.fr%C2%A0"&gt;aurelie.lesous&amp;#64;culture.gouv.fr &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;strong&gt;&lt;span&gt;&lt;em&gt;→ Occitanie (dépôt jusqu&amp;#039;au 30 avril 2024)&lt;/em&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/h4&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;
+            &lt;/p&gt;&lt;p id="collapse_accordion_346"&gt;
+                &lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de la subvention &lt;/span&gt;&lt;/p&gt;
+            &lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant des subventions accordées ne pourra pas être inférieur à 3.000 euros. Le plafond du taux d&amp;#039;intervention de la DRAC est fixé à 80 % du coût total du projet. Les structures ayant déposé un projet seront informées, par la DRAC, de la suite donnée à leur demande de financement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’attribution de la subvention&lt;/span&gt;&lt;/p&gt;
+        &lt;p&gt;&lt;span&gt;La subvention sera versée en une seule fois après la tenue de la commission. La subvention sera versée trois mois après la tenue de la commission.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’évaluation des dossiers&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’équilibre géographique des porteurs de projets ;&lt;/li&gt;&lt;li&gt;de la représentativité des différentes disciplines et domaines artistiques et culturels ;&lt;/li&gt;&lt;li&gt;du renouvellement des bénéficiaires ;&lt;/li&gt;&lt;li&gt;du taux d&amp;#039;intervention de la structure.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Calendrier&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 30 avril 2024, 23h59 (heure de Paris).&lt;/strong&gt; Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Une question ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Occitanie vous êtes invités à vous adresser à : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vivien Chabrol, 05 67 73 20 88 ; &lt;a href="mailto:vivien.chabrol&amp;#64;culture.gouv.fr"&gt;vivien.chabrol&amp;#64;culture.gouv.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/pol-culturelles_fonds-accessibilite-occitanie" target="_blank" rel="noopener noreferrer"&gt;
+        Accéder au formulaire - Occitanie
+        &lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;                
+    &lt;/section&gt;
+    &lt;section&gt;
+        &lt;h4&gt;&lt;span&gt;&lt;span&gt;&lt;strong&gt;&lt;em&gt;→ Autres régions&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;&lt;span&gt;Pour plus d&amp;#039;informations sur le Fonds d&amp;#039;accessibilité des œuvres dans votre région, nous vous invitons à contacter la Direction régionale des affaires culturelles (DRAC/DAC) de votre région &lt;/span&gt;&lt;a href="https://www.culture.gouv.fr/Regions" target="_blank"&gt;ici&lt;/a&gt;&lt;span&gt;.  &lt;/span&gt;&lt;/p&gt;
+    &lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Entreprises publiques locales &lt;/li&gt;&lt;li&gt;EPCI à fiscalité propre &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La nature des projets éligibles est large : outre l’acquisition de matériel spécifique, le Fonds permet également de soutenir des formations et le développement d’outils de communication adaptés mais aussi la mise en œuvre d’audiodescription ou de traduction. Pour tour les projets, les crédits accordés devront permettre d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap, les personnes âgées et l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico-sociaux. &lt;/p&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;A titre d’exemple, les actions suivantes sont éligibles : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Boucles magnétiques, dispositifs de sur-titrage ;&lt;/li&gt;&lt;li&gt;Maquettes tactiles ; &lt;/li&gt;&lt;li&gt;Livrets en braille ; &lt;/li&gt;&lt;li&gt;Documents FALC visant à permettre l’accessibilité des œuvres ;&lt;/li&gt;&lt;li&gt;Outils et dispositifs d’accompagnement à la rencontre avec œuvres pour les personnes ayant des troubles autistique ou un handicap mental ; &lt;/li&gt;&lt;li&gt;Signalétique accessible ; &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation à la prise en main et à l’utilisation de ces outils…&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/section&gt;&lt;section&gt;Ne sont pas éligibles :&lt;/section&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Les projets d’action culturelle ou d’éducation artistique et culturelle ;&lt;/li&gt;&lt;li&gt;les interventions sur le cadre bâti ;&lt;/li&gt;&lt;li&gt;les projets de formation n’incluant pas la prise en main et l’utilisation de ces outils.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/fonds-d-accessibilite-des-oeuvres</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service déconcentré du ministère de la Culture territorialement compétent (DRAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-daccessibilite-des-oeuvres/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>143387</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les déplacements piétons et maintenir l'accessibilité : chantiers urbains et piétons (Formation)</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette formation vous permettra de sécuriser les déplacements piétons aux abords de vos chantiers et de maintenir la continuité des itinéraires accessibles. Après des apports théoriques sur les enjeux de la mise en accessibilité des chantiers, le cadre réglementaire et les bonnes pratiques, des études de cas concrets et une sensibilisation sur le terrain seront proposées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les cheminements piétons au sein des quartiers en chantier peuvent être difficilement praticables par tous. La mise en place des chantiers urbains est caractérisée à la fois par un espace public où cohabitent de nombreux usagers et de multiples usages, mais aussi par l&amp;#039;intervention d&amp;#039;une multitude d&amp;#039;acteurs. L&amp;#039;articulation entre ces différents intervenants (maîtrise d&amp;#039;œuvre voirie, maîtrise d&amp;#039;œuvre bâti, entreprises et concessionnaires de réseaux) nécessite une surveillance en continu et une formation à cette problématique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte des piétons, lors de chantiers en milieu urbain, doit répondre à deux objectifs essentiels : garantir leur sécurité et leur confort, vis-à-vis des dangers liés aux travaux et à la circulation ; assurer la continuité de la chaîne du déplacement et maintenir son accessibilité.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir la sécurité et le confort des déplacements des piétons pendant les chantiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les besoins et les difficultés des personnes à mobilité réduite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la réglementation accessibilité et identifier les bonnes pratiques en fonction du chantier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir sécuriser et signaler les chantiers, maintenir la continuité des itinéraires, informer les usagers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Programme
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Matinée : apports théoriques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Déplacements piétons et sécurité aux abords des chantiers : introduction et enjeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cas pratique d&amp;#039;une personne en situation de handicap : quels impacts de la gestion du chantier sur ses déplacements ?
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cadre réglementaire et bonnes pratiques :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la continuité des itinéraires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signaler, matérialiser, éclairer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir les accès riverains, commerces et transports collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pause déjeuner
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Après-midi : mise en pratique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Boîte à outils pour maintenir l&amp;#039;accessibilité en phase chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas concrets et échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation sur le terrain : « vivre » l&amp;#039;expérience de handicap aux abords des chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des acquis et bilan de la formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;œuvre, conducteurs de travaux des entreprises de BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bureaux d&amp;#039;étude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucun pré-requis obligatoire.
+ &lt;br /&gt;
+ Une expérience en matière de pilotage de projets d&amp;#039;aménagement ou d&amp;#039;organisation de chantiers est un plus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports de connaissances théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges sur des cas concrets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mises en situation sur le terrain
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;évaluation
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h3&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;h3&gt;
+ Délais d&amp;#039;accès
+&lt;/h3&gt;
+&lt;p&gt;
+ Délais d&amp;#039;accès à la formation : en moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-chantiers-urbains-pietons-securiser-deplacements-0</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8936-securiser-les-deplacements-pietons-et-mainten/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>138004</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le regroupement et l accessibilité des propriétés pour une meilleure répartition entre les terres agricoles, la forêt, les espaces de nature</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l aménagement foncier agricole et forestier (AFAF)</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J119" s="1" t="inlineStr">
+        <is>
+          <t>Financement 100% des procédures sous maîtrise d&amp;#039;ouvrage départementale.</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ECIR ou ECIF permettent de réaliser à l&amp;#039;intérieur d&amp;#039;un périmètre d&amp;#039;aménagement des échanges et cessions amiables de propriétés afin d&amp;#039;améliorer le regroupement et l&amp;#039;accessibilité des propriétés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes, EPCI, propriétaires fonciers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Délibération de la (des) commune(s)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement foncier agricole et forestier (AFAF), réglementation des boisements RB), échanges et cessions d&amp;#039;immeubles ruraux ou forestiers (ECIR / ECIF), mise en valeur des terres...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Procédures régies par le Code rural et de la pêche maritime (L  124-5 et suivants).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-Echanges-et-Cessions-d.html</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;Sébastien CUBIZOLLES&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:developpement-durable&amp;#64;hauteloire.fr" target="_self"&gt;sebastien.cubizolles&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 71 07 43 50&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4619-ameliorer-le-regroupement-et-laccessibilite-d/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>156143</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux travaux de création, extension, réhabilitation, aménagement et équipement des bibliothèques et médiathèques publiques</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>BIBLIOTHÈQUES ET MÉDIATHÈQUES PUBLIQUES</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I120" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J120" s="1" t="inlineStr">
+        <is>
+          <t>Ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider aux travaux de création, extension, réhabilitation, aménagement et équipement des bibliothèques et médiathèques publiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de création, d&amp;#039;extension et de réhabilitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études préalables concourant à la définition du projet et garantissant la qualité de la réalisation, sous réserve que l&amp;#039;antériorité du dernier mandatement par le maître d&amp;#039;ouvrage des dépenses d&amp;#039;études ne dépasse pas 3 ans, à compter de la demande d&amp;#039;aide pour travaux. Elles ne sont pas prises en compte si elles ne sont pas suivies des travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;acquisition foncière ou immobilière pour la création et l&amp;#039;extension des bâtiments (si
+   la
+  date de signature de l&amp;#039;acte d&amp;#039;acquisition a eu lieu dans un délai de 3 ans à compter de la date de dépôt de la demande de subvention).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagement immédiats des abords (VRD, voie d&amp;#039;accès, petit parking, aménagements paysagers) qui concernent exclusivement le bâtiment pour lequel une subvention est sollicitée (ils doivent être entrepris concomitamment à la construction ou l&amp;#039;extension du bâtiment).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité à condition que leur coût soit inférieur à 50 % du coût total du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La végétalisation des murs et toitures.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de mobiliers spécialisés :
+  Dans le cadre d&amp;#039;une création, d&amp;#039;une réhabilitation ou d&amp;#039;une extension, ou dans le cadre de la proposition de nouveaux supports.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de documents (tout support confondu à l&amp;#039;exclusion des périodiques) :
+  Dans le cadre d&amp;#039;une création, d&amp;#039;une réhabilitation ou
+   d&amp;#039;une extension.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informatisation :
+   Solutions complètes (matériel et logiciel) prêtes à
+   fonctionner, portail, systèmes antivol.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition
+   de matériels et documents multimédia :
+  Dans le cadre de la mise en place de nouveaux services.&lt;/li&gt;&lt;li&gt;Boites
+de retour : sont bénéficiaires les collectivités publiques dont la
+bibliothèque correspond au niveau A, B ou C (selon la typologie de
+l’Association des Bibliothécaires Départementaux). La boite de retour se
+définit comme un outil permettant d’inciter les usagers à s’inscrire et à
+emprunter, les retours de documents pouvant s’effectuer librement à tout moment
+en dehors des heures d’ouverture de la structure.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Local avec accès indépendant réservé à l&amp;#039;usage de bibliothèque&lt;/li&gt;&lt;li&gt;
+&lt;p&gt;Jusqu’à 1 500 habitants, la surface utile nette minimale de
+l’équipement est fixée à 100 m². Elle est ramenée à 50 m² pour les projets
+de réhabilitations d’équipements existants.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Au-delà de 1 500 habitants, la surface utile nette minimale est fixée à 0,07 m2 par habitant (de la commune ou
+du total des communes concernées par le projet dans le cadre de projets
+intercommunaux), auquel s’ajoute 0,015 m2 par habitant au-delà de 25 000
+habitants,&lt;/p&gt;
+&lt;/li&gt;
+ &lt;li&gt;
+  Affectation d&amp;#039;un crédit minimal annuel d&amp;#039;acquisition de documents calculé en fonction du nombre d&amp;#039;habitants de la ou des communes concernées : 1,50 € par habitant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gratuité du prêt.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Points de vigilance :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Moins de 2 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit au minimum avoir suivi la formation de base dispensée (gratuitement) par la Médiathèque Départementale, voire être titulaire du diplôme d&amp;#039;Auxiliaire de Bibliothèque Français (A.B.F.).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entre 2 000 habitants et 5 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit être recruté au moins à mi-temps au sein de la filière culturelle et titulaire a minima du grade d&amp;#039;adjoint du patrimoine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entre 5 000 habitants et 10 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit être recruté à temps complet au sein de la filière culturelle et titulaire a minima du grade d&amp;#039;assistant de conservation du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus de 10 000 habitants (population ciblée) :  Le responsable de l&amp;#039;équipement doit être recruté à temps complet au sein de la filière culturelle et titulaire a minima du grade de bibliothécaire ou bien de conservateur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Planchers des dépenses subventionnables :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux de création, d’extension et de réhabilitation : 20 000 € HT &lt;/li&gt;&lt;li&gt;Achat de mobiliers spécialisés : 5 000 € HT&lt;/li&gt;&lt;li&gt;Achat de documents : 5 € HT par habitant (population ciblée)&lt;/li&gt;&lt;li&gt;Informatisation : 3 000 € HT&lt;/li&gt;&lt;li&gt;Acquisition de matériels et documents multimédia : 3 000 € HT&lt;/li&gt;&lt;li&gt;Boites de retour : 400 € HT&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;P&lt;/strong&gt;&lt;strong&gt;lafonds des dépenses subventionnables :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux de création, d’extension et de réhabilitation : 700 000 € HT &lt;/li&gt;&lt;li&gt;Achat de mobiliers spécialisés : 100 000 € HT&lt;/li&gt;&lt;li&gt;Achat de documents : 100 000 € HT &lt;/li&gt;&lt;li&gt;Informatisation : 100 000 € HT &lt;/li&gt;&lt;li&gt;Acquisition de matériels et documents multimédia : 30 000 € HT&lt;/li&gt;&lt;li&gt;Boites de retour : 10 000 € HT&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/bibliotheques-et-mediatheques-publiques/</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/30a7-modele/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>30712</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel pour garantir l'accessibilité à la pratique sportive aux personnes en situation de handicap</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I121" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J121" s="1" t="inlineStr">
+        <is>
+          <t>du coût d'acquisition du matériel.</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le sport est un domaine d&amp;#039;activité humaine qui intéresse beaucoup les citoyens et qui a une capacité énorme à les rassembler, s&amp;#039;adressant à tous indépendamment de l&amp;#039;âge ou du milieu social.
+&lt;/p&gt;
+&lt;p&gt;
+ 43% des 66 millions de français pratiquent une activité physique et/ou sportive avec une certaine régularité. On recense 9 millions de personnes en situation de handicap dont 32,8% qui pratiquent une activité physique – soit 3 millions de personnes. On dénombre, au sein de ces 3 millions de personnes, 179 000 licenciés inscrits dans l&amp;#039;une des 90 fédérations sportives reconnues par l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds d&amp;#039;accessibilité à la pratique sportive pour les personnes en situation de handicap est un moyen pour répondre à ces besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide concerne l&amp;#039;acquisition de matériel sportif nécessaire au développement de la pratique des personnes en situation de handicap. Pour l&amp;#039;année 2020, ce matériel devra avoir été acheté entre le
+ &lt;strong&gt;
+  01/01/2020
+ &lt;/strong&gt;
+ et le
+ &lt;strong&gt;
+  31/12/2020.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les bénéficiaires peuvent être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les comités départementaux ou les clubs affiliés à la Fédération Française de Handisport ou de Sport Adapté
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou les clubs affiliés à une autre fédération, sous réserve d&amp;#039;être référencés dans le handiguide national des sports.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Handicap
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Siège social de l&amp;#039;association situé en Occitanie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Comités départementaux handisport, sport adapté ou autres
+  &lt;/li&gt;
+  &lt;li&gt;
+   Clubs affiliés à une fédération spécifique ou clubs affiliés à une autre fédération, sous réserve d&amp;#039;être référencés dans le handiguide national des sports consultable sur www.handiguide.sports.gouv.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Fonds-d-accessibilite-a-la-pratique-sportive-pour-les-personnes</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valérie GARCIA : 04 67 22 86 77 / valerie.garcia&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9536-fonds-daccessibilite-a-la-pratique-sportive-p/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>10206</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Garantir l'accessibilité des personnes handicapées aux bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J122" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles. Plafond de subvention : 50.000 €.</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a comme objectif de contribuer aux objectifs fixés par la loi du 11 février 2005 « pour l&amp;#039;égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées » qui précise notamment que « les établissements existants recevant du public doivent être tels que toute personne handicapée puisse y accéder, y circuler et y recevoir les informations qui y sont diffusées, dans les parties ouvertes au public. L&amp;#039;information destinée au public doit être diffusée par des moyens adaptés aux différents handicaps ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Handicap
+Equipement public
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers dont la subvention serait inférieure à 1 000 € ne seront pas recevables (dépenses éligibles &amp;lt; 3 333 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les rampes d&amp;#039;accès, cheminements dédiés aux personnes à mobilité réduite, ascenseurs ou élévateurs, sanitaires, signalétique adaptée...,
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles,
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les places de parking, voirie et toilettes publiques dans le cadre de bâtiments isolés (la mise en accessibilité des toilettes dans le cadre d&amp;#039;un projet global de mise en accessibilité d&amp;#039;un bâtiment est éligible),
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement régional doit permettre la mise en accessibilité globale du ou des bâtiments concernés,
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles et la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables,
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les Équipements recevant du public appartenant aux communes ou EPCI avec ou sans fiscalité propre sont éligibles,
+&lt;/p&gt;
+&lt;p&gt;
+ Seule 1 opération (pouvant regrouper plusieurs bâtiments) pourra être accompagnée par an et par commune,
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif « accessibilité des bâtiments publics » n&amp;#039;est cumulable qu&amp;#039;avec le dispositif de rénovation énergétique des bâtiments publics sur la base de dépenses éligibles distinctes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Mise-en-accessibilite-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6163-mise-en-accessibilite-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>142706</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles vos bâtiments, espaces publics et transports</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assurer l&amp;#039;accessibilité de la chaîne des déplacements renforce l&amp;#039;attractivité du territoire et répond à une exigence sociale croissante.
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte de la diversité des publics et leurs besoins évolutifs (pour construire des réponses adaptées) constitue un vecteur majeur d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema, fort de son expertise technique et de sa capacité à développer des approches innovantes et intégrées, vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité, qu&amp;#039;ils concernent la voirie et les espaces publics, les bâtiments ou les transports.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment prendre en compte l&amp;#039;ensemble des besoins spécifiques de chaque population (vieillissement, handicaps) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer la continuité de la chaîne du déplacement et traiter les interfaces ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer un cheminement accessible, confortable et sécurisé pour tous ? et permettre à chacun de se repérer et s&amp;#039;orienter ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment garantir l&amp;#039;accès pour tous aux établissements et leur confort d&amp;#039;usage ? Comment assurer l&amp;#039;accessibilité des logements et favoriser le maintien à domicile ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer le niveau d&amp;#039;accessibilité des transports ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maître d&amp;#039;ouvrage public ou privé (dans les domaines voirie, bâtiment ou transport), et plus particulièrement : une collectivité (métropole, ville, commune) en France métropolitaine ou d&amp;#039;Outre-mer, un gestionnaire de patrimoine public ou privé, une région, un département, le Cerema vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour l&amp;#039;élaboration et la mise en œuvre de stratégies d&amp;#039;accessibilité (en amont, programmation de l&amp;#039;accessibilité, à une échelle territoriale ou patrimoniale...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise intégrée sur des projets liés à l&amp;#039;accessibilité (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - bonne connaissance de la réglementation et des besoins des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser d&amp;#039;autres partenaires (acteurs de la &amp;#34;mise en œuvre&amp;#34;, développeurs de solutions)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réseaux, d&amp;#039;ateliers techniques (démarches participatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation / sensibilisation : montage ou support au montage de formations sur-mesure (en présentiel, à distance, ou mixtes)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Expérimentations sur le guidage en traversée piétonne avec la ville de Paris
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Solidéo, société de livraison des ouvrages olympiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement de la solidéo pour la livraison de logements accessibles et adaptés au vieillissement sur l&amp;#039;opération &amp;#34;Cluster Média&amp;#34; des JOP Paris 2024
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lorient Agglomération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mission d&amp;#039;évaluation du niveau d&amp;#039;accessibilité des transports pour le compte de Lorient Agglomération
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rendre-accessibles-vos-batiments-espaces-publics-transports</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3fb-rendre-accessibles-vos-batiments-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>163164</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J124" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
+        </is>
+      </c>
+      <c r="W124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>162387</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'optimisation du potentiel photovoltaïque territorial</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Plan solaire : AMI - Foncier dérisqué</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région souhaite soutenir l&amp;#039;optimisation du potentiel photovoltaïque territorial, en équipant le plus de sites possible. Cette étude a donc pour but d&amp;#039;identifier sur l&amp;#039;ensemble d&amp;#039;un patrimoine, toutes les installations possibles, et d&amp;#039;étudier leur faisabilité technique et économique afin de tendre vers une planification du photovoltaïque saine et durable. L&amp;#039;objectif est de permettre la réalisation d&amp;#039;installations groupées.&lt;/p&gt; &lt;p&gt;Entreprises, collectivités, parcs naturels régionaux, toute personne morale publique ou privée.&lt;/p&gt; &lt;p&gt;Dans cet esprit et dans le but de ne pas gâcher le gisement et de tendre vers une planification du photovoltaïque saine et durable, la Région souhaite prioriser son soutien aux déploiements de projets photovoltaïques raccordés au réseau qui visent l’optimisation du potentiel territorial et équipent notamment le plus de sites possibles sans limitation aux plus rentables (opérations collectives, projets citoyens, grappes d’installations, etc.).&lt;/p&gt; &lt;p&gt;Les projets prioritaires seront ceux intégrant une forte implication des citoyens et des élus, démontrant une implication et une volonté de déployer massivement le photovoltaique, intégrant une cohérence sur la démarche apportée dans la planification territoriale et se positionnant sur un engagement de réalisation des projets réalisables.&lt;/p&gt; &lt;p&gt;Instruction tout au long de l&amp;#039;année. Pas de date butoir.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P125" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets prioritaires seront ceux intégrant une forte implication des citoyens et des élus, démontrant une implication et une volonté de déployer massivement le photovoltaique, intégrant une cohérence sur la démarche apportée dans la planification territoriale et se positionnant sur un engagement de réalisation des projets réalisables.&lt;/p&gt; &lt;p&gt;Via le site de demande de subvention en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/plan-solaire-ami-foncier-derisque</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;gburle&amp;#64;maregionsud.fr;&lt;/p&gt;
+&lt;p&gt;maquadrio&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-solaire-ami-foncier-derisque/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>95067</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Développer le solaire thermique (production d'eau chaude par capteurs solaires)</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au solaire thermique</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les charges de production d&amp;#039;eau chaude sanitaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Production d&amp;#039;eau chaude par capteurs solaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude pour une surface de capteurs inférieure à 25 m2 ou pour le cas copropriétés:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette éligible : 3 500 € d&amp;#039;assiette par bâtiment étudié
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface inférieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 60% maximum plafonné à 1 200 €HT/m2, dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 (6.6) relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface supérieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cas général :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Règles : « Fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Cas des copropriétés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature : subvention avance remboursable à taux zéro Section : investissement fonctionnement Taux maxi : 60 % maximum plafonné à 1 100 €HT/m2 et 120 m2 de surface de capteurs Remarque : intervention par la Région seule
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  le règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-solaire-thermique-2/</t>
+        </is>
+      </c>
+      <c r="W126" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  site de la région Grand-Est
+ &lt;/a&gt;
+ pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5da-soutien-au-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>95069</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Développer le photovoltaïque</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider les porteurs de projets à sécuriser leurs coûts énergétiques en les incitants à installer un système de production d&amp;#039;électricité à coût constant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre le développement de compétences dans le domaine de l&amp;#039;autoconsommation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales, leurs groupements et leurs délégataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bailleurs sociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les copropriétés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets participatifs et citoyens.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les particuliers à titre individuel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la promotion immobilière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Etat, les Départements et leurs opérateurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les professionnels de la filière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Installation de générateur photovoltaïque raccordé au réseau ou en autoconsommation produisant de l&amp;#039;électricité renouvelable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les installations faisant l&amp;#039;objet d&amp;#039;une aide au titre des appels à projets nationaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les installations au sol présentant des conflits d&amp;#039;usage : terre agricole ou forestière, espaces naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets privés de revente totale hors délégation et projets citoyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bâtiments ou sites utilisant un mode de chauffage par effet joule.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux :
+  &lt;/strong&gt;
+  70 % sauf 60 % pour les moyennes entreprises, 50 % pour les grandes entreprises.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond :
+  &lt;/strong&gt;
+  5 000 € d&amp;#039;assiette par bâtiment étudié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque
+  &lt;/strong&gt;
+  : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cas particulier des projets participatifs et citoyens
+ &lt;/strong&gt;
+ Ce type de projet peut bénéficier d&amp;#039;un accompagnement spécifique – ex : aide la structuration juridique du projet, aide à la mise en place et à l&amp;#039;animation de réunions d&amp;#039;informations - à hauteur de 70 % plafonné à 10 000 € d&amp;#039;aide voir 12 000 € pour les territoires en zone Pacte de ruralité (voir fiche dispositif dédiée).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  I
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  nvestissement – puissance inférieure à 100 kWc :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux : 30 % maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond : de 200 €/kWc à 400 €/kWc selon le taux d&amp;#039;autoconsommation, la puissance et la nature du porteur de projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il sera accordé une aide par point de raccordement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remarque : intervention par la Région seule
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P127" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="W127" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0078/depot/simple</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-au-photovoltaique
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68aa-soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>97691</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maisons et centres de santé pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de santé (ARS) — Occitanie
+Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I128" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J128" s="1" t="inlineStr">
+        <is>
+          <t>Limite d’un montant de subvention de 150 000 €</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département apporte un financement aux projets de maisons et centres de santé pluridisciplinaires afin d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est attribuée dans une zone déficitaire en matière de soin aux collectivités (communes, intercommunalités).
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires sont les collectivités (communes, intercommunalités) souhaitant réaliser le bâtiment d&amp;#039;une Maison de Santé Pluriprofessionnelle dont le projet a été préalablement validé par le comité régional de sélection des MSP en zone sous dotée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département aux projets de Maisons de Santé Pluriprofessionnelles s&amp;#039;inclut dans une démarche globale d&amp;#039;aménagement du territoire, visant à lutter contre la désertification médicale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ communes, EPCI, établissements et organismes  de santé à but non lucratif (établissement de santé et mutuelle).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des dépenses liées à la construction ou à la rénovation du bâti, en extérieur et en intérieur, ainsi qu&amp;#039;aux VRD,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses liées aux aménagements intérieurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement réalisées pour l&amp;#039;achat de mobilier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses liées à l&amp;#039;intégration d&amp;#039;une pharmacie dans les locaux de la MSP ou d&amp;#039;un équipement de balnéothérapie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/maison-de-sante-pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Mail: richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assistant de Direction / Comptable - Maeva Homs
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : maeva.homs&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/888c-favoriser-linstallation-de-medecins-et-accroi/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>120101</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Analyser l'opportunité d'installer une production d'énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Analyse d'opportunité d'installation d'énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une analyse d&amp;#039;opportunité consiste à étudier le potentiel de production d&amp;#039;énergie renouvelable sur un (ou plusieurs) élément(s) de patrimoine, que ce soit en production d&amp;#039;électricité (solaire photovoltaïque) ou en production de chaleur dédié à un bâtiment ou réseau de chaleur (bois-énergie, géothermie, solaire thermique,...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces analyses sont, pour le maître d&amp;#039;ouvrage, des outils d&amp;#039;aide à la décision pour s&amp;#039;engager dans la réalisation d&amp;#039;un projet. Elles fournissent des éléments de comparaison par rapport à une solution de référence sur les consommations d&amp;#039;énergie, les émissions de carbone et des données économiques en coût global (investissement et exploitation).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ASDER réalise une cinquantaine d&amp;#039;analyses d&amp;#039;opportunité par an pour les communes de Savoie, que ce soit sur des projets neufs ou pour un changement d&amp;#039;énergie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Christian Fleury - Responsable du pôle collectivités et terrritoires
+  &lt;/li&gt;
+  &lt;li&gt;
+   christian.fleury&amp;#64;asder.asso.fr - 04 79 85 88 50
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0732-analyser-lopportunite-dinstaller-une-producti/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>162396</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de subvention pour l'étude de faisabilité pour des projets de solaire thermique (eau chaude sanitaire, chaleur)</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des projets de solaire thermique (eau chaude sanitaire, chaleur)</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études de faisabilité technico-économique pour des projets d’installations solaires centralisées de production d’eau chaude peuvent bénéficier d’un soutien financier sous forme de subvention, pour les bâtiments existants.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/li&gt; 	&lt;li&gt;L&amp;#039;étude de faisabilité doit impérativement respecter le cahier des charges de l&amp;#039;ADEME : &amp;#34;Etude de faisabilité et de dimensionnement d&amp;#039;une installation de solaire thermique&amp;#34;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; &lt;br /&gt; Il existe aussi aides pour les travaux de solaire thermique, pour la réhabilitation des installations de solaire thermique ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P130" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/li&gt; 	&lt;li&gt;L&amp;#039;étude de faisabilité doit impérativement respecter le cahier des charges de l&amp;#039;ADEME : &amp;#34;Etude de faisabilité et de dimensionnement d&amp;#039;une installation de solaire thermique&amp;#34;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; En amont d&amp;#039;un projet, pour une aide au choix de l&amp;#039;énergie renouvelable, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-projets-de-solaire-thermique-eau-chaude-sanitaire-chaleur</t>
+        </is>
+      </c>
+      <c r="W130" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : aroussaly&amp;#64;maregionsud.fr ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-projets-de-solaire-thermique-eau-chaude-sanitaire-chaleur/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>162398</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les audits et la réhabilitation d’installations solaires thermiques collectives (installations existantes)</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux audits et réhabilitation d’installations solaires thermiques collectives (installations existantes)</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif est de porter assistance aux Maîtres d’ouvrages qui font face à des installations présentant des dysfonctionnements, en les accompagnant techniquement et financièrement dans la mise en place d’audits de ces installations, suivis d’une réhabilitation, à laquelle sera associée un contrat de maintenance intégrant un engagement de bon fonctionnement ou un contrat de performance, selon le souhait de la maîtrise d’ouvrage.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Prestataire d’ingénierie RGE « Solaire thermique collectif » (sur la partie audit) : qualification 20.14 délivrée par l’OPQIBI ou équivalent.&lt;/li&gt; 	&lt;li&gt;Installateurs RGE « Solaire thermique collectif » (sur la partie réhabilitation) :&lt;/li&gt; 	&lt;li&gt;Qualification Qualisol Collectif délivrée par Qualit’Enr,&lt;/li&gt; 	&lt;li&gt;Qualifications 5131 ou 5132 délivrées par Qualibat &amp;#43; une formation « Qualisol solaire thermique collectif »2&lt;/li&gt; 	&lt;li&gt;Exploitants formés selon le référentiel de formation « SOCOL exploitant » (formation dispensée à ce jour par le COSTIC, le CRER et l’INES).&lt;/li&gt; 	&lt;li&gt;L’installation devra être suivie et maintenue par un exploitant (contrat d’exploitation obligatoire). Enfin, l’ensemble des moyens de recours (à l’amiable ou judiciaire) contre les parties responsables de l’installation auront été utilisés.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; Il existe aussi aides des aides aux études de faisabilité solaire thermique ainsi que pour les travaux d&amp;#039;installations solaires thermiques, ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P131" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Prestataire d’ingénierie RGE « Solaire thermique collectif » (sur la partie audit) : qualification 20.14 délivrée par l’OPQIBI ou équivalent.&lt;/li&gt; 	&lt;li&gt;Installateurs RGE « Solaire thermique collectif » (sur la partie réhabilitation) :&lt;/li&gt; 	&lt;li&gt;Qualification Qualisol Collectif délivrée par Qualit’Enr,&lt;/li&gt; 	&lt;li&gt;Qualifications 5131 ou 5132 délivrées par Qualibat &amp;#43; une formation « Qualisol solaire thermique collectif »2&lt;/li&gt; 	&lt;li&gt;Exploitants formés selon le référentiel de formation « SOCOL exploitant » (formation dispensée à ce jour par le COSTIC, le CRER et l’INES).&lt;/li&gt; 	&lt;li&gt;L’installation devra être suivie et maintenue par un exploitant (contrat d’exploitation obligatoire). Enfin, l’ensemble des moyens de recours (à l’amiable ou judiciaire) contre les parties responsables de l’installation auront été utilisés.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Si besoin, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-audits-et-rehabilitation-dinstallations-solaires-thermiques-collectives-installations-existantes</t>
+        </is>
+      </c>
+      <c r="W131" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-audits-et-rehabilitation-dinstallations-solaires-thermiques-collectives-installations-existantes/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>162651</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement vos bâtiments publics via le programme SERENE</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Programme SERENE - Service de Rénovation énergétique du SDE35</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Avance récupérable
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possible ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les travaux accompagnés ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations de rénovation globale&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;efficacité énergétique avec priorité donnée aux travaux éligibles à l&amp;#039;intracting (remplacement des équipements de chauffage, relamping, GTB)&lt;/li&gt;&lt;li&gt;Possibilité de confier les travaux lourds de rénovation : en coordination avec les offres existantes des SEM : Territoires, SEM Breizh, Orchestr&amp;#039;Am, Terres et toits.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement technique&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation des travaux « d’efficacité énergétique » par le SDE35 sous mandat de maitrise d’ouvrage déléguée, afin de mutualiser le suivi et les achats ou achats&lt;/li&gt;&lt;li&gt;Ou réalisation des travaux en Assistance à Maitrise d’Ouvrage (AMO) pour vous garantir que les moyens sont en adéquation avec vos objectifs de performances énergétiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement financier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mutualisation du financement des travaux de rénovation à l’échelle du SDE35, comprenant la recherche de financements extérieurs (subventions) et le portage des emprunts via un partenariat engagé avec la Banque des Territoires (pour les temps de retour sur investissement inférieur à 13 ans) ou des banques privées (pour les TRI &amp;gt; 13 ans).&lt;/li&gt;&lt;li&gt;Remboursement différé des annuités après la mise en service de la rénovation, afin de permettre à la collectivité propriétaire de dégager des capacités de remboursement par les économies de fluides réalisées&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Coût pour les collectivités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cession des CEE des travaux au SDE35&lt;/li&gt;&lt;li&gt;Frais de commissionnement allant de 1 à 5 % suivant l&amp;#039;ingénierie demandée&lt;/li&gt;&lt;li&gt;Conventionnement adapté sur la durée avec les communes en fonction de chaque projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets en délégation de maitrise d&amp;#039;ouvrage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/20240111-140256-66742bd853de6.jpg" alt /&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Remplacement du système de chauffage par création d&amp;#039;une chaufferie et d&amp;#039;un réseau technique - Budget prévisionnel de l&amp;#039;opération HT : 345 000 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectif : 35 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une chaudière à granulés avec son silo&lt;/p&gt;&lt;p&gt;Création d&amp;#039;un réseau technique reliant 2 bâtiments&lt;/p&gt;&lt;p&gt;Rénovation du site existant&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/bain-ext-66742c8b48e7e.jpg" alt /&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Rénovation d&amp;#039;une salle polyvalente - Budget prévisionnel de l&amp;#039;opération HT : 254 730 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectifs : 56 % de réduction des consommations énergétiques et 54 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Mise en place d&amp;#039;une Gestion Technique Centralisée de bâtiment&lt;/p&gt;&lt;p&gt;Changement des menuiseries et installation de filtres solaires&lt;/p&gt;&lt;p&gt;Abaissement et isolation de plafond&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une Centrale de Traitement d&amp;#039;Air double-flux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité au dispositif SERENE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La collectivité reverse la totalité ou une partie de la TCFE au SDE35&lt;/li&gt;&lt;li&gt;La collectivité conventionne avec le service CEP sur son territoire. Les territoires non couverts par un CEP sont invités à s&amp;#039;adresser directement au SDE35.&lt;/li&gt;&lt;li&gt;La collectivité a réalisé un audit énergétique ou un pré-diagnostic du CEP avant l&amp;#039;intervention de SERENE.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thomas BERTHIAU - responsable du pôle SERENE - &lt;a target="_self"&gt;t.berthiau&amp;#64;sde35.fr&lt;/a&gt; - 07 56 05 45 65&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>131826</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>ISERENOV'</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Isère (TE38)</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="I133" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J133" s="1" t="inlineStr">
+        <is>
+          <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ 16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement de chaudière d&amp;#039;un gymnase
+  &lt;/li&gt;
+  &lt;li&gt;
+   ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Postes de travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Isolation toiture : BAT-EN-101 / BAR-EN-101
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation murs : BAT-EN-102 / BAR-EN-102
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation sous plancher : BAT-EN-103 / BAR-EN-103
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement menuiseries : BAT-EN-104 / BAR-EN-104
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation toit terrasse : BAT-EN-107 / BAR-EN-107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement chaudière combustible : BAT-TH-102 / BAR-TH-106/107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Système de régulation par prog d&amp;#039;intermittence : BAT-TH-108 / BAR-TH-118
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chauffe-eau solaire collectif : BAT-TH-111 / BAR-TH-124/135
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe à chaleur : BAT-TH-113 / BAR-TH-129
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion Technique Centralisée (GTC) : BAT-TH-116
+  &lt;/li&gt;
+  &lt;li&gt;
+   Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site gouvernemental des fiches CEE :
+ &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
+  https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te38.fr/iserenov/</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Envoyez votre demande sur iserenov&amp;#64;te38.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>jgiono@te38.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>153402</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique des copropriétés</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Aide Rénovation énergétique copropriété</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I134" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Planète Manche Rénovation &amp;#34;volet copropriété&amp;#34; est un dispositif d&amp;#039;aide aux copropriétés pour des projets de rénovation globale d&amp;#039;habitations collectives privées utilisées en résidence principale et situées sur le territoire de la Manche. Les projets visés concernent la rénovation globale des habitations dans un souci de performance énergétique et de respect de la qualité architecturale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux éligibles traitent les parties communes ou relevent d&amp;#039;un intérêt collectif au sein des parties privatives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux concernant la construction neuve, une extension de la surface habitable d&amp;#039;un bâtiment existant ou le changement de destination de locaux ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale est réservée aux copropriétés gérées par un syndic professionnel ou bénévole, enregistré au registre national des copropriétés. Elle concerne les bâtis collectifs à usage d&amp;#039;habitations principales de plus de 15 ans et situés sur le territoire de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département est de 25% des dépenses éligibles avec un plafond par dossier fixé à 75.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier transmis par le syndicat de copropriété devra comporter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le formulaire de demande d&amp;#039;aide signé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le procès verbal de l&amp;#039;assemblée générale donnant mandat au syndic de copropriété pour cette demande de subvention et validant les travaux à engager faisant l&amp;#039;objet de la demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les devis non signés des travaux prévus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;audit énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une photo de la façade.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les attestations RGE des entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent notamment mettre en oeuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des façades, toitures, planchers bas, menuiseries extérieures, ventilation), d&amp;#039;installation de systèmes de chauffage et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets doivent concerner à minima deux postes de travaux dont l&amp;#039;un doit concerner obligatoirement un poste d&amp;#039;isolation : murs, toitures ou planchers bas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour être considéré comme un poste de travaux, les travaux doivent concerner la totalité des travaux restant à réaliser dans une même nature de travaux. La ventilation n&amp;#039;est pas considérée comme un poste de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement du projet par un assistant à maîtrise d&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attention, les devis ne doivent pas être signés et les travaux ne doivent pas être engagés avant la réception d&amp;#039;un accusé de réception du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux dépenses TTC liées aux travaux d&amp;#039;amélioration énergétique : isolation de l&amp;#039;enveloppe, remplacement des ouvrants, des systèmes de chauffage, de production d&amp;#039;eau chaude sanitaire, mise en place d&amp;#039;une ventilation mécanique contrôlée, ainsi que les travaux induits, c&amp;#039;est-à-dire nécessairement liés aux travaux précités.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="W134" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/987a-aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>102099</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable sur le territoire de la Métropole de Lyon (aide aux travaux) - Prime éco-chaleur</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement des énergies renouvelables thermiques sur la Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Grand Lyon La Métropole</t>
+        </is>
+      </c>
+      <c r="F135" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J135" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire en fonction de la production d'énergie renouvelable (€/MWh)</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service d&amp;#039;accompagnement et d&amp;#039;aides financières proposé par la Métropole de Lyon, la Prime éco-chaleur développe la chaleur renouvelable sur son territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Plus d&amp;#039;énergies renouvelables, moins de CO2
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le Schéma directeur des énergies de la Métropole de Lyon, a mis en évidence que plus de la moitié des consommations du territoire découlent des besoins de chaleur qui ne sont couverts que de manière marginale par les Énergies renouvelables et de récupération (EnR&amp;amp;R).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est un des leviers d&amp;#039;action pour atteindre la sobriété énergétique sur le territoire et pour répondre aux objectifs du Plan climat air énergie territorial : plus 17% EnR&amp;amp;R dans la part des consommations et moins 43% d&amp;#039;émissions de CO2 par rapport à 2000.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est le nom communiquant du Contrat de développement territorial des énergies renouvelables thermiques signé en 2020 entre l&amp;#039;ADEME et la Métropole de Lyon. La Métropole de Lyon, avec l&amp;#039;appui fort de l&amp;#039;ALEC Lyon soutient et coordonne le dispositif sur son territoire et instruit les subventions pour le compte de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Un accompagnement gratuit et des aides financières
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur de la Métropole de Lyon s&amp;#039;adresse aux collectivités territoriales, copropriétés, entreprises, promoteurs et aménageurs, associations et bailleurs sociaux qui souhaitent installer une chaufferie bois, du solaire thermique, de la géothermie, un réseau de chaleur ou récupérer de la chaleur fatale. L&amp;#039;accompagnement est gratuit. Les subventions peuvent aller jusqu&amp;#039;à 70% des montants pour la partie études et des aides forfaitaires sont déterminées selon la production de chaleur EnR pour la partie travaux. &lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;La fondation ARALIS a bénéficier d&amp;#039;une aide de plus de 50 % de l&amp;#039;investissement pour de la géothermie sur sondes pour une pension de famille et du logement social.&lt;/li&gt;&lt;li&gt;Le constructeur Léon Grosse a bénéficié de la Prime éco-chaleur sur la construction de son siège le 8ieme Chemin à Bron pour de la géothermie sur sondes. &lt;/li&gt;&lt;li&gt;L&amp;#039;EHPAD Thérèse Couderc a décarboné sa production de chaleur avec la mise en place d&amp;#039;une chaudière bois granulés dans un bâtiment patrimonial. La chaudière assurera près de 90 % de la production de chaleur du site.&lt;/li&gt;&lt;li&gt;L&amp;#039;industriel Renault Trucks a installé une production de géothermie sur nappe lors de la réhabilitation de son bâtiment tertiaire au coeur du site industriel. La production assurer plus de 85 % de la production de chaleur, le reste étant complété par une pompe à chaleur aérothermique. Le site atteint 100 % de production électrique.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P135" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2023</t>
+        </is>
+      </c>
+      <c r="Q135" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux éligibles concernent les installations de chaleur renouvelable utilisant le bois énergie, la géothermie, le solaire thermique ou la chaleur fatale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces installations doivent respecter des critères d&amp;#039;éligibilité dont le détail est précisé sur le site dédié au dispositif. Ces exigences concernent les volets suivants :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;étude préalables
+&lt;/li&gt;&lt;li&gt;critères techniques de performance
+&lt;/li&gt;&lt;li&gt;qualification des prestataires
+&lt;/li&gt;&lt;li&gt;performance énergétique du bâtiment&lt;/li&gt;&lt;li&gt;suivi de l&amp;#039;installation (comptage obligatoire)
+ &lt;/li&gt;&lt;li&gt;contrat d&amp;#039;entretien
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ Des seuils d&amp;#039;éligibilité max sont indiqués et au dessus de ces seuils (2000 MWh entrée PAC pour la géothermie, 12 000 MWh pour le bois énergie, 1 500 m2 pour le solaire thermique et 1 000 MWh pour la chaleur fatale), les projets sont renvoyés vers l&amp;#039;ADEME Régionale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/1wMp35r-S3w?si=G2TimqPXXn55LUGA</t>
+        </is>
+      </c>
+      <c r="W135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/services/aides-et-accompagnements/la-prime-eco-chaleur/</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Référent Métropole de Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Maxime Dinnat
+ &lt;br /&gt;
+ Chef de projets Transition Énergétique EnR&amp;amp;R - Prime éco-chaleur
+ &lt;br /&gt;
+ 04 26 83 90 63 - prime-ecochaleur&amp;#64;grandlyon.com
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  Référent ALEC Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Lucas Venosino
+ &lt;br /&gt;
+ Chargé de développement efficacité énergétique et énergie renouvelable
+ &lt;br /&gt;
+ 04 28 29 96 09 - prime-ecochaleur&amp;#64;alec-lyon.org
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>lucas.venosino@alec-lyon.org</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ae9-prime-eco-chaleur-aide-aux-travaux/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>102098</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable sur le territoire de la Métropole de Lyon (aide à la décision) - Prime éco-chaleur</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement des énergies renouvelables thermiques sur la Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Grand Lyon La Métropole</t>
+        </is>
+      </c>
+      <c r="F136" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I136" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J136" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la décision : études de faisabilité, études d'AMO, forages de reconnaissance, TRT</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service d&amp;#039;accompagnement et d&amp;#039;aides financières proposé par la Métropole de Lyon, la Prime éco-chaleur vise à favoriser la filière des énergies renouvelables thermiques sur son territoire.
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plus d&amp;#039;énergies renouvelables, moins de CO2
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Schéma directeur des énergies de la Métropole de Lyon, a mis en évidence que plus de la moitié des consommations du territoire découlent des besoins de chaleur qui ne sont couverts que de manière marginale par les Énergies renouvelables et de récupération (EnR&amp;amp;R).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Prime éco-chaleur est un des leviers d&amp;#039;action pour atteindre la sobriété énergétique sur le territoire et pour répondre aux objectifs du Plan climat air énergie territorial : plus 17% EnR&amp;amp;R dans la part des consommations et moins 43% d&amp;#039;émissions de CO2 par rapport à 2000.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est le nom communiquant du Contrat de développement territorial des énergies renouvelables thermiques signé en 2020 entre l&amp;#039;ADEME et la Métropole de Lyon. La Métropole de Lyon, avec l&amp;#039;appui fort de l&amp;#039;ALEC Lyon soutient et coordonne le dispositif sur son territoire et instruit les subventions pour le compte de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Un accompagnement gratuit et des aides financières
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur de la Métropole de Lyon s&amp;#039;adresse exclusivement aux collectivités territoriales, entreprises, promoteurs et aménageurs, associations et bailleurs sociaux qui souhaitent installer une chaufferie bois, du solaire thermique, de la géothermie ou un réseau de chaleur. L&amp;#039;accompagnement est gratuit. Les subventions peuvent aller jusqu&amp;#039;à 70% des montants pour la partie études et des aides forfaitaires sont déterminées selon la production de chaleur EnR pour la partie travaux. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un commune du territoire Métropolitain va réaliser un Test de Réponse Thermique (TRT) pour connaître le potentiel thermique du sol ainsi qu&amp;#039;une étude de faisabilité pour la réalisation d&amp;#039;une salle polyvalente chauffée par géothermie. Les études bénéficieront de 70 % d&amp;#039;aide de la PRIME ÉCO-CHALEUR pour des coûts d&amp;#039;étude de 18 500€ (TRT) et 5 400€ (EF) (avant subvention).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P136" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2023</t>
+        </is>
+      </c>
+      <c r="Q136" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les études éligibles sont les études de faisabilité, test de réponse thermique (géothermie sur sondes), forage d&amp;#039;essai/de reconnaissance, études d&amp;#039;AMO (assistance à maîtrise d&amp;#039;ouvrage).
+&lt;/p&gt;
+&lt;p&gt;
+ Il est nécessaire de respecter les critères d&amp;#039;éligibilité suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;respecter les cahiers des charges ADEME sur l&amp;#039;étude considérée.
+&lt;/li&gt;&lt;li&gt;sélectionner un prestataire qualifié Reconnu Garant de l&amp;#039;Environnement (RGE) dans la filière concernée (bois énergie, géothermie, solaire thermique, réseau de chaleur, récupération de chaleur fatale)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://seafile.alec-lyon.org/f/cb31ce77c63742c6b541/" target="_self"&gt;- critères d&amp;#039;éligibilités détaillés -&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/1wMp35r-S3w?si=G2TimqPXXn55LUGA</t>
+        </is>
+      </c>
+      <c r="W136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/services/aides-et-accompagnements/la-prime-eco-chaleur/</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Référent Métropole de Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Maxime Dinnat
+ &lt;br /&gt;
+ Chef de projets Transition Énergétique EnR&amp;amp;R – Prime Éco-Chaleur - prime-ecochaleur&amp;#64;grandlyon.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 26 83 90 63
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Référent ALEC Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Lucas Venosino
+ &lt;br /&gt;
+ Chargé de développement efficacité énergétique et énergie renouvelable  - prime-ecochaleur&amp;#64;alec-lyon.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 28 29 96 09
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>lucas.venosino@alec-lyon.org</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf5f-prime-eco-chaleur-aide-a-la-decision/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W137" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>163291</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du dispositif Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service « Conseil en Energie Partagé » (CEP) proposé par TE80 consiste à partager les compétences en énergie de 4 techniciens 
+spécialisés. Cela permet aux collectivités n’ayant pas les ressources 
+internes suffisantes de mettre en place une politique énergétique 
+maîtrisée, et d’agir concrètement sur leur patrimoine pour réaliser des 
+économies.&lt;/p&gt;&lt;p&gt;Le Conseil en Energie Partagé en quelques mots :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;État des lieux énergétique du patrimoine (bâti et chaufferies)&lt;/li&gt;&lt;li&gt;Anlayse et suivi des consommations&lt;/li&gt;&lt;li&gt;Conseils
+ indépendants et personnalisés (optimisation tarifaire, rédaction de cahier des charges, recherche d’artisans qualifiés…)&lt;/li&gt;&lt;li&gt;Recherche de leviers financiers (CEE, subventions régionales, financement participatif…)&lt;/li&gt;&lt;li&gt;Mise en place d’opérations groupées de commandes&lt;/li&gt;&lt;li&gt;opérations sous mandat de maitrise d&amp;#039;ouvrage pour les collectivités souhaitant confier le pilotage des études et des travaux&lt;/li&gt;&lt;li&gt;recherche de leviers financiers &lt;/li&gt;&lt;li&gt;valorisation des CEE&lt;/li&gt;&lt;li&gt;octroi d&amp;#039;aides financières (Contrat chaleur renouvelable territorial, fond de concours à la rénovation de Territoire d&amp;#039;énergie selon les modalité e&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour
+ établir un bilan énergétique, le CEP réalise un inventaire du 
+patrimoine, s’appuie notamment sur l’analyse des dernières factures des 
+consommations eau/gaz et électricité des bâtiments communaux et apporte 
+une expertise sur les projets envisagés de la collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation de bâtiments publics, changement de mode de chauffage, optimisation de contrats d&amp;#039;exploitation, installation d&amp;#039;énergies renouvelables...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion par transfert de la compétence maîtrise de la demande en énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;80€/bâtiments/an sur 6 ans&lt;/p&gt;&lt;p&gt;atteinte de 40% d&amp;#039;économies d&amp;#039;énergie minimum&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/conseil-en-energie-partage/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>156134</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'aménagement et l'équipement d'aires de jeux inclusives</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENT ET ÉQUIPEMENT DES AIRES DE JEUX INCLUSIVES (adaptées à un ou plusieurs handicaps ou déficiences : moteur, auditif, visuel, mental)</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I139" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J139" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Concourir à doter le territoire d&amp;#039;aires de jeux inclusives pour offrir aux enfants en situation de handicap un lieu de jeux et de rencontres en plein air.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Jeunesse
+Handicap
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement dédiées au projet :
+ achat des équipements (ex : balançoires adaptées, jeux sensoriels...), prestation de montage, travaux d&amp;#039;aménagements, signalétique..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet devra proposer au moins un équipement spécifique ou jeu adapté à un ou plusieurs handicaps ou déficiences (moteur / auditif / visuel / mental). Le sol de l&amp;#039;espace devra être adapté aux fauteuils roulants et poussettes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations et notamment les travaux aux abords immédiats pour favoriser l&amp;#039;accessibilité. Les travaux de mise en accessibilité seront inclus dans la dépense éligible.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets au sein de cours d&amp;#039;écoles fermées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses subventionnables : 8.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses subventionnables : 70.000€ HT pour les constructions - 50.000€ HT pour les réhabilitations
+ &lt;/li&gt;
+&lt;/ul&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagement-et-equipement-des-aires-de-jeux-inclusives/</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04a0-modele/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>133546</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Développer des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Développement des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J140" s="1" t="inlineStr">
+        <is>
+          <t>le taux maximum varie selon la taille de l'entreprise</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à faciliter l&amp;#039;installation des panneaux et ombrières photovoltaïques dans toute la région Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les installations PV, le dispositif propose : jusqu&amp;#039;à 50% du montant TTC ou HT en cas de récupération de la TVA (
+ &lt;em&gt;
+  subvention max : 300 000€
+ &lt;/em&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région subventionne aussi le solar ready, c&amp;#039;est-à-dire les travaux de préparation d&amp;#039;une toiture à l&amp;#039;installation de panneaux solaires. (
+ &lt;a href="https://www.iledefrance.fr/enr" target="_self"&gt;
+  voir le site de la Région
+ &lt;/a&gt;
+ )
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les projets photovoltaïques sur toitures, les ombrières de parkings, les ombrières sur des zones artificialisées ne présentant pas de conflits d&amp;#039;usages, les délaissés routiers (parcelles déclassées par suite d&amp;#039;un changement de tracé des voies du domaine public routier) sans destination agricoles ou pastorales sur une durée de 20 ans minimum, agrivoltaïsme au cas par cas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La part des installations réalisées au-delà des obligations liées à la règlementation en vigueur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les candidats éligibles sont des personnes morales porteuses de projets (collectivités et leurs groupements, entreprises, associations, projet citoyens, bailleurs sociaux, syndic de copropriété ...).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets devront répondre aux critères d&amp;#039;éligibilité suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Production énergétique à des fins d&amp;#039;autoconsommation (
+  &lt;em&gt;
+   individuelle ou collective
+  &lt;/em&gt;
+  ) sans ou avec vente de surplus (
+  &lt;strong&gt;
+   sans tarif d&amp;#039;obligation d&amp;#039;achat ou complément de rémunération
+  &lt;/strong&gt;
+  ). Les projets en vente en gré à gré ou en revente à un autre agrégateur que EDF obligation d&amp;#039;achat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir une puissance d&amp;#039;installation de minimum 10 kwc
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les équipements de production énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le raccordement au réseau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux pour l&amp;#039;accueil des installations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires d&amp;#039;assistance technique ou frais de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/developpement-des-energies-renouvelables-electriques</t>
+        </is>
+      </c>
+      <c r="W140" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contacter l&amp;#039;adresse : aap-enr-elec&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83b6-developpement-du-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>161709</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné financièrement dans la réalisation de votre projet de Système Solaire Combiné (SSC)</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Installations de systèmes solaires combinés</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;     réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement :&lt;/strong&gt; étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de Systèmes Solaires Combinés (SSC) éligibles au Fonds Chaleur sont des installations de production de chaleur collective (chauffage et eau chaude sanitaire) avec des capteurs solaires thermiques dans lesquels circulent un fluide caloporteur. Celles-ci peuvent être réalisées sur des bâtiments neufs ou en rénovation, à destination de tout type de bâtiments ayant des usages durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-systemes-solaires-combines/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>161711</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'un audit d'installation solaire thermique et du chantier de réhabilitation associé, pour des collectivités, entreprises ou associations</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Audit et réhabilitation d'installations solaires thermiques collectives</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un financement pour votre audit ainsi que les travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Préalablement à votre projet de réhabilitation, un audit est nécessaire pour qualifier les problèmes rencontrés sur l’installation puis &lt;strong&gt;établir et chiffrer les actions correctives&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide intègre également &lt;strong&gt;un financement des travaux&lt;/strong&gt; et se conclut par &lt;strong&gt;la signature d’un contrat d’exploitation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités pratiques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1ʳᵉ étape :&lt;/strong&gt; consultez des prestataires d’études sur la base du cahier des charges proposé par l’ADEME dans le document C.E.F. précédent. Présélectionnez une offre mais à ce stade ne vous engagez pas et ne signez pas de commande.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;2ᵉ étape : &lt;/strong&gt;déposez une demande d’aide en joignant la proposition technique et financière du prestataire d’études, ainsi que les pièces à déposer listées ci-dessous. Indiquez bien les dépenses prévisionnelles pour l&amp;#039;audit, la maitrise d&amp;#039;œuvre éventuelle et le montant de l&amp;#039;enveloppe travaux allouée à la réhabilitation.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_32_44_52_53_75_76_84_94</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/audit-rehabilitation-dinstallations-solaires-thermiques-collectives</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/audit-et-rehabilitation-dinstallations-solaires-thermiques-collectives/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (TE83)
+Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)
+Fédération nationale des collectivités concédantes et régies (FNCCR)</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I143" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
+Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
+de mettre à disposition et financer des outils d’aide à la décision pour les
+groupements de collectivités qui souhaitent développer des projets de
+rénovation énergétique des bâtiments publics. A l’échelle du Var ce
+programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
+COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
+permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
+conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;o&lt;span&gt;  
+&lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
+différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
+ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
+de flux ACTEE83 avec le
+recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
+collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
+collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
+des collectivités sur l’amélioration énergétique des bâtiments publics en
+communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
+du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
+de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
+AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P143" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2023</t>
+        </is>
+      </c>
+      <c r="Q143" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2026</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>140805</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes membres dans la transition énergétique</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat d'Énergie des Alpes-de-Haute-Provence (SDE04)</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : réalisation de note d&amp;#039;opportunité, avant- projet sommaire, 1er niveau de conseil
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : réalisation de projets, de l&amp;#039;étude de faisabilité à la réalisation des travaux, portage de marchés publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative : conseil et assistance aux communes, mandat de maîtrise d&amp;#039;ouvrage, montage des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : conseil et recherche de financements, négociation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une installation photovoltaïque avec autoconsommation sur la toiture d&amp;#039;un bâtiment communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur la pertinence d&amp;#039;un projet photovoltaïque porté par une entreprise privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation ou déplacement d&amp;#039;une borne de recharge pour véhicule électrique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur le remplacement d&amp;#039;une chaudière obsolète
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance et conseils dans la réalisation d&amp;#039;un réseau de chaleur alimenté par une chaudière bois plaquettes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formalisation de la demande dans la fiche annuelle de recensement des besoins ou contact direct avec le service Énergie – Mobilité – Données (EMD) pour un échange avec le référent du sujet (photovoltaïque, EnR thermique ou IRVE).
+&lt;/p&gt;
+&lt;p&gt;
+ Différentes modalités d&amp;#039;intervention selon le sujet : convention de service, lettre de commande ou mandat de maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sde04.fr/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 5, avenue Bad-Mergentheim - 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 32 32 32
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;sde04.fr" target="_self"&gt;
+  contact&amp;#64;sde04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e99-accompagne-les-communes-membres-dans-la-trans/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>161759</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre étude de faisabilité, étape nécessaire avant d'investir dans la conception d'une installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité d'installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité préalable à un projet solaire thermique, en apportant une aide financière et en mettant à votre disposition des &lt;strong&gt;trames de cahier des charges&lt;/strong&gt; selon les technologies utilisées.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;Les cahiers des charges concernent les études de faisabilité liées à la mise en œuvre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’installations dédiées sur bâtiment ou process&lt;/li&gt;&lt;li&gt;d’installations sur réseau de chaleur&lt;/li&gt;&lt;li&gt;de systèmes solaires combinés&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité vous permettra de :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vérifier&lt;/strong&gt; la faisabilité technique et économique du projet d’implantation d’une installation solaire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Proposer&lt;/strong&gt; des solutions techniques adaptées au contexte et aux possibilités du site d’implantation, et assurer le dimensionnement et la pérennité de l’installation.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Explorer&lt;/strong&gt; des solutions pour le financement de l’opération et le montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au &lt;strong&gt;recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME&lt;/strong&gt; (RGE Étude) ou pouvant justifier de &lt;strong&gt;conditions équivalentes&lt;/strong&gt;. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers ses aides au financement d&amp;#039;installations de production d&amp;#039;eau chaude solaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-dinstallation-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-dinstallation-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>162397</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets solaires thermiques collectifs pour production d'eau chaude sanitaire, chauffage (nouveaux projets)</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Projets solaires thermiques collectifs pour production d'eau chaude sanitaire, chauffage (nouveaux projets)</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les principales applications du solaire thermique sont la production d’eau chaude sanitaire (pour l’habitat, l’hôtellerie, les établissements de santé, …), la fourniture de chaleur pour l’industrie et l’agriculture, l’alimentation de réseaux de chaleur et le chauffage de l’eau des bassins de piscine.&lt;br /&gt; Les aides aux investissements concernent les projets des installations solaires collectives de production d’eau chaude. Les installations sont considérées comme collectives dès lors qu’elles répondent à un besoin en eau chaude collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d’ouvrage.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Réalisation préalable d’une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m² ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m²&lt;/li&gt; 	&lt;li&gt;Capteurs solaires certifiés (CSTBat ou SolarKeymark)&lt;/li&gt; 	&lt;li&gt;Respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL20 ou mesures des besoins réels en ECS à partir de mesures in situ&lt;/li&gt; 	&lt;li&gt;Productivité minimale de l’installation solaire supérieure à 450 kWh/an.m²&lt;/li&gt; 	&lt;li&gt;Mise en place d’un télé suivi simplifié des performances avec système d’alerte et maintenance curative&lt;/li&gt; 	&lt;li&gt;Mise en service dynamique selon les préconisations de SOCOL&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; Il existe aussi aides pour les études de faisabilité solaire thermique, pour la réhabilitation des installations de solaire thermique ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P146" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Réalisation préalable d’une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m² ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m²&lt;/li&gt; 	&lt;li&gt;Capteurs solaires certifiés (CSTBat ou SolarKeymark)&lt;/li&gt; 	&lt;li&gt;Respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL20 ou mesures des besoins réels en ECS à partir de mesures in situ&lt;/li&gt; 	&lt;li&gt;Productivité minimale de l’installation solaire supérieure à 450 kWh/an.m²&lt;/li&gt; 	&lt;li&gt;Mise en place d’un télé suivi simplifié des performances avec système d’alerte et maintenance curative&lt;/li&gt; 	&lt;li&gt;Mise en service dynamique selon les préconisations de SOCOL&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Si besoin, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/projets-solaires-thermiques-collectifs-nouveaux-projets</t>
+        </is>
+      </c>
+      <c r="W146" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr &lt;/a&gt;;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-solaires-thermiques-collectifs-pour-production-deau-chaude-sanitaire-chauffage-nouveaux-projets/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>70580</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement des installations solaires thermiques</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient le développement de projets solaires thermiques auprès des entreprises, des collectivités, des établissements publics, des associations et des bailleurs sociaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets solaires thermiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : les bureaux d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les coûts éligibles
+ &lt;/strong&gt;
+ sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets des installations solaires collectives centralisées de production d&amp;#039;eau chaude sanitaire (ECS). Les installations sont considérées comme collectives dès lors qu&amp;#039;elles répondent à un besoin en ECS collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation préalable d&amp;#039;une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m2 ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  capteurs solaires certifiés (CSTBat ou SolarKeymark) ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL http://www.solaire-collectif.fr/fr/les-outils.htm ou mesures des besoins réels en ECS à partir de mesures in situ ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  schéma de l&amp;#039;installation proposée conforme à l&amp;#039;un des schémas SOCOL retenus ou sur le site SOCOL : http://www.solaire-collectif.fr/fr/les-outils.htm ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  productivité minimale de l&amp;#039;installation solaire supérieure à 450 kWh/an.m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un télésuivi simplifié des performances sur toutes les installations collectives financées avec système d&amp;#039;alerte et maintenance curative ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en service dynamique de l&amp;#039;installation selon les préconisations SOCOL.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles : les coûts d&amp;#039;investissement éligibles sont :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les coûts des composants de l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts des équipements de régulation et suivi énergétique, les frais de main d&amp;#039;œuvre liée à l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de maîtrise d&amp;#039;œuvre liée à l&amp;#039;installation solaire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Obligation du maître d&amp;#039;ouvrage
+  &lt;/strong&gt;
+  : le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier administratif de demande de financement (à demander auprès des contacts notés au dos du dépliant).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité réalisée ou fiche descriptive de l&amp;#039;installation solaire thermique pour les installations inférieures à 25m2.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pour l&amp;#039;installation solaire, précisant notamment les nombre, marque et type de capteurs et le matériel de comptage énergétique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis de la prestation de télésuivi avec système d&amp;#039;alerte. Plan d&amp;#039;implantation des capteurs.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma hydraulique de l&amp;#039;installation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-installations-solaires-thermiques</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 12, 30, 34 et 48 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 11 et 66 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/056d-aide-regionale-au-developpement-des-installat/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>161697</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises et les collectivités dans la mise en place de leur toiture ou ombrière solaire photovoltaïque en ACI, base de la valorisation du surplus en ACC</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ACI : Autoconsommation individuelle&lt;br /&gt;ACC : Autoconsommation collective&lt;/p&gt;&lt;p&gt;Quand la consommation électrique de vos bâtiments, de vos équipements intervient essentiellement de jour, il peut être intéressant pour vous d’étudier la faisabilité de &lt;strong&gt;couvrir une partie de cette consommation au moyen d’électricité solaire photovoltaïque&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les prestations externes d’études de faisabilité à hauteur de 60 % dans la limite de 100 k€ d’assiette. Cette aide peut être portée à &lt;strong&gt;70 % pour des moyennes entreprises&lt;/strong&gt; au sens européen et à &lt;strong&gt;80 % pour des petites entreprises&lt;/strong&gt; ou bénéficiaires dans le cadre d’une « activité non économique ».&lt;/p&gt;&lt;p&gt;Nota : « Bénéficiaire dans le cadre d’une activité non économique » signifie une structure qui :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soit n’exerce pas d’activité consistant à offrir à autrui des biens ou des services.&lt;/li&gt;&lt;li&gt;Soit, bien qu’exerçant une activité consistant à offrir à autrui des biens ou des services, ne se trouve pas sur un marché concurrentiel. Tel est le cas notamment de bénéficiaires qui disposent d’un monopole de droit (par exemple les autorités exerçant des prérogatives de puissances publiques comme l’armée, la police, la surveillance antipollution) ou de fait (technique ou géographique).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité sujette à la présente aide ADEME, concerne &lt;strong&gt;l&amp;#039;évaluation et l&amp;#039;analyse du potentiel d&amp;#039;un projet&lt;/strong&gt; (technique, économique, sociale, environnementale, juridique, etc.), qui visent à soutenir le processus décisionnel en révélant de façon objective et rationnelle les forces et les faiblesses du projet, ainsi que les perspectives et les menaces qu&amp;#039;il suppose, et qui précisent les ressources nécessaires pour le mener à bien, et en évaluent, en définitive, les chances de succès…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_06_94_975_987</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-lautoconsommation-electrique-photovoltaique</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-de-lautoconsommation-electrique-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>140764</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Produire de la chaleur à partir d'énergies renouvelables et de récupération</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J149" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable selon opération. Concerne des  projets de taille modeste (&lt; aux seuils du Fonds chaleur ADEME) grâce à un dispositif de mutualisation.</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ Développer les énergies renouvelables thermiques (biomasse, solaire, géothermie superficielle)
+&lt;/h1&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dispositif d&amp;#039;accompagnement :
+  Fonds Chaleur de l&amp;#039;ADEME
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -- valoriser les ressources du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - favoriser l&amp;#039;activité locale
+&lt;/p&gt;
+&lt;p&gt;
+ - réduire les émissions de gaz à effet de serre
+&lt;/p&gt;
+&lt;p&gt;
+ - s&amp;#039;affranchir des énergies fossiles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaufferie bois (granulés, plaquettes forestières) avec ou sans réseau de chaleur, production d&amp;#039;eau chaude sanitaire solaire, géothermie sur sondes ou sur nappe
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Différents critères techniques d&amp;#039;éligibilité à respecter
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  transitionenergetique&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 83 21
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c04-produire-de-la-chaleur-a-partir-denergies-ren/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>56191</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J150" s="1" t="inlineStr">
+        <is>
+          <t>Intervention dans le cadre d'un transfert de compétence énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDEC ENERGIE étudie, finance, construit et exploite l&amp;#039;installation de production électrique photovoltaïque. Il intervient dans le cadre d&amp;#039;un transfert de compétence &amp;#34;énergies renouvelables&amp;#34;, sur décision de son bureau syndical et après avis de sa commission Transition Energétique.
+ Le bâtiment support de l&amp;#039;installation reste dans le patrimoine de la collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de l&amp;#039;électricité peut être par vente totale ou en autoconsommation, en bénéficiant au bâtiment où l&amp;#039;installation est construite.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement de l&amp;#039;opération est assuré par les fonds propres de la régie &amp;#34;énergies renouvelables&amp;#34; du syndicat, les dotations des partenaires, éventuellement la vente d&amp;#039;électricité et au besoin, une contribution de la collectivité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide intervient dans le cadre d&amp;#039;un transfert de compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e396-installer-une-chaufferie-bois-energie-substit/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>56182</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Etudier l'opportunité technique et économique d'une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;étude est réalisée par le SDEC ENERGIE qui prend en charge l&amp;#039;intégralité de son coût (estimé à 1400€/étude).
+&lt;/p&gt;
+&lt;p&gt;
+ Elle porte sur l&amp;#039;opportunité de réaliser un projet solaire photovoltaïque en toiture d&amp;#039;un bâtiment public, en vente totale ou en autoconsommation, dans la limite d&amp;#039;une étude par an par collectivité.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3c8-realiser-letude-energetique-dun-batiment-etud/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>155106</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Projet de santé validé par le comité opérationnel départemental
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les rénovations, document de diagnostic énergétique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitation
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Revitalisation
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet de santé devra concerner au minimum deux médecins et un « autre corps professionnel » de santé et devra impliquer les collectivités locales afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répondre aux priorités de la charte régionale d&amp;#039;accès aux soins 2021-2025 ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet de santé et le projet immobilier pluridisciplinaire devront être présentés et validés par le comité opérationnel départemental (COD) de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 – Le projet devra intégrer la problématique du logement soit dans le cadre du projet immobilier soit par la mise à disposition d&amp;#039;un logement à proximité afin d&amp;#039;accueillir des étudiants et/ou des remplaçants.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, tout projet immobilier d&amp;#039;extension, de rénovation ou de restructuration devra s&amp;#039;inscrire dans le cadre d&amp;#039;un projet global de diversification et d&amp;#039;évolution de l&amp;#039;offre aux nouveaux métiers médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W152" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>145009</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation thermique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'investissement métropolitain (FIM) - Volet rénovation des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I153" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J153" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 1 million d'euros</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Métropole du Grand Paris finance via son fonds d&amp;#039;investissement métropolitain (FIM) les
+ &lt;strong&gt;
+  rénovations thermiques de bâtiments publics des communes et établissements publics territoriaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de candidature sont à envoyer par mail à
+ &lt;strong&gt;
+  fim&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Le FIM constitue notamment un outil de rééquilibrage et de correction des disparités constatées sur le périmètre métropolitain. A ce titre, l&amp;#039;examen des dossiers s&amp;#039;accompagne d&amp;#039;une analyse de la situation financière de la collectivité, qui peut mener à un financement différencié en fonction des capacités financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation énergétique performante d&amp;#039;un gymnase, d&amp;#039;une école, d&amp;#039;une mairie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier d&amp;#039;une subvention au titre du Fonds d&amp;#039;Investissement Métropolitain (FIM) les communes, établissements publics territoriaux (EPT) et autres établissements publics pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage, ainsi que les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles, pour le financement d&amp;#039;équipements en lien avec les compétences métropolitaines et sous réserve que la subvention ne finance pas le déficit d&amp;#039;une concession d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La métropole du Grand Paris peut participer au financement d&amp;#039;études de maîtrise d&amp;#039;œuvre (APS, APD,PRO notamment) préalables. La métropole du Grand Paris ne participe pas au financement d&amp;#039;études d&amp;#039;opportunité. Les projets doivent débuter dans les 12 mois suivant l&amp;#039;attribution de la subvention. Une analyse de la performance environnementale du projet est requise. Les dossiers de rénovation thermique doivent contenir des pièces techniques complémentaires permettant d&amp;#039;évaluer l&amp;#039;amélioration de la performance énergétique des bâtiments après travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-dinvestissement-metropolitain-fim-0</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fim&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fee-financer-la-renovation-thermique-de-batiments/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>73939</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole Marseillaise - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;&lt;strong&gt;ALEC Métropole Marseillaise&lt;/strong&gt;, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Rénov&amp;#039;, le développement de l&amp;#039;outil numérique LOUTRE, les économes de flux ACTEE, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ œuvre de leurs compétences (Habitat, Économie, Transport, Environnement). &lt;/p&gt;&lt;p&gt;Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Métropole d'Aix-Marseille-Provence</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alecmetropolemarseillaise.fr/</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe Michaud, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ p.michaud&amp;#64;alecmm.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>f.pidoux@alecmm.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f40e-se-faire-accompagner-par-lalec-18/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>162634</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter et construire des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiment</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. Les enjeux de réduction des consommations énergétiques, la réalisation de projets neufs à faibles impact environnemental, la mise en accessibilité et la préservation du patrimoine sont autant de domaines dans lesquels l&amp;#039;ATD 88 peut vous assister dans la conduite de vos opérations.&lt;/p&gt;
+&lt;p&gt;Dans le domaine du bâtiment nos techniciens vous accompagnent en réalisant des études de faisabilité ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Construction d&amp;#039;écoles, de bâtiments techniques, de mairie, gymnase...&lt;/p&gt;&lt;p&gt;Réhabilitation de bâtiment avec ou sans changement de destination&lt;/p&gt;&lt;p&gt;Amélioration thermique des bâtiments&lt;/p&gt;&lt;p&gt;Mise aux normes d&amp;#039;un parc bâtimentaire (accessibilité, défense incendie...)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/batiment/</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-les-vitesses-et-le-trafic-routier/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>146793</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Déployer un dispositif d’accompagnement aux énergies renouvelables thermiques pour les collectivités, entreprises, bailleurs et associations</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Contrat chaleur renouvelable</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Ademe - Direction régionale Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J157" s="1" t="inlineStr">
+        <is>
+          <t>Au forfait ou en %</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Approuvé en février 2021, le Plan Climat Air Energie Territorial (PCAET) permet de développer fortement les énergies renouvelables et de récupération (EnR&amp;amp;R). La MEL vise ainsi une multiplication par 2,3 de la production locale entre 2016 et 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour ce faire, la MEL déploie un contrat de chaleur renouvelable pour une première période de 3 ans. Financé par l&amp;#039;ADEME dans le cadre du Fonds Chaleur, il vise à accompagner financièrement et techniquement les acteurs du territoire (hors particuliers) : communes, entreprises, industries, bailleurs sociaux, copropriétés, équipements médico-sociaux, acteurs agricoles - souhaitant produire des énergies renouvelables thermiques (géothermie, biomasse, solaire thermique, réseaux, récupération de chaleur fatale).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est ouvert à des projets de toute taille (bâtiment neuf, réhabilitation, changement de production de chaleur) et offre un soutien technique et financier pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;accompagnement en ingénierie,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le financement des études de diagnostic, de faisabilité et missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le financement des investissements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Quel financement ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 70 % pour les études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Selon les barèmes forfaitaires du fond chaleur ADEME pour les travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sur les 3 prochaines années, près de 8 M€ d&amp;#039;aides pour la chaleur renouvelable seront apportés aux acteurs du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement d&amp;#039;une chaudiere biomasse pour une médiateque
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;une installation solaire thermique pour un établissement de santé
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;un raccordement de deux copropriétés au réseau de chaleur urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;une étude de faisabilité pour une opération de géothermie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout d&amp;#039;acteur hors particulier
+&lt;/p&gt;
+&lt;p&gt;
+ Critères du fond chaleur
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T157" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Métropole Européenne de Lille</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lillemetropole.fr/chaleur-renouvelable-la-mel-accompagne-les-projets-de-son-territoire</t>
+        </is>
+      </c>
+      <c r="W157" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.lillemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Alexandre Pauvert :
+   &lt;a target="_self"&gt;
+    a.pauvert&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maxime Lassalle :
+   &lt;a target="_self"&gt;
+    m.lassalle&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a target="_self"&gt;
+    enr&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>apauvert@lillemetropole.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80db-contrat-chaleur-renouvelable-metropole-europe/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>161710</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez votre projet de Pompe à Chaleur (PAC) solaire grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Installation de pompes à chaleur solaire pour la production d’eau chaude </t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin :&lt;/strong&gt; réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins :&lt;/strong&gt; raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale : &lt;/strong&gt;étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de pompes à chaleur (PAC) solaires éligibles au Fonds Chaleur sont les opérations de production d&amp;#039;eau chaude sanitaire (ECS) à destination de logement collectif et des secteurs Tertiaire, Industrie et Agriculture comprenant les établissements ayant des usages ECS durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-pompes-a-chaleur-solaire-pour-la-production-deau-chaude/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>161777</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser votre projet solaire thermique en métropole grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Installation de production d'eau chaude solaire thermique </t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le &lt;strong&gt;porteur devra démontrer que les points ont été pris en compte&lt;/strong&gt; :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins : &lt;/strong&gt;raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres ENR disponibles localement : &lt;/strong&gt;étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100°C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le solaire thermique est une solution de production de chaleur renouvelable aux nombreux atouts.&lt;/p&gt;&lt;p&gt;Le Fonds Chaleur aide à financer toute typologie de &lt;strong&gt;projets de production d&amp;#039;eau chaude collective par la chaleur solaire &lt;/strong&gt;dans &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les logements collectifs&lt;/li&gt;&lt;li&gt;le secteur tertiaire, l’industrie, l’agriculture&lt;/li&gt;&lt;li&gt;les opérations couplées à des réseaux de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les étapes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1 - Réalisez d’abord une étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projeté. Cela vous confortera dans votre choix d’investir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2 - Déposez ensuite un dossier de demande d’aide.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’une &lt;strong&gt;analyse économique&lt;/strong&gt; ou sur la base d’une &lt;strong&gt;aide forfaitaire&lt;/strong&gt; en fonction de la zone géographique d’implantation de l’installation, et de la surface de l’installation solaire.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;note d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;étude de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;assistance à maîtrise d’ouvrage&lt;br /&gt;&lt;/li&gt;&lt;li&gt;conseils&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche. Tout cela est conçu pour vous guider, préciser les critères d’éligibilité et vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-production-deau-chaude-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>161736</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un soutien financier à la réalisation de groupes de projets ayant recours à de la chaleur d'origine renouvelable et de récupération</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un &lt;strong&gt;financement pour développer les énergies   renouvelables thermiques et de récupérations&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d&amp;#039;un contrat unique qui permet de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable patrimonial, d’une durée maximale de 6 ans, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable territorial, d&amp;#039;une durée de 4 ans, vous permet de développer des projets d&amp;#039;EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l&amp;#039;investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l&amp;#039;ensemble des conditions d’éligibilités et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Production d‘eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>139916</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
-[...72 lines deleted...]
-          <t>Eau pluviale
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Pays des Vallons de Vilaine</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>139936</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement de projets et d’une aide à la programmation sur le volet bâtiments et espaces publics</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>AMO Mission Bâtiments</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires (CIT) propose des prestations d&amp;#039;accompagnement de projets et d&amp;#039;aide à la programmation en phase d&amp;#039;étude ou en phase opérationnelle. CIT propose des missions d&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO), notamment dans le cas d&amp;#039;opérations nécessitant l&amp;#039;intervention d&amp;#039;équipes pluridisciplinaires
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réhabilitation et rénovation énergétique de bâtiments publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Restauration de patrimoine public
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement d&amp;#039;espaces publics : projets centres-bourgs
+  &lt;/li&gt;
+  &lt;li&gt;
+   Construction de bâtiments publics (AMO)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion de projets à vocation touristique
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre adhérent à CIT
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conventionnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a6d-beneficier-dun-accompagnement-de-projets-et-d/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>163832</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I163" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J163" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Qualité de l'air
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P163" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q163" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W163" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>157101</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’une assistance en matière de voirie et d’aménagements d’espace public et paysager</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérents qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
+&lt;/p&gt;
+&lt;p&gt;
+ MATEC assiste les collectivités par la réalisation :
+ &lt;br /&gt;
+ • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
+ &lt;br /&gt;
+ • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
+ &lt;br /&gt;
+ Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
+ &lt;br /&gt;
+ Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études MATEC assiste les collectivités produites et les informer des optimisations possibles.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour les projets d&amp;#039;aménagement de sécurité routière, de réfection de voirie, d&amp;#039;équipements d&amp;#039;aires de jeux et tel que cela était réalisé auparavant par la DDE puis l&amp;#039;ATESAT pour des petits projets, MATEC peut accompagner les collectivités dans la définition du projet avec la réalisation des plans, du descriptif technique qui permettront de consulter les entreprises.
+ &lt;br /&gt;
+ Pour les projets plus conséquents, MATEC est alors votre Assistant à Maîtrise d&amp;#039;Ouvrage, et apporte un soutien administratif, conceptuel et technique aux collectivités.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Diagnostic voirie
+ &lt;br /&gt;
+ •    Travaux de voirie divers et sécurité routière
+ &lt;br /&gt;
+ •    Terrains sportifs
+ &lt;br /&gt;
+ •    Aménagement paysager parcs, square, ...
+ &lt;br /&gt;
+ •    Aire de jeux
+ &lt;br /&gt;
+ •    Cours d&amp;#039;écoles
+ &lt;br /&gt;
+ •    Traversée de village
+ &lt;br /&gt;
+ •    Place
+ &lt;br /&gt;
+ •    Développement et aménagement pistes cyclables
+ &lt;br /&gt;
+ •    Accompagnement pour développer secteur habita et économique
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
+Voirie et réseaux
+Revitalisation
+Equipement public
+Paysage
+Accessibilité
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T164" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+&lt;/p&gt;
+&lt;p&gt;
+ • A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+&lt;/p&gt;
+&lt;p&gt;
+ • Au 03.55.94.18.11
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 17 Quai Paul Wiltzer
+&lt;/p&gt;
+&lt;p&gt;
+ 57000 METZ
+&lt;/p&gt;
+&lt;p&gt;
+ Horaires d&amp;#039;ouverture :
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d09d-beneficier-dune-assistance-en-matiere-de-voir/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>162652</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Programme ACTEE - SDE35</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I165" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J165" s="1" t="inlineStr">
+        <is>
+          <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>127467</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets communautaires ou supra-communaux</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>ACTIV' VOLET 2 - PROJETS DE TERRITOIRE</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vienne</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J166" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 50 % du montant HT sur des projets lié aux priorités départementales</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Volet 2 du programme ACTIV&amp;#039; du Département de la Vienne &amp;#34;Projet de Territoire&amp;#34; est l&amp;#039;aboutissement d&amp;#039;une concertation entre le Département, les Établissements Publics de Coopération Intercommunaux et leurs Communes permettant d&amp;#039;identifier les principaux enjeux, les priorités d&amp;#039;intervention et les opérations pouvant être soutenues via une enveloppe financière pluriannuelle par territoire définie par le Département pour la période 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accord entre le Département et chaque territoire a également pour vocation à mettre en exergue l&amp;#039;ensemble des politiques publiques départementales et leurs déclinaisons territoriales.
+&lt;/p&gt;
+A noter que :
+&lt;ul&gt;
+ &lt;li&gt;
+  Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire devra être dédiée à des actions répondant aux priorités départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lorsqu&amp;#039;il est porté par une commune, le projet devra présenter un intérêt supra-communal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ÉTUDES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études    préalables    lorsqu&amp;#039;elles    conditionnent    directement l&amp;#039;établissement du projet et débouchent effectivement sur des travaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Honoraires d&amp;#039;ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉTUDE D&amp;#039;IMPACT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude préalable relative aux coûts de fonctionnement induits sur les cinq premières années, obligatoire pour tous les projets dont le coût est supérieur à 1 000 000 € HT.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TRAVAUX
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux inscrits dans la section d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACQUISITION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisitions foncières nécessaires à la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
 Foncier
-Revitalisation
-Biodiversité
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
 Paysage
-Modes actifs : vélo, marche et aménagements associés
-[...4 lines deleted...]
-      <c r="O60" s="1" t="inlineStr">
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P166" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q166" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, le demande de subvention doit suivre le processus suivant :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Vote par le Département d&amp;#039;une enveloppe pluriannuelle pour chaque territoire sur une période prédefinie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une conférence de territoire réunissant le Président du Conseil Départemental, les Conseillers Départementaux du canton, le Président de l&amp;#039;EPCI et les Maires des Communes membres de l&amp;#039;EPCI ayant pour objectif d&amp;#039;identifier les opérations pouvant être financées . Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire doit être dédiée à des actions répondant aux priorités départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Courrier de notification du Département aux maîtres d&amp;#039;ouvrage pour préciser les opérations soutenues au titre du Volet 2.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Individualisation en Commission Permanente des subventions pour les opérations retenues.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lavienne86.fr/les-aides/dispositif-activ</t>
+        </is>
+      </c>
+      <c r="W166" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact soit :
+&lt;/p&gt;
+&lt;p&gt;
+ - Par mail :
+ &lt;a href="mailto:datc&amp;#64;departement86.fr" target="_self"&gt;
+  datc&amp;#64;departement86.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Par téléphone, aux numéros suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 99  pour les Communautés de Communes du Pays Loudunais, du Haut Poitou et du Civraisien en Poitou,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 22  pour les Communautés de Communes du Grand Châtellerault, de Vienne et Gartempe et des Vallées du Clain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 45  pour les Communautés de Communes du Grand Poitiers.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>datc@departement86.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa04-subventionner-des-projets-dinvestissement-dan/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>152452</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement de locaux scolaires et périscolaires</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SCOLAIRES ET ANNEXES PÉDAGOGIQUES</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I167" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="J167" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de locaux scolaires maternelles et du 1er degré, de cantines et d&amp;#039;annexes pédagogiques (bibliothèque scolaire, ateliers, salles de repos, salle de jeux, salle informatique, garderie périscolaire, locaux techniques et administratifs).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une école élémentaire à deux classes et création d&amp;#039;une rampe pour l&amp;#039;accessibilité aux personnes à mobilité réduite pour la mairie et l&amp;#039;école à &amp;#34;Ville d&amp;#039;Espoir&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation de la toiture de l&amp;#039;école primaire de &amp;#34;Sainte-Marie&amp;#34; à Evricourt
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une restauration scolaire intercommunale, rue du Tacot - Phase 1, à &amp;#34;Cité Scolaire&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un accueil périscolaire intercommunal, rue du Tacot - Phase 2, à &amp;#34;Village Harmonie&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de la charpente de l&amp;#039;école primaire de &amp;#34;Champ Fleuri&amp;#34; à Evricourt
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement de la chaudière alimentant le groupe scolaire &amp;#34;Liberté&amp;#34; et la salle &amp;#34;Victor Hugo&amp;#34;, rue du Général de Gaulle, à &amp;#34;Ville Prospère&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement du matériel informatique de l&amp;#039;école élémentaire à &amp;#34;Nouvelle Génération&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité du bâtiment de l&amp;#039;école primaire &amp;#34;Cours de Lumière&amp;#34; - intérieur/extérieur, à &amp;#34;Ville Lumineuse&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de mise aux normes de la salle de motricité à &amp;#34;Ville Active&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;extension et de réhabilitation du restaurant scolaire de l&amp;#039;école maternelle de &amp;#34;Beau Horizon&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de mise aux normes du périscolaire de l&amp;#039;école primaire à &amp;#34;Horizon Vert&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude et travaux de réhabilitation de la cour du périscolaire &amp;#34;Enfance Heureuse&amp;#34; à &amp;#34;Ville Épanouie&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;aménagement d&amp;#039;une salle de classe à l&amp;#039;école maternelle &amp;#34;Petits Artistes&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement de la chaudière à gaz par une pompe à chaleur à l&amp;#039;école de &amp;#34;L&amp;#039;Écoquartier&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de réaménagement de l&amp;#039;aire de jeux - cour du périscolaire &amp;#34;Enfance Heureuse&amp;#34; à &amp;#34;Ville Joyeuse&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un accueil de loisirs sans hébergement avec une cantine à &amp;#34;L&amp;#039;Aurore&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement des fenêtres et de deux portes d&amp;#039;entrée à l&amp;#039;école maternelle de &amp;#34;Ville Rayonnante&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation du chauffage et de l&amp;#039;éclairage du patio au périscolaire de &amp;#34;Bacouel&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;un four pour la cantine scolaire de &amp;#34;Belle Saveur&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une salle pour la restauration scolaire et socio-culturelle à &amp;#34;Nouvel Horizon&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S60" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Études de faisabilité préalables aux travaux
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      -Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      50 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux d&amp;#039;aménagement permettant la création ou la réhabilitation de locaux scolaires maternelle et du 1er degré (y compris l&amp;#039;installation de locaux mobiles neufs)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      -Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      300 000 € HT par classe sur l&amp;#039;ensemble du bâtiment scolaire
+     &lt;/p&gt;
+     &lt;p&gt;
+      -Bonification de 20 % du taux de financement pour les communes rurales hors RPI ne pouvant bénéficier d&amp;#039;un complément de l&amp;#039;État, dans le seul cas où un poste d&amp;#039;enseignant est créé
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, aménagement, réhabilitation d&amp;#039;annexes pédagogiques ou installation de locaux mobiles neufs (bibliothèque scolaire, ateliers, salles de repos, salle de jeux, salle informatique, garderie périscolaire, locaux techniques et administratifs) y compris le mobilier lié* dans le cadre de la création de classes ainsi que l&amp;#039;installation de systèmes performants de production de chauffage pour le bâtiment (chaudières à basse température, chaudières à condensation, chaudière à ventouse, etc...)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de construction et  aménagement de cantines scolaires ou installation de locaux mobiles neufs
+      &lt;br /&gt;
+      (y compris le mobilier et matériel lourd de cuisine)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de création, modernisation et adaptation des cours de récréation et terrains de jeux dans leur ensemble.
+     &lt;/p&gt;
+     &lt;p&gt;
+      Acquisition d&amp;#039;équipement informatique lié à la mise en place d&amp;#039;un espace numérique de travail (ENT)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+      &lt;br /&gt;
+      ou
+      &lt;br /&gt;
+      intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT pour les annexes pédagogiques et les cantines.
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Installation de bornes WIFI et équipements liés dans les locaux scolaires
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      5 000 € HT par borne
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisition de matériel de premier équipement informatique avec les logiciels liés ou changement de matériel de plus de 5 ans (hors coût de formation) *
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux fixe de 50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisition de tableaux numériques, de vidéoprojecteurs interactifs (1
+      er
+      équipement)*
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux fixe de 50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      3 000 € HT par équipement
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ * l&amp;#039;acquisition de mobilier et d&amp;#039;équipement seule est éligible pour les syndicats scolaires qui n&amp;#039;ont pas la compétence travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
+ &lt;/li&gt;
+ &lt;li&gt;
+  renouvellement de petits matériels (tables, chaises, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  renouvellement de matériel de restauration scolaire de moins de 10 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/02d7-equiper-les-policiers-municipaux/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W168" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>145008</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements pour la transition énergétique : réseaux de chaleur, production d'énergies renouvelables et rénovation globale</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Fonds énergies</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds Energies a été instauré le 14 avril 2023. Il est doté de 100 millions d&amp;#039;euros d&amp;#039;ici 2030. Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+ &lt;strong&gt;
+  fondsenergies&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ . L&amp;#039;attribution des subventions est réalisée par le Conseil métropolitain et chaque projet fait l&amp;#039;objet d&amp;#039;une convention spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Production d&amp;#039;énergie renouvelable ou de récupération locale
+  &lt;/strong&gt;
+  , par exemple géothermie de surface, géothermie profonde, solaire thermique, solaire photovoltaïque (hors revente totale), verdissement de réseau de chaleur (atteinte d&amp;#039;au moins 60% d&amp;#039;énergies renouvelables et de récupération), récupération de chaleur fatale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Extension/densification/création de réseaux de chaleur
+  &lt;/strong&gt;
+  alimentés à plus de 50% par des énergies renouvelables ou de récupération, raccordement d&amp;#039;un ou plusieurs bâtiments à un réseau de chaleur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rénovation énergétique performante de bâtiments tertiaires publics
+  &lt;/strong&gt;
+  répondant aux objectifs du décret tertiaire, et les travaux d&amp;#039;étanchéité et d&amp;#039;isolation de toitures en vue d&amp;#039;une solarisation. Les constructions neuves ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création/extension/densification d&amp;#039;un réseau de chaleur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une production de géothermie de surface pour un bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique globale de bâtiments publics
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes, les établissements publics territoriaux, les syndicats exerçant la compétence de distribution d&amp;#039;électricité ou la maîtrise d&amp;#039;ouvrage de réseaux de chaleur sur le territoire de la Métropole du Grand Paris, les autres établissements publics situés sur le territoire de la Métropole pour des projets d&amp;#039;ampleur métropolitaine et les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidats auront démontré qu&amp;#039;ils ont sollicité l&amp;#039;ensemble des aides existantes, notamment régionales et nationales, pour mener à bien la réalisation de leur projet.
+ &lt;/strong&gt;
+ Par exemple, pour la chaleur renouvelable, le fonds énergies a vocation à venir en complément des aides du fonds chaleur de l&amp;#039;ADEME ou l&amp;#039;AAP Chaleur renouvelable de la Région, pour s&amp;#039;assurer que des projets bénéfiques pour la transition énergétique du territoire voient bien le jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-energies</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsenergies&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae70-financer-des-investissements-dans-la-transiti/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>50028</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d’efficacité énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un maître
+d’ouvrage privé ou une entreprise du secteur tertiaire, un maître d’ouvrage
+public (collectivité territoriale, EPCI, établissement de l&amp;#039;État, SEM, SPL) ou
+encore un industriel engagé dans une démarche de réduction de consommation
+énergétique ou de décarbonation de vos process ? Vous souhaitez réduire la
+consommation d’énergie et les émissions de gaz à effet de serre de vos bâtiments,
+bénéficier d’une démarche d’accompagnement pour favoriser la conduite du
+changement ou du soutien d’un tiers de confiance, ou encore être soutenu dans
+le développement de solutions de décarbonation innovantes ? La Banque des
+Territoires vous accompagne à travers différentes offres d’investissement, en
+fonction de vos besoins et de vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Ces solutions
+d’investissement permettent ainsi de financer la rénovation des bâtiments
+tertiaires publics, selon différentes modalités : par exemple MGPE (Marchés
+Publics Globaux de Performance Energétique) à paiement différé, ou MPPE
+(Marchés de Partenariat de Performance Energétique), avec ou sans création de
+SAS ou SEMOp. Nous finançons également les entreprises publiques locales
+(sociétés d’économie mixte, sociétés publiques locales). Selon des modalités
+particulières, nous accompagnons également les projets concernant les bâtiments
+tertiaires privés. Enfin, l’efficacité énergétique et la décarbonation de
+l’industrie peuvent également faire l’objet de financement, selon certains
+prérequis.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-efficacite-energetique-batiments?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=efeb_psat</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-travaux-efficacite-energetique-batiment/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G61" s="1" t="inlineStr">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>121337</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements structurants (Fonds "Thématiques")</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Fonds "Thématiques"</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I171" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires dans leurs projets d’investissement structurants des collectivités.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépenses éligibles HT
+ &lt;/strong&gt;
+ : 150 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : communes, EPCI&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W171" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;br /&gt;Tél : 03.25.32.86.16&lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d57b-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>117148</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière de bâtiments publics : école, installations sportives, ...(programme, construction, entretien, réhabilitation...)</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;équipement en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Approche pluridisciplinaire des architectes-urbanistes conseils du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du département).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil du CAUE77 vise à intégrer dans le projet une approche :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    Qualitative, en termes architectural et paysager,
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Environnementale et soutenable (en proposant notamment un pré diagnostic énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le conseil peut comprendre notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    La définition des enjeux (rôle de l&amp;#039;espace public vis à vis de la localisation dans la commune) et des objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des schémas d&amp;#039;intentions permettant d&amp;#039;illustrer graphiquement le(s) réflexions et projets envisagés et retenus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des « métiers » à mobiliser et la définition de la procédure à mettre en œuvre (y compris déclinaison clause sociale des marchés publics) (méthodologie du projet),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au choix des prestataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à l&amp;#039;animation des réunions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apport de références,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ID 77 peut par ailleurs, dans le cadre de ce projet, vous assister :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dans la procédure administrative récupération bien vacant sans maître,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans l&amp;#039;évaluation de la procédure d&amp;#039;archéologie préventive,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans la mise en place de chantiers d&amp;#039;insertion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation en réunion de travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Production de supports (ppt, notes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations écrites envoyées en début de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un planning prévisionnel et actualisation
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gratuité ; Financement spécifique pour les chantiers insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention pour pré-diagnostic énergétique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11f6-conseiller-les-collectivites-programme-constr/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>119892</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un éclairage sur les documents d'urbanisme et d'aménagement</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...13 lines deleted...]
-      <c r="K61" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
-[...10 lines deleted...]
-&lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;adhésion des acteurs de proximité aux décisions d&amp;#039;urbanisme est une des principales clés de succès d&amp;#039;une stratégie d&amp;#039;aménagement local.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En recueillant les avis et contributions des acteurs économiques de votre territoire, votre CCI vous conseille dans l&amp;#039;élaboration des avis d&amp;#039;urbanisme (PLU, PLUI, SCoT...) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Description du cadre de consultation, et définition des enjeux :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  - Préciser les contours de votre projet : enjeux, boosters, freins ;
+  &lt;br /&gt;
+  - Reconstituer l&amp;#039;historique éventuel du dossier (avis et travaux antérieurs) ;
+  &lt;br /&gt;
+  - Déterminer le cadre de réponse à votre demande et le plan d&amp;#039;actions adapté : calendrier à respecter, formalisme des livrables, etc. ;
+  &lt;br /&gt;
+  - Identifier les acteurs à consulter ;
+  &lt;br /&gt;
+  - Chiffrage éventuel pour des actions nécessitant un budget de mise en œuvre : logistique de réunions, par exemple.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Définition des partenariats et réalisation des travaux de consultation :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  - Mettre en œuvre les méthodes et outils de recueil des besoins (enquêtes, focus groupes, etc.) sélectionnés dans le plan d&amp;#039;actions ;
+  &lt;br /&gt;
+  - Organiser les consultations locales, les groupes d&amp;#039;échanges ;
+  &lt;br /&gt;
+  - Synthétiser les contributions.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rédaction de l&amp;#039;avis :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  - Élaborer un avis tenant compte des résultats de consultation ;
+  &lt;br /&gt;
+  - Rédiger l&amp;#039;avis, étayé si besoin d&amp;#039;analyses complémentaires relatives à l&amp;#039;environnement règlementaire.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remise de l&amp;#039;avis :
+  &lt;/strong&gt;
+  transmettre l&amp;#039;avis et vous le présenter à l&amp;#039;oral si vous avez besoin d&amp;#039;indications supplémentaires.
+  &lt;br /&gt;
+  - Transmettre l&amp;#039;avis à vos chargés de projet, dans le respect du cadre de réponse posé en début de projet, par courrier ou par mail selon votre demande.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Communication sur l&amp;#039;avis :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  - Transmission par mail de l&amp;#039;avis aux parties prenantes consultées ;
+  &lt;br /&gt;
+  - Votre CCI peut assurer la publicité de l&amp;#039;avis sur son site internet.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Un premier rendez-vous de cadrage avec votre Conseiller CCI pour bien comprendre vos enjeux et préciser le périmètre ainsi que les modalités de la consultation.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/eclairage-sur-les-documents-durbanisme-et-damenagement</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7ddc-apporter-un-eclairage-sur-les-documents-durba/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J174" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Eau souterraine
-[...4 lines deleted...]
-Transition énergétique
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-[...37 lines deleted...]
-      <c r="S61" s="1" t="inlineStr">
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
-[...389 lines deleted...]
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
-[...293 lines deleted...]
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W174" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>