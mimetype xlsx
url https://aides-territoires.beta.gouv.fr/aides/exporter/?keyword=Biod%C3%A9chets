--- v0 (2026-01-17)
+++ v1 (2026-03-30)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA14"/>
+  <dimension ref="A1:AH10"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,1330 +225,369 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>161704</v>
+        <v>163107</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Soutenir les investissements de traitement et de valorisation (désemballage/déconditionnement, hygiénisation, compostage sur plate-forme collective)</t>
+          <t>Accompagner les projets d’unités de déconditionnement/hygiénisation pour les biodéchets emballés en Bretagne</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Gestion des biodéchets des acteurs économiques</t>
+          <t>Déconditionnement et hygiénisation en Bretagne</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...703 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME, la Région Bretagne, en partenariat avec l’association AILE (Association d’Initiatives Locales pour l&amp;#039;Énergie et l&amp;#039;Environnement) et la DREAL Bretagne, s&amp;#039;associent pour lancer un appel à projets régional visant à &lt;strong&gt;accompagner financièrement les projets de déconditionnement / hygiénisation de biodéchets emballés&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ces projets seront élaborés en faveur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D’une &lt;strong&gt;approche territoriale cohérente des projets&lt;/strong&gt;, en tenant compte des « bassins versants » des flux de déchets collectés sur une zone géographique, dont l’échelle pertinente sera à définir au moyen d’une étude territoriale.&lt;/li&gt;&lt;li&gt;De la &lt;strong&gt;recherche de partenariat et/ou de mutualisation entre différents acteurs&lt;/strong&gt;, afin de consolider chacune des étapes de la filière (collecte, transport, tri, traitement).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Un projet de déconditionnement / hygiénisation peut également constituer un projet structurant sur un territoire, notamment en offrant de nouveaux services : création d’une filière locale de collecte, de recyclage et de valorisation des déchets organiques avec, par exemple, le développement de réseaux de chaleur, la création d’activités économiques locales…&lt;/p&gt;&lt;p&gt;Cet appel à projets se décline en deux phases :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;PHASE 1 : &lt;strong&gt;Phase d’étude préalable dite « territoriale »&lt;/strong&gt; permettant de définir la faisabilité et la pertinence de la mise en place d’une unité de déconditionnement / hygiénisation sur un territoire donné.&lt;/li&gt;&lt;li&gt;PHASE 2 : &lt;strong&gt;Phase d’investissement&lt;/strong&gt; pour la création d’une unité de déconditionnement / hygiénisation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour déposer une demande valide, fournir l&amp;#039;ensemble des éléments demandés dans le règlement de l&amp;#039;appel à projets, disponible sur cette page. &lt;br /&gt;Le dépôt des dossiers de demande d&amp;#039;aide se fait au fil de l&amp;#039;eau jusqu&amp;#039;au 30 décembre 2024 - 17h30.&lt;br /&gt;La sélection des dossiers se fera après cette date.&lt;/p&gt;&lt;p&gt;Les candidats sont réputés avoir pris connaissance du règlement de cet appel à projets disponible sur cette page.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/deconditionnement-et-hygienisation-en-bretagne/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>21/07/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
         <v>162922</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Soutenir la prévention des déchets et la tarification incitative</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Soutien à la prévention des déchets et à la tarification incitative</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...3 lines deleted...]
-      <c r="H8" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif vise à accompagner spécifiquement les projets de prévention des déchets qui ciblent des gisements prioritaires, les projets d&amp;#039;économie circulaire, la généralisation de la redevance spéciale et la mise en œuvre de la tarification incitative.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les collectivités qui portent des projets de préventions des déchets et/ou de déploiement de la tarification incitative ;&lt;/li&gt; 	&lt;li&gt;les collectivités, entreprises et associations qui portent des projets d&amp;#039;économie circulaire.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les projets portés par une personne morale de droit privé pour gérer ses propres déchets ne sont pas éligibles.&lt;/li&gt; 	&lt;li&gt;Les projets de tri à la source des biodéchets sont gérés dans un autre dispositif.&lt;/li&gt; 	&lt;li&gt;Le taux d&amp;#039;intervention est modulé en fonction de la qualité technique du projet, de sa pertinence territoriale, des impacts attendus et des objectifs fixés.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P3" s="1" t="inlineStr">
         <is>
           <t>10/06/2024</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt;Les projets portés par une personne morale de droit privé pour gérer ses propres déchets ne sont pas éligibles.&lt;/li&gt; 	&lt;li&gt;Les projets de tri à la source des biodéchets sont gérés dans un autre dispositif.&lt;/li&gt; 	&lt;li&gt;Le taux d&amp;#039;intervention est modulé en fonction de la qualité technique du projet, de sa pertinence territoriale, des impacts attendus et des objectifs fixés.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-prevention-dechets-et-tarification-incitative</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bassin Azuréen: &lt;a href="mailto:dnakache&amp;#64;maregionsud.fr"&gt;dnakache&amp;#64;maregionsud.fr&lt;/a&gt; / &lt;a href="mailto:dfrequelin&amp;#64;maregionsud.fr"&gt;dfrequelin&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Bassin Alpin: &lt;a href="mailto:mlraynaud&amp;#64;maregionsud.fr"&gt;mlraynaud&amp;#64;maregionsud.fr&lt;/a&gt; / &lt;a href="mailto:mallix&amp;#64;maregionsud.fr"&gt;mallix&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Bassin Provençal: &lt;a href="mailto:ogairaldi&amp;#64;maregionsud.fr"&gt;ogairaldi&amp;#64;maregionsud.fr&lt;/a&gt; / &lt;a href="mailto:mtourniaire&amp;#64;maregionsud.fr"&gt;mtourniaire&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Bassin Rhodanien: &lt;a href="mailto:npouteau&amp;#64;maregionsud.fr"&gt;npouteau&amp;#64;maregionsud.fr&lt;/a&gt; / &lt;a href="mailto:yknoppers&amp;#64;maregionsud.fr"&gt;yknoppers&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Projets économie circulaire: &lt;a href="mailto:gdaude&amp;#64;maregionsud.fr"&gt;gdaude&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-prevention-des-dechets-et-a-la-tarification-incitative/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>16/06/2024</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...331 lines deleted...]
-      <c r="A11" s="1">
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
         <v>159896</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Assurer un panier de services pour les besoins de base</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C4" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F11" s="1" t="inlineStr">
+      <c r="F4" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H11" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J11" s="1" t="inlineStr">
+      <c r="J4" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conforter l&amp;#039;économie résidentielle, améliorer la vie des habitants du territoire, assurer un panier de services de base à tous.
  &lt;/strong&gt;
  &lt;br /&gt;
  Les services publics et aux publics apportent des réponses concrètes aux besoins de base de tout un chacun : se loger décemment, se mouvoir sur le territoire, avoir accès à des commerces de proximité... Mais il s&amp;#039;agit également pour les acteurs locaux d&amp;#039;apporter des réponses qui soient dans une perspective d&amp;#039;adapter les modes de vie contemporains aux enjeux climatiques et environnementaux.
  &lt;br /&gt;
  Cette fiche-action ambitionne ainsi de contribuer à améliorer l&amp;#039;offre de services publics et privés sur l&amp;#039;ensemble du territoire et pour tous les publics. L&amp;#039;accès à un panier de services continue d&amp;#039;être un élément clé de l&amp;#039;attractivité et du développement économique du territoire Adour Chalosse Tursan Marsan.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des parcours résidentiels et mise à niveau du parc de logements
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -1599,516 +638,1163 @@
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie permettant le développement de nouveaux services
  &lt;/li&gt;
  &lt;li&gt;
   Création, réhabilitation de bâtiments et/ou équipements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Amélioration de la gestion des biodéchets
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Etudes portant sur des solutions collectives pour les producteurs de biodéchets intermédiaires et « assimilés » (hors gros producteurs et ménages)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Jeunesse
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Logement et habitat
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P11" s="1" t="inlineStr">
+      <c r="P4" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q11" s="1" t="inlineStr">
+      <c r="Q4" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d747-capter-et-retenir-des-competences-et-des-pepi/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="AD4" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2024</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
         <v>161751</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Aides aux relais</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H12" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L12" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>165625</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études de diagnostic et d'accompagnement de projet d’une installation de méthanisation</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Études de diagnostic et d'accompagnement de projet d’une installation de méthanisation</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
 Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour vérifier l’opportunité de votre projet, l’ADEME vous aide à &lt;strong&gt;réaliser une étude de diagnostic ou une étude de faisabilité&lt;/strong&gt;, en mettant à votre disposition plusieurs &lt;a href="https://librairie.ademe.fr/produire-autrement/5220-etude-de-faisabilite-d-une-unite-de-methanisation.html" target="_blank"&gt;trames de cahier des charges modèles&lt;/a&gt; et en apportant une aide financière.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;méthanisation&lt;/strong&gt; (procédé de digestion biologique de la matière organique en l’absence d’oxygène produisant du biogaz et un digestat) permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le traitement de déchets organiques et leur retour au sol ;&lt;/li&gt;&lt;li&gt;la production d’énergie renouvelable ;&lt;/li&gt;&lt;li&gt; la réduction des émissions de gaz à effet de serre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le biogaz produit peut ensuite &lt;strong&gt;être valorisé et vendu sous différentes formes&lt;/strong&gt; (chaleur, injection, bioGNV...).&lt;/p&gt;&lt;p&gt;Depuis une dizaine d’années, la France a fait le choix de &lt;strong&gt;promouvoir le développement d’une filière de méthanisation&lt;/strong&gt; majoritairement basée sur le traitement local d’effluents d’élevage, de biodéchets, de sous-produits de cultures et de déchets non valorisés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Recyclage et valorisation des déchets
+Alimentation
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q6" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_52_53_75_76_84_94_977_978_986_987_988</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etudes-de-diagnostic-et-daccompagnement-de-projet-dune-installation-de-methanisation</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etudes-de-diagnostic-et-daccompagnement-de-projet-dune-installation-de-methanisation#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-diagnostic-et-d-accompagnement-de-projet-d-une-installation-de-methanisation/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>161760</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le financement d'une études et actions préalables à la décision de s'engager sur un projet de méthanisation</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables à la construction d’une installation de méthanisation</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour vérifier l&amp;#039;opportunité de votre projet, l’ADEME vous aide à &lt;strong&gt;réaliser une étude de diagnostic ou une étude de faisabilité&lt;/strong&gt;, en mettant à votre disposition plusieurs &lt;a href="https://librairie.ademe.fr/produire-autrement/5220-etude-de-faisabilite-d-une-unite-de-methanisation.html" target="_blank"&gt;trames de cahier des charges modèle&lt;/a&gt; et en apportant une aide financière.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;méthanisation &lt;/strong&gt;- procédé de digestion biologique de la matière organique en l’absence d’oxygène produisant du biogaz et un digestat - permet le traitement de déchets organiques et leur retour au sol, la production d’énergie renouvelable et la réduction des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Le biogaz produit peut ensuite &lt;strong&gt;être valorisé et vendu sous différentes formes&lt;/strong&gt; (chaleur, électricité, injection dans le réseau de gaz naturel, carburant pour véhicules).&lt;/p&gt;&lt;p&gt;La France depuis une dizaine d’année, a fait le choix de &lt;strong&gt;promouvoir le développement d’une filière de méthanisation&lt;/strong&gt; majoritairement basée sur le traitement local d’effluents d’élevage, de biodéchets, de sous-produits de cultures et de déchets non valorisés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Recyclage et valorisation des déchets
+Alimentation
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-prealables-a-construction-dune-installation-methanisation</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-prealables-a-la-construction-dune-installation-de-methanisation/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>162979</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation et préservation des ressources naturelles locales</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 2 - FEDER</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J13" s="1" t="inlineStr">
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, du fait de ses espaces naturels, se trouve
+aujourd’hui face à des enjeux d’étalement urbain et d’artificialisation des
+sols consommant des espaces agricoles et naturels et impactant les paysages, la
+biodiversité, les ressources naturelles (eau, …) et la production de « déchets
+».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Préserver ce que les habitants considèrent comme le principal atout du
+territoire : le cadre de vie&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations de ressources naturelles (eau, foncier,
+paysages, …) et agir sur les « déchets »&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valorisation et
+médiation des paysages, des sites naturels et des cours d’eau locaux (hors
+espaces d’importances régionales)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Végétalisation des
+sites déqualifiés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Amélioration de la
+gestion des biodéchets : études portant sur des solutions collectives pour
+les producteurs de biodéchets intermédiaires et « assimilés » (hors
+gros producteurs et ménages).&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Recyclage et valorisation des déchets
+Biodiversité
+Equipement public
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q8" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire-1/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="AD8" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2024</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>164168</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la dynamique agricole et valoriser l’alimentation locale</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et Alimentation : Fiche-action 1 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L13" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;/strong&gt;&lt;br /&gt;Le
 territoire du GAL Forêt d&amp;#039;Orléans-Loire-Sologne présente une diversité de productions agricoles, à préserver et
 valoriser dans un contexte de dérèglement climatique. Consommer local, de
 saison, de qualité est à développer en agissant de manière cohérente et
 inclusive sur toute la chaîne du producteur au consommateur.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Objectifs &lt;/strong&gt;&lt;br /&gt;- Conserver et valoriser la diversité des productions
 agricoles et alimentaires du territoire&lt;br /&gt;- Développer les circuits courts alimentaires de
 proximité&lt;br /&gt;- Renforcer l’accessibilité sociale à une alimentation
 de qualité et les actions locales de santé/alimentation&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux de
 transitions agricoles et alimentaires&lt;br /&gt;- Fédérer les maillons de la chaîne alimentaire autour
 de projets communs coordonnés à l’échelle du PETR&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Actions de préservation du foncier agricole :
 étude, sensibilisation…&lt;br /&gt;- Actions d’appui à l’installation et à la transmission
 des exploitations agricoles&lt;br /&gt;- Actions visant à faciliter la mobilité et l’hébergement
 des travailleurs agricoles saisonniers&lt;br /&gt;&lt;br /&gt;- Réalisation d’études, actions d’animation, de
 sensibilisation et de communication sur l’alimentation locale et durable et
 les changements de pratique : produits locaux, de saison, de qualité, équilibre
 nutritionnel, limitation du gaspillage, zéro déchets…&lt;br /&gt;- Actions de sensibilisation des habitants aux
 productions agricoles locales&lt;br /&gt;- Réalisation d’études, d’expérimentations ; actions
 d’animation, de sensibilisation et de communication sur l’adaptation de
 l’agriculture au changement climatique&lt;br /&gt;&lt;br /&gt;- Actions en faveur de l’accessibilité sociale à une
 alimentation de qualité : création/développement d’épiceries sociales, jardins
 partagés, approvisionnement en produits locaux de l’aide alimentaire, services
 itinérants…&lt;br /&gt;- Soutien aux outils logistiques et de distribution de
 produits agricoles, de la chasse, de la pêche&lt;br /&gt;- Appui aux démarches d’approvisionnement local de la
 restauration et du commerce&lt;br /&gt;- Soutien aux projets collectifs de vente de produits
 agricoles et alimentaires hors commercialisation à la ferme&lt;br /&gt;- Soutien aux actions collectives de valorisation des
 biodéchets (restauration collective, exploitations agricoles…)&lt;br /&gt;- Réalisation d’études ; actions d’animation, de
 communication et d’évaluation relatives au Projet Alimentaire Territorial ;
 mise en réseau des acteurs locaux de l’agriculture et de l’alimentation&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q13" s="1" t="inlineStr">
+      <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se
 dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la
 mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir
 fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout
 commencement d’exécution d’une dépense avant l’accusé de réception de la
 demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements, matériels, mobiliers, panneaux,
 signalétique, achat de véhicule&lt;br /&gt;- Dépenses de construction, d’aménagement de locaux&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Aménagement et acquisition d&amp;#039;équipements de
 valorisation des biodéchets : travaux de construction de plate-forme,
 équipement de broyage, de manutention, de stockage, de compost&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-dynamique-agricole-et-valoriser-lalimentation-locale/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="AD9" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2025</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>164173</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>S'enrichir aux regards des autres par la coopération nationale ou transnationale</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Coopération nationale ou transnationale : Fiche-action 5 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
-[...21 lines deleted...]
-Recyclage et valorisation des déchets
+Recherche
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>70 000 € d'aide maxi</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;La
+coopération est une réelle opportunité pour enrichir la stratégie LEADER du
+territoire du GAL et ouvrir de nouvelles perspectives. Cette ouverture revêt un enjeu
+d’autant plus important que la stratégie est orientée vers le changement de
+modèles et de pratiques. Elle nécessite de s’intéresser à d’autres modes de
+réflexion et d’organisation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;br /&gt;&lt;/strong&gt;- Développer des nouvelles approches en matière de
+développement territorial&lt;br /&gt;- Mutualiser les moyens pour répondre à des enjeux
+communs à plusieurs territoires&lt;br /&gt;- Développer des réseaux d&amp;#039;acteurs à l&amp;#039;échelle nationale
+et européenne&lt;br /&gt;- Apporter une plus-value aux actions du territoire&lt;br /&gt;- Donner une dimension européenne au territoire&lt;br /&gt;- Renforcer la cohésion, l&amp;#039;identité et l&amp;#039;image du
+territoire par effet &amp;#34;miroir&amp;#34;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;strong&gt;Coopération « Conduite du
+changement »&lt;/strong&gt;&lt;br /&gt;&lt;/em&gt;- Actions d&amp;#039;information, de sensibilisation,
+d’accompagnement des collectivités sur des sujets expérimentaux en lien avec
+l’aménagement, l’urbanisme durable (réemploi, densification, mobilisation des friches…)&lt;br /&gt;- Actions de recherche-action et de sensibilisation sur
+la résilience territoriale, les dynamiques de villes ou territoires en
+transition, l’adaptation de l’agriculture/forêt au dérèglement climatique, la
+préservation de la ressource en eau&lt;br /&gt;- Actions de sensibilisation et de transferts
+d’expériences sur la sobriété énergétique, le développement des énergies
+renouvelables, l’économie circulaire&lt;br /&gt;- Actions de sensibilisation et de recherche sur le
+vieillissement de la population&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « démarche
+Projet Alimentaire Territorial »&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions de transfert d’expériences, visite de terrain,
+sensibilisation, formation, étude avec des territoires nationaux ou européens
+plus avancés dans leurs démarches de structuration de leurs systèmes
+alimentaires territoriaux ou sur des problématiques spécifiques (préservation
+du foncier agricole, adaptation de l’agriculture aux enjeux climat, eau,
+biodiversité…)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « Biodiversité
+»&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions liées au développement et à la préservation
+des Trames Vertes et Bleues, à la mise en place de Trames Noires…&lt;br /&gt;- Actions sur le volet santé/environnement (cours
+d’écoles résilientes…)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « Slow Tourisme » &lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions
+de valorisation des produits identitaires du territoire (produits alimentaires,
+produits agricoles, savoir-faire…) en lien avec la dynamique PAT et le Slow
+Tourisme. Projet en cours avec deux GAL portugais (IN LOCO et ALENTEJO
+XXI) et un GAL régional (Pays de la Vallée du Cher et du Romorantinais)&lt;br /&gt;- Poursuite
+du déploiement de l’itinéraire européen de la route d’Artagnan, à l’échelle
+nationale voire européenne : animation, communication, actions culturelles…&lt;br /&gt;- Actions
+mutualisées en lien avec les marques et réseaux touristiques&lt;br /&gt;- Actions
+liant tourisme et biodiversité en forêt&lt;br /&gt;- Actions
+de découverte insolite / innovante des territoires, actions favorisant
+l’inclusion sociale, actions culturelles liées aux thématiques de la
+résilience, développées avec d’autres GAL&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Personnes âgées
 Alimentation
-Biodiversité</t>
-[...2 lines deleted...]
-      <c r="O14" s="1" t="inlineStr">
+Economie circulaire
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire. Dans
+le cadre d’actions de coopération, celles-ci pourront avoir lieu en dehors du
+territoire régional.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements,
+matériels, mobiliers, panneaux, signalétique, achat de véhicule&lt;br /&gt;- Dépenses
+de construction, d’aménagement de locaux pour la logistique, la transformation,
+la conservation, la distribution, la vente de produits locaux en circuit court
+de proximité.&lt;br /&gt;- Investissements
+matériels scientifiques, techniques et pédagogiques&lt;br /&gt;- Travaux
+d&amp;#039;aménagement et de réhabilitation d’espaces, de plantation&lt;br /&gt;- Travaux
+d&amp;#039;aménagement et de réhabilitation d’itinéraires et de sites touristiques&lt;br /&gt;- Achats
+de fournitures liées à l’opération&lt;br /&gt;- Aménagement
+et acquisition d&amp;#039;équipements de valorisation des biodéchets : travaux de
+construction de plate-forme, équipement de broyage, de manutention, de
+stockage, de compost&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
+d’animation&lt;br /&gt;- Dépenses de communication : création, impression
+et diffusion de documents et de supports papiers, multimédias, outils
+numériques&lt;br /&gt;- Acquisition ou développement de logiciels
+informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
+commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
+traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
+notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
+personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...28 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/senrichir-aux-regards-des-autres-par-la-cooperation-nationale-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="AD10" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2025</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>