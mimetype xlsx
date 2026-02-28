--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA41"/>
+  <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,52 +225,87 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>126132</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Etre conseillé en amont d'un projet de construction, d'aménagement, d'architecture et paysage</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Architectes Conseils</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Particulier</t>
         </is>
       </c>
@@ -368,76 +403,111 @@
         <is>
           <t>&lt;p&gt;
  Cellule Ingénierie et Animation territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 77 12 52 26
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f6f-etre-conseille-en-amont-dun-projet-de-constru/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Construction d’une école
+Gestion d'une base nautique
+Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
         <v>82912</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Nouveaux lieux, nouveaux liens
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>CAUE de la Seine-Maritime
+          <t>CAUE de l'Ariège
+CAUE du Morbihan
+CAUE de Mayotte
+CAUE de la Seine-Maritime
 CAUE de la Haute-Loire
 CAUE du Pas-de-Calais
 CAUE des Hautes-Alpes
 CAUE de la Martinique
 CAUE du Val-de-Marne
 CAUE du Loir-et-Cher
 CAUE des Deux-Sèvres
 CAUE de la Sarthe
 CAUE du Puy-de-Dôme
 CAUE de la Dordogne
 CAUE de la Charente
 CAUE du Val d'Oise
 CAUE de la Moselle
 CAUE de la Mayenne
 CAUE de la Gironde
 CAUE de Guadeloupe
 CAUE de la Côte-d'Or
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE des Hautes-Pyrénées
 Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
 CAUE des Pyrénées-Atlantiques
 CAUE des Pyrénées-Orientales
 CAUE de la Charente-Maritime
 CAUE de l'Île-de-la-Réunion
 CAUE de Meurthe-et-Moselle
@@ -459,71 +529,68 @@
 CAUE du Cantal
 CAUE de l'Orne
 CAUE de l'Oise
 CAUE de l'Aude
 CAUE de l'Ain
 CAUE de Corse
 CAUE d'Alsace
 CAUE du Tarn
 CAUE du Gers
 CAUE du Gard
 CAUE du Cher
 CAUE du Var
 CAUE du Lot
 CAUE de la Vendée
 CAUE de la Manche
 CAUE de la Guyane
 CAUE de la Creuse
 CAUE de l'Hérault
 CAUE de l'Essonne
 CAUE de l'Aveyron
 CAUE de l'Ardèche
 CAUE du Maine-et-Loire
 CAUE de l'Yonne
 CAUE de la Somme
 CAUE de la Meuse
+CAUE des Landes
 CAUE de la Drôme
-CAUE de l'Ariège
-[...3 lines deleted...]
-CAUE du Morbihan</t>
+CAUE des Vosges</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...1 lines deleted...]
-Recherche</t>
+Association</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
  &lt;br /&gt;
 &lt;/p&gt;
@@ -928,78 +995,109 @@
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
+    <row r="4" spans="1:34" customHeight="0">
       <c r="A4" s="1">
         <v>82911</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>CAUE du Pas-de-Calais
+          <t>CAUE de l'Hérault
+CAUE du Pas-de-Calais
 CAUE des Hautes-Alpes
 CAUE de la Martinique
 CAUE du Val-de-Marne
 CAUE du Loir-et-Cher
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE des Hautes-Pyrénées
 CAUE Lot-et-Garonne
 CAUE de la Seine-et-Marne
 CAUE de la Haute-Loire
 CAUE de la Charente
 CAUE du Val d'Oise
 CAUE de la Moselle
 CAUE de la Mayenne
 CAUE de la Gironde
 CAUE des Deux-Sèvres
 CAUE de la Côte-d'Or
 CAUE de Guadeloupe
 CAUE du Puy-de-Dôme
 CAUE de la Haute-Garonne
 CAUE des Pyrénées-Atlantiques
 CAUE des Pyrénées-Orientales
 CAUE de la Charente-Maritime
 CAUE de l'Île-de-la-Réunion
 CAUE de Meurthe-et-Moselle
 CAUE des Bouches-du-Rhône
@@ -1014,78 +1112,77 @@
 CAUE de la Haute-Savoie
 CAUE de la Seine-Maritime
 CAUE du Gard
 CAUE du Var
 CAUE de la Sarthe
 CAUE du Morbihan
 CAUE de l'Ain
 CAUE de l'Isère
 CAUE de l'Aisne
 CAUE de Corrèze
 CAUE du Loiret
 CAUE de l'Ardèche
 CAUE du Cher
 CAUE du Maine-et-Loire
 CAUE de l'Aude
 CAUE de l'Yonne
 CAUE de Corse
 CAUE d'Alsace
 CAUE du Tarn
 CAUE du Gers
 CAUE de l'Orne
 CAUE du Calvados
 CAUE de la Manche
 CAUE de la Guyane
 CAUE de la Creuse
-CAUE de l'Hérault
 CAUE de l'Essonne
 CAUE de l'Aveyron
 CAUE de la Vendée
 CAUE du Cantal
 CAUE de la Somme
 CAUE de la Meuse
 CAUE de la Drôme
 CAUE de l'Ariège
 CAUE des Vosges
 CAUE des Landes
 CAUE de Mayotte</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...1 lines deleted...]
-Recherche</t>
+Association</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
  &lt;strong&gt;
   outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
  &lt;/strong&gt;
@@ -1510,52 +1607,83 @@
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Création de jardins partagés</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
+    <row r="5" spans="1:34" customHeight="0">
       <c r="A5" s="1">
         <v>117407</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la communication et sensibilisation "paysage architecture" : production de supports et animation</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
@@ -1635,177 +1763,408 @@
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/23b2-accompagner-les-collectivites-a-la-communicat/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
+    <row r="6" spans="1:34" customHeight="0">
       <c r="A6" s="1">
+        <v>120584</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les maîtres d'ouvrages publics sur le processus de mise en oeuvre de leurs projets d'architecture, de paysage ou d'urbanisme</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez bénéficier de conseils gratuits pour concrétiser un projet d&amp;#039;architecture, de paysage ou d&amp;#039;urbanisme, monter un concours ou une procédure en réfléchissant sur les principes, et les éléments de méthode ou outils de la commande publique à aborder, connaître les conditions de sa mise en œuvre : préciser le rôle et mission de la maîtrise d&amp;#039;ouvrage publique, l&amp;#039;importance des études préalables et de la programmation en amont de la commande architecturale et urbaine, comment choisir sa maîtrise d&amp;#039;oeuvre, les critères d&amp;#039;analyse de la qualité architecturale, comment établir une relation de confiance entre les différents acteurs (maître d&amp;#039;ouvrage public, maître d&amp;#039;œuvre, maîtrise d&amp;#039;usage, assistance à maîtrise d&amp;#039;usage, bureaux d&amp;#039;études, entreprises...).
+&lt;/p&gt;
+&lt;p&gt;
+ La MIQCP assure une assistance gratuite téléphonique et par mail qui offre, en réactivité, une possibilité d&amp;#039;échanges et de conseils personnalisés contextualisée, suivant la situation particulière évaluée.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conseils et les pistes discutées avec les acteurs de la commande publique d&amp;#039;architecture, de paysage ou d&amp;#039;aménagement, s&amp;#039;appuient sur l&amp;#039;expertise et l&amp;#039;expérience acquise par l&amp;#039;équipe pluridisciplinaire de la MIQCP. Les opérations peuvent concerner toute opération concernant la fabrique du cadre de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur peut aussi s&amp;#039;appuyer directement sur les publications consultables et téléchargeables gratuitement en ligne :
+ &lt;a href="http://www.miqcp.gouv.fr/index.php?option&amp;#61;com_content&amp;amp;view&amp;#61;article&amp;amp;id&amp;#61;6&amp;amp;Itemid&amp;#61;108&amp;amp;lang&amp;#61;fr" rel="noopener" target="_blank"&gt;
+  www.miqcp.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Montage d&amp;#039;un concours de maîtrise d&amp;#039;œuvre : équipement culturel, logements sociaux, espaces public...
+&lt;/p&gt;
+&lt;p&gt;
+ Quelles modalités de consultation pour choisir son maître d&amp;#039;œuvre ? Concours, dialogue compétitif, procédure négocié ou MAPA ?
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Comment mettre en place des démarches de programmation ?
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les différents montages pour la mise en oeuvre d&amp;#039;une opération de réhabilitation, rénovation ou restructuration, transformation du bâti existant.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les méthodes pour le montage et l&amp;#039;accompagnement d&amp;#039;une opération pour un équipement public, la végétalisation d&amp;#039;espaces publics, la mise au point de stratégies urbaine ou de schéma d&amp;#039;intentions paysagères...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du code de la commande publique, conseil ou expertise pour le montage d&amp;#039;un projet de maîtrise d&amp;#039;œuvre, en construction neuve ou réhabilitation, paysage, espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Ex : Montage d&amp;#039;un concours de maîtrise d&amp;#039;œuvre ? comment choisir son maître d&amp;#039;œuvre ? Démarche de programmation, montage d&amp;#039;une opération de réhabilitation pour un équipement public végétalisation d&amp;#039;espaces publics, stratégie urbaine ou schéma d&amp;#039;intentions paysagères...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>http://www.miqcp.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mireille Guignard, Architecte urbaniste en chef de l&amp;#039;Etat, Secrétaire général adjointe
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr" rel="noopener" target="_blank"&gt;
+  mireille.guignard&amp;#64;developpement-durable.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphones : 01 40 81 23 72 / 07 64 80 10 67
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/208c-conseil-aux-maitres-douvrages-publics-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>MIQCP _ mission interministérielle de la qualité des constructions publiques</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>18/10/2022</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
         <v>82915</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C6" s="1" t="inlineStr">
+      <c r="C7" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
-[...27 lines deleted...]
-CAUE du Pas-de-Calais
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Vendée
 CAUE de la Somme
 CAUE de l'Orne
 CAUE de la Savoie
 CAUE de la Sarthe
 CAUE de Rhône-Métropole
 CAUE des Pyrénées-Orientales
 CAUE des Hautes-Pyrénées
 CAUE des Pyrénées-Atlantiques
 CAUE de la Seine-et-Marne
 CAUE de Mayotte
 CAUE de la Moselle
 CAUE de Meurthe-et-Moselle
 CAUE de la Mayenne
 CAUE de la Manche
 CAUE du Maine-et-Loire
 CAUE Lot-et-Garonne
 CAUE du Lot
 CAUE de la Haute-Loire
 CAUE de l'Ardèche
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE de l'Isère
 CAUE de l'Hérault
 CAUE de la Gironde
 CAUE de la Haute-Garonne
 CAUE du Gard
 CAUE de l'Oise
 CAUE de la Drôme
 CAUE de l'Aude
 CAUE de Corrèze
 CAUE du Cher
 CAUE de la Charente
 CAUE du Cantal
 CAUE du Calvados
 CAUE des Bouches-du-Rhône
 CAUE de l'Aveyron
 CAUE du Puy-de-Dôme
 CAUE des Landes
 CAUE de l'Ariège
 CAUE des Hautes-Alpes
 CAUE de l'Aisne
 CAUE de l'Ain
 CAUE du Gers
 CAUE de la Meuse
 CAUE du Tarn
-CAUE de la Dordogne</t>
-[...2 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+CAUE de la Dordogne
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -1847,88 +2206,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -1947,79 +2306,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -2491,126 +2850,190 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB7" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
         <v>83479</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE des Hauts de France
 Union régionale des CAUE Normands
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...4 lines deleted...]
-      <c r="H7" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -2668,77 +3091,77 @@
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
  &lt;/li&gt;
  &lt;li&gt;
   Animations interprofessionnelles, mise en réseaux des acteurs du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -2760,79 +3183,79 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>http://www.fncaue.fr</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts des unions régionales :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -2865,122 +3288,156 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école
+Construction d'une piscine
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2021</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>83481</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE d'Occitanie
-Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE de Nouvelle-Aquitaine
-Union régionale des CAUE d'Île-de-France
-[...6 lines deleted...]
-      <c r="G8" s="1" t="inlineStr">
+Union régionale des CAUE des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H8" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -3023,85 +3480,85 @@
  &lt;/li&gt;
  &lt;li&gt;
   Ateliers, conférences, journées de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
  &lt;/li&gt;
  &lt;li&gt;
   Rendez-vous culturels
  &lt;/li&gt;
  &lt;li&gt;
   Organisation et réalisation de prix, palmarès, concours, appels à idées
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
  &lt;/li&gt;
  &lt;li&gt;
   Participation à des commissions techniques thématiques (commerce, agriculture...)
  &lt;/li&gt;
  &lt;li&gt;
   Actions pédagogiques en milieu scolaire et hors ce milieu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les actions de sensibilisation peuvent toucher les domaines suivants :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -3124,79 +3581,79 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -3229,243 +3686,92 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2021</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...175 lines deleted...]
-    <row r="10" spans="1:27" customHeight="0">
+    <row r="10" spans="1:34" customHeight="0">
       <c r="A10" s="1">
         <v>142212</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités territoriales qui ont signé la convention Ville ou Pays d'art et d’histoire</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Soutien aux collectivités territoriales qui ont signé la convention Ville ou Pays d&amp;apos;art et d’histoire</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
@@ -4136,76 +4442,101 @@
 &lt;p&gt;
  &lt;a href="mailto:dac-mayotte&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
   dac-mayotte&amp;#64;culture.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
       <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7339-soutien-aux-collectivites-territoriales-qui-o/</t>
         </is>
       </c>
       <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>28/05/2023</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
+    <row r="11" spans="1:34" customHeight="0">
       <c r="A11" s="1">
         <v>104617</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>restaurer des immeubles dans un Site patrimonial remarquable (SPR)</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Centres anciens protégés (CAP) de 10 Petites cités de caractère (PCC)</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
-Association
+Particulier
 Entreprise privée
-Particulier</t>
+Association</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Valoriser des centres-bourgs des communes homologuées ou homologables « Petite cité de caractère® » par
 &lt;/p&gt;
 &lt;p&gt;
  l&amp;#039;association des Petites cités de caractère® des Pays de la Loire, reconnues « site patrimonial remarquable »,
 &lt;/p&gt;
@@ -4288,102 +4619,122 @@
 </t>
         </is>
       </c>
       <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
       <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/centres-anciens-proteges-cap-de-10-petites-cites-de-caractere-pcc</t>
         </is>
       </c>
       <c r="W11" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/PATRIM_CAP_PCC/depot/simple</t>
+          <t>https://les-aides.paysdelaloire.fr/aides/#/prod/connecte/PATRIM_CAP_PCC/depot/simple</t>
         </is>
       </c>
       <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  0228205133
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/26d8-centres-anciens-proteges-cap-de-10-petites-ci/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
+    <row r="12" spans="1:34" customHeight="0">
       <c r="A12" s="1">
         <v>104591</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Restaurer des immeubles dans un Site patrimonial remarquable (SPR)</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Centres anciens protégés (CAP)</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-Particulier</t>
+Particulier
+Association</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t> Min : 20</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>subvention mini de 1000 euros/ subvention max de 10 000 euros</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
@@ -4492,117 +4843,137 @@
   Ouvrir gratuitement pendant les Journées européennes du patrimoine,
  &lt;/li&gt;
  &lt;li&gt;
   Aide cumulable avec les avantages liés au label de la Fondation du patrimoine pour les particuliers et SCI.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
       <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/centres-anciens-proteges-cap</t>
         </is>
       </c>
       <c r="W12" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/PATRIM_CAP/depot/simple</t>
+          <t>https://les-aides.paysdelaloire.fr/aides/#/prod/connecte/PATRIM_CAP/depot/simple</t>
         </is>
       </c>
       <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, du sport et des associations
  &lt;br /&gt;
  Service Patrimoine
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  0228205133
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
       <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2dc4-centres-anciens-proteges-cap/</t>
         </is>
       </c>
       <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
+    <row r="13" spans="1:34" customHeight="0">
       <c r="A13" s="1">
         <v>148615</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Se former à l’urbanisme expérimental vivrier : récits, outils et méthodes de permanence architecturale et programmation ouverte</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>L'École du terrain</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...1 lines deleted...]
-Recherche</t>
+Association</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-Ingénierie Juridique / administrative</t>
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;École du terrain est une plateforme numérique regroupant des outils et ressources pour l&amp;#039;expérimentation architecturale, urbaine et paysagère.
 &lt;/p&gt;
 &lt;p&gt;
  Elle
 réunit et explore des projets et démarches singulières qui permettent, par l&amp;#039;expérimentation, la mise en œuvre de nouvelles manières de faire. Chacun de ces projets s&amp;#039;ancre dans son territoire aux fins de travailler à sa meilleure habitabilité en répondant à des problématiques sociétales. Ainsi, ces projets s&amp;#039;élaborent à partir des besoins et des désirs. Ils s&amp;#039;appuient sur le déjà-là matériel - le bâti, le paysage, le vivant - et immatériel - les habitant.es, les usager.es, leurs savoirs, leurs mémoires, leur organisation sociale. Cet urbanisme vivrier et partagé porte l&amp;#039;ambition profonde de réactiver nos démocraties locales, grâce à l&amp;#039;alliance d&amp;#039;acteurs et d&amp;#039;actrices autour d&amp;#039;un intérêt commun sur le terrain.
 &lt;/p&gt;
 &lt;p&gt;
  Confrontés aux cadres normés de l&amp;#039;architecture et de l&amp;#039;aménagement du territoire, ces acteurs et actrices les (ré)interprètent et les mettent à l&amp;#039;épreuve. Nous faisons l&amp;#039;hypothèse que ces multiples projets, tels des laboratoires en actes, créent des précédents et font jurisprudence. C&amp;#039;est pourquoi l&amp;#039;École du terrain veut contribuer à l&amp;#039;essaimage de ces démarches et à la transformation des cadres – culturels, économiques, administratifs, réglementaires – pour donner voix à des pratiques jusque-là en marge.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit désormais de prendre acte de ces pas de côté, de transmettre les récits de ces expérimentations, mais aussi les outils techniques et juridiques, afin de tirer des enseignements pour le passage à d&amp;#039;autres échelles et ainsi mieux les inscrire dans les pratiques, dans les politiques publiques et dans le droit.
  &lt;br /&gt;
  &lt;br /&gt;
  En accès libre et gratuit, l&amp;#039;École du terrain s&amp;#039;adresse aux collectivités, services déconcentrés de l&amp;#039;État, porteurs de projets, associations, habitant.es , professionnell.es de l&amp;#039;architecture, urbanisme et paysage...etc. désireux.ses de se former à la programmation ouverte à travers notamment l&amp;#039;outil de permanence architecturale.
@@ -4686,908 +5057,1244 @@
           <t>https://lecoleduterrain.fr/</t>
         </is>
       </c>
       <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;lecoleduterrain.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>caroline.niemant@lapreuvepar7.fr</t>
         </is>
       </c>
       <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a82f-se-former-a-lurbanisme-experimental-vivrier-r/</t>
         </is>
       </c>
       <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>La Preuve par 7 / l'École du terrain</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>31/08/2023</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
+    <row r="14" spans="1:34" customHeight="0">
       <c r="A14" s="1">
         <v>162945</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Bénéficier gratuitement de la compétence d'un architecte pour participer à son jury</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Architecte consultant de la MIQCP</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-Ingénierie Juridique / administrative</t>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Mission interministérielle pour la qualité des constructions publiques (MIQCP) se fait assister par trente architectes consultants et consultantes en vue de 
 promouvoir la qualité de l&amp;#039;architecture publique dans le cadre de consultations de maîtrise d’œuvre, 
 notamment à travers des participations aux jurys de concours de maîtrise d’œuvre. &lt;/p&gt;&lt;p&gt;La mission de ces architectes consultants et consultantes de la MIQCP consiste à siéger 
 en qualité de juré/jurée intuitu personae dans le collège des personnes qualifiées des jurys et des 
 commissions chargées de donner un avis sur la sélection des candidatures et/ou des prestations 
 remises, organisés par des pouvoirs adjudicateurs ou entités adjudicatrices pour la passation de 
 marchés publics de maîtrise d’œuvre ou de marchés globaux. La participation à ces jurys est gratuite. Tout maître d&amp;#039;ouvrage public peut en bénéficier pour ses concours ou procédures de passation des marchés.&lt;/p&gt;&lt;p&gt;Ces architectes sont au nombre de 30. Sélectionnés pour leurs compétences, leur capacité à faire pédagogie, la qualité de leurs réalisations architecturales, ils et elles sont formés aux règles de la commande publique et sont légitimes, dans ce contexte, à accompagner et conseiller au mieux les maîtres d&amp;#34;ouvrage dans l&amp;#039;organisation de leur concours. &lt;/p&gt;&lt;p&gt;Leur objectif premier reste d&amp;#039;assurer l&amp;#039;avis constructif critique des projets des concurrents et de faciliter pour les maîtres d&amp;#039;ouvrage publics, notamment occasionnels, le tiers règlementaire et obligatoire de maîtres d’œuvre exigé dans les jurys par les dispositions du livre IV du code de la commande publique.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M14" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Espace public
 Tiers-lieux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Appui méthodologique
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Être un Maître d&amp;#039;ouvrage public avec une procédure règlementaire suivant le livre IV du code de la commande publique.&lt;/p&gt;&lt;p&gt;Préparer un concours et avoir la date de la réunion de son jury, ainsi que les pièces écites (règlement, projet d&amp;#039;avis)&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Tout Maître d&amp;#039;ouvrage public &lt;/p&gt;&lt;p&gt;Préparer un concours de maîtrise d&amp;#039;oeuvre &lt;/p&gt;&lt;p&gt;ou tout autre consultation pour un marché de maîtrise d&amp;#039;oeuvre&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U14" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.miqcp.gouv.fr/index.php?option=com_content&amp;view=article&amp;id=121:solliciter-la-miqcp-pour-la-participation-d-un-de-ses-architectes-consultant-a-un-jury-de-concours-de-maitrise-d-oeuvre&amp;catid=39&amp;Itemid=158&amp;lang=fr</t>
         </is>
       </c>
       <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/demande-de-prestation-d-un-architecte-consultant-p</t>
         </is>
       </c>
       <c r="X14" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Carol KELLY&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.36&lt;/p&gt;&lt;p&gt;&lt;span id="cloak58914"&gt;&lt;a href="mailto:carol.kelly&amp;#64;developpement-durable.gouv.fr"&gt;carol.kelly&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;et en copie &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
+          <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>mireille.guignard@developpement-durable.gouv.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-gratuitement-de-la-competence-dun-architecte-pour-participer-a-son-jury/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’un terrain de football
+Mise en place de l’accessibilité dans les bâtiments publics
+Réfection/aménagement de la voirie
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>MIQCP _ mission interministérielle de la qualité des constructions publiques</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>21/06/2024</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
+    <row r="15" spans="1:34" customHeight="0">
       <c r="A15" s="1">
-        <v>94540</v>
+        <v>164760</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mobiliser les partenaires de l'atelier d'urbanisme en Livradois-Forez pour un accompagnement sur mesure !</t>
+          <t>Renforcer le lien entre les politiques de l’eau et de l’aménagement du territoire</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Atelier d'Urbanisme en Livradois-Forez</t>
+          <t>Eau et urbanisme</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Parc naturel régional Livradois-Forez (PNR)</t>
+          <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
-        <is>
-[...128 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Département
 Association</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets d’urbanisme de planification ou opérationnels 
 devront prendre en compte les effets du changement climatique, en particulier ceux portant sur la gestion quantitative 
 de la ressource en eau, dans un objectif de sobriété des 
 usages.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/eau-urbanisme"&gt;Eau et urbanisme | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau finance par exemple  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les partenariats avec un acteur de l&amp;#039;urbanisme, &lt;/li&gt;&lt;li&gt;la sensibilsation et la communication, &lt;/li&gt;&lt;li&gt;les études Volet Eau SCOT/PLUi&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Espace public
 Paysage</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P16" s="1" t="inlineStr">
+      <c r="P15" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q16" s="1" t="inlineStr">
+      <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires pour les opérations relevant des missions 
 « Eau et Urbanisme » portées par des acteurs de l’urbanisme 
 (hors étude diagnostic SCoT/PLUi) : Agence d’urbanisme, 
 Conseil d’architecture d’urbanisme et de l’environnement 
 (CAUE), Association de professionnels de l’urbanisme, 
 Conseil départemental.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/60-24-Gestion%20territoriale_0_0_0.pdf"&gt;60-24-Gestion territoriale_0_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20et%20urbanisme.pdf</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W15" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-apports-de-macrodechets-dans-les-milieux-dans-le-domaine-de-lassainissement/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour Garonne</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>26/03/2025</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...304 lines deleted...]
-      <c r="A18" s="1">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
         <v>165341</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Agir contre la vacance commerciale en centre-bourgs (commerce, attractivité,proximité)</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Mission de conseil aux collectivités (AMO, phase pré-opérationnelle, programmation…)</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H18" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil en architecture et urbanisme&lt;br /&gt;L’objectif de l’agence est de mettre au service des collectivités, des propriétaires et des usagers mon expertise concernant l’animation des centre-bourgs et particulièrement la reconquête des locaux disponibles.&lt;br /&gt;Accompagnement de stratégie politique, programmation, aménagement, communication, événementiel, participation citoyenne, médiation.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Mission d’assistance à maitrise d’ouvrage pour une étude de stratégie de revitalisation commerciale&lt;/strong&gt;
  dont aménagement d’une halle couverte et reconquête de cellules 
 vacantes (ORI), à Thizy-les-Bourgs (69), en 2024-2025, DISPO 
 (Mandataire) &amp;amp; Villages Vivants (Sous-Traitant) &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Friche
 Foncier
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Bâtiments et construction
 Réhabilitation
 Architecture
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P18" s="1" t="inlineStr">
+      <c r="P16" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q18" s="1" t="inlineStr">
+      <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://dispo-urbanisme.fr/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;dispo.c.vernay&amp;#64;gmail.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>dispo.c.vernay@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-contre-la-vacance-commerciale-en-centre-bourgs-locaux-commerciaux/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>DISPO (membre de OXALIS Scop)</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>17/07/2025</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>111727</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la valorisation, l'embellissement et aménagement des espaces publics</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Etudes opérationnelles et aménagement et embellissement des bourgs</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Amélioration du cadre de vie du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30 % d&amp;#039;une dépense plafonnée à 153 000 € HT par tranche fonctionnelle de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  30 % d&amp;#039;une dépense plafonnée à 70 000 € HT pour les projets de végétalisation et de création de cheminement doux (non précédés obligatoirement d&amp;#039;une étude opérationnelle)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Majorations éventuelles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Majoration de 10 points pour les travaux entrant dans le périmètre d&amp;#039;un site protégé, si ce dernier a engendré un surcoût architectural, justifié par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Majoration de 15 points pour les projets les plus vertueux en termes de développement durable, sur demande expresse du bénéficiaire et avis favorable de l&amp;#039;instance départementale compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Paysage
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;obtention pour les aménagements d&amp;#039;espaces publics et de places dans les bourgs
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations d&amp;#039;aménagement devront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  recueillir l&amp;#039;avis conforme du gestionnaire de la voirie sur la structure, les matériaux et le fonctionnement général du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir fait systématiquement l&amp;#039;objet d&amp;#039;un avis (simple) du CAUE 16
+ &lt;/li&gt;
+ &lt;li&gt;
+  être réalisées en fonction d&amp;#039;une étude opérationnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  privilégier la végétalisation et la sobriété sauf contrainte particulière à justifier
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter l&amp;#039;ensemble des normes en vigueur, notamment l&amp;#039;accessibilité à tous, l&amp;#039;absence d&amp;#039;utilisation de pesticides...
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir fait l&amp;#039;objet d&amp;#039;une concertation élargie auprès des partenaires, des représentants d&amp;#039;usagers et de la population locale (participation citoyenne)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses subventionnables :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  démolition, suppression points noirs architecturaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  végétalisation et engazonnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement de ruelles, de cheminements doux, trottoirs, venelles, caniveaux avec des matériaux de qualité (pierre, calcaire, béton désactivé, pavés, stabilisé calcaire et calcaire renforcé...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobilier urbain de qualité (bancs, bornes, potelets, candélabres, abribus...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de maîtrise d&amp;#039;œuvre au prorata de la dépense éligible
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de pure sécurité routière : plateau surélevé, alternat, rétrécissement de chaussée, giratoire, modification de carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  les couches de roulement, sur route départementale et voie communale et stationnements
+ &lt;/li&gt;
+ &lt;li&gt;
+  toute intervention sur les réseaux d&amp;#039;eau, d&amp;#039;électricité ou de télécommunication
+ &lt;/li&gt;
+ &lt;li&gt;
+  signalisation verticale et horizontale
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  les périmètres d&amp;#039;aménagement déjà financés par des amendes de police
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la charte « Charente 2030 » signée par le représentant de la collectivité ainsi que la délibération de la collectivité l&amp;#039;autorisant à signer
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  un extrait de la délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération et le plan de financement prévisionnel incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative
+ &lt;/li&gt;
+ &lt;li&gt;
+  un calendrier de réalisation des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  un devis descriptif et estimatif des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan d&amp;#039;aménagement définitif et, le cas échéant, des photos de l&amp;#039;espace ou du bâtiment concerné
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets d&amp;#039;espaces publics qui solliciteraient une majoration : une note circonstanciée du maître d&amp;#039;ouvrage attestant de l&amp;#039;engagement du projet dans cette démarche
+ &lt;/li&gt;
+ &lt;li&gt;
+  un avis conforme du gestionnaire de la voirie sur la nature des travaux envisagés
+ &lt;/li&gt;
+ &lt;li&gt;
+  une copie de l&amp;#039;étude qui a conditionné l&amp;#039;aménagement pour lequel est requise la subvention
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : selon la nature et la complexité du dossier, le projet peut faire l&amp;#039;objet d&amp;#039;une instruction dite « renforcée » d&amp;#039;une analyse approfondie associant le maître d&amp;#039;ouvrage et les autres partenaires éventuels (CAUE, ABF, DDT...)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : possibilité d&amp;#039;acomptes (jusqu&amp;#039;à 80% du montant de la subvention) ; solde à l&amp;#039;achèvement de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/embellissement_des_espaces_publics.pdf</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 74 13
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7aa1-soutenir-lamenagement-et-lembellissement-des-/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2021</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>117375</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans le pilotage et la coordination des projets d’aménagement : aide au suivi des procédures administratives et réglementaires</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renforcer le pilotage de projets d&amp;#039;aménagement en régie :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Assistance opérationnelle et juridique au pilotage d&amp;#039;une opération d&amp;#039;aménagement ou de construction réalisée en régie par une collectivité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Participation en réunion
+  &lt;/li&gt;
+  &lt;li&gt;
+   Production de supports (ppt, notes)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Prestation payante
+&lt;/p&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Revitalisation
+Bâtiments et construction
+Architecture
+Accessibilité
+Attractivité économique
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
       <c r="U18" s="1" t="inlineStr">
         <is>
-          <t>Auvergne-Rhône-Alpes</t>
+          <t>Seine-et-Marne</t>
         </is>
       </c>
       <c r="V18" s="1" t="inlineStr">
         <is>
-          <t>https://dispo-urbanisme.fr/</t>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
       <c r="X18" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;dispo.c.vernay&amp;#64;gmail.com&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y18" s="1" t="inlineStr">
         <is>
-          <t>dispo.c.vernay@gmail.com</t>
+          <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z18" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/agir-contre-la-vacance-commerciale-en-centre-bourgs-locaux-commerciaux/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df54-assister-les-collectivites-dans-le-pilotage-e/</t>
         </is>
       </c>
       <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
+    <row r="19" spans="1:34" customHeight="0">
       <c r="A19" s="1">
+        <v>117378</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des anciennes zones d'activité</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages et de sécuriser ses investissements
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic global de zones d&amp;#039;activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation en réunion de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  (le cas échéant), production d&amp;#039;une note de synthèse
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b8e3-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
         <v>101248</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
 &lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;
   Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
 &lt;h4&gt;&lt;em&gt;
   Architecture, paysage, urbanisme, énergie
  &lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des schémas de principe,
  &lt;/li&gt;
  &lt;li&gt;
   des orientations d&amp;#039;aménagement,
  &lt;/li&gt;
  &lt;li&gt;
   des programmes et des chiffrages&lt;/li&gt;
 &lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
@@ -5598,562 +6305,852 @@
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse des budgets des collectivités,
  &lt;/li&gt;
  &lt;li&gt;
   la réalisation de prospective et rétrospective financières
  &lt;/li&gt;
  &lt;li&gt;
   simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Rédaction :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des pièces des marchés publics (restauration, monuments historiques, assainissement...)
  &lt;/li&gt;
  &lt;li&gt;
   de concession de service,
  &lt;/li&gt;
  &lt;li&gt;
   de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;
   Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
  &lt;/strong&gt;
  : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Domaine du paysage et de l&amp;#039;urbanisme
  &lt;/strong&gt;
  : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent solliciter l&amp;#039;ADAC 37 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
  &lt;/li&gt;
  &lt;li&gt;
   les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
  &lt;/li&gt;
  &lt;li&gt;
   le conseil départemental d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
  &lt;li&gt;
   les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Indre-et-Loire</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.adac37.fr</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>administration@adac37.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB20" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>ADAC 37</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2021</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G20" s="1" t="inlineStr">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
+        <v>163591</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les Villes et Pays d'Art et d'Histoire</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Villes et Pays d’Art et d’Histoire</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...7 lines deleted...]
-      <c r="K20" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les Villes et Pays d&amp;#039;Art et d&amp;#039;Histoire dans la valorisation et l&amp;#039;animation du patrimoine, au plus près des citoyens, grâce à leurs programmes annuels d&amp;#039;actions de sensibilisation, de médiation et d&amp;#039;éducation au patrimoine et à l&amp;#039;architecture.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine reconnaît que le patrimoine culturel est un facteur essentiel de développement de ses territoires et qu’il reste, pour certains d’entre eux, la principale ressource disponible.&lt;/p&gt;&lt;p&gt;Dans une région caractérisée par sa grande superficie, la valorisation du patrimoine permet donc de promouvoir l’idée d’un aménagement raisonné de tous ses territoires. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Date limite de dépôt du dossier : 1er avril de chaque année&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Coût du personnel gérant le label VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prestations extérieures (techniques, intellectuelles, cachets artistiques)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication sur les actions VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Location/achat de matériel pour réaliser les actions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Expositions, outils de médiation du patrimoine, valises pédagogiques, outils numériques d&amp;#039;aide à la visite.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Modalités de calcul de la subvention régionale &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Maximum de 20% du coût des dépenses éligibles avec une aide plafonnée à 15 000 € / an.&lt;/p&gt;&lt;p&gt;Une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (Cf. carte EPCI en annexe).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les gestionnaires du label (collectivités territoriales ou associations) des :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Villes d&amp;#039;art et d&amp;#039;histoire de moins de 50 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pays d&amp;#039;art et d&amp;#039;histoire de moins de 150 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programme d&amp;#039;actions équilibrées sur les publics touristiques, habitants et jeunes publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Convention de labellisation VPAH avec le Ministère de la Culture&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Équipe de valorisation du patrimoine professionnelle.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les dossiers éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les VPAH situés en territoires ruraux&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les VPAH mettant en œuvre des actions innovantes et importantes en direction du public jeune et scolaire, notamment dans le cadre de Parcours d&amp;#039;Éducation Artistique et Culturelle en partenariat avec l&amp;#039;Éducation Nationale, ou intégrant d’autres approches patrimoniales comme le patrimoine culturel immatériel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La valorisation des données de l&amp;#039;Inventaire Général du patrimoine culturel in situ&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions en faveur des publics en situation précaire et des publics en situation de handicap (accessibilité des contenus culturels, partenariats avec des structures gérant ces publics…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/villes-et-pays-dart-et-dhistoire</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes les demandes devront faire l&amp;#039;objet d&amp;#039;une prise de contact via l&amp;#039;e-mail de contact ci-dessous, merci de préciser votre département.&lt;/p&gt;&lt;p&gt;Les demandes pendront en compte la programmation des projets &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programmation annuelle avec une date limite de dépôt des dossiers le 1er avril de chaque année.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets éligibles seront programmés en fonction de l&amp;#039;enveloppe budgétaire annuelle dévolue à ce dispositif.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre saisine motivant la demande&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Budget prévisionnel (en € HT) et décision (délibération de la collectivité, acte du conseil d’administration ou autre acte décisionnel)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Programme prévisionnel d&amp;#039;actions détaillé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fiche d&amp;#039;identité Siren&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Patrimoine et Inventaire - Unité Politiques Publiques et Budget&lt;/p&gt;&lt;p&gt;Direction de la Culture et du Patrimoine&lt;/p&gt;&lt;p&gt;15, rue de l’Ancienne Comédie&lt;/p&gt;&lt;p&gt;86021 Poitiers CS 70575&lt;/p&gt;&lt;p&gt;05 49 36 30 05&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/villes-et-pays-dart-et-dhistoire/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AD21" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
+        <v>56454</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine bâti</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie financière
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>l'aide porte sur une réduction du prix de revient EPFLO (soit le prix de cession du foncier)</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Renforcer le pilotage de projets d&amp;#039;aménagement en régie :
- &lt;br /&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ Le bâti d&amp;#039;intérêt patrimonial peut difficilement accueillir de nouveaux usages du fait des surcoûts engendrés par son adaptation. L&amp;#039;attribution d&amp;#039;une minoration foncière au titre du patrimoine bâti peut favoriser des projets optimisant l&amp;#039;existant, contribuant ainsi à limiter l&amp;#039;étalement urbain, tout en valorisant le patrimoine, facteur d&amp;#039;attractivité et de qualité du cadre de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -    Le montant de la minoration peut atteindre jusqu&amp;#039;à 400 € par mètre carré de surface de plancher de bâti préservé.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Attribution sur dossier de la minoration pour des projets entrant dans le cadre du PPI
+&lt;/p&gt;
+&lt;p&gt;
+ -    Le maitre d&amp;#039;ouvrage doit s&amp;#039;associer des compétences d&amp;#039;un architecte. Le dossier doit présenter les plans du projet et les coûts associés à la valorisation du patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Une commission, notamment composée de représentants de l&amp;#039;EPFLO et des CAUE de l&amp;#039;Oise et de l&amp;#039;Aisne (Conseils d&amp;#039;Architecture, d&amp;#039;Urbanisme et de l&amp;#039;Environnement), émet un avis sur l&amp;#039;éligibilité des projets, préalablement à leur présentation au Conseil d&amp;#039;Administration de l&amp;#039;EPFLO qui reste le seul organe compétent pour acter du montant des minorations foncières.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Foncier
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q22" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Départements de l'Aisne et de l'Oise</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a2f-soutenir-le-logement-locatif-social-et-lacces/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB22" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>144492</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Musées, le Patrimoine et l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Réglement des aides départementales aux Musées, au Patrimoine, et à l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Reconnaissant le patrimoine comme facteur d&amp;#039;identité et d&amp;#039;attractivité des territoires, de développement personnel du citoyen, le Département des Landes soutient et promeut une action culturelle et patrimoniale globale s&amp;#039;appuyant sur un réseau de partenaires structurants, qui vise la qualité, l&amp;#039;accessibilité pour tous les publics, l&amp;#039;implication des territoires et des populations, et l&amp;#039;équité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du règlement d&amp;#039;aide à la restauration du patrimoine protégé des communes et de leur groupement, le présent règlement d&amp;#039;aides aux musées, au patrimoine et à l&amp;#039;archéologie des Landes a pour objectifs de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Assistance opérationnelle et juridique au pilotage d&amp;#039;une opération d&amp;#039;aménagement ou de construction réalisée en régie par une collectivité
+   conforter les musées de France comme des acteurs-équipements structurants de cette dynamique par leurs missions permanentes réglementaires inscrites dans un projet scientifique et culturel pluriannuel (telles que définies à l&amp;#039;article L441-2 du Code du Patrimoine, et conformément à la loi du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine).
   &lt;/li&gt;
   &lt;li&gt;
-   Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+   renforcer les actions en réseau, afin de mieux valoriser les Landes comme destination muséale et patrimoniale.
   &lt;/li&gt;
   &lt;li&gt;
-   Participation en réunion
+   soutenir des actions d&amp;#039;études, recherches et inventaires qui favorisent des projets territoriaux, en matière de culture, tourisme et patrimoine, ou y participent ;
   &lt;/li&gt;
   &lt;li&gt;
-   Production de supports (ppt, notes)
+   valoriser le patrimoine landais auprès du plus grand nombre par des expositions et manifestations présentant un caractère départemental et un intérêt scientifique et culturel avérés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser le &amp;#34;&amp;#34;parcours d&amp;#039;éducation artistique et culturelle&amp;#34;&amp;#34; de l&amp;#039;élève, instauré par la loi du 8 juillet 2013 d&amp;#039;orientation et de programmation pour la refondation de l&amp;#039;école de la République et formalisé dans la loi du 7 juillet 2016 relative à la liberté de création, à l&amp;#039;architecture et au patrimoine ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   encourager le partage, la mutualisation d&amp;#039;expériences, la formation des acteurs du territoire, l&amp;#039;implication citoyenne.&amp;#34;
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;&lt;/p&gt;
-[...4 lines deleted...]
- Sur devis au cas par cas (temps passé estimé)
+</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide départementale sera octroyée à partir des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la spécificité des territoires concernés (rural, urbain, éloigné ou proche d&amp;#039;une offre culturelle et patrimoniale) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les caractéristiques des projets (intérêt départemental, cohérence de la programmation, qualité des contenus scientifiques et culturels, respect des cadres réglementaires et déontologiques, intérêt éducatif, originalité, accessibilité, pertinence des actions proposées et leur adéquation avec les publics visés) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la contribution au renforcement du réseau ou au projet territorial ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la concertation avec la conservation départementale et la cohérence des projets avec les missions et prérogatives des services de l&amp;#039;Etat (DRAC Nouvelle-Aquitaine) et de la Région Nouvelle-Aquitaine.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide départementale tiendra compte d&amp;#039;une éventuelle contribution en nature du Département. En outre, ne seront pas retenues dans le cadre du présent règlement les actions déjà financés par ailleurs par la politique culturelle et patrimoniale du Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="X20" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=90</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Sylvie ROGNON, Directrice du G.I.P. ID77
-[...4 lines deleted...]
-  id77&amp;#64;departement77.fr
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ee-soutenir-les-musees-le-patrimoine-et-larcheol/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...129 lines deleted...]
-      <c r="A22" s="1">
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
         <v>1045</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les meublés de tourisme afin de proposer une offre touristique d’excellence</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H22" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par ce dispositif, la Région Grand Est décide de promouvoir les meublés de tourisme afin de proposer une offre touristique d&amp;#039;excellence et renforcer l&amp;#039;attractivité du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  PME au sens de l&amp;#039;union européenne, exploitants en nom propre, associations, particuliers, porteurs de projets publics pour les hébergements situés dans des communes de 2 000 habitants maximum dans les zones dépourvues d&amp;#039;hébergements touristiques, appréciation faite par la Région au travers de données fournies par l&amp;#039;Observatoire Régional du Tourisme.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les meublés de tourisme → Taux maxi : 20 % / Plafond : 60 000 €
  &lt;br /&gt;
  Pour les meublés de tourisme de grande capacité → Taux maxi : 20 % / Plafond : 100 000 €
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Remarque
  &lt;/strong&gt;
  : Une période de franchise de 2 ans est appliquée avant toute nouvelle demande de subvention dès lors que le plafond d&amp;#039;aides a été perçu. Ce délai court à partir de la dernière délibération visée en Commission Permanente permettant de prendre en compte ce plafond.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération. Enfin, le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Meublés de tourisme : Investissements permettant la création ou la rénovation fondamentale d&amp;#039;équipements dans des bâtiments existants, en respectant l&amp;#039;architecture locale.
 &lt;/p&gt;
 &lt;p&gt;
  Meublés de tourisme de grande capacité : Investissements permettant la création, la rénovation fondamentale ou l&amp;#039;extension d&amp;#039;équipements (chambres et/ou équipement complémentaire de type SPA, piscine, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Meublés de tourisme : seront éligibles les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement et dont la dépense éligible est égale ou supérieure à 30 000 € HT &amp;#43; les honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
 &lt;/p&gt;
 &lt;p&gt;
  Meublés de tourisme de grande capacité : Seront éligibles les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement de groupe et dont la dépense éligible est égale ou supérieure à 50 000 € HT &amp;#43; les honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus :
  &lt;/strong&gt;
  mobilier, matériel, éléments de décoration, literie, factures de matériaux mis en œuvre par le maître d&amp;#039;ouvrage ou par une association ainsi que les acquisitions immobilières et foncières et les investissements prévisibles et réglementaires (travaux de mise aux normes seuls).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/meubles-de-tourisme/</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Siège du Conseil Régional - Strasbourg :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Tél. &amp;#43;33 (0)3 88 15 68 67
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Coordonnées des Maisons de la Région :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Maison de la Région – Charleville-Mézières / Verdun : 22 Avenue Georges Corneau 08000 CHARLEVILLE-MÉZIÈRES – Téléphone : 03 26 70 86 30 – maison.charleville-verdun&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
    Service Transport : 03 26 70 77 99
   &lt;/li&gt;
@@ -6181,362 +7178,272 @@
   &lt;li&gt;
    Maison de la Région – Metz : 1 Place Gabriel Hocquard 57000 METZ – Téléphone : 03 87 61 65 49 – maison.metz&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
    Maison de la Région – Nancy : 4 Rue Piroux 54000 NANCY – Téléphone : 03 87 54 32 51 – maison.nancy&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
    Maison de la Région – Epinal : 40 Quai des Bons Enfants 88000 ÉPINAL – Téléphone : 03 87 33 62 47 – maison.epinal&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
    Maison de la Région – Saverne /Haguenau : 39 Rue Saint Nicolas 67700 SAVERNE – Téléphone : 03 88 03 40 80 – maison.saverne-haguenau&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
    Maison de la Région – Strasbourg : 26 Avenue de la Paix 67000 STRASBOURG – Téléphone : 03 88 15 67 40 – maison.strasbourg&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
    Maison de la Région – Sélestat : 1 Avenue de la Liberté 67600 SÉLESTAT – Téléphone : 03 88 58 41 11 – maison.selestat&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
    Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b306-meubles-de-tourisme-grandest/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB24" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>162776</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les établissements muséaux et les centres d'interprétation</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine - Plan musées et Ciap</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-[...22 lines deleted...]
-      <c r="K23" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
-[...60 lines deleted...]
-      <c r="S23" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif vise à favoriser les établissements muséaux et les centres d&amp;#039;interprétation répondant aux attentes du public en terme de qualité scientifique et culturelle, validé par le ministère en charge de la culture.&lt;/p&gt;
+&lt;p&gt;Il permet d&amp;#039;aider les collectivités à entreprendre des investissements ambitieux en matière d&amp;#039;aménagement culturel des territoires.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt; Collectivités territoriales (communes, intercommunalités, départements)&lt;/li&gt; 	&lt;li&gt;Association ou fondation si elle est propriétaire des murs et des collections musée de France&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Sont éligibles:&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les établissements justifiant de l’appellation Musées de France ainsi que les projets de création de Centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine&lt;/li&gt; 	&lt;li&gt;dans les communes ou territoires&lt;/li&gt; 	&lt;li&gt;ayant le label Villes et Pays d’art et d’histoire, délivré par le Ministère en charge de la culture&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Type de projets éligibles :&lt;/span&gt;&lt;br /&gt; &lt;strong&gt;Musées de France :&lt;/strong&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de construction, de rénovation et d’agrandissement &lt;/li&gt; 	&lt;li&gt;opérations d&amp;#039;entretien, de restauration&lt;/li&gt; 	&lt;li&gt;mise aux normes de sécurité et d&amp;#039;accueil du public&lt;/li&gt; 	&lt;li&gt;équipement en conservation préventive&lt;/li&gt; 	&lt;li&gt;aménagement de centres de conservation &lt;/li&gt; 	&lt;li&gt;modernisation de la muséographie&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;CIAP :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de construction, de réhabilitation, d’aménagement intérieur et de scénographie pour l’exposition principale.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Études d&amp;#039;ingénierie et de muséographie-scénographie préalables aux travaux de ces deux types de lieux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles:&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les établissements justifiant de l’appellation Musées de France ainsi que les projets de création de Centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine&lt;/li&gt; 	&lt;li&gt;dans les communes ou territoires&lt;/li&gt; 	&lt;li&gt;ayant le label Villes et Pays d’art et d’histoire, délivré par le Ministère en charge de la culture&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Type de projets éligibles :&lt;/span&gt;&lt;br /&gt; &lt;strong&gt;Musées de France :&lt;/strong&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de construction, de rénovation et d’agrandissement &lt;/li&gt; 	&lt;li&gt;opérations d&amp;#039;entretien, de restauration&lt;/li&gt; 	&lt;li&gt;mise aux normes de sécurité et d&amp;#039;accueil du public&lt;/li&gt; 	&lt;li&gt;équipement en conservation préventive&lt;/li&gt; 	&lt;li&gt;aménagement de centres de conservation &lt;/li&gt; 	&lt;li&gt;modernisation de la muséographie&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;CIAP :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de construction, de réhabilitation, d’aménagement intérieur et de scénographie pour l’exposition principale.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Études d&amp;#039;ingénierie et de muséographie-scénographie préalables aux travaux de ces deux types de lieux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...39 lines deleted...]
-          <t>published</t>
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-plan-musees-et-ciap</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Patrimoine et Musée &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Gaëlle Cuesta: &lt;a href="mailto:gcuesta&amp;#64;maregionsud.fr"&gt;gcuesta&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-plan-musees-et-ciap/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G24" s="1" t="inlineStr">
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>1028</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer le patrimoine non protégé</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...4 lines deleted...]
-      <c r="H24" s="1" t="inlineStr">
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>L'aide revêt la forme d'une subvention plafonnée à 100 000 €.</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
-[...100 lines deleted...]
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par ce dispositif, la région Grand Est décide de préserver et restaurer le patrimoine architectural non protégé et les édifices inscrit au titre des Monuments Historiques (IMH), encourager la transmission des métiers et savoir-faire et la création d&amp;#039;emplois, et mobiliser le mécénat populaire de proximité en faveur du patrimoine bâti par le partenariat avec la Fondation du Patrimoine ou tout autre organisme ou association en charge du mécénat populaire en faveur du patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Le patrimoine bâti non protégé :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Public : cultuel, domestique, industriel, militaire, édicules (lavoir, croix de chemin, fontaine, etc.), ouvrages liés à l&amp;#039;eau (à l&amp;#039;exception des ponts postérieurs à 1789)
  &lt;/li&gt;
  &lt;li&gt;
   Privé : demeure, moulin, ferme, château, édicules, industriel etc.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   Le patrimoine bâti Inscrit au titre des Monuments Historiques (IMH) :
@@ -6546,63 +7453,63 @@
  &lt;li&gt;
   Public : cultuel, domestique, édicules (lavoir, croix de chemin, fontaine, etc.), ouvrages liés à l&amp;#039;eau (à l&amp;#039;exception des ponts postérieurs à 1789), etc.
  &lt;/li&gt;
  &lt;li&gt;
   Privé : demeure, moulin, ferme, château, édicules, etc.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les travaux de restauration portant sur le clos, le couvert et le décor porté (ferronneries, mosaïques, peintures murales, etc.).
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux pouvant présenter un caractère d&amp;#039;urgence et de mise en sécurité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Architecture
 Emploi</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les collectivités territoriales et associations propriétaires d&amp;#039;édifices situés dans une commune de moins de 6 000 habitants ;
   &lt;/li&gt;
   &lt;li&gt;
    Les personnes physiques propriétaires d&amp;#039;édifices situés dans une commune de moins de 3 500 habitants.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Les critères d&amp;#039;éligibilité :
  &lt;/strong&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     les édifices remarquables et d&amp;#039;intérêt patrimonial et historique exceptionnel ou représentatif au niveau régional ;
    &lt;/li&gt;
    &lt;li&gt;
     les édifices visibles de l&amp;#039;espace public ;
@@ -6621,139 +7528,164 @@
    &lt;/li&gt;
    &lt;li&gt;
     les travaux de valorisation en vue de l&amp;#039;animation, de l&amp;#039;ouverture au public, de salle d&amp;#039;exposition, etc... ;
    &lt;/li&gt;
    &lt;li&gt;
     la présentation d&amp;#039;un plan de financement faisant apparaître les subventions demandées et le cas échéant la part estimative provenant du mécénat ;
    &lt;/li&gt;
    &lt;li&gt;
     un phasage des travaux prévoyant le projet dans son ensemble ;
    &lt;/li&gt;
    &lt;li&gt;
     l&amp;#039;engagement de réaliser les travaux dans l&amp;#039;année de la décision de l&amp;#039;assemblée régionale ;
    &lt;/li&gt;
    &lt;li&gt;
     l&amp;#039;intérêt du projet de restauration de valorisation ou de réhabilitation de qualité, selon l&amp;#039;analyse effectuée par l&amp;#039;Inventaire général du patrimoine culturel, par l&amp;#039;Unité Départemental de l&amp;#039;Architecture et du Patrimoine (UDAP) ou le Conseil d&amp;#039;Architecture, d&amp;#039;Urbanisme et d&amp;#039;Environnement concerné (CAUE) ;
    &lt;/li&gt;
    &lt;li&gt;
     la possibilité accordée aux équipes de l&amp;#039;Inventaire général du patrimoine culturel d&amp;#039;étudier l&amp;#039;édifice et d&amp;#039;en effectuer des photographies dont la diffusion, lorsqu&amp;#039;il s&amp;#039;agit des parties privatives, sera soumise à l&amp;#039;autorisation du propriétaire ou de l&amp;#039;occupant.
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;p&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/preservation-restauration-patrimoine-non-protege/</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture, du Patrimoine et de la Mémoire
 &lt;/p&gt;
 &lt;p&gt;
  patrimoines-subventions&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  03 87 54 32 36
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/44b3-preservation-et-restauration-du-patrimoine-no/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB26" s="1" t="inlineStr">
+        <is>
+          <t>Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
         <v>90802</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Soutenir au recrutement de chargés d’études pour les opérations d'inventaire</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Opérations d'inventaire</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
+      <c r="I27" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      L&amp;#039;aide de la Région Nouvelle-Aquitaine porte sur le soutien au recrutement de chargés d&amp;#039;études.
     &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif est de placer la connaissance en amont des politiques de valorisation, de médiation, d&amp;#039;aménagement du territoire et de développement touristique. Ce dispositif contribue également à la qualité des projets patrimoniaux, grâce à la constitution d&amp;#039;une documentation à caractère scientifique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
@@ -6785,61 +7717,61 @@
   &lt;li&gt;
    50 % du salaire brut chargé du chargé d&amp;#039;étude en l&amp;#039;absence d&amp;#039;autres partenaires financiers.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    dans le cadre d&amp;#039;un plan de financement multi-partenarial, le total des aides ne pourra pas excéder 70 %.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    dans le cadre d&amp;#039;un cofinancement FEADER, l&amp;#039;aide régionale ne pourra pas excéder 25 %.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    une bonification de 10 % sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (Cf. carte EPCI en annexe).
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide régionale est plafonné à 20 000 € par an, hors bonification éventuelle.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;intervention régionale sera soumise à une programmation pluriannuelle des opérations d&amp;#039;inventaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critère d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sous la responsabilité scientifique de la Région Nouvelle-Aquitaine (services du patrimoine et de l&amp;#039;Inventaire), l&amp;#039;étude devra prendre en compte les points suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    respect des normes nationales de l&amp;#039;Inventaire Général du Patrimoine Culturel. Ces normes sont définies dans les livrets de prescription et aboutissent à une documentation normalisée sur le plan national bénéficiant des garanties d&amp;#039;homogénéité, de pérennité et d&amp;#039;accessibilité (Principes, méthode et conduite de l&amp;#039;Inventaire Général du Patrimoine Culturel, Système descriptif de l&amp;#039;architecture, Système descriptif du mobilier, Système descriptif de l&amp;#039;illustration...).
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    utilisation des applications « métiers » de l&amp;#039;Inventaire général : Gertrude (production de dossiers), Augustin (gestion de l&amp;#039;illustration), Cindoc...
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    élaboration en amont de l&amp;#039;opération d&amp;#039;un cahier des clauses scientifiques et techniques et d&amp;#039;une convention de partenariat.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    recrutement d&amp;#039;un ou plusieurs chargé(s) d&amp;#039;études ayant de solides compétences en matière d&amp;#039;histoire de l&amp;#039;art, d&amp;#039;histoire ou d&amp;#039;architecture. La Région sera associée à ce recrutement.
@@ -6862,67 +7794,67 @@
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    les projets prévoyant l&amp;#039;étude du patrimoine culturel immatériel.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La subvention est calculée sur la base d&amp;#039;un salaire brut chargé.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les outils informatiques et professionnels (appareil photographique) et les frais divers (repas, transport...) ne sont pas pris en compte.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-dinventaire</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Laurence Fouquet
  &lt;/strong&gt;
  &lt;strong&gt;
   (Pour les Départements 24-33-40-47-64)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  14, Rue François de Sourdis
  &lt;br /&gt;
  33077
                                                     Bordeaux cedex
 &lt;/p&gt;
 &lt;p&gt;
  0557577410
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nadia Jabnoun-Verger (Pour les Départements 19-23-87)
  &lt;/strong&gt;
@@ -6936,2774 +7868,194 @@
  87031
                                                     Limoges Cedex 1
 &lt;/p&gt;
 &lt;p&gt;
  05.55.45.19.61
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Aurélie Riffaud (Pour les Départements 16-17-79-86)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  15, rue de l&amp;#039;Ancienne Comédie
  &lt;br /&gt;
  86021
                                                     Poitiers CS 70575
 &lt;/p&gt;
 &lt;p&gt;
  0549363005
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8890-operations-dinventaire/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>Région Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2021</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-[...154 lines deleted...]
-    <row r="28" spans="1:27" customHeight="0">
+    <row r="28" spans="1:34" customHeight="0">
       <c r="A28" s="1">
-        <v>162776</v>
+        <v>165420</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Favoriser les établissements muséaux et les centres d'interprétation</t>
+          <t>Opérations d'Inventaire Général du Patrimoine Culturel</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>Patrimoine - Plan musées et Ciap</t>
+          <t>Opérations d&amp;apos;Inventaire Général du Patrimoine Culturel</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
-        <is>
-[...384 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite accompagner les collectivités qui veulent s&amp;#039;engager dans une étude d&amp;#039;Inventaire du patrimoine culturel de leur territoire. Elle propose un contrôle scientifique de l&amp;#039;opération et une aide à l&amp;#039;emploi d&amp;#039;un chargé d&amp;#039;étude dédié.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;placer la connaissance en amont des politiques de valorisation, de médiation, d’aménagement du territoire et de développement des territoires ;&lt;/p&gt;&lt;p&gt;contribuer à la qualité des projets patrimoniaux, grâce à la constitution d’une documentation à caractère scientifique.&lt;/p&gt;&lt;p&gt;Pour ce faire, conformément à sa compétence, la Région Nouvelle-Aquitaine soutient le recrutement de chargés d’étude. Cette aide pour les opérations d’Inventaire Général du Patrimoine Culturel et pour la valorisation de la recherche est soumise à une programmation pluriannuelle sur l’ensemble du territoire régional.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Dépenses éligibles et modalités de calcul de la subvention régionale&lt;/p&gt;&lt;p&gt;Pour le chargé d’étude :&lt;/p&gt;&lt;p&gt;La subvention est calculée sur la base d’un salaire brut chargé (grille d’attaché territorial de conservation du patrimoine). Les dépenses liées à l’activité du chargé d’étude (frais de mission, matériel) ne sont pas prises en compte.&lt;/p&gt;&lt;p&gt;Calcul de la subvention régionale : 50 % du salaire brut chargé du chargé d’étude plafonné à 50 000 € de dépenses TTC par an, soit une subvention de 25 000 € maximum par an.&lt;/p&gt;&lt;p&gt;Dans le cadre d’un cofinancement FEADER, l’aide régionale ne pourra pas excéder 25% du salaire brut chargé du chargé d’étude.&lt;/p&gt;&lt;p&gt;Pour la valorisation de la recherche :&lt;/p&gt;&lt;p&gt;Concernant la valorisation de la recherche, une subvention complémentaire pourra être attribuée pendant les 3 ans qui suivent la fin de l’opération :&lt;/p&gt;&lt;p&gt;publication dans les collections nationales et régionales de l’Inventaire Général ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;exposition ;&lt;/p&gt;&lt;p&gt;projet multimédia.&lt;/p&gt;&lt;p&gt;Les supports de communication ne sont pas éligibles (exemple : dépliants).&lt;/p&gt;&lt;p&gt;Calcul de la subvention régionale : 50 % maximum du montant du projet de valorisation, en l’absence d’autres partenaires financiers. La subvention est plafonnée à 20 000 € par projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;Communes ;&lt;/p&gt;&lt;p&gt;Établissements publics ;&lt;/p&gt;&lt;p&gt;Établissements Publics de Coopération Intercommunale (EPCI) : communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux...&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Sous la responsabilité scientifique du service Patrimoine et Inventaire de la Région Nouvelle-Aquitaine, l’étude devra prendre en compte les points suivants :&lt;/p&gt;&lt;p&gt;respect des normes nationales de l’Inventaire Général du Patrimoine Culturel. Ces normes sont définies dans les livrets de prescription et aboutissent à une documentation normalisée sur le plan national bénéficiant des garanties d’homogénéité, de pérennité et d’accessibilité (Principes, méthode et conduite de l’Inventaire Général du Patrimoine Culturel, Système descriptif de l’architecture, Système descriptif du mobilier, Système descriptif de l’illustration…) ;&lt;/p&gt;&lt;p&gt;utilisation des applications métiers de l’Inventaire Général fournis par la Région : Gertrude (production de dossiers), Augustin (gestion de l’illustration) ;&lt;/p&gt;&lt;p&gt;élaboration en amont de l’opération d’un cahier des clauses scientifiques et techniques et d’une convention de partenariat ;&lt;/p&gt;&lt;p&gt;recrutement d’un ou plusieurs chargé(s) d’étude ayant de solides compétences en matière d’histoire de l’art, d’histoire ou d’architecture (Bac &amp;#43; 5).&lt;/p&gt;&lt;p&gt;La Région sera associée à ce recrutement et engagera un partenariat de plusieurs années avec le bénéficiaire, selon la nature et l’étendue de l’aire d’étude.&lt;/p&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les projets éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;les projets provenant d’E.P.C.I, afin de favoriser des aires d’études plus grandes assurant une bonne couverture du territoire régional ;&lt;/p&gt;&lt;p&gt;les projets prenant en compte les droits culturels par l’association étroite des habitants du territoire concerné au projet de valorisation (inventaire participatif, ateliers citoyens…) ;&lt;/p&gt;&lt;p&gt;les projets prévoyant l’étude du patrimoine culturel immatériel et ceux concernant les politiques mémorielles ;&lt;/p&gt;&lt;p&gt;les projets prévoyant l’intégration de l’étude d’inventaire dans une politique plus globale en matière de restauration, de protection, de valorisation du patrimoine ;&lt;/p&gt;&lt;p&gt;les projets situés dans des territoires à enjeux culturels (cf. carte en annexe).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-dinventaire-general-du-patrimoine-culturel</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;lettre de saisine motivant la demande ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;descriptif détaillé du projet avec calendrier prévisionnel ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;délibération du futur bénéficiaire avec budget prévisionnel du salaire du chargé d&amp;#039;étude sur la durée totale du recrutement (en € TTC) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;fiche d&amp;#039;identité Sirene.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Conformément à la délibération n°2023.487.SP relative aux éco socio conditionnalités adoptée en assemblée plénière du 27 mars 2023, la Région Nouvelle-Aquitaine demande à chaque bénéficiaire d’une subvention de signer la « Charte d’engagements du bénéficiaire d’une aide régionale envers la Région Nouvelle-Aquitaine Culture Patrimoine », et d’adhérer à ses principes (cf. délibération 2024.267.SP du 11 mars 2024).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/operations-dinventaire-general-du-patrimoine-culturel/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+      <c r="AE28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
-[...2039 lines deleted...]
-          <t>published</t>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>07/09/2025</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>