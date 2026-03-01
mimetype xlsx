--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA68"/>
+  <dimension ref="A1:AH56"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,78 +225,113 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>103339</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Soutenir la production de résidences pour jeunes, apprentis et étudiants</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Soutien à la production de logements pour jeunes, apprentis et étudiants</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-Entreprise privée</t>
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient la création nette de logements  pour les jeunes et les étudiants, par construction neuve ou transformation d&amp;#039;immeubles après changement de destination.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
@@ -464,52 +499,77 @@
  &lt;a href="mailto:jerome.de-vivies&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   jerome.de-vivies&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 01 53 85 57 53 (chef du service)
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0d41-soutien-a-la-production-de-residences-pour-je/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>27/04/2021</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
         <v>97734</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Construire et réhabiliter des logements sociaux</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aude</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
@@ -632,52 +692,82 @@
  &lt;/li&gt;
  &lt;li&gt;
   Mail :
   &lt;a href="mailto:richard.cane&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
    richard.cane&amp;#64;aude.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f9bc-construire-et-rehabiliter-les-logements-socia/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Département de l'Aude</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>16/07/2021</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
+    <row r="4" spans="1:34" customHeight="0">
       <c r="A4" s="1">
         <v>98476</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Financer des opérations de réhabilitation de logements locatifs sociaux</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Prêts long terme</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
@@ -777,414 +867,195 @@
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6863-trouver-une-offre-dediee-au-financement-doper/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>20/07/2021</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
+    <row r="5" spans="1:34" customHeight="0">
       <c r="A5" s="1">
-        <v>98478</v>
+        <v>103274</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Reconfigurer le parc social</t>
+          <t>Produire des logements locatifs sociaux, très sociaux et intermédiaire</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>La banque de l’Habitat social</t>
+          <t>Soutien à la production de logements locatifs sociaux, très sociaux et intermédiaire</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
-        <is>
-[...247 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L7" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient la création nette de logements locatifs sociaux par construction neuve ou transformation d&amp;#039;immeubles après changement de destination permettant la production de logements locatifs sociaux.
 &lt;/p&gt;
 &lt;p&gt;
  Les critères d&amp;#039;éligibilité figurent dans le règlement d&amp;#039;intervention de la délibération n° CR 2017-02.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez aussi consulter la fiche du dispositif d&amp;#039;aide accessible sur mesdemarches.iledefrance.fr (sélectionner le téléservice « Production de logements locatifs sociaux  Logements familiaux et résidences sociales non spécifiques », puis, dans l&amp;#039;écran « Informations préalables », cliquer sur « Télécharger la fiche de synthèse du dispositif » sous le paragraphe intitulé « Avant de déposer votre demande »).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention est calculée selon un pourcentage des dépenses subventionnables définis par le réglement d&amp;#039;intervention. Son montant est plafonné par logement.
 &lt;/p&gt;
 &lt;p&gt;
  Consulter le réglement d&amp;#039;intervention fixé par la délibération cadre CR 2017-02
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités de calcul décrites dans la délibération correspondent aux aides maximales mobilisables. L&amp;#039;intervention régionale s&amp;#039;inscrivant dans le cadre d&amp;#039;un budget annuel, les aides potentiellement mobilisables sont par conséquent susceptibles d&amp;#039;être ajustées notamment en fonction des disponibilités de crédits.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     logements familiaux agréés en PLS, PLUS, PLAI, ou Anah très social,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     foyers (résidences sociales, maisons-relais, pensions de famille) financés en PLAI, non dédiés à un public spécifique.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Sont exclues:
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     l&amp;#039;acquisition de patrimoines déjà conventionnés,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     les structures d&amp;#039;hébergement d&amp;#039;urgence (centres de stabilisation, d&amp;#039;hébergement et de réinsertion sociale, d&amp;#039;accueil pour demandeurs d&amp;#039;asile...),
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     les structures dédiées à une population spécifique (personnes âgées, handicapés, jeunes travailleurs, travailleurs migrants, étudiants...).
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les maîtres d&amp;#039;ouvrage sociaux énumérés à l&amp;#039;article L.411-2 du code de la construction et de l&amp;#039;habitation,
  &lt;/li&gt;
  &lt;li&gt;
   les sociétés d&amp;#039;économie mixte de construction,
  &lt;/li&gt;
  &lt;li&gt;
   les associations et organismes agréés au titre de la maîtrise d&amp;#039;ouvrage d&amp;#039;insertion,
  &lt;/li&gt;
  &lt;li&gt;
   les collectivités territoriales ainsi que leurs groupements et les établissements publics.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Quand déposer la demande de subvention ?
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Lorsque l&amp;#039;opération est réalisée en maîtrise d&amp;#039;ouvrage directe dans le cadre d&amp;#039;un marché de travaux : après validation de l&amp;#039;APD et avant finalisation du DCE,
@@ -1192,254 +1063,491 @@
  &lt;li&gt;
   Lorsque l&amp;#039;opération est réalisée en maîtrise d&amp;#039;ouvrage directe dans le cadre d&amp;#039;un marché de conception-réalisation : après validation de l&amp;#039;APD réalisé par le groupement et avant validation de la version PRO,
  &lt;/li&gt;
  &lt;li&gt;
   Lorsque l&amp;#039;opération est réalisée en VEFA : après signature du contrat de réservation et avant de conclure l&amp;#039;acte de vente.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Qui peut déposer la demande ?
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le bénéficiaire de la subvention régionale (le titulaire du conventionnement pour l&amp;#039;APL),
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;organisme désigné par le bénéficiaire (AMO,....).
   &lt;br /&gt;
   Les dossiers doivent être déposés sur la plateforme des aides régionales (mesdemarches.iledefrance.fr)
   &lt;br /&gt;
   La liste des pièces nécessaires pour constituer le dossier est téléchargeable à partir du téléservice.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-la-production-de-logements-locatifs-sociaux-tres-sociaux-et-intermediaire</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;span&gt;
  cyrielle.lavrador&amp;#64;iledefrance.fr
 &lt;/span&gt;
 - 01 53 85 56 82
 &lt;br /&gt;
 christine.malvaut&amp;#64;iledefrance.fr - 01 53 85 71 89
 &lt;br /&gt;
 sandrine.promenzio&amp;#64;iledefrance.fr - 01 53 85 75 37 (référente opérations réalisées en maîtrise d&amp;#039;ouvrage d&amp;#039;insertion)
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/73cd-soutien-a-la-production-de-logements-locatifs/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>19/09/2019</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
         <v>104024</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Financer des opérations de réhabilitation de logements</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Aide - « Prêt PAM Taux Fixe »</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Financer des opérations de réhabilitation de logements locatifs sociaux conventionnés à l&amp;#039;aide personnalisée au logement dans le cadre du Plan logement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  organismes de logement social (OPH, ESH, SEM immobilière, Coopérative).
  &lt;br /&gt;
  &lt;strong&gt;
   Actions éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts à la réhabilitation sont destinés à des logements locatifs sociaux et/ou logements-foyers conventionnés à l&amp;#039;APL pour des travaux de r
  éhabilitation qui n&amp;#039;atteignent pas les critères de performance énergétique requis pour pouvoir bénéficier de l&amp;#039;Eco-prêt, et dont le prix de revient est supérieur ou égal à 15 000 € par logement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement :
  &lt;/strong&gt;
  6 000 € par logement maximum - le PAM à taux fixe peut être complété du PAM à TLA &amp;#43; 60 pb.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Logement et habitat</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/pret-pam-taux-fixe</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez la banque des territoires
  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire/produit/46925" rel="noopener" target="_blank"&gt;
   &lt;strong&gt;
    via leur formulaire en ligne
   &lt;/strong&gt;
  &lt;/a&gt;
  pour candidater ou en savoir plus sur ce dispositif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>sylviane.philippe@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/88c9-financer-des-operations-de-rehabilitation-de-/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>DDT58</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>05/11/2021</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>115150</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Créer un/des établissements ou services dédiés aux personnes âgées et handicapées</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Projets d'établissements ou de services dédiés aux personnes âgées et handicapées</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement dans la mise en place de projets d&amp;#039;établissements ou de services pour les personnes âgées et handicapées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Champs d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise à disposition de données statistiques (liste des établissements présents ou en projets, indicateurs sur les spécificités démographiques et sociales de la population) à l&amp;#039;échelle d&amp;#039;un territoire concerné,
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la création, l&amp;#039;extension ou la transformation d&amp;#039;établissements d&amp;#039;accueil de personnes âgées ou handicapées et au développement de services à la personne : conseil sur le cadre règlementaire, la procédure et les démarches à mener, mise à disposition d&amp;#039;un panel d&amp;#039;outils d&amp;#039;aide à la réflexion, conseil sur les choix organisationnels...
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement de projets portés par les acteurs de proximité de la prévention et du maintien à domicile pour permettre aux séniors de bien vieillir dans leur environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prestation gratuite.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Bâtiments et construction
+Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes porteuses de projets d&amp;#039;établissements d&amp;#039;accueil ou de service à la personne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bailleurs sociaux
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/99/18-projets-d-etablissements-ou-de-services-dedies-aux-personnes-agees-et-handicapees.htm</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  departement&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6aa-creer-undes-etablissements-ou-services-dedies/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB7" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2022</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
         <v>105107</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Soutenir la production de logements sociaux et très sociaux en acquisition-amélioration par les bailleurs publics et les collectivités</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Acquisition-amélioration opérations de recyclage foncier de logements locatifs</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L9" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bailleurs publics
  &lt;/li&gt;
  &lt;li&gt;
   Communes et communautés de communes
  &lt;/li&gt;
  &lt;li&gt;
   Associations habilitées à réaliser une acquisition-amélioration au titre des PLA-I, des PLUS et des PSH pour les logements d&amp;#039;hébergement d&amp;#039;urgence
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Soutenir la production en Charente, de logements sociaux, très sociaux et d’hébergement d’urgence en acquisition-amélioration et sous forme d’opérations de recyclage foncier, par les bailleurs publics (dont les collectivités), en programme Prêt locatif aidé d&amp;#039;intégration (PLA-I) ou en Prêt locatif à usage social (PLUS) en bourgs centres et centres villes.
 &lt;/p&gt;
@@ -1448,62 +1556,62 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de favoriser les échanges, le lien social
  &lt;/li&gt;
  &lt;li&gt;
   de favoriser la proximité des services, transports, commerces
  &lt;/li&gt;
  &lt;li&gt;
   de réinvestir les bourgs centres
  &lt;/li&gt;&lt;li&gt;de contribuer à la sobriété foncière&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide forfaitaire par logement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;&lt;/li&gt;&lt;li&gt;PLA-I et PSH Produit spécifique d’Hébergement d’urgence en acquisition–amélioration et en opération de recyclage foncier (qualifiée comme telle par les services de l’Etat) : 12 000 €&lt;/li&gt;&lt;li&gt;PLUS en acquisition–amélioration, acquisition-démolition-reconstruction et en opération de recyclage foncier (qualifiée comme telle par les services de l’Etat) :   8 000 €&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La notification de l&amp;#039;accord de la Direction départementale des territoires (DDT) est une condition « sine qua non » pour que la demande soit recevable par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIECES A FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un courrier sollicitant le concours du Département de la Charente
  &lt;/li&gt;
  &lt;li&gt;
   un dossier de description de l&amp;#039;opération : plans, situation dans la commune, échéancier de réalisation...
  &lt;/li&gt;
  &lt;li&gt;
   le plan de financement
  &lt;/li&gt;
  &lt;li&gt;
@@ -1520,243 +1628,273 @@
  &lt;/li&gt;
  &lt;li&gt;
   le contrat d&amp;#039;engagement républicain signé (pour les associations)&lt;/li&gt;&lt;li&gt;la copie de la délibération autorisant l&amp;#039;opération (pour les collectivités)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes.&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction :
 &lt;/p&gt;
 &lt;p&gt;
  Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;&lt;/li&gt;&lt;li&gt;paiement de deux acomptes possible à hauteur des travaux effectués sur présentation d&amp;#039;un état récapitulatif des factures, certifié par le comptable&lt;/li&gt;&lt;li&gt;paiement du solde sur présentation d&amp;#039;un état récapitulatif des factures, certifié par le comptable et du décompte général et définitif de l’opération&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Caducité : l’opération doit être achevée et la demande de versement du solde doit intervenir dans un délai maximal de quatre ans à compter de la date de notification de la décision attributive. 
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/08-Logement/amelioration_logements_locatifs_PLUS_et_PLA-I.pdf</t>
         </is>
       </c>
-      <c r="W9" s="1" t="inlineStr">
+      <c r="W8" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : néant
 &lt;/p&gt;
 &lt;p&gt;
  Secteur cohésion territoriale ; Tél. : 05 16 09 74 15
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9c97-soutenir-la-production-de-logements-sociaux-e/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>25/11/2021</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>111732</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Favoriser la restructuration lourde et la rénovation thermique des logements sociaux ultramarins</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>France Relance</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="F10" s="1" t="inlineStr">
+      <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Direction de l'Environnement, de l'Aménagement et du Logement (DEAL) Guadeloupe</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J10" s="1" t="inlineStr">
+      <c r="J9" s="1" t="inlineStr">
         <is>
           <t>Les opérations éligibles donnent droit à une subvention qui peut être portée à 40% du coût prévis</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L10" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une fraction du parc locatif social ultramarin est aujourd&amp;#039;hui inadaptée aux besoins actuels, et nécessite des travaux de rénovation thermique, tant pour lutter contre le réchauffement climatique que pour permettre une maîtrise des charges des locataires.
 &lt;/p&gt;
 &lt;p&gt;
  La présente mesure vise à soutenir, par l&amp;#039;octroi de subventions aux organismes HLM ou aux maîtres d&amp;#039;ouvrage d&amp;#039;insertion engagés dans une démarche de rénovation lourde en outre-mer avec une dimension sociale forte :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La restructuration lourde de logements sociaux existants vétustes et inadaptés, pour créer une offre plus adaptée aux besoins, couplée à une rénovation thermique ;
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;accès pour les personnes à mobilité réduite ;
   &lt;/li&gt;
   &lt;li&gt;
    Des montants de loyers maîtrisés.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les crédits de cette action du plan de relance donnent lieu à inscription dans un accord régional de relance signé entre l&amp;#039;Etat et le conseil régional.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Règles de financement :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les subventions du plan de relance sont octroyées dans le respect de la réglementation SALLS.
   &lt;/li&gt;
   &lt;li&gt;
    Les opérations éligibles donnent droit à une subvention qui peut être portée à 40% du coût prévisionnel des travaux.
   &lt;/li&gt;
   &lt;li&gt;
    Le montant de la subvention est plafonné à 20.000€ par logement.
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;octroi de la subvention ne pourra pas être cumulée avec un financement issu du Fonds européen de développement régional (FEDER).
   &lt;/li&gt;
   &lt;li&gt;
    La décision d&amp;#039;octroi de subvention doit être antérieure au début des travaux (sauf titre dérogatoire et à la demande du bénéficiaire)
   &lt;/li&gt;
   &lt;li&gt;
    Pour les opérations donnant lieu à octroi de subvention en 2021, le commencement d&amp;#039;exécution des travaux doit intervenir avant le 30 juin 2022 et au plus tard dans un délai d&amp;#039;un an à compter de la date d&amp;#039;octroi de la subvention.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Logements éligibles
  &lt;/strong&gt;
  : Logements livrés depuis plus de 15 ans au 1er janvier 2021.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Opérations de plus de 15 ans au 1er janvier 2021 pour l&amp;#039;ensemble des DROM sauf Mayotte (opérations de plus de 10 ans) ;
   &lt;/li&gt;
   &lt;li&gt;
    Bouquet de travaux éligibles qui intègrent des critères environnementaux, d&amp;#039;accessibilité et d&amp;#039;inclusion, ce qui permettrait de garantir l&amp;#039;orientation souhaitée par l&amp;#039;État ;
   &lt;/li&gt;
   &lt;li&gt;
    Volume de travaux au minimum de 20.000€ par logement (réhabilitations lourdes) ;
   &lt;/li&gt;
   &lt;li&gt;
    Travaux démarrant avant le 30 juin 2022 ;
@@ -1798,233 +1936,263 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Rénovation énergétique
  &lt;/strong&gt;
  : Les opérations de restructuration lourdes mentionnées ci-dessus doivent intégrer une rénovation énergétique des logements. Chaque projet devra inclure la mise en œuvre d&amp;#039;au moins trois actions de rénovation énergétique de la grille de l&amp;#039;Eco prêt logement social outre-mer (cf. lien vers le descriptif complet de l&amp;#039;aide). Deux actions si la réalisation conjointe de trois actions n&amp;#039;est pas possible.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Concertation avec les locataires
  &lt;/strong&gt;
  : L&amp;#039;octroi de la subvention est conditionné, cumulativement :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Au fait que les éventuelles hausses de loyer consécutives aux travaux de rénovation fassent l&amp;#039;objet d&amp;#039;une concertation avec les locataires.
   &lt;/li&gt;
   &lt;li&gt;
    Au fait que le loyer pratiqué ne soit pas aligné sur le loyer plafond lors du changement de locataire.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Guadeloupe</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043467190</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;Environnement, de l&amp;#039;Aménagement et du Logement/DEAL de Guadeloupe
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  DEAL Guadeloupe
  &lt;br /&gt;
  BP 54
  &lt;br /&gt;
  97102 Basse-Terre Cedex
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Tél
  &lt;/strong&gt;
  : &amp;#43;590 5 90 99 46 46
  &lt;br /&gt;
  &lt;strong&gt;
   Tél
  &lt;/strong&gt;
  : &amp;#43;590 5 90 99 43 43
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Site web
  &lt;/strong&gt;
  :
  &lt;a href="http://www.guadeloupe.developpement-durable.gouv.fr" rel="noopener" target="_blank"&gt;
   http://www.guadeloupe.developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c325-copie-14h55-favoriser-la-restructuration-lour/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB9" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>MINISTERE DES OUTRE-MER</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>03/01/2022</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
         <v>111733</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Favoriser la restructuration lourde et la rénovation thermique des logements sociaux ultramarins</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>France Relance</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="F11" s="1" t="inlineStr">
+      <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Direction de l'Environnement, de l'Aménagement et du Logement (DEAL) Mayotte</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J11" s="1" t="inlineStr">
+      <c r="J10" s="1" t="inlineStr">
         <is>
           <t>Les opérations éligibles donnent droit à une subvention qui peut être portée à 40% du coût prévis</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une fraction du parc locatif social ultramarin est aujourd&amp;#039;hui inadaptée aux besoins actuels, et nécessite des travaux de rénovation thermique, tant pour lutter contre le réchauffement climatique que pour permettre une maîtrise des charges des locataires.
 &lt;/p&gt;
 &lt;p&gt;
  La présente mesure vise à soutenir, par l&amp;#039;octroi de subventions aux organismes HLM ou aux maîtres d&amp;#039;ouvrage d&amp;#039;insertion engagés dans une démarche de rénovation lourde en outre-mer avec une dimension sociale forte :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La restructuration lourde de logements sociaux existants vétustes et inadaptés, pour créer une offre plus adaptée aux besoins, couplée à une rénovation thermique ;
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;accès pour les personnes à mobilité réduite ;
   &lt;/li&gt;
   &lt;li&gt;
    Des montants de loyers maîtrisés.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les crédits de cette action du plan de relance donnent lieu à inscription dans un accord régional de relance signé entre l&amp;#039;Etat et le conseil régional.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Règles de financement :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les subventions du plan de relance sont octroyées dans le respect de la réglementation SALLS.
   &lt;/li&gt;
   &lt;li&gt;
    Les opérations éligibles donnent droit à une subvention qui peut être portée à 40% du coût prévisionnel des travaux.
   &lt;/li&gt;
   &lt;li&gt;
    Le montant de la subvention est plafonné à 20.000€ par logement.
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;octroi de la subvention ne pourra pas être cumulée avec un financement issu du Fonds européen de développement régional (FEDER).
   &lt;/li&gt;
   &lt;li&gt;
    La décision d&amp;#039;octroi de subvention doit être antérieure au début des travaux (sauf titre dérogatoire et à la demande du bénéficiaire)
   &lt;/li&gt;
   &lt;li&gt;
    Pour les opérations donnant lieu à octroi de subvention en 2021, le commencement d&amp;#039;exécution des travaux doit intervenir avant le 30 juin 2022 et au plus tard dans un délai d&amp;#039;un an à compter de la date d&amp;#039;octroi de la subvention.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Logements éligibles
  &lt;/strong&gt;
  : Logements livrés depuis plus de 15 ans au 1er janvier 2021.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Opérations de plus de 15 ans au 1er janvier 2021 pour l&amp;#039;ensemble des DROM sauf Mayotte (opérations de plus de 10 ans) ;
   &lt;/li&gt;
   &lt;li&gt;
    Bouquet de travaux éligibles qui intègrent des critères environnementaux, d&amp;#039;accessibilité et d&amp;#039;inclusion, ce qui permettrait de garantir l&amp;#039;orientation souhaitée par l&amp;#039;État ;
   &lt;/li&gt;
   &lt;li&gt;
    Volume de travaux au minimum de 20.000€ par logement (réhabilitations lourdes) ;
   &lt;/li&gt;
   &lt;li&gt;
    Travaux démarrant avant le 30 juin 2022 ;
@@ -2065,225 +2233,255 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Rénovation énergétique
  &lt;/strong&gt;
  : Les opérations de restructuration lourdes mentionnées ci-dessus doivent intégrer une rénovation énergétique des logements. Chaque projet devra inclure la mise en œuvre d&amp;#039;au moins trois actions de rénovation énergétique de la grille de l&amp;#039;Eco prêt logement social outre-mer (cf. lien vers le descriptif complet de l&amp;#039;aide). Deux actions si la réalisation conjointe de trois actions n&amp;#039;est pas possible.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Concertation avec les locataires
  &lt;/strong&gt;
  : L&amp;#039;octroi de la subvention est conditionné, cumulativement :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Au fait que les éventuelles hausses de loyer consécutives aux travaux de rénovation fassent l&amp;#039;objet d&amp;#039;une concertation avec les locataires.
   &lt;/li&gt;
   &lt;li&gt;
    Au fait que le loyer pratiqué ne soit pas aligné sur le loyer plafond lors du changement de locataire.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Mayotte</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043467190</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;Environnement, de l&amp;#039;Aménagement et du Logement/DEAL de Mayotte
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  BP 109
  &lt;br /&gt;
  97600 Mamoudzou
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Tél
  &lt;/strong&gt;
  : &amp;#43;269 2 69 61 12 54
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Site web :
  &lt;/strong&gt;
  &lt;a href="http://www.mayotte.gouv.fr/Services-de-l-Etat/Direction-de-l-Environnement-de-l-Amenagement-et-du-Logement-DEAL" rel="noopener" target="_blank"&gt;
   http://www.mayotte.gouv.fr/Services-de-l-Etat/Direction-de-l-Environnement-de-l-Amenagement-et-du-Logement-DEAL
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6900-copie-14h58-favoriser-la-restructuration-lour/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>MINISTERE DES OUTRE-MER</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>03/01/2022</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
         <v>111734</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Favoriser la restructuration lourde et la rénovation thermique des logements sociaux ultramarins</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>France Relance</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="F12" s="1" t="inlineStr">
+      <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Direction de l'Environnement, de l'Aménagement et du Logement  (DEAL) Martinique</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J12" s="1" t="inlineStr">
+      <c r="J11" s="1" t="inlineStr">
         <is>
           <t>Les opérations éligibles donnent droit à une subvention qui peut être portée à 40% du coût prévis</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L12" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une fraction du parc locatif social ultramarin est aujourd&amp;#039;hui inadaptée aux besoins actuels, et nécessite des travaux de rénovation thermique, tant pour lutter contre le réchauffement climatique que pour permettre une maîtrise des charges des locataires.
 &lt;/p&gt;
 &lt;p&gt;
  La présente mesure vise à soutenir, par l&amp;#039;octroi de subventions aux organismes HLM ou aux maîtres d&amp;#039;ouvrage d&amp;#039;insertion engagés dans une démarche de rénovation lourde en outre-mer avec une dimension sociale forte :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La restructuration lourde de logements sociaux existants vétustes et inadaptés, pour créer une offre plus adaptée aux besoins, couplée à une rénovation thermique ;
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;accès pour les personnes à mobilité réduite ;
   &lt;/li&gt;
   &lt;li&gt;
    Des montants de loyers maîtrisés.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les crédits de cette action du plan de relance donnent lieu à inscription dans un accord régional de relance signé entre l&amp;#039;Etat et le conseil régional.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Règles de financement :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les subventions du plan de relance sont octroyées dans le respect de la réglementation SALLS.
   &lt;/li&gt;
   &lt;li&gt;
    Les opérations éligibles donnent droit à une subvention qui peut être portée à 40% du coût prévisionnel des travaux.
   &lt;/li&gt;
   &lt;li&gt;
    Le montant de la subvention est plafonné à 20.000€ par logement.
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;octroi de la subvention ne pourra pas être cumulée avec un financement issu du Fonds européen de développement régional (FEDER).
   &lt;/li&gt;
   &lt;li&gt;
    La décision d&amp;#039;octroi de subvention doit être antérieure au début des travaux (sauf titre dérogatoire et à la demande du bénéficiaire)
   &lt;/li&gt;
   &lt;li&gt;
    Pour les opérations donnant lieu à octroi de subvention en 2021, le commencement d&amp;#039;exécution des travaux doit intervenir avant le 30 juin 2022 et au plus tard dans un délai d&amp;#039;un an à compter de la date d&amp;#039;octroi de la subvention.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Logements éligibles
  &lt;/strong&gt;
  : Logements livrés depuis plus de 15 ans au 1er janvier 2021.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Opérations de plus de 15 ans au 1er janvier 2021 pour l&amp;#039;ensemble des DROM sauf Mayotte (opérations de plus de 10 ans) ;
   &lt;/li&gt;
   &lt;li&gt;
    Bouquet de travaux éligibles qui intègrent des critères environnementaux, d&amp;#039;accessibilité et d&amp;#039;inclusion, ce qui permettrait de garantir l&amp;#039;orientation souhaitée par l&amp;#039;État ;
   &lt;/li&gt;
   &lt;li&gt;
    Volume de travaux au minimum de 20.000€ par logement (réhabilitations lourdes) ;
   &lt;/li&gt;
   &lt;li&gt;
    Travaux démarrant avant le 30 juin 2022 ;
@@ -2324,228 +2522,258 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Rénovation énergétique
  &lt;/strong&gt;
  : Les opérations de restructuration lourdes mentionnées ci-dessus doivent intégrer une rénovation énergétique des logements. Chaque projet devra inclure la mise en œuvre d&amp;#039;au moins trois actions de rénovation énergétique de la grille de l&amp;#039;Eco prêt logement social outre-mer (cf. lien vers le descriptif complet de l&amp;#039;aide). Deux actions si la réalisation conjointe de trois actions n&amp;#039;est pas possible.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Concertation avec les locataires
  &lt;/strong&gt;
  : L&amp;#039;octroi de la subvention est conditionné, cumulativement :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Au fait que les éventuelles hausses de loyer consécutives aux travaux de rénovation fassent l&amp;#039;objet d&amp;#039;une concertation avec les locataires.
   &lt;/li&gt;
   &lt;li&gt;
    Au fait que le loyer pratiqué ne soit pas aligné sur le loyer plafond lors du changement de locataire.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Martinique</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043467190</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;Environnement, de l&amp;#039;Aménagement et du Logement/DEAL de Martinique
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pointe de Jaham
  &lt;br /&gt;
  BP 7212
  &lt;br /&gt;
  97274 Schœlcher Cedex
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Tél
  &lt;/strong&gt;
  : &amp;#43;596 5 96 59 57 00
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Site web
  &lt;/strong&gt;
  :
  &lt;a href="http://www.martinique.developpement-durable.gouv.fr/spip.php?page&amp;#61;sommaire" rel="noopener" target="_blank"&gt;
   http://www.martinique.developpement-durable.gouv.fr/spip.php?page&amp;#61;sommaire
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/00be-copie-14h59-favoriser-la-restructuration-lour/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB11" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>MINISTERE DES OUTRE-MER</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>03/01/2022</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
         <v>111735</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Favoriser la restructuration lourde et la rénovation thermique des logements sociaux ultramarins</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>France Relance</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="F13" s="1" t="inlineStr">
+      <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Direction de l'Environnement, de l'Aménagement et du Logement (DEAL) La Réunion</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J13" s="1" t="inlineStr">
+      <c r="J12" s="1" t="inlineStr">
         <is>
           <t>Les opérations éligibles donnent droit à une subvention qui peut être portée à 40% du coût prévu</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L13" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une fraction du parc locatif social ultramarin est aujourd&amp;#039;hui inadaptée aux besoins actuels, et nécessite des travaux de rénovation thermique, tant pour lutter contre le réchauffement climatique que pour permettre une maîtrise des charges des locataires.
 &lt;/p&gt;
 &lt;p&gt;
  La présente mesure vise à soutenir, par l&amp;#039;octroi de subventions aux organismes HLM ou aux maîtres d&amp;#039;ouvrage d&amp;#039;insertion engagés dans une démarche de rénovation lourde en outre-mer avec une dimension sociale forte :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La restructuration lourde de logements sociaux existants vétustes et inadaptés, pour créer une offre plus adaptée aux besoins, couplée à une rénovation thermique ;
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;accès pour les personnes à mobilité réduite ;
   &lt;/li&gt;
   &lt;li&gt;
    Des montants de loyers maîtrisés.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les crédits de cette action du plan de relance donnent lieu à inscription dans un accord régional de relance signé entre l&amp;#039;Etat et le conseil régional.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Règles de financement :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les subventions du plan de relance sont octroyées dans le respect de la réglementation SALLS.
   &lt;/li&gt;
   &lt;li&gt;
    Les opérations éligibles donnent droit à une subvention qui peut être portée à 40 % du coût prévisionnel des travaux.
   &lt;/li&gt;
   &lt;li&gt;
    Le montant de la subvention est plafonné à 20.000€ par logement.
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;octroi de la subvention ne pourra pas être cumulée avec un financement issu du Fonds européen de développement régional (FEDER).
   &lt;/li&gt;
   &lt;li&gt;
    La décision d&amp;#039;octroi de subvention doit être antérieure au début des travaux (sauf titre dérogatoire et à la demande du bénéficiaire)
   &lt;/li&gt;
   &lt;li&gt;
    Pour les opérations donnant lieu à octroi de subvention en 2021, le commencement d&amp;#039;exécution des travaux doit intervenir avant le 30 juin 2022 et au plus tard dans un délai d&amp;#039;un an à compter de la date d&amp;#039;octroi de la subvention.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Logements éligibles
  &lt;/strong&gt;
  : Logements livrés depuis plus de 15 ans au 1er janvier 2021.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Opérations de plus de 15 ans au 1er janvier 2021 pour l&amp;#039;ensemble des DROM sauf Mayotte (opérations de plus de 10 ans) ;
   &lt;/li&gt;
   &lt;li&gt;
    Bouquet de travaux éligibles qui intègrent des critères environnementaux, d&amp;#039;accessibilité et d&amp;#039;inclusion, ce qui permettrait de garantir l&amp;#039;orientation souhaitée par l&amp;#039;État ;
   &lt;/li&gt;
   &lt;li&gt;
    Volume de travaux au minimum de 20.000€ par logement (réhabilitations lourdes) ;
   &lt;/li&gt;
   &lt;li&gt;
    Travaux démarrant avant le 30 juin 2022 ;
@@ -2587,1451 +2815,1437 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Rénovation énergétique
  &lt;/strong&gt;
  : Les opérations de restructuration lourdes mentionnées ci-dessus doivent intégrer une rénovation énergétique des logements. Chaque projet devra inclure la mise en œuvre d&amp;#039;au moins trois actions de rénovation énergétique de la grille de l&amp;#039;Eco prêt logement social outre-mer (cf. lien vers le descriptif complet de l&amp;#039;aide). Deux actions si la réalisation conjointe de trois actions n&amp;#039;est pas possible.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Concertation avec les locataires
  &lt;/strong&gt;
  : L&amp;#039;octroi de la subvention est conditionné, cumulativement :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Au fait que les éventuelles hausses de loyer consécutives aux travaux de rénovation fassent l&amp;#039;objet d&amp;#039;une concertation avec les locataires.
   &lt;/li&gt;
   &lt;li&gt;
    Au fait que le loyer pratiqué ne soit pas aligné sur le loyer plafond lors du changement de locataire.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043467190</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;Environnement, de l&amp;#039;Aménagement et du Logement/DEAL de La Réunion
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  2 rue Juliette-Dodu
  &lt;br /&gt;
  97706 Saint-Denis Messag Cedex 9
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Tél
  &lt;/strong&gt;
  : &amp;#43;262 2 62 40 26 26
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Courriel
  &lt;/strong&gt;
  :
  &lt;a href="mailto:deal-reunion&amp;#64;developpement-durable.gouv.fr" rel="noopener" target="_blank"&gt;
   deal-reunion&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Site web
  &lt;/strong&gt;
  :
  &lt;a href="http://www.reunion.developpement-durable.gouv.fr" rel="noopener" target="_blank"&gt;
   http://www.reunion.developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/383c-copie-15h01-favoriser-la-restructuration-lour/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB12" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>MINISTERE DES OUTRE-MER</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>03/01/2022</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...152 lines deleted...]
-      <c r="A15" s="1">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
         <v>117552</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Financer des logements sociaux avec le Prêt haut de bilan (PHB 2.0)</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Prêt haut de bilan (PHB 2.0) : constructions vertes</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L15" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt haut de bilan deuxième génération (Prêt PHB 2.0) vise à soutenir les investissements des bailleurs sociaux, qu&amp;#039;ils soient des organismes de logement social ou des organismes agréés pour la maîtrise d&amp;#039;ouvrage d&amp;#039;insertion.
 &lt;/p&gt;
 &lt;p&gt;
  En partenariat avec Action Logement et l&amp;#039;État, la Banque des Territoires met à votre disposition cette offre de prêt à long-terme, aux caractéristiques financières avantageuses. Pendant les 20 premières années, le taux d&amp;#039;intérêt est à 0% avec un différé total d&amp;#039;amortissement du capital. Puis, pour les 10 à 20 années suivantes selon votre projet, votre taux d&amp;#039;intérêt sera aligné sur celui du livret A &amp;#43;0,60% et appliqué avec un amortissement constant.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les organismes de logement social (OLS)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les trois tranches de PHB 2.0 portent uniquement sur la production nouvelle (construction, acquisition, VEFA, acquisition-amélioration) de logements agréés PLAI, PLUS et PLS. Il existe une particularité pour la tranche de PHB 2.0 dédiée aux constructions vertes : les acquisitions simples et acquisitions-améliorations, non soumises à la RE 2020, ne sont pas éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les maîtrises d&amp;#039;ouvrage d&amp;#039;insertion (MOI)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les 3 tranches de PHB 2.0 permettent de financer la production nouvelle de logements familiaux agréés PLAI, PLUS, PLS, de logements conventionnés Anah très sociaux et sociaux signés et de tout type de logements-foyers hors médico-social (résidences sociales, foyers de travailleurs migrants, foyers de jeunes travailleurs, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Bâtiments et construction
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-phb-20?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=phb_20_psat</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4dbf-pret-phb-20/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2022</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
         <v>117553</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Financer la construction et l'acquisition de logements locatifs sociaux</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Prêt PLS</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L16" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;offre de prêts PLS (Prêt Locatif Social) de la Banque des Territoires permet de financer les projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Construire des logements locatifs sociaux, et ce, avec ou sans acquisition du terrain ;
  &lt;/li&gt;
  &lt;li&gt;
   Acquérir des logements avec ou sans travaux d&amp;#039;amélioration ;
  &lt;/li&gt;
  &lt;li&gt;
   Acquérir des locaux afin de les transformer en logements locatifs sociaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser des opérations de logements collectifs pour les personnes handicapées, les personnes âgées, les jeunes actifs et les étudiants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les prêts PLS sont des prêts sur fonds d&amp;#039;épargne de la Caisse des Dépôts. Leur montant doit représenter a minima la moitié du prix de revient de l&amp;#039;opération. Un prêt complémentaire au PLS peut être accordé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Handicap
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-locatif-social?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=locatif_social_psat</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5880-financer-la-construction-et-lacquisition-de-l/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2022</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
         <v>117555</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Financer la réhabilitation des logements sociaux avec l'Éco-prêt</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Eco-Prêt : financer vos projets de rénovation énergétique</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L17" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose Éco-prêt, une offre de prêts visant à financer la réhabilitation des logements sociaux les plus énergivores.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   En métropole : il s&amp;#039;adresse aux logements disposant d&amp;#039;un audit énergétique TH-C-E ex ou d&amp;#039;un DPE location et dont la consommation énergétique en énergie primaire est d&amp;#039;au moins 151 kWh/m2/an.
  &lt;/li&gt;
  &lt;li&gt;
   Dans les DOM : le prêt s&amp;#039;adresse aux logements construits avant le 1er mai 2010 en Guadeloupe, en Guyane, à la Réunion et en Martinique, mais aussi à ceux construits avant le 1er juillet 2014 à Mayotte.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Découvrez les caractéristiques de l&amp;#039;Éco-prêt :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un montant maximal de 22 000 € par logement ;
  &lt;/li&gt;
  &lt;li&gt;
   Une majoration de 2 000 € par logement pour les opérations labélisées HPE rénovation (Haute Performance Énergétique) ou BBC rénovation (Bâtiment Basse Consommation Effinergie) ;
  &lt;/li&gt;
  &lt;li&gt;
   Une majoration de 3 000 € par logement pour les projets visant un bâtiment contenant de l&amp;#039;amiante ;
  &lt;/li&gt;
  &lt;li&gt;
   La possibilité de le compléter avec le prêt PAM Taux Fixe Éco-prêt afin de couvrir 100 % du besoin de financement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-eco-pret?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=eco_pret_psat</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/908f-financer-la-rehabilitation-des-logements-soci/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>06/05/2022</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
         <v>117558</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Financer le transfert de patrimoine dans l'habitat locatif social</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Prêt PTP : financer des transferts de patrimoine</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L18" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoire propose Prêt Transfert, une solution pour financer le transfert de patrimoine et de rachat des baux au sein des habitats locatifs sociaux. Le projet peut concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les logements locatifs sociaux qui sont transférés entre opérateurs (collectivités territoriales et organismes d&amp;#039;habitation à loyer modéré par exemple) et qui sont éligibles à un financement sur fonds d&amp;#039;épargne ;
  &lt;/li&gt;
  &lt;li&gt;
   Les logements-foyers tels que définis à l&amp;#039;article R351-55 du Code de la construction et de l&amp;#039;habitation ;
  &lt;/li&gt;
  &lt;li&gt;
   Plusieurs autres types d&amp;#039;habitats spécifiques, à condition d&amp;#039;être éligibles à un prêt sur fonds d&amp;#039;épargne.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  À noter : le Prêt Transfert permet de financer des projets de transfert et de cession hors travaux. Les travaux font l&amp;#039;objet d&amp;#039;un prêt travaux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prêt réhabilitation (PAM) ;
  &lt;/li&gt;
  &lt;li&gt;
   Prêt Habitat Amélioration Restructuration Extension (PHARE).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transfert-de-patrimoine-ptp?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=pret_ptp_psat</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ca9f-financer-le-transfert-de-patrimoine-dans-lhab/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>06/05/2022</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>142694</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’évaluation des besoins en logement dans les territoires avec OTELO</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation des besoins en logements est un sujet majeur pour tous les acteurs des politiques locales de l&amp;#039;habitat. Elle constitue en particulier un volet incontournable des démarches de PLH et PLUI-H. Face à une méthode complexe (guide méthodologique volumineux, 12 sources de données mobilisées, nombreux paramétrages et choix d&amp;#039;options possibles), l&amp;#039;appropriation de la méthode (hypothèses, articulation des étapes, limites, précautions d&amp;#039;utilisation), peut nécessiter un besoin d&amp;#039;accompagnement auquel le Cerema se propose de répondre.
+&lt;/p&gt;
+&lt;p&gt;
+ Les acteurs en charge des politiques locales du logement, en particulier les collectivités territoriales, pourront trouver auprès du Cerema un accompagnement au déploiement de la méthode, afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  S&amp;#039;approprier de manière approfondie la méthodologie déployée par l&amp;#039;Etat (hypothèses, articulation des étapes, limites, précautions d&amp;#039;usages, nombreux paramétrages et choix d&amp;#039;options possibles, test de sensibilité, alternatives...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;éclairages sur les interprétations des résultats,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tester par eux-mêmes différents scenarios de développement et évaluer leur impact sur leurs besoins en logements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pouvoir engager un dialogue constructif avec les services déconcentrés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répartir le besoin à une échelle fine et selon les différents segments de l&amp;#039;offre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en relation le besoin avec l&amp;#039;offre, les capacités du territoire et les orientations politiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema a apporté son expertise à l&amp;#039;élaboration de la méthode d&amp;#039;évaluation des besoins en logements, à la constitution des packs de données sur lesquels elle s&amp;#039;appuie ainsi qu&amp;#039;à son déploiement auprès des services déconcentrés de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Aujourd&amp;#039;hui, le Cerema partage son expérience auprès des acteurs de terrain et les fait bénéficier de son expérience. Il propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des formations techniques pour maîtriser la méthodologie et apprendre à manipuler OTELO. La formation, composée de deux modules indicatifs ( module théorique sur la méthodologie d&amp;#039;évaluation des besoins en logements et module pratique sur l&amp;#039;outil OTELO), peut toutefois être adaptée en fonction des attentes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cette offre de formation est destinée aux techniciens et chargés d&amp;#039;études, ainsi qu&amp;#039;aux services d&amp;#039;ingénierie amenés à travailler sur l&amp;#039;évaluation des besoins en logements dans le cadre de documents de planification, d&amp;#039;études, ou de réflexions stratégiques au sein des collectivités territoriales, établissements publics fonciers, bailleurs sociaux, agences d&amp;#039;urbanisme, ADIL ou bureaux d&amp;#039;études.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des prestations d&amp;#039;accompagnement pour l&amp;#039;évaluation des besoins en logements : aide à la définition des paramétrages, remplacement éventuel de certaines données par défaut par des données locales jugées plus fiables ou plus riche (etc).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des développements « premium » de l&amp;#039;outil OTELO  : création de modules complémentaires, développement d&amp;#039;une interface permettant d&amp;#039;évaluer le besoin sur des territoires « à façon » (EPCI, SCOT...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des prestations de conseil pour aider les acteurs locaux à exploiter les résultats, comparer différents scénarios, analyser l&amp;#039;impact des différents paramètres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des prestations d&amp;#039;animation auprès des techniciens, élus et partenaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des prestations d&amp;#039;études incluant des analyses en aval sur les conséquences en matière de politiques publiques locales de l&amp;#039;habitat et les documents de planification.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Cohésion sociale et inclusion
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/otelo-accompagner-evaluation-besoins-logement-territoires</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3756-accompagner-levaluation-des-besoins-en-logeme/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2023</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
         <v>133055</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire de l’habitat et du foncier (OHF)</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L19" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La loi Climat et résilience du 22 août 2021 prévoit de faire évoluer les anciens dispositifs d&amp;#039;observation de l&amp;#039;habitat, en observatoires de l&amp;#039;habitat et du foncier (OHF). Ces observatoires doivent être créé au plus tard dans les trois années après la mise en place d&amp;#039;un PLH. Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. La loi climat a renforcé leur rôle ainsi que celui des EPF pour aider les collectivités dans la mise en place de ces outils.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les observatoires de l&amp;#039;habitat et du foncier (OHF) ont pour mission de suivre la conjoncture des marchés fonciers et immobiliers et d&amp;#039;identifier les disponibilités foncières. Cette analyse s&amp;#039;appuie sur le recensement des friches constructibles, des locaux vacants, des secteurs à densifier, des secteurs à enjeux et des surfaces pour la surélévation, des surfaces non imperméabilisées ou éco-aménageables et des espaces non bâtis nécessaires au maintien des continuités écologiques dans les secteurs urbanisés et sur un inventaire des zones d&amp;#039;activités économiques et sur le suivi du parc de logements (privés, sociaux, en accession à la propriété, l&amp;#039;habitat dégradé).
 &lt;/p&gt;
 &lt;p&gt;
  Les observatoires doivent rendre compte annuellement du nombre de logement construits sur des espaces déjà urbanisés et sur des zones ouvertes à l&amp;#039;urbanisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Addrn, l&amp;#039;agence d&amp;#039;urbanisme de la région de Saint-Nazaire a réalisé un Observatoire du Foncier, de l&amp;#039;habitat et économique.
   &lt;a href="https://addrn.fr/page-mosaique/foncier_habitat_economie/" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;Epures, l&amp;#039;agence d&amp;#039;urbanisme de la région Stéphanoise a réalisé un Observatoire des marchés fonciers de la Loire.
   &lt;a href="https://www.epures.com/index.php/publications/epures/foncier" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;Aurg, l&amp;#039;agence d&amp;#039;urbanisme de la region Grenobloise a réalisé l&amp;#039;observatoire foncier partenarial de l&amp;#039;isere (Ofpi).
   &lt;a href="https://ofpi.aurg.org/#c&amp;#61;home" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Topos, l&amp;#039;agence d&amp;#039;urbanisme des territoires de l&amp;#039;orléannais a réalisé un observatoire des copropriétés de la métropole d&amp;#039;Orléans.
   &lt;a href="https://www.topos-urba.org/publications/focus-n4-lobservatoire-des-coproprietes-un-outil-pour-prevenir-les-situations-de-fragilite/" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/92de-etre-aide-pour-observer-les-territoires/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB18" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>06/04/2023</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...154 lines deleted...]
-      <c r="A21" s="1">
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
         <v>163725</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Soutenir le logement social étudiant</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Le logement social étudiant</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
-[...8 lines deleted...]
-      <c r="L21" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les étudiants et la rénovation globale des résidences universitaires. Accélérer le développement de l’offre dans les secteurs en tension, où le foncier est difficilement mobilisable
 	Diffuser et accompagner l’offre autour des pôles territoriaux en fonction des besoins actuels et futurs
 	Veiller à la maitrise des restes à charges pour les plus précaires
 	Encourager les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc…) et démontrant un impact positif sur le reste à charge des locataires
 	Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les étudiants et la rénovation globale des résidences universitaires. Accélérer le développement de l’offre dans les secteurs en tension, où le foncier est difficilement mobilisable
 	Diffuser et accompagner l’offre autour des pôles territoriaux en fonction des besoins actuels et futurs
 	Veiller à la maitrise des restes à charges pour les plus précaires
 	Encourager les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc…) et démontrant un impact positif sur le reste à charge des locataires
 	Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Transition énergétique
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les étudiants et la rénovation globale des résidences universitaires. Accélérer le développement de l’offre dans les secteurs en tension, où le foncier est difficilement mobilisable
 	Diffuser et accompagner l’offre autour des pôles territoriaux en fonction des besoins actuels et futurs
 	Veiller à la maitrise des restes à charges pour les plus précaires
 	Encourager les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc…) et démontrant un impact positif sur le reste à charge des locataires
 	Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/le-logement-social-etudiant</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les étudiants et la rénovation globale des résidences universitaires. Accélérer le développement de l’offre dans les secteurs en tension, où le foncier est difficilement mobilisable
 	Diffuser et accompagner l’offre autour des pôles territoriaux en fonction des besoins actuels et futurs
 	Veiller à la maitrise des restes à charges pour les plus précaires
 	Encourager les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc…) et démontrant un impact positif sur le reste à charge des locataires
 	Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/le-logement-social-etudiant/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...97 lines deleted...]
-      <c r="A23" s="1">
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
         <v>120979</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Prêt social</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L23" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
   Qu&amp;#039;est-ce que le prêt social ?
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
  &lt;/li&gt;
  &lt;li&gt;
   Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
  &lt;/li&gt;
  &lt;li&gt;
   Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Choisissez une
   &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
@@ -4053,3351 +4267,3935 @@
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   et dotée d&amp;#039;une trajectoire de décarbonation.
  &lt;/li&gt;
  &lt;li&gt;
   5 thématiques éligibles :
  &lt;/li&gt;
  &lt;li&gt;
   1) L&amp;#039;action sanitaire, sociale et familiale,
  &lt;/li&gt;
  &lt;li&gt;
   2) Le développement et la cohésion territoriale,
  &lt;/li&gt;
  &lt;li&gt;
   3) L&amp;#039;enseignement et la formation professionnelle,
  &lt;/li&gt;
  &lt;li&gt;
   4) Le sport, culture et vie associative,
  &lt;/li&gt;
  &lt;li&gt;
   5) Les services d&amp;#039;incendies et de secours.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Friche
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Valorisation d'actions
 Bibliothèques et livres
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 300 000 euros
 &lt;/p&gt;
 &lt;p&gt;
  Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
  &lt;/li&gt;
  &lt;li&gt;
   Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
  &lt;/li&gt;
  &lt;li&gt;
   Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
  &lt;/li&gt;
  &lt;li&gt;
   Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
         </is>
       </c>
-      <c r="W23" s="1" t="inlineStr">
+      <c r="W20" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB20" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Création d’une crèche</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>03/11/2022</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
         <v>44406</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Soutenir le logement locatif social et l'accession aidée par l'attribution de minoration foncière</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
-[...2 lines deleted...]
-Autre aide financière
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie Juridique / administrative
+Ingénierie financière
 Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="I24" s="1" t="inlineStr">
+Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J24" s="1" t="inlineStr">
+      <c r="J21" s="1" t="inlineStr">
         <is>
           <t>l'aide porte sur une réduction du prix de revient EPFLO (soit le prix de cession du foncier) pouvant</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L24" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette aide vise à soutenir le logement locatif social et l&amp;#039;accession aidée par l&amp;#039;attribution de minoration foncière sur les logements locatifs sociaux (PLUS, PLAI, PLS), logements locatif intermédiaire (PLI) et les logements en accession aidée (PSLA, Bail Réel Solidaire ou autre dispositif destiné à des ménages dont les revenus ne dépassent pas les plafonds de ressources du PSLA)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Attribution sur décision du Conseil d&amp;#039;Administration de l&amp;#039;EPFLO, au vu de la difficulté effective à réaliser l&amp;#039;opération sans minoration(s) et en fonction des capacités financières de l&amp;#039;EPFLO
 &lt;/p&gt;
 &lt;p&gt;
  -    Les montants de minoration sont définis par type de logement et par mètre carré de surface utile : PLAI 135 €/m2 SU ; PLUS/BRS 110 €/m2 SU; PLS 75 €/m2 SU; PLI 25 €/m2 SU; accession aidée (hors BRS) 60 €/m2 SU
 &lt;/p&gt;
 &lt;p&gt;
  -    L&amp;#039;éligibilité à la minoration foncière « logement » est conditionnée comme tout opération de logement au respect d&amp;#039;une densité minimale de 20 logements par hectare, ou celle du document d&amp;#039;urbanisme si elle est supérieure. (En cas d&amp;#039;assainissement non collectif, l&amp;#039;emprise nécessaire à l&amp;#039;assainissement n&amp;#039;entre pas dans le calcul de la densité)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Les cessions au profit d&amp;#039;un opérateur privé réalisant les logements dans le cadre d&amp;#039;une Vente en l&amp;#039;État Futur d&amp;#039;Achèvement (VEFA) à un bailleur social ne sont pas éligibles à la minoration &amp;#34;logement aidé&amp;#34;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -    Le montant de la minoration sera calculé sur la base des surfaces du programme définies lors du permis de construire ou pour le logement social dans le dossier de financement
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Friche
 Foncier
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P24" s="1" t="inlineStr">
+      <c r="P21" s="1" t="inlineStr">
         <is>
           <t>06/12/2023</t>
         </is>
       </c>
-      <c r="Q24" s="1" t="inlineStr">
+      <c r="Q21" s="1" t="inlineStr">
         <is>
           <t>31/12/2028</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Départements de l'Aisne et de l'Oise</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.epflo.fr/</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
 &lt;/p&gt;
 &lt;p&gt;
  Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>benjamin.sautjeau@epflo.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-logement-locatif-social/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB21" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2020</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
         <v>56453</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Recycler le foncier et les friches</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Subvention
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
 Autre aide financière
 Ingénierie technique
-Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J25" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>100% du coût des travaux, dans la limite de 50% du prix de revient</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L25" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette aide vise à  faciliter la résorption des friches et le recyclage foncier, pour valoriser l&amp;#039;existant et limiter l&amp;#039;étalement urbain
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  Travaux et études éligibles : tout travaux et études engagés par l&amp;#039;EPFLO et liés à la préparation du site (dépollution, démolition, diagnostics techniques liés aux travaux préparatoires,..),
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Friche
 Foncier
 Revitalisation
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P25" s="1" t="inlineStr">
+      <c r="P22" s="1" t="inlineStr">
         <is>
           <t>06/12/2023</t>
         </is>
       </c>
-      <c r="Q25" s="1" t="inlineStr">
+      <c r="Q22" s="1" t="inlineStr">
         <is>
           <t>31/12/2028</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Départements de l'Aisne et de l'Oise</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.epflo.fr/</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
 &lt;/p&gt;
 &lt;p&gt;
  Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>benjamin.sautjeau@epflo.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a89c-cofinancer-des-etudes-pour-preparer-laction-f/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB22" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
         <v>56454</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Valoriser le patrimoine bâti</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière
-Ingénierie technique
+Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...2 lines deleted...]
-      <c r="I26" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J26" s="1" t="inlineStr">
+      <c r="J23" s="1" t="inlineStr">
         <is>
           <t>l'aide porte sur une réduction du prix de revient EPFLO (soit le prix de cession du foncier)</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L26" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Le bâti d&amp;#039;intérêt patrimonial peut difficilement accueillir de nouveaux usages du fait des surcoûts engendrés par son adaptation. L&amp;#039;attribution d&amp;#039;une minoration foncière au titre du patrimoine bâti peut favoriser des projets optimisant l&amp;#039;existant, contribuant ainsi à limiter l&amp;#039;étalement urbain, tout en valorisant le patrimoine, facteur d&amp;#039;attractivité et de qualité du cadre de vie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -    Le montant de la minoration peut atteindre jusqu&amp;#039;à 400 € par mètre carré de surface de plancher de bâti préservé.
 &lt;/p&gt;
 &lt;p&gt;
  -    Attribution sur dossier de la minoration pour des projets entrant dans le cadre du PPI
 &lt;/p&gt;
 &lt;p&gt;
  -    Le maitre d&amp;#039;ouvrage doit s&amp;#039;associer des compétences d&amp;#039;un architecte. Le dossier doit présenter les plans du projet et les coûts associés à la valorisation du patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  -    Une commission, notamment composée de représentants de l&amp;#039;EPFLO et des CAUE de l&amp;#039;Oise et de l&amp;#039;Aisne (Conseils d&amp;#039;Architecture, d&amp;#039;Urbanisme et de l&amp;#039;Environnement), émet un avis sur l&amp;#039;éligibilité des projets, préalablement à leur présentation au Conseil d&amp;#039;Administration de l&amp;#039;EPFLO qui reste le seul organe compétent pour acter du montant des minorations foncières.
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Friche
 Foncier
 Réhabilitation
 Logement et habitat
 Architecture</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P26" s="1" t="inlineStr">
+      <c r="P23" s="1" t="inlineStr">
         <is>
           <t>06/12/2023</t>
         </is>
       </c>
-      <c r="Q26" s="1" t="inlineStr">
+      <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>31/12/2028</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>Départements de l'Aisne et de l'Oise</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.epflo.fr/</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
 &lt;/p&gt;
 &lt;p&gt;
  Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>benjamin.sautjeau@epflo.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6a2f-soutenir-le-logement-locatif-social-et-lacces/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB23" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
         <v>98477</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Financer les opérations de rénovation thermique</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Eco-Prêt : financer vos projets de rénovation énergétique</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L27" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du Plan logement, la Banque des Territoires accompagne les organismes de logements sociaux en proposant une offre de prêt dédiée au financement d&amp;#039;opérations de rénovation thermique en complément de l&amp;#039;Eco-prêt.
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre concerne les opérations de réhabilitation dont le besoin de financement s&amp;#039;étend au-delà de l&amp;#039;Eco-prêt.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-eco-pret?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=eco_pret_reno_thermique_psat</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/626f-decouvrir-loffre-de-pret-dediee-au-financemen/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB24" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC24" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>20/07/2021</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>139430</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Produire des logements</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF Hauts de France contribue à répondre aux besoins en logements en recyclant le foncier nécessaire à leur production.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement intervient autant sur les marchés tendus pour mobiliser rapidement des fonciers notamment pour la production d&amp;#039;une offre de logements sociaux, sur les marchés détendus pour recréer les conditions d&amp;#039;une meilleure attractivité pour les opérateurs, au sein des quartiers anciens dégradés et paupérisés en requalifiant l&amp;#039;habitat obsolète et insalubre et en restructurant l&amp;#039;offre et aussi sur des fonciers pollués où les coûts de traitement des pollutions obèrent la faisabilité économique pour des acteurs du secteur privé.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF engage donc les acquisitions nécessaires à la maîtrise foncière de l&amp;#039;assiette définie, assure le traitement des éventuelles sources de pollution et si nécessaire déconstruit les biens. Il peut également accompagner et conseiller la collectivité dans l&amp;#039;élaboration d&amp;#039;un cahier des charges de consultation destiné à sélectionner le futur opérateur. Dans certains cas, l&amp;#039;EPF peut minorer le prix de vente des sites sur lesquels il est intervenu au titre de la production de logements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Sont éligibles à l&amp;#039;intervention de l&amp;#039;EPF les opérations des collectivités dédiées à la production de logements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition et portage foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes préalables (capacité, techniques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût des études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût de l&amp;#039;opération travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décote additionnelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Site Lincrusta, Seclin ( Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le site d&amp;#039;une ancienne filature avait été démoli puis laissé à l&amp;#039;abandon de nombreuses années. Sa localisation stratégique au cœur du tissu urbain et à proximité des services et transports en commun ont amené un opérateur à proposer un programme mixte (200 logements et commerces). Cependant la crise de 2008 et l&amp;#039;ampleur des travaux de dépollution à réaliser ont compromis la réalisation du projet. Par son intervention, l&amp;#039;EPF a apporté la solution technique (traitement des sources de pollution et purge sélective des fondations au vu du projet) et financière (financement d&amp;#039;une partie des travaux et minoration foncière) sans pour autant prendre en charge les responsabilités de l&amp;#039;opérateur dans la mise en œuvre du plan de gestion du site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Rue de Boschepe, Godewarsvelde (Nord)
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En 2010, au départ en retraite des exploitants du magasin Proxi situé en centre-bourg de Godewaersvelde et faute de repreneur, cette commune de 2000 habitants a souhaité acquérir le site afin d&amp;#039;y construire de nouveaux logements. L&amp;#039;EPF s&amp;#039;est rendu propriétaire du site et a procédé aux travaux de démolition du bâtiment et du parking. L&amp;#039;EPF a accompagné la commune pour la consultation d&amp;#039;opérateurs et la mise en œuvre du projet. Il a cédé le foncier à un prix minoré au bailleur social retenu lequel a réalisé un projet comprenant un immeuble de 13 appartements locatifs sociaux et de 8 maisons en location-accession et accession sociale.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ancien mareyage, Grand Fort Philippe (Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La commune de Grand-Fort-Philippe est marquée par un tissu urbain dense, composé d&amp;#039;un habitat traditionnel de « maisons de pêcheurs » et d&amp;#039;ateliers de transformation des produits de la pêche. Pour répondre à l&amp;#039;enjeu de résorption des sites artisanaux déclassés et aux besoins de logements du territoire, l&amp;#039;EPF est intervenu pour l&amp;#039;acquisition et la démolition d&amp;#039;un ancien mareyage. Après démolition, le foncier a été cédé, aux prix des domaines, à la communauté urbaine qui a procédé entre temps à un appel à projets multisite. Le bailleur retenu réalisera sur le site un programme de 14 logements locatifs sociaux alliant densité (R&amp;#43;3) et gestion des volumes, afin que ce dernier s&amp;#039;intègre aux constructions existantes tout en proposant des jardins pour les résidents.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c78-produire-des-logements/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>139435</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du foncier en renouvellement urbain pour mes projets (résidentiels, tertiaires, de développement économique, pour créer un équipement..)</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Etablissement Public Foncier Hauts de France facilite la mobilisation de sites en renouvellement urbain nécessaires aux projets des collectivités. Dans le cadre d&amp;#039;une convention opérationnelle signée avec la collectivité, l&amp;#039;établissement acquiert, porte et prépare (constitution de l&amp;#039;assiette foncière, gestion des déchets et pollutions, déconstruction, pré-verdissement) le foncier nécessaire à l&amp;#039;opération préalablement définie. La collectivité s&amp;#039;engage à racheter, ou à faire racheter par un opérateur désigné, le site à l&amp;#039;issue de la convention. Des usages temporaires peuvent être développés sur les sites pendant la durée du portage foncier. L&amp;#039;EPF finance sur ses fonds propres une partie de son intervention.
+ &lt;br /&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF couvre une grande diversité de thématiques (logement, développement économique, redynamisation des centres villes et centres bourgs, équipements publics, risques et biodiversité, reconquête de friches...) sur tous types de territoires.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Projets portant sur une thématique logement, développement économique, redynamisation des centres villes et centres bourgs, risques, biodiversité, patrimoine UNESCO, friches et réserves foncières.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •    Négociation, acquisition et portage foncier
+ &lt;br /&gt;
+ •    Études préalables (faisabilité, techniques...)
+ &lt;br /&gt;
+ •    Traitement des déchets et des sources de pollution concentrées
+ &lt;br /&gt;
+ •    Travaux de déconstruction
+ &lt;br /&gt;
+ •    Renaturation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ •    Ingénierie prise en charge à 100%
+ &lt;br /&gt;
+ •    Etudes préalables jusqu&amp;#039;à 80%
+ &lt;br /&gt;
+ •    Travaux de déconstruction et de traitement des sources de pollution concentrées jusqu&amp;#039;à 80%
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Acquisition et démolition partielle d&amp;#039;un corps de ferme en centre bourg pour production de logements locatifs sociaux
+ &lt;br /&gt;
+ •    Acquisition et démolition d&amp;#039;un ancien supermarché pour l&amp;#039;aménagement d&amp;#039;un écoquartier
+ &lt;br /&gt;
+ •    Acquisition et requalification d&amp;#039;un ancien site de stockage de produits chimiques pour l&amp;#039;implantation d&amp;#039;un centre d&amp;#039;hébergement de données (OVH)
+ &lt;br /&gt;
+ •    Acquisition et traitement d&amp;#039;une friche polluée pour aménagement d&amp;#039;un espace naturel de plusieurs hectares
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e51-acquerir-du-foncier-en-renouvellement-urbain-/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB26" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC26" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
         <v>131816</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Elaborer des stratégies foncières en lien avec un projet de territoire (23)</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Elaborer des stratégies foncières en lien avec un projet de territoire</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L28" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
+      <c r="M27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Creuse</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Louis Andréo, directeur territorial Vienne - Haute-Vienne - Creuse
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   05 49 62 13 13
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   louis.andreo&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   www.epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a008-etablissement-public-foncier-de-nouvelle-aqui/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB27" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>16/03/2023</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...550 lines deleted...]
-      <c r="E32" s="1" t="inlineStr">
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>148614</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer des stratégies foncières en lien avec un projet de territoire (47)</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (47)</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L32" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M32" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/a&gt;
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le bouton plus d&amp;#039;information en bas de page.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V32" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Lot et Garonne hors CA Agen</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
-[...25 lines deleted...]
- &lt;/span&gt;
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edd8-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB28" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC28" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>30/08/2023</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E33" s="1" t="inlineStr">
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
+        <v>144509</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la revitalisation, dynamisation ou restructuration des centres-villes et centres-bourgs landais</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J29" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation allouée au plan d'actions : de 250 à 350.000 euros</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale et engagées dans un politique de revitalisation, dynamisation ou de restructuration de leur centre-bourg ou centre-ville peuvent bénéficier d&amp;#039;un soutien départemental aux conditions et selon les modalités détaillées ci-après.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour solliciter l&amp;#039;aide du Département pour la revitalisation, la dynamisation ou restructuration de son centre-ville ou centre bourg, la commune devra réaliser préalablement une étude globale de son centre-ville ou centre-bourg de type « Plan de référence » qui définira un plan d&amp;#039;action global et pluriannuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Dotation maximum allouée au plan d&amp;#039;actions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville moyenne : 350 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moyens et petits pôles : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pôle de proximité : 250 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La dotation est susceptible d&amp;#039;être augmentée à hauteur de 20 % dans le cas d&amp;#039;une mise en œuvre effective d&amp;#039;un programme de logements sociaux, à loyers modérés ambitieux dans le centre-bourg. Ce programme devra être établi en cohérence avec le schéma départemental de l&amp;#039;Habitat et contribuer au plan « Bien vieillir dans les Landes » en intégrant des logements sociaux et/ ou en favorisant le maintien des personnes âgées à leur domicile.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus devront concerner au minimum 2 thématiques sur les 4 suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  habitat et logement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  commerce et services,
+ &lt;/li&gt;
+ &lt;li&gt;
+  cadre de vie et l&amp;#039;environnement, notamment la transition énergétique et écologique et les espaces publics en lien avec les mobilités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements à destination de la population.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les projets devront être localisés aux centres-bourgs ou centres-villes et justifier d&amp;#039;effets directs de revitalisation, de dynamisation ou de restructuration des centres-bourgs ou centres Villes, et/ou démontrer un effet de centralité par leurs incidences sur les services ou les habitants des communes rurales périphériques.</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86c0-favoriser-la-revitalisation-dynamisation-ou-r/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>144538</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (17)</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (17)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L33" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V33" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  &lt;span&gt;
-  Grégoire Gilger
+  Arnaud Herry
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  Directeur opérationnel, directeur territorial Gironde
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  05 49 62 18 19
+  arnaud.herry&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  gregoire.gilger&amp;#64;epfna.fr
+  05 49 62 66 94
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-      <c r="Y33" s="1" t="inlineStr">
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/81d0-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E34" s="1" t="inlineStr">
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>144539</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (33)</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (33)</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L34" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
- &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V34" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Grégoire Gilger
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur opérationnel, directeur territorial Gironde
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 18 19
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  gregoire.gilger&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5d2c-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E35" s="1" t="inlineStr">
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>144540</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (79)</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (79)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L35" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M35" s="1" t="inlineStr">
+      <c r="M32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V35" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
-[...26 lines deleted...]
- &lt;/span&gt;
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Arnaud Herry
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+&lt;/p&gt;
+&lt;p&gt;
+ arnaud.herry&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 66 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4766-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E36" s="1" t="inlineStr">
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
+        <v>144541</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (87)</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (87)</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L36" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M36" s="1" t="inlineStr">
+      <c r="M33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V36" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
-[...17 lines deleted...]
- &lt;br /&gt;
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4bb8-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E37" s="1" t="inlineStr">
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
+        <v>144542</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (19)</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (19)</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L37" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère, ou l&amp;#039;agence technique départementale.
-[...2 lines deleted...]
- Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblé dans la convention.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V37" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Corrèze</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
-[...26 lines deleted...]
- &lt;/span&gt;
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cce-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB34" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC34" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E38" s="1" t="inlineStr">
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
+        <v>144543</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (86)</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L38" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
-[...2 lines deleted...]
- Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère, ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblé dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
-[...2 lines deleted...]
- https://www.epfna.fr/
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V38" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
-  Nicolas Proust
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;span&gt;
-  directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+  05 49 62 13 13
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  nicolas.proust&amp;#64;epfna.fr
-[...6 lines deleted...]
-  05 49 62 98 94
+  louis.andreo&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   www.epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c1bf-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB35" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC35" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E39" s="1" t="inlineStr">
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>144545</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (24)</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (24)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L39" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie. : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M39" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.epfna.fr/
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T39" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V39" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
-  Arnaud Herry
+  Nicolas Proust
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+  directeur territorial Lot-et-Garonne - Dordogne - Corrèze
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  arnaud.herry&amp;#64;epfna.fr
+  nicolas.proust&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;span&gt;
-  05 49 62 66 94
+  05 49 62 98 94
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19d-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB36" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC36" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2023</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E40" s="1" t="inlineStr">
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
+        <v>144546</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (16)</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (16)</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L40" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie. : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M40" s="1" t="inlineStr">
-[...2 lines deleted...]
- Voir le bouton plus d&amp;#039;information en bas de page.
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V40" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
-[...17 lines deleted...]
- &lt;br /&gt;
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Arnaud Herry
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 66 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/debf-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB37" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC37" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2023</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
         <v>163727</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Soutenir la rénovation énergétique des logements sociaux</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>La rénovation énergétique des logements sociaux</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H41" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L41" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le présent dispositif vise à soutenir les opérations de rénovation énergétique des logements sociaux communaux, de bâtiments à usage de logements communaux et d&amp;#039;activité tertiaire et de petits collectifs de logements sociaux (2 à 20 logements) existant&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Favoriser l’attractivité des territoires ruraux &lt;/p&gt;&lt;p&gt;Participer à la revitalisation des centres bourgs et au renouvellement urbain&lt;/p&gt;&lt;p&gt;Engager le parc social dans la transition énergétique et climatique pour maintenir une offre de logements sociaux confortables, économes en énergie et bas carbone (objectif du Sraddet et du PREE Nouvelle-Aquitaine : rénover énergétiquement 5000 à 7000 logements sociaux par an)&lt;/p&gt;&lt;p&gt;Développer l’offre de logement et lutter contre la précarité énergétique des ménages&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant
 &lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt si Cep après travaux inférieur à 150 kWhep/m2.an&lt;/p&gt;&lt;p&gt;jusqu’à 60% des dépenses éligibles plafonnées à 9 000 € / logt si Cep après travaux inférieur à 80 kWhep/m2.an&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergique de bâtiments à usage de logements sociaux communaux et d&amp;#039;activité tertiaire (activité marchande) &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 50% de l’assiette éligible HT&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 4 000 €&lt;/p&gt;&lt;p&gt;Opération de rénovation énergétique de petits collectifs de logemets sociaux(dans la limite de 3 projets par an) &lt;/p&gt;&lt;p&gt;Assistance à maîtrise d’ouvrage pour les démarches faisant l’objet d’une certification environnementale (BBC Effinergie, NF Habitat HQE…) ou intégrant une démarche BDNA : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt &lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Economie locale et circuits courts
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Opérateurs (bailleurs…) agissant pour le compte d’une commune ou d’un EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organismes de logement social publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structures associatives et entreprises privées bénéficiant d’un agrément de l’Etat au titre du logement social&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Territoires cibles&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Territoires qualifiés de ruraux au sens de l’INSEE, porteurs d’un projet habitat : bourg ruraux, habitat dispersé, habitat très dispersé (information sur la grille communale de densité en niveaux sur le site https://observatoire-des-territoires.gouv.fr/outils/cartographie-interactive)&lt;/p&gt;&lt;p&gt;Les territoires situés en dehors des communautés d’agglomération sont prioritaires dans la programmation. &lt;/p&gt;&lt;p&gt;Projets cibles &lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants : &lt;/p&gt;&lt;p&gt;2 logements minimum&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de bâtiments à usage de logements communaux et d’activité tertiaire :&lt;/p&gt;&lt;p&gt;surface de plancher fiscale du bâtiment à usage tertiaire inférieure ou égale à 50% de la surface totale de plancher fiscale du bâtiment&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de petits collectifs de logements sociaux (dans la limite de 3 projets par an)&lt;/p&gt;&lt;p&gt;Petits collectifs de logements sociaux de 2 à 20 logements&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 80 kWhep/m2.an &lt;/p&gt;&lt;p&gt;Critères communs à ces 3 types d&amp;#039;opérations&lt;/p&gt;&lt;p&gt;Dans tous les cas diminution des émissions de GES, opération utilisant le fioul après travaux inéligible&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Prise en compte du confort d’été et de la ventilation/qualité de l’air&lt;/p&gt;&lt;p&gt;Travaux réalisés par des professionnels titulaires du label RGE (Reconnu garant de l’environnement) ou justifiant de leur engagement dans cette démarche&lt;/p&gt;&lt;p&gt;Mise en œuvre de toute action permettant de sensibiliser/former aux éco-gestes les occupants&lt;/p&gt;&lt;p&gt;Critères de priorité&lt;/p&gt;&lt;p&gt;La priorité sera donnée aux :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations qui s’inscrivent dans la contractualisation régionale avec les territoires et qui participent à la stratégie régionale de revitalisation des centres bourgs, d’OPAH-RU, etc.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations s’inscrivant dans une stratégie territoriale portée, par exemple, par un EPCI.&lt;/p&gt;&lt;p&gt;Nota bene : &lt;/p&gt;&lt;p&gt;Cette aide, qui porte sur le parc existant, est à distinguer de l&amp;#039;aide &amp;#34;Logement social en ruralité&amp;#34;, décrite par ailleurs dans le guide des aides et qui s&amp;#039;applique à des opérations portant création d&amp;#039;une offre nouvelle de logements sociaux, en recyclage immobilier.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/la-renovation-energetique-des-logements-sociaux</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Votre contact : energie&amp;#64;nouvelle-aquitaine.fr            &lt;/p&gt;&lt;p&gt;à l&amp;#039;attention de Vanessa BINAU                                         &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/la-renovation-energetique-des-logements-sociaux/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB38" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-      <c r="A42" s="1">
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
         <v>120921</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités qui s’engagent dans la réhabilitation de bâtiments existants plutôt que dans la construction de nouveaux bâtiments</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Réhabiliter plutôt que construire</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L42" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>La Région accompagne les collectivités qui s&amp;#039;engagent dans la réhabilitation de bâtiments existants plutôt que dans la construction de nouveaux bâtiments.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communes,
  &lt;/li&gt;
  &lt;li&gt;
   Établissements publics de coopération Intercommunale (EPCI) à fiscalité propre,
  &lt;/li&gt;
  &lt;li&gt;
   Établissements publics territoriaux (EPT)
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats de communes compétents sur des équipements de proximité (regroupements pédagogiques, petite enfance...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Études pré-opérationnelles visant à définir la faisabilité d&amp;#039;une opération pour un équipement public :
  jusqu&amp;#039;à 70% des dépenses éligibles (subvention maximale uniquement pour les communes et syndicats de communes de moins de 20.000 habitants : 50.000 €).
 &lt;/p&gt;
 &lt;p&gt;
  Opérations de revitalisation du bâti :
  jusqu&amp;#039;à 50% des dépenses éligibles (subvention maximale : 250.000€), incluant les coûts d&amp;#039;acquisition (dans la limite de 150.000€ HT). Les honoraires de maîtrise d&amp;#039;œuvre (ou autres frais d&amp;#039;études liés à l&amp;#039;exécution des travaux) pourront être pris en charge dans la limite de 15% du coût HT des travaux.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -7406,130 +8204,157 @@
  &lt;li&gt;
   Pré-études opérationnelles en section d&amp;#039;investissement visant à définir la faisabilité d&amp;#039;une opération de réhabilitation de bâtiments dans les communes et syndicats de communes de moins de 20.000 habitants,
  &lt;/li&gt;
  &lt;li&gt;
   Création ou transformation de logements communaux dans les communes de moins de 20.000 habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   Les bâtiments protégés au titre des monuments historiques ne sont pas éligibles.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif avant de déposer leur dossier sur
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/F_PCT_DAT_REHAB/depot/simple"&gt;
   https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/F_PCT_DAT_REHAB/depot/simple
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/rehabiliter-plutot-que-construire</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:amenagement&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  amenagement&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1e46-rehabiliter-plutot-que-construire/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Création d’une crèche
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>25/10/2022</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-      <c r="A43" s="1">
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
         <v>139428</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Redynamiser mon centre-ville</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="L43" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans les cœurs de villes ou de villages, l&amp;#039;Établissement Public Foncier Hauts de France contribue à apporter une nouvelle dynamique et à renforcer l&amp;#039;attractivité de ces centralités à travers le recyclage de fonciers souvent idéalement situés. Son intervention passe par des acquisitions, des déconstructions et de la recomposition foncière ce qui permet par la suite d&amp;#039;améliorer l&amp;#039;offre de logements, de commerces et de créer de nouveaux équipements. L&amp;#039;EPF est partenaire et signataire des conventions du programme national «
  &lt;strong&gt;
   Action Cœur de Ville
  &lt;/strong&gt;
  » sur les 14 villes du Nord et du Pas-de-Calais concernées et accompagne le dispositif «
  &lt;strong&gt;
   Petites Villes de Demain
  &lt;/strong&gt;
  ».
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les projets de requalification en faveur de la production de logements, de commerces et de l&amp;#039;amélioration du cadre de vie.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -7563,594 +8388,379 @@
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie prise en charge à 100%
  &lt;/li&gt;
  &lt;li&gt;
   Etudes jusqu&amp;#039;à 80%
  &lt;/li&gt;
  &lt;li&gt;
   Travaux jusqu&amp;#039;à 80%
  &lt;/li&gt;
  &lt;li&gt;
   Décote additionnelle pour les opérations à dominante « logements »
  &lt;/li&gt;
  &lt;li&gt;
   Forfait en faveur de la réhabilitation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M43" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Action Cœur de Ville Valenciennes (Nord) :
  &lt;/strong&gt;
  &lt;br /&gt;
  L&amp;#039;EPF accompagne la commune et la communauté d&amp;#039;agglomération dans la lutte contre la vacance locative dans le centre-ville de Valenciennes en procédant à l&amp;#039;acquisition d&amp;#039;immeubles d&amp;#039;habitation avec rez-de-chaussée commerciaux vacants et/ou dégradés. Son intervention s&amp;#039;articule avec celle de la chambre de commerce et d&amp;#039;industrie titulaire d&amp;#039;un contrat de revitalisation et d&amp;#039;aménagement commercial et des bailleurs pour le réhabilitation des logements dégradés.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Centre-ville d&amp;#039;Arques (Pas-de-Calais) :
  &lt;/strong&gt;
  &lt;br /&gt;
  La restructuration des activités d&amp;#039;Arc international a engendré la libération d&amp;#039;un foncier de 9 hectares en centre-ville d&amp;#039;Arques. La ville a alors amorcé une stratégie de reconquête que l&amp;#039;EPF a accompagnée : acquisitions, désamiantage, démolitions... Le projet qui s&amp;#039;échelonne en plusieurs phases comporte la construction de nouveaux logements dont un béguinage, l&amp;#039;aménagement d&amp;#039;espaces commerciaux, l&amp;#039;implantation d&amp;#039;un pôle verrier ainsi que la réappropriation des berges du canal.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille (Nord) :
  &lt;/strong&gt;
  &lt;br /&gt;
  Dans le cadre du Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille, l&amp;#039;EPF intervient pour acquérir et porter les biens dégradés puis réaliser les démolitions ou permettre leur réhabilitation par la Société Publique Locale d&amp;#039;Aménagement (SPLA La Fabrique des quartiers). Cette intervention permet de dé-densifier les quartiers identifiés, de renouveler l&amp;#039;offre de logements, y compris en diffus, et d&amp;#039;aménager des espaces verts. L&amp;#039;EPF est un financeur important de ce programme (10 M€ au titre des travaux de déconstruction, 30 M€ au titre de la minoration foncière).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Centre-bourg de Thun-L&amp;#039;Evêque (Nord) :
  &lt;/strong&gt;
  &lt;br /&gt;
  Dans le cadre de l&amp;#039;élaboration de son plan local d&amp;#039;urbanisme, la commune de Thun-L&amp;#039;Evêque a identifié un ensemble situé en plein cœur du village pour y réaliser une opération d&amp;#039;aménagement (ancien bâtiment d&amp;#039;activité sur un foncier de 1 000 m2 en bord à bras de canal et jouxtant des terrains communaux). Le projet, à l&amp;#039;étude par un bailleur social, consiste en la construction d&amp;#039;une maison médicale et de 21 logements locatifs sociaux. L&amp;#039;EPF intervient pour procéder à l&amp;#039;acquisition et à la démolition du bâtiment d&amp;#039;activité et à la cession, dans un délai maximal de 3 ans, du foncier déconstruit à la commune qui se chargera ensuite de céder l&amp;#039;ensemble des terrains à l&amp;#039;opérateur.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Friche
 Foncier
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T43" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Nord, Pas-de-Calais et Somme</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://epf-hdf.fr/</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
   https://epf-hdf.fr/lepf-pratique/contact
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>n.condomines@epf-hdf.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3329-redynamiser-mon-centre-ville/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB40" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux
+Création d’une crèche
+Création d’une maison de santé
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC40" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2023</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E44" s="1" t="inlineStr">
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
+        <v>163916</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions améliorant la qualité du service rendu à la personne accompagnée dans les services autonomie à domicile (SAD)</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Attribution d’une dotation complémentaire par le Département de la Manche aux services autonomie à domicile (SAD) pour le financement d’actions améliorant la qualité du service rendu à la personne accompagnée</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="O44" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Nature de l&amp;#039;aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’impulsion donnée par le Département, pour favoriser le maintien à domicile des personnes fragilisées, l’article 44 de la loi de financement de la sécurité sociale pour 2022, prévoit une refonte du modèle de financement des services autonomie à domicile, visant à améliorer leurs conditions de solvabilisation ainsi que la qualité de service. Cette refonte, comprend la mise en place d’une dotation complémentaire, prévue au 3° du I de l’article L. 314-2-1 du code de l’action sociale et des familles (CASF), visant à financer des actions améliorant la qualité du service rendu à la personne accompagnée.&lt;/p&gt;&lt;p&gt;Cette dotation concerne les heures effectuées au titre de l’allocation personnalisée d’autonomie (APA) et des heures relatives à la prestation de compensation du handicap (PCH). Le financement est assuré en totalité par un concours de la caisse nationale de solidarité pour l’autonomie (CNSA). Le soutien financier maximal de la CNSA est calculé sur la base du nombre d’heures APA et PCH du Département multiplié par le taux mentionné dans le décret n°2022-735 du 28 avril 2022 relatif au financement des services proposant des prestations d’aide et d’accompagnement à domicile.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment bénéficier de l&amp;#039;aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Chaque candidat devra adresser, en une seule fois, son dossier de candidature complet par voie dématérialisée, par courriel, à l’adresse suivante : &lt;a href="mailto:mda-sapto&amp;#64;manche.fr" target="_self"&gt;mda-sapto&amp;#64;manche.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;La date limite d’envoi des candidatures est fixée au 31/12/2024.&lt;/p&gt;&lt;p&gt;Les dossiers transmis après la date limite fixée ci-dessus ne seront pas retenus ni étudiés. Ils seront par nature irrecevables.&lt;/p&gt;&lt;p&gt;En cas de pièces manquantes, le Département enjoint le candidat à compléter son dossier dans un délai défini. En cas de non-respect de ce délai, le dossier est considéré comme irrecevable.&lt;/p&gt;&lt;p&gt;Pour toute demande d’information, vous pouvez contacter :&lt;/p&gt;&lt;p&gt;Serge Jardin : serge.jardin&amp;#64;manche.fr – 07 86 53 75 48.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des projets éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le présent appel à candidatures vise à retenir les SAD pouvant bénéficier de la dotation complémentaire pour le financement d’actions répondant à un ou plusieurs de ces objectifs prioritaires.&lt;/p&gt;&lt;p&gt;Les objectifs « apporter un soutien aux aidants des personnes accompagnées » et « lutter contre l’isolement des personnes » doivent faire l’objet d’un financement prioritairement via la conférence des financeurs de prévention de la perte d’autonomie (CFPPA). Toutefois, les SAD peuvent proposer des actions complémentaires dans la limite des montants alloués.&lt;/p&gt;&lt;p&gt;Les projets doivent répondre aux objectifs qui ont été priorisés de la manière suivante :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la qualité de vie au travail des intervenants ;&lt;/li&gt;&lt;li&gt;contribuer à la couverture des besoins de l&amp;#039;ensemble du territoire ;&lt;/li&gt;&lt;li&gt;accompagner des personnes dont le profil de prise en charge présente des spécificités ;&lt;/li&gt;&lt;li&gt;intervenir sur une amplitude horaire incluant les soirs, les week-ends et les jours fériés ;&lt;/li&gt;&lt;li&gt;lutter contre l&amp;#039;isolement des personnes accompagnées ;&lt;/li&gt;&lt;li&gt;apporter un soutien aux aidants des personnes accompagnées.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;De manière facultative, le dossier de candidature peut comporter tout élément que le candidat jugerait pertinent, permettant de mieux identifier la structure porteuse, son activité.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le dossier de réponse à l’appel à candidatures selon la trame précisée en annexe 1 ;&lt;/li&gt;&lt;li&gt;Une attestation sur l’honneur du responsable de la structure, précisant que le service d’aide à domicile ne se trouve pas dans une procédure de redressement judiciaire ou de dépôt de bilan et qu’il est à jour de ses obligations déclaratives fiscales et sociales ou est engagé dans un processus de régularisation de ses paiements ;&lt;/li&gt;&lt;li&gt;La grille tarifaire actualisée des prestations proposées par le service d’aide à domicile ;&lt;/li&gt;&lt;li&gt;Pour les services non tarifés par le Département, un courrier indiquant que le service s’engage à négocier dans le cadre du CPOM, des modalités de limitation du reste à charge des personnes accompagnées, selon les principes formulés dans le présent appel à candidatures ;&lt;/li&gt;&lt;li&gt;Les rapports d’activité du service, les comptes administratifs ou comptes de résultat, les bilans pour les années 2021 à 2023 en fonction du dernier exercice clôturé ; le budget 2023 ou 2024 ;&lt;/li&gt;&lt;li&gt;Les outils de la loi 2002-2 ;&lt;/li&gt;&lt;li&gt;L’engagement de s’inscrire dans la télétransmission des données ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Accès aux services</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S44" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Est éligible à la dotation complémentaire, tout service autonomie à domicile prestataire ou service polyvalent d’aide et de soins à domicile au titre de son activité d’aide relevant des 6° et/ou 7° du I de l’article L. 312-1 du code de l’action sociale et des familles.&lt;/p&gt;&lt;p&gt;Tout service autorisé par le Président du Conseil Départemental, sur le territoire de la Manche peut donc candidater au présent appel à candidatures.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/attribution-dune-dotation-complementaire-par-le-departement-de-la-manche-aux-services-autonomie-a-domicile-sad-pour-le-financement-dactions-ameliorant-la-qualite-du-service-rendu-a/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Jardin  Serge &lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:mda-sapto&amp;#64;manche.fr" target="_self"&gt;mda-sapto&amp;#64;manche.fr&lt;/a&gt; / &lt;a href="mailto:serge.jardin&amp;#64;manche.fr" target="_self"&gt;serge.jardin&amp;#64;manche.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 07 86 53 75 48&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attribution-dune-dotation-complementaire-par-le-departement-de-la-manche-aux-services-autonomie-a-domicile-sad-pour-le-financement-dactions-ameliorant-la-qualite-du-service-rendu-a-la-personne-accompagnee/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2024</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>06/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...269 lines deleted...]
-      <c r="A47" s="1">
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
         <v>111708</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Soutenir les acteurs du domaine de l'insertion - investissement</t>
         </is>
       </c>
-      <c r="D47" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Soutien aux acteurs du domaine de l'insertion - investissement</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L47" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département est susceptible d&amp;#039;accorder son soutien aux organismes partenaires dans le domaine de l&amp;#039;insertion, pour des investissements en lien avec les actions d&amp;#039;insertion mises en œuvre
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention est attribué en fonction de la nature du projet. Il ne pourra pas excéder :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    60 % du coût total du projet pour les organismes de droit privés
   &lt;/li&gt;
   &lt;li&gt;
    40 % du coût total du projet pour les communes, les établissements publics de coopération intercommunale et les autres organismes de droit public
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les demandes portant sur un projet clairement défini
  &lt;/li&gt;
  &lt;li&gt;
   Les projets en lien avec la politique d&amp;#039;insertion du Département, notamment ceux concourant au développement de l&amp;#039;activité du demandeur ou à sa réorientation
  &lt;/li&gt;
  &lt;li&gt;
   Les projets ayant une résonnance sur le territoire départemental
  &lt;/li&gt;
  &lt;li&gt;
   Pour les communes, établissements publics et autres organismes de droit public, les demandes portant uniquement sur l&amp;#039;acquisition de biens mobiliers et matériels
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Sont inéligibles :
@@ -8184,1296 +8794,779 @@
  &lt;li&gt;
   tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
  &lt;/li&gt;
  &lt;li&gt;
   2 devis au moins
  &lt;/li&gt;
  &lt;li&gt;
   le contrat d&amp;#039;engagement républicain signé (pour les associations)&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : conformément à la notification de décision attributive.
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : l&amp;#039;opération devra être achevée dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T42" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/06-Insertion_et_action_sociale/soutien_insertion_en_fonctionnement.pdf</t>
         </is>
       </c>
-      <c r="W47" s="1" t="inlineStr">
+      <c r="W42" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;Date limite de dépôt des demandes : toute demande déposée à partir du 30 septembre de l’année N sera notifiée au demandeur comme irrecevable pour l’exercice en cours &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  Direction insertion et économie sociale et solidaire ; Tél. : 05 16 09 69 54 ou 69 69
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e4f0-soutenir-les-acteurs-du-domaine-de-linsertion/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC42" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>30/12/2021</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...270 lines deleted...]
-      <c r="B50" s="1" t="inlineStr">
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
+        <v>102630</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Favoriser la formation et l'insertion socioprofessionnelle dans le cadre de projets de restauration du patrimoine</t>
         </is>
       </c>
-      <c r="C50" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E50" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine Emploi</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Fondation du Patrimoine</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
-[...483 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K52" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L52" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez soutenir l&amp;#039;insertion et la formation professionnelle dans les métiers du patrimoine et favoriser la transmission des savoir-faire ?
 &lt;/p&gt;
 &lt;p&gt;
  Via son programme Patrimoine Emploi, la Fondation du patrimoine soutient l&amp;#039;insertion socioprofessionnelle et la formation aux métiers du patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  Deux axes sont privilégiés :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le soutien aux chantiers incluant une action d&amp;#039;insertion sociale ou professionnelle ;
  &lt;/li&gt;
  &lt;li&gt;
   les projets permettant une formation aux métiers du patrimoine (clause de marchés publics avec insertion ou apprentissage, atelier chantier d&amp;#039;insertion (ACI), chantier-école).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Vos projets de restauration du patrimoine faisant l&amp;#039;objet d&amp;#039;une souscription avec la Fondation du patrimoine pourront bénéficier d&amp;#039;une aide financière supplémentaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M52" s="1" t="inlineStr">
+      <c r="M43" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conservatoire du Patrimoine CFA Paul Riquet à Toulouse : subvention pour la mise en place de formations aux techniques de construction traditionnelles
  &lt;/li&gt;
  &lt;li&gt;
   Ancienne Abbaye de Maroilles dans le Nord : restauration de la grange dimière et de deux maisons de bourgs dans le cadre d&amp;#039;un chantier d&amp;#039;insertion
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Porteur de projet : collectivité publique, association ou structure d&amp;#039;intérêt général (dont l&amp;#039;activité est non lucrative et ne bénéficie pas à un cercle restreint de personnes et dont la gestion est désintéressée) justifiant de plus d&amp;#039;un an d&amp;#039;existence.
  &lt;/li&gt;
  &lt;li&gt;
   Projet implanté sur le territoire et dont les bénéficiaires résident en France métropolitaine ou ultramarine.
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à un projet ciblé : l&amp;#039;aide demandée ne pourra être tournée exclusivement vers du fonctionnement ou le financement de supports de communication.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V52" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.fondation-patrimoine.org/soumettre-un-projet/obtenir-une-aide-financiere</t>
         </is>
       </c>
-      <c r="X52" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez Pierre Servais, Chargé de projet patrimoine naturel et emploi : pierre.servais&amp;#64;fondation-patrimoine.org
 &lt;/p&gt;
 &lt;p&gt;
  Ou Michel Doffagne : michel.doffagne&amp;#64;fondation-patrimoine.org&amp;#34;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>fanny.renaud@fondation-patrimoine.org</t>
         </is>
       </c>
-      <c r="Z52" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3a84-favoriser-la-formation-et-linsertion-sociopro/</t>
         </is>
       </c>
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC43" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du patrimoine</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>13/10/2021</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E53" s="1" t="inlineStr">
+    <row r="44" spans="1:34" customHeight="0">
+      <c r="A44" s="1">
+        <v>126869</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures d'animation de la vie sociale de Charente</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux structures d'animation de la vie sociale de Charente</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G53" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
-[...12 lines deleted...]
- Le Département souhaite apporter son soutien aux organismes porteurs d&amp;#039;un projet dans le domaine de l&amp;#039;insertion, prioritairement en faveur des allocataires du revenu de solidarité active (RSA).
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département souhaite apporter son soutien aux structures d’animation de la vie sociale dans la conduite d’une mission « d’aller vers ». Il s’agit, pour ces structures, de renforcer et développer de nouvelles modalités d’accompagnement des publics ne fréquentant pas ou plus les services sociaux et les structures d’animation de la vie sociale. En cohérence avec les objectifs poursuivis dans le cadre de la politique départementale d’insertion et des politiques solidaires, les interventions proposées se réaliseront en proximité des lieux de vie des usagers dans des espaces non investis jusqu’à présent et selon des méthodes adaptées. 
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Le montant de la subvention est attribué en fonction de la nature du projet.
+ Le montant de la subvention est attribué à part égale entre les structures agréées en fonction de l’enveloppe budgétaire votée chaque année pour les centres sociaux et celle pour les espaces de vie associative.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organismes conventionnés par la Caisse d&amp;#039;Allocation Familiale en tant que Centre social (CS)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes conventionnés par la Caisse d&amp;#039;Allocation Familiale en tant qu&amp;#039;Espace de Vie Sociale (EVS)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les actions en fonctionnement
  &lt;/li&gt;
  &lt;li&gt;
   les demandes portant sur un projet ou une action clairement définis
  &lt;/li&gt;
  &lt;li&gt;
   les projets ayant une résonnance sur le territoire charentais
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Sont inéligibles : les demandes de subvention inférieures à 500 euros
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
   PIECES A FOURNIR
  &lt;/strong&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Un formulaire et les pièces nécessaires à l&amp;#039;instruction :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un courrier sollicitant le concours du Département de la Charente
  &lt;/li&gt;
  &lt;li&gt;
-  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres,...
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
  &lt;/li&gt;
  &lt;li&gt;
   les documents financiers : budget, documents comptables, RIB...
  &lt;/li&gt;
  &lt;li&gt;
-  le formulaire du Département « Actions d&amp;#039;insertion (nouvelle ou renouvellement) »
+  le formulaire du Département « Actions d&amp;#039;insertion (nouvelle ou renouvellement)
  &lt;/li&gt;
  &lt;li&gt;
   en cas de renouvellement, le bilan de l&amp;#039;action précédente
  &lt;/li&gt;
-&lt;/ul&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Modalités particulières d&amp;#039;instruction : &lt;/p&gt;
+ Modalités particulières d&amp;#039;instruction :
+&lt;/p&gt;
 &lt;p&gt;
  Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
- Modalités de versement : conformément aux dispositions de la convention signée ou, à défaut de la notification de décision attributive
+ Modalités de versement : conformément aux dispositions de la convention signée ou, à défaut, de la notification de décision attributive
 &lt;/p&gt;
 &lt;p&gt;
  En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
- &lt;br /&gt;
-[...2 lines deleted...]
- Caducité : conformément aux dispositions de la convention signée ou, à défaut, deux ans à compter de la notification de décision attributive.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : conformément aux dispositions de la convention signée ou, à défaut, de la notification de la décision attributive
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
-[...2 lines deleted...]
-Mise en œuvre / réalisation
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T53" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W53" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/06-Insertion_et_action_sociale/soutien_structures_animation_vie_sociale_charente.pdf</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X53" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
-[...4 lines deleted...]
-  &lt;/span&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches »
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Action d&amp;#039;insertion - fonctionnement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : les dossiers devront avoir été déposés au plus tard le 30 juin de l&amp;#039;année
+&lt;/p&gt;
+&lt;p&gt;
+ Direction insertion et de l&amp;#039;économie sociale et solidaire ; Tél. : 05 16 09 69 69 ou 69 54
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/415f-soutenir-les-structures-danimation-de-la-vie-/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC44" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>19/01/2023</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
+        <v>144481</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les intercommunalités landaises dans le maintien des services offerts au public</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J45" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 800.000€ HT</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création ou extension de services publics essentiels à la population à vocation intercommunale, à l&amp;#039;exclusion des services administratifs et techniques communautaires, dans le but de maintenir ou développer le niveau de service en milieu rural.
+&lt;/p&gt;
+&lt;p&gt;
+ Application d&amp;#039;un Coefficient de Solidarité Départemental pour les opérations d&amp;#039;investissement dont la maîtrise d&amp;#039;ouvrage est assurée par une commune, un Établissement Public de Coopération Intercommunal à fiscalité propre ou un Groupement de Communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est issue du règlement du Fonds de Développement et d&amp;#039;Aménagement Local (FDAL).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>Centres de loisirs, Relais des Assistantes Maternelles Intercommunal (RAMI), Centre Intercommunal d&amp;#039;Action Sociale (CIAS)...</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires : intercommunalités uniquement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement du projet ne doit pas dépasser 80% d&amp;#039;aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra comporter : un courrier sollicitant la subvention du Conseil Départemental, une note explicative présentant un plan de financement, un dossier technique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
- &lt;br /&gt;
-[...28 lines deleted...]
- &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8be7-soutenir-les-intercommunalites-landaises-dans/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-      <c r="A54" s="1">
+    <row r="46" spans="1:34" customHeight="0">
+      <c r="A46" s="1">
         <v>102581</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Soutenir les acteurs œuvrant dans le domaine social</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Soutien aux acteurs œuvrant dans le domaine social</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G54" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H54" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L54" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département reconnaît le rôle primordial des acteurs sociaux en Charente, favorisant le développement des territoires, encourageant le maintien du lien social et l&amp;#039;apprentissage de la citoyenneté.
 &lt;/p&gt;
 &lt;p&gt;
  Plus particulièrement, la vie associative, fondée sur l&amp;#039;engagement individuel et collectif, la solidarité et l&amp;#039;altruisme, doit ainsi être encouragée et soutenue dans son développement. Au cœur de l&amp;#039;association, l&amp;#039;engagement bénévole doit être soutenu et accompagné dans ses initiatives.
 &lt;/p&gt;
 &lt;p&gt;
  Afin de structurer, de pérenniser et de développer les activités sociales et médico-sociales complémentaires à son action, le Département est susceptible d&amp;#039;accorder son soutien aux porteurs d&amp;#039;un projet dans les secteurs d&amp;#039;activité suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Personnes âgées et handicapées
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  S&amp;#039;agissant du schéma pour l&amp;#039;autonomie et la citoyenneté, il sera tenu compte du respect de ses objectifs et orientations. Les actions financées doivent ainsi permettre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -9559,66 +9652,66 @@
  Subvention de fonctionnement :
 &lt;/p&gt;
 &lt;p&gt;
  Le montant sera établi à partir de critères tels que le nombre d&amp;#039;adhérents et/ou de bénévoles, la nature de l&amp;#039;action sociale et/ou caritative, les projets, l&amp;#039;organisation d&amp;#039;animations ou d&amp;#039;actions sur le territoire départemental, la prise en compte de l&amp;#039;agenda 21 départemental, la réalisation des projets de l&amp;#039;année précédente...
 &lt;/p&gt;
 &lt;p&gt;
  Subvention de fonctionnement affecté à une action :
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de subvention départementale ne pourra être supérieur à 70% du montant total prévisionnel de l&amp;#039;action.
 &lt;/p&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement :
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de subvention départementale ne pourra être supérieur à 70% du montant total prévisionnel de l&amp;#039;opération. Il est plafonné à 10.000 euros.
 &lt;/p&gt;
 &lt;p&gt;
  Plafond des subventions publiques :
 &lt;/p&gt;
 &lt;p&gt;
  La subvention départementale éventuellement accordée peut faire l&amp;#039;objet d&amp;#039;un cumul avec d&amp;#039;autres aides publiques (Europe, Etat, Région, intercommunalités, communes...) de telle sorte que le total des subventions accordées pour une même action ne soit pas supérieur à 80% du coût global de l&amp;#039;opération. Cela implique donc un financement propre de l&amp;#039;organisme demandeur d&amp;#039;au moins 20% de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Famille et enfance
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O54" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour être éligibles à une subvention, les projets devront s&amp;#039;inscrire dans le champ d&amp;#039;un des trois domaines précités : personnes âgées et handicapées, enfance et famille, action sociale. Les projets devront s&amp;#039;inscrire dans le cadre des programmes ou schémas départementaux afférents à ces politiques.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets financés doivent concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le fonctionnement annuel d&amp;#039;une association
  &lt;/li&gt;
  &lt;li&gt;
   des actions, en fonctionnement
  &lt;/li&gt;
  &lt;li&gt;
   des projets expérimentaux, en fonctionnement. En ce cas, il est à noter que le soutien du Département ne vise qu&amp;#039;à rendre possible l&amp;#039;expérimentation et n&amp;#039;engage en aucun cas celui-ci sur la reconduction de son financement
  &lt;/li&gt;
  &lt;li&gt;
   des investissements dans le cas où la demande n&amp;#039;est éligible à aucun autre règlement du Département.
  &lt;/li&gt;
@@ -9761,79 +9854,79 @@
   subvention sans convention :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - versement de 50% du montant total de la subvention à compter de la décision favorable de l&amp;#039;Assemblée délibérante ;
 &lt;/p&gt;
 &lt;p&gt;
  - versement du solde en une seule fois dès production des justificatifs/factures acquittées.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   subvention avec convention : versement au regard des dispositions définies dans la convention
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Caducité :
 &lt;/p&gt;
 &lt;p&gt;
  Fonctionnement et fonctionnement affecté : 1 an à compter de la date de notification de la décision attributive
 &lt;/p&gt;
 &lt;p&gt;
  Investissement : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T54" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V54" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/06-Insertion_et_action_sociale/soutien_acteurs_domaine_social.pdf</t>
         </is>
       </c>
-      <c r="W54" s="1" t="inlineStr">
+      <c r="W46" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X54" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous pouvez utiliser les télé-services :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Subvention d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Subvention de fonctionnement
  &lt;/li&gt;
@@ -9871,1329 +9964,531 @@
  Pour rappel, l&amp;#039;organisme de droit privé bénéficiaire d&amp;#039;une subvention de fonctionnement affectée doit produire un compte rendu financier qui atteste de la conformité des dépenses effectuées au regard de l&amp;#039;objet de la subvention. Le compte rendu financier est déposé auprès du Département dans les six mois suivant la fin de l&amp;#039;exercice pour lequel la subvention a été attribuée.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts
 &lt;/p&gt;
 &lt;p&gt;
  Personnes âgées et personnes handicapées : 05 16 09 76 32
 &lt;/p&gt;
 &lt;p&gt;
  Enfance et famille : 05 16 09 69 24
 &lt;/p&gt;
 &lt;p&gt;
  Action sociale : 05 16 09 69 54 ou 69 69
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyens &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z54" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d33e-soutenir-les-acteurs-uvrant-dans-le-domaine-s/</t>
         </is>
       </c>
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB46" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une crèche</t>
+        </is>
+      </c>
+      <c r="AC46" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG46" s="1" t="inlineStr">
+        <is>
+          <t>12/10/2021</t>
+        </is>
+      </c>
+      <c r="AH46" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...505 lines deleted...]
-      <c r="H58" s="1" t="inlineStr">
+    <row r="47" spans="1:34" customHeight="0">
+      <c r="A47" s="1">
+        <v>162748</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser les instituts de formations sanitaires sociales</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Modernisation des instituts de formations sanitaires sociales</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
-[...179 lines deleted...]
-      <c r="L59" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le secteur de la santé et de l’action sociale joue un rôle majeur pour le développement du territoire régional. Compétence forte de la Région, les formations sanitaires et du travail social financent et accompagnent les parcours de plus de 18 500 élèves et étudiants chaque année.&lt;/p&gt;
 &lt;p&gt;Afin de moderniser les établissements de formations sanitaires et du travail social et offrir aux élèves et étudiants les meilleures conditions de vie et d’études, la Région s’engage à soutenir des projets d’investissement s’inscrivant dans les orientations du schéma régional des formations sanitaires et du travail social et de sa politique en matière de développement durable.&lt;br /&gt; L’objectif est de permettre à ces futurs professionnels d&amp;#039;étudier dans de bonnes conditions correspondant aux référentiels de formation et aux outils qu’ils utilisent dans leurs divers lieux de stage.&lt;/p&gt; &lt;p&gt;Sont éligibles à ce dispositif les personnes morales publiques ou privées gestionnaires d’un établissement de formation sanitaire ou du travail social autorisé ou agréé par le Président du Conseil régional. Ces établissements doivent en outre être signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt; &lt;p&gt;Les demandes de subvention déposées dans ce cadre concernent les établissements de formation paramédicale et du travail social agréés ou autorisés par le Président du Conseil régional et signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt;
 &lt;p&gt;Les projets déposés doivent porter sur l’un des objets suivants :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;achat de matériel numérique et informatique ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement pédagogique et de simulation ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement ou de mobilier pour l’amélioration des conditions de vie et d&amp;#039;études ;&lt;/li&gt; 	&lt;li&gt;petits travaux et aménagements ;&lt;/li&gt; 	&lt;li&gt;petits travaux de mise aux normes et achat de matériel de sécurité.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;A l’exception des dossiers dont l’objet porte sur des petits travaux de mises aux normes et achat de matériel de sécurité, les dossiers déposés devront s’inscrire dans la mesure 137 du plan Climat.&lt;br /&gt; Les demandes doivent par ailleurs s’inscrire dans un programme d’investissement pluriannuel de l’établissement de formation. Dans ce cadre, l’établissement devra présenter sa stratégie et articuler sa demande aux investissements déjà réalisés et à venir, tout en joignant une étude d’impact financier démontrant sa capacité d’anticipation et de maîtrise des coûts.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P59" s="1" t="inlineStr">
+      <c r="P47" s="1" t="inlineStr">
         <is>
           <t>28/05/2024</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les demandes de subvention déposées dans ce cadre concernent les établissements de formation paramédicale et du travail social agréés ou autorisés par le Président du Conseil régional et signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt;
 &lt;p&gt;Les projets déposés doivent porter sur l’un des objets suivants :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;achat de matériel numérique et informatique ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement pédagogique et de simulation ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement ou de mobilier pour l’amélioration des conditions de vie et d&amp;#039;études ;&lt;/li&gt; 	&lt;li&gt;petits travaux et aménagements ;&lt;/li&gt; 	&lt;li&gt;petits travaux de mise aux normes et achat de matériel de sécurité.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;A l’exception des dossiers dont l’objet porte sur des petits travaux de mises aux normes et achat de matériel de sécurité, les dossiers déposés devront s’inscrire dans la mesure 137 du plan Climat.&lt;br /&gt; Les demandes doivent par ailleurs s’inscrire dans un programme d’investissement pluriannuel de l’établissement de formation. Dans ce cadre, l’établissement devra présenter sa stratégie et articuler sa demande aux investissements déjà réalisés et à venir, tout en joignant une étude d’impact financier démontrant sa capacité d’anticipation et de maîtrise des coûts.&lt;/p&gt; &lt;p&gt;L’établissement de formation dépose son dossier dans les mêmes conditions que tout dépôt de dossier de demande de subvention d’investissement sur le site dédié de la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/modernisation-des-instituts-de-formations-sanitaires-sociales</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Service Formations Sanitaires et Sociales&lt;/strong&gt;&lt;br /&gt; Tel : 04.88.10.76.43 et 04.91.57.51.08 &lt;br /&gt; Mail : &lt;a href="mailto:sfss-secretariat&amp;#64;maregionsud.fr"&gt;sfss-secretariat&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/modernisation-des-instituts-de-formations-sanitaires-sociales/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG47" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH47" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G60" s="1" t="inlineStr">
+    <row r="48" spans="1:34" customHeight="0">
+      <c r="A48" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...41 lines deleted...]
- Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+Département</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M60" s="1" t="inlineStr">
-[...81 lines deleted...]
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
-[...18 lines deleted...]
- Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB48" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une maison de santé
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC48" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale des Vosges</t>
+        </is>
+      </c>
+      <c r="AE48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG48" s="1" t="inlineStr">
+        <is>
+          <t>14/05/2024</t>
+        </is>
+      </c>
+      <c r="AH48" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...149 lines deleted...]
-      <c r="A62" s="1">
+    <row r="49" spans="1:34" customHeight="0">
+      <c r="A49" s="1">
         <v>163004</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
         </is>
       </c>
-      <c r="C62" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F62" s="1" t="inlineStr">
+      <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H62" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I62" s="1" t="inlineStr">
+      <c r="I49" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J62" s="1" t="inlineStr">
+      <c r="J49" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L62" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
 d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
 positionnement économique et l’accompagner dans ses mutations et ses synergies.
 Dans ce dessein, la stratégie de développement économique local est tournée
 vers l’innovation sociale au service des emplois et du bien-vivre des
 habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;En
      capitalisant sur la dynamique existante pour la conforter et l’accompagner
      dans ses mutations, et en développant de nouvelles filières en faveur du
      développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      permettant l’accès aux services, aux commerces et à l’artisanat pour tous
      les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      favorisant l’expérimentation de nouvelles approches, notamment sur la
      mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
      la proximité, la modernisation et les synergies entre acteurs en
      accompagnant les projets innovants des petites et moyennes entreprises
      industrielles, artisanales, commerciales et des associations, et les
      initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
      le partage, la mutualisation de ressources (à titre d’exemples : espaces,
      lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
      les mutations de l’économie et l’accès à l’emploi notamment par la
      formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
      et soutenir une agriculture performante et pérenne, soucieuse de
      l’environnement, en accompagnant ses mutations et en valorisant ses
      initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
      l’accès à une alimentation de qualité sur le territoire en veillant
      notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M62" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
 consolider le projet du porteur de projet dans le domaine du développement
 économique, de l’innovation sociale et des services : diagnostics
 préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 d’animation, de communication, d’information collective et organisation
 d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
 et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
 construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;ul type="circle"&gt;
   &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
       productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets concourant au
       développement des circuits courts alimentaires et les initiatives en
       matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
       le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets en matière de
       mutualisation de services et d’équipements pour les entreprises, les
       associations et autres acteurs de l’innovation sociale (notamment
       tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
       l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
       au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
 formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P62" s="1" t="inlineStr">
+      <c r="P49" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q62" s="1" t="inlineStr">
+      <c r="Q49" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
 personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
 lors que le personnel affecte au moins 5% de son temps de travail total au
 projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
 personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
 apprentis) dès lors que le personnel affecte au moins 5% de son temps de
 travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
 disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
 construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
 acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
 limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
 services, prestations intellectuelles dont la formation et la communication
 (par exemple création et conception de support, édition, diffusion d’outils,
 frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
 notaire, expertise juridique technique et financière, honoraire de tenue et de
 certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
 Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
 dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
 d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
 pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
 éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
 Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
@@ -11210,963 +10505,1373 @@
 frais de change ;&lt;/li&gt;&lt;li&gt;Les
 investissements immobiliers dont l’acquisition est réalisée par le biais d’une
 vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
 coût unitaires pour les dépenses de personnel : Les frais directs liés aux
 dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
 porteurs de projet publics : les dépenses éligibles sont présentées en
 Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
 totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
 cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
 &lt;p id="ftn1"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p id="ftn2"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
 comité de programmation du GAL, selon les critères et les modalités
 préalablement définis dans sa grille de sélection. La grille de sélection est
 envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
 sélection en comité de programmation. Les projets doivent être en cohérence
 avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
 ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
 alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T62" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC49" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="AD49" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG49" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2024</t>
+        </is>
+      </c>
+      <c r="AH49" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-      <c r="A63" s="1">
+    <row r="50" spans="1:34" customHeight="0">
+      <c r="A50" s="1">
+        <v>163772</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Développer des outils innovants et renforcer son réseau de partenaires européens</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats de coopération - Action clé 2</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Jeunesse et Sport
+Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats de coopération dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats de coopération offrent la possibilité de développer des collaborations avec des organismes travaillant dans les champs de l&amp;#039;éducation, de la formation, de la jeunesse et du sport en Europe et parfois au delà. Ces partenariats peuvent impliquer des acteurs de tout type : entreprises, associations, ONG, établissements et organismes d’éducation et de formation, collectivités, etc.&lt;/p&gt;&lt;p&gt;Ces projets permettent aux organisations participantes de mettre en œuvre leur stratégie de coopération internationale en développant leur réseau et de renforcer leurs capacités par la construction d&amp;#039;outils ou de méthodes innovantes d&amp;#039;éducation, de formation ou d&amp;#039;accompagnement.&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe trois forfaits au choix : 120 000€, 250 000€ ou 400 000€.&lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, au développement et à l&amp;#039;expérimentation d&amp;#039;outils pédagogiques, à la construction d&amp;#039;une plateforme en ligne par exemple.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet de la &lt;strong&gt;ville de Saint-Denis&lt;/strong&gt; a pour objectif d’apporter des solutions au problème de surexposition aux écrans chez les enfants, particulièrement présent dans les quartiers défavorisés. Le projet regroupe différents partenaires issus de 5 pays européens et se proposent développer des outils de formation innovants dédiés aux éducateurs qui travaillent avec les jeunes parents vivant dans les zones urbaines périphériques des grandes villes et dans des situations précaires. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2021-1-FR01-KA220-ADU-000033578" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet Street
+for the youth de Saint-Brieuc Armor Agglomération, porté par la Direction
+Prospective, vise à favoriser la participation des jeunes européens de 15 à 20
+ans à la construction de la ville de demain ; une ville adaptable,
+accueillante et résiliente,  qui répond aux besoins des usagers. Le projet
+créera des liens entre les jeunes, les professionnels de l’urbanisme et les
+élus locaux et leur permettra de co-construire et tester des méthode innovantes
+d’implication des jeunes dans le développement et l’aménagement d’espaces
+urbains. Ce projet rassemble quatre collectivités locales de quatre pays
+européens (France, Pologne, Belgique, Portugal). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA220-YOU-000245435"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Formation professionnelle
+Innovation, créativité et recherche
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse :  &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-outils-innovants-et-renforcer-son-reseau-de-partenaires-europeens/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC50" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Education et Formation</t>
+        </is>
+      </c>
+      <c r="AD50" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG50" s="1" t="inlineStr">
+        <is>
+          <t>14/10/2024</t>
+        </is>
+      </c>
+      <c r="AH50" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:34" customHeight="0">
+      <c r="A51" s="1">
+        <v>139916</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Pays des Vallons de Vilaine</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB51" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC51" s="1" t="inlineStr">
+        <is>
+          <t>Fédération FLAME</t>
+        </is>
+      </c>
+      <c r="AE51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG51" s="1" t="inlineStr">
+        <is>
+          <t>02/05/2023</t>
+        </is>
+      </c>
+      <c r="AH51" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:34" customHeight="0">
+      <c r="A52" s="1">
         <v>163254</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Se former à l'étranger - Accréditation Erasmus+</t>
         </is>
       </c>
-      <c r="C63" s="1" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D63" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Accréditation Erasmus+ - Action Clé 1</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H63" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I63" s="1" t="inlineStr">
+      <c r="I52" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J63" s="1" t="inlineStr">
+      <c r="J52" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de
 mobilité dans les domaines de l’éducation, de la formation, de la jeunesse et
 du sport. Il est possible de partir en mobilité en Europe et au-delà pour se
 former, découvrir des systèmes éducatifs différents, de nouvelles approches et
 méthodes de travail, approfondir ses compétences linguistiques et
 professionnelles, ou tout simplement s’ouvrir à une autre culture.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;
 L&amp;#039;accréditation Erasmus&amp;#43; &lt;/strong&gt;est comparable à une carte de membre pour développer des projets de mobilité. Grâce à cette modalité, les démarches administratives et
 financières sont simplifiées. Une fois obtenue, elle est valable jusqu’en 2027
 et permet de procéder, chaque année, à une demande simplifiée de financements
 avec l’assurance de recevoir un montant minimum de subvention. L&amp;#039;accréditation Erasmus&amp;#43; concerne les secteurs de l&amp;#039;éducation des adultes, de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et le secteur de la jeunesse.&lt;/p&gt;&lt;p&gt;
 La durée de la mobilité des personnels et des apprenants peut varier de 2 jours à 12 mois selon votre profil et
 le type d’activité réalisée.&lt;br /&gt;
 Les financements européens Erasmus&amp;#43; couvrent vos frais de déplacement, ainsi
 que vos frais d’hébergement, de restauration et de transport sur place. Ils peuvent
 également prendre en charge les frais d’inscription à des cours ou à des
 séminaires de formation.&lt;br /&gt;
 Un montant forfaitaire soutient par ailleurs les dépenses de votre collectivité
 territoriale pour la gestion administrative et financière du projet européen
 Erasmus&amp;#43;.&lt;br /&gt;
 Les cofinancements ne sont pas obligatoires mais sont à privilégier.&lt;br /&gt;
 Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides,
 nationales ou locales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M63" s="1" t="inlineStr">
+      <c r="M52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La &lt;strong&gt;région Occitanie&lt;/strong&gt; coordonne un consortium de CFA, Missions Locales et écoles de la deuxième chance (secteur EFP). L&amp;#039;objectif des mobilités est de développer les compétences et de favoriser la poursuite d&amp;#039;étude et/ou l&amp;#039;insertion professionnelle des apprenants.  &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le département de Seine-Saint-Denis &lt;/strong&gt;coordonne deux accréditations Erasmus&amp;#43; : une au bénéfice des jeunes et une pour les collégiens du département (Secteurs enseignement scolaire et jeunesse). Au total, 1 650 collégiens et 670 jeunes pourront bénéficier de mobilités sur la période 2023-2027 dans le cadre de l’accueil des Jeux Olympiques et Paralympiques de 2024.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;C&lt;/strong&gt;&lt;strong&gt;ollectivité de Corse&lt;/strong&gt; favorise&lt;span&gt; l’ouverture &lt;/span&gt;internationale et la montée en compétence des acteurs corses de l&amp;#039;Economie sociale et solidaire en permettant &lt;span&gt;à différentes structures publiques &lt;/span&gt;– l’Office de l’environnement de la Corse, l’Agence de développement de la Corse (Adec) – ainsi qu&amp;#039;à la Chambre Régionale de l’Economie Sociale et Solidaire et à ses structures adhérentes de partir en mobilité. &lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des &lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;projets portés par des collectivités territoriales de l&amp;#039;Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;sharing" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q63" s="1" t="inlineStr">
+      <c r="Q52" s="1" t="inlineStr">
         <is>
           <t>29/09/2026</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T52" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs: &lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel: &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes
   : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur
   : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC52" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Education et Formation</t>
+        </is>
+      </c>
+      <c r="AD52" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG52" s="1" t="inlineStr">
+        <is>
+          <t>20/09/2024</t>
+        </is>
+      </c>
+      <c r="AH52" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-[...173 lines deleted...]
-      <c r="A65" s="1">
+    <row r="53" spans="1:34" customHeight="0">
+      <c r="A53" s="1">
         <v>162740</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Lutter contre la précarité et l'exclusion</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Lutte contre la précarité et l'exclusion</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L65" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de sa politique de solidarité et de lutte contre la pauvreté, la Région a décidé de soutenir des démarches et des initiatives sur l’ensemble du territoire régional.&lt;/p&gt;
 &lt;p&gt;Ainsi, la Région a la volonté d’articuler son intervention en particulier avec les structures dont l’ancrage territorial permet d’offrir des dispositifs adaptés aux diverses réalités locales.&lt;/p&gt;
  &lt;ul&gt; 	&lt;li&gt;Les associations et Centres Communaux d’Actions Sociales autour de projets alimentaires.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Une priorité est donnée aux associations faisant l’objet d’un conventionnement pluriannuel avec la Région ou porteuses d’une épicerie sociale et solidaire.&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Le réseau des Banques alimentaires.&lt;/li&gt; 	&lt;li&gt;Les associations d’accueil, d’écoute et d’orientation des publics précaires et/ou en grande difficulté tels les accueils de jour.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les demandes devront s’inscrire dans les deux axes précités au regard des modalités du règlement financier de la Région et du cadre d’intervention du Service Jeunesse et Engagement civique.&lt;br /&gt; Les subventions d’investissement concernent, en priorité le domaine alimentaire et ciblent l’aménagement et l’équipement logistique des structures départementales conventionnées (Antennes départementales uniquement).&lt;br /&gt; La subvention régionale ne peut excéder &lt;span&gt;un taux de 50 % &lt;/span&gt;du coût total TTC du projet.&lt;br /&gt; Elle est fixée au regard du coût total de la dépense et des cofinancements.&lt;br /&gt; L’activité soutenue doit obligatoirement faire apparaître un cofinancement public&lt;br /&gt; et ne pas dépendre de la seule subvention de la Région.&lt;br /&gt; Les actions financées doivent obligatoirement faire apparaître un cofinancement public&lt;br /&gt; et ne pas dépendre de la seule subvention de la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P65" s="1" t="inlineStr">
+      <c r="P53" s="1" t="inlineStr">
         <is>
           <t>03/06/2024</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les demandes devront s’inscrire dans les deux axes précités au regard des modalités du règlement financier de la Région et du cadre d’intervention du Service Jeunesse et Engagement civique.&lt;br /&gt; Les subventions d’investissement concernent, en priorité le domaine alimentaire et ciblent l’aménagement et l’équipement logistique des structures départementales conventionnées (Antennes départementales uniquement).&lt;br /&gt; La subvention régionale ne peut excéder &lt;span&gt;un taux de 50 % &lt;/span&gt;du coût total TTC du projet.&lt;br /&gt; Elle est fixée au regard du coût total de la dépense et des cofinancements.&lt;br /&gt; L’activité soutenue doit obligatoirement faire apparaître un cofinancement public&lt;br /&gt; et ne pas dépendre de la seule subvention de la Région.&lt;br /&gt; Les actions financées doivent obligatoirement faire apparaître un cofinancement public&lt;br /&gt; et ne pas dépendre de la seule subvention de la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/lutte-precarite-exclusion</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Jeunesse et Engagement Civique - &lt;a href="tel:0491575251"&gt;04 91 57 52 51&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutte-contre-la-precarite-et-lexclusion/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF53" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG53" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH53" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:34" customHeight="0">
+      <c r="A54" s="1">
+        <v>162945</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier gratuitement de la compétence d'un architecte pour participer à son jury</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Architecte consultant de la MIQCP</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Mission interministérielle pour la qualité des constructions publiques (MIQCP) se fait assister par trente architectes consultants et consultantes en vue de 
+promouvoir la qualité de l&amp;#039;architecture publique dans le cadre de consultations de maîtrise d’œuvre, 
+notamment à travers des participations aux jurys de concours de maîtrise d’œuvre. &lt;/p&gt;&lt;p&gt;La mission de ces architectes consultants et consultantes de la MIQCP consiste à siéger 
+en qualité de juré/jurée intuitu personae dans le collège des personnes qualifiées des jurys et des 
+commissions chargées de donner un avis sur la sélection des candidatures et/ou des prestations 
+remises, organisés par des pouvoirs adjudicateurs ou entités adjudicatrices pour la passation de 
+marchés publics de maîtrise d’œuvre ou de marchés globaux. La participation à ces jurys est gratuite. Tout maître d&amp;#039;ouvrage public peut en bénéficier pour ses concours ou procédures de passation des marchés.&lt;/p&gt;&lt;p&gt;Ces architectes sont au nombre de 30. Sélectionnés pour leurs compétences, leur capacité à faire pédagogie, la qualité de leurs réalisations architecturales, ils et elles sont formés aux règles de la commande publique et sont légitimes, dans ce contexte, à accompagner et conseiller au mieux les maîtres d&amp;#34;ouvrage dans l&amp;#039;organisation de leur concours. &lt;/p&gt;&lt;p&gt;Leur objectif premier reste d&amp;#039;assurer l&amp;#039;avis constructif critique des projets des concurrents et de faciliter pour les maîtres d&amp;#039;ouvrage publics, notamment occasionnels, le tiers règlementaire et obligatoire de maîtres d’œuvre exigé dans les jurys par les dispositions du livre IV du code de la commande publique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Espace public
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Tout Maître d&amp;#039;ouvrage public &lt;/p&gt;&lt;p&gt;Préparer un concours de maîtrise d&amp;#039;oeuvre &lt;/p&gt;&lt;p&gt;ou tout autre consultation pour un marché de maîtrise d&amp;#039;oeuvre&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.miqcp.gouv.fr/index.php?option=com_content&amp;view=article&amp;id=121:solliciter-la-miqcp-pour-la-participation-d-un-de-ses-architectes-consultant-a-un-jury-de-concours-de-maitrise-d-oeuvre&amp;catid=39&amp;Itemid=158&amp;lang=fr</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-prestation-d-un-architecte-consultant-p</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-gratuitement-de-la-competence-dun-architecte-pour-participer-a-son-jury/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB54" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’un terrain de football
+Mise en place de l’accessibilité dans les bâtiments publics
+Réfection/aménagement de la voirie
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC54" s="1" t="inlineStr">
+        <is>
+          <t>MIQCP _ mission interministérielle de la qualité des constructions publiques</t>
+        </is>
+      </c>
+      <c r="AE54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG54" s="1" t="inlineStr">
+        <is>
+          <t>21/06/2024</t>
+        </is>
+      </c>
+      <c r="AH54" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C66" s="1" t="inlineStr">
+    <row r="55" spans="1:34" customHeight="0">
+      <c r="A55" s="1">
+        <v>163771</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Echanger des pratiques et découvrir la coopération européenne</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G66" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Projets de partenariats simplifiés AC210</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France / Education &amp; Formation
+Agence Erasmus+ France Jeunesse et Sport</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I66" s="1" t="inlineStr">
+      <c r="I55" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J66" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K66" s="1" t="inlineStr">
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
-[...150 lines deleted...]
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats simplifiés dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats simplifiés sont conçus pour
 faciliter l’accès au programme Erasmus&amp;#43; en s’adressant notamment aux
 organisations peu expérimentées. Ils permettent de découvrir la coopération
 européenne et d’échanger des pratiques avec des partenaires localisés dans les
 pays du programme Erasmus&amp;#43;. Les collaborations et les échanges peuvent porter
 sur de multiples sujets. Ces projets sont composés d’au moins deux
 organisations issues de deux pays du programme Erasmus&amp;#43; et peuvent durer de 6 à
 24 mois.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe deux forfaits
 au choix : 30 000€ ou 60 000€. &lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, à l&amp;#039;échange de pratiques, aux visites apprenantes, à la publication d&amp;#039;une page web par exemple.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M67" s="1" t="inlineStr">
+      <c r="M55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet de la Commune de Rennes qui s&amp;#039;intitule « &lt;em&gt;Plus de nature dans les crèches&lt;/em&gt; » cible le secteur de la petite enfance, et plus spécifiquement la pédagogie centrée sur la nature. Il consiste en un échange de bonnes pratiques avec deux partenaires situés à Erlangen (Allemagne) et Brno (Tchéquie), ces deux villes étant jumelées avec la Ville de Rennes. Il repose sur des visites d’étude de personnels, de cadres du secteur de l’enfance et d’élus, dans chacun des trois pays. A travers ce projet, les partenaires souhaitent partager leurs pratiques d’accueil des enfants, différentes selon les pays, et ainsi enrichir leurs compétences au service des plus jeunes. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR01-KA210-SCH-000243744" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet “&lt;em&gt;Tomorrow is built today&lt;/em&gt;” vise à sensibiliser les élu·es, les agent·es et les habitant·es de la ville de Billère et des villes jumelles, Petersberg et Sabiñanigo, aux enjeux du Développement durable et les leviers d’actions possibles pour atteindre les 17 objectifs fixés par l’ONU. Fin janvier 2024, des délégations allemandes et espagnoles sont venues travailler avec des technicien·nes et des élu·es billérois. En juin, tout le monde se retrouvera en Allemagne, puis en novembre en Espagne. Ces ateliers déboucheront, en 2025, sur une campagne de communication déclinée dans les trois villes. Pour en savoir plus, &lt;a href="https://www.billere.fr/actualite/demain-se-construit-aujourdhui/" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet YouthPlayInclusive porté par la Métropole
 de Lyon a pour objectifs de faire connaître à l’échelle européenne les
 activités sportives inclusives, de recenser les conditions d’inclusion durable
 des jeunes en situation de handicap au sein des organismes de jeunesse
 (associations sportives, centres sociaux, etc.), d’écouter et de donner la
 parole à ces jeunes, d’accompagner la montée en compétences des éducateurs
 jeunesse et de poser les fondements d’un réseau européen dédié à la jeunesse,
 au sport et à l’inclusion. Le projet vise à produire un recueil d’activités
 sportives inclusives et des bonnes pratiques associées, un livret de
 recommandations de la jeunesse, des capsules vidéo mêlant activités et
 témoignages afin de poser les bases d’un réseau européen Jeunesse, Inclusion,
 Sport. Ce projet est mené conjointement avec la Ville de Francfort-sur-le-Main
 (Allemagne). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA210-YOU-000253102"&gt;cliquez
 ici &lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q67" s="1" t="inlineStr">
+      <c r="Q55" s="1" t="inlineStr">
         <is>
           <t>05/03/2026</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T67" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
         </is>
       </c>
-      <c r="W67" s="1" t="inlineStr">
+      <c r="W55" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse : &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/echanger-des-pratiques-et-decouvrir-la-cooperation-europeenne/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC55" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Education et Formation</t>
+        </is>
+      </c>
+      <c r="AD55" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG55" s="1" t="inlineStr">
+        <is>
+          <t>14/10/2024</t>
+        </is>
+      </c>
+      <c r="AH55" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="56" spans="1:34" customHeight="0">
+      <c r="A56" s="1">
         <v>164928</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Soutenir des actions de solidarité à l’international</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H68" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I68" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L68" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;agence de l’eau soutient des actions de solidarité à l’international, en mobilisant jusqu&amp;#039;à 1 % de ses recettes pour améliorer l&amp;#039;accès à l&amp;#039;eau et à l&amp;#039;assainissement dans les pays en développement.&lt;br /&gt;
 &lt;br /&gt;
 Elle encourage pour cela les acteurs des bassins Rhône-Méditerranée et de Corse à participer. Son action est coordonnée avec les politiques publiques de développement de la France et les objectifs de développement durable de l&amp;#039;ONU, de façon ciblée sur l&amp;#039;eau, l&amp;#039;assainissement et l&amp;#039;hygiène, la coopération scientifique et l&amp;#039;aide d&amp;#039;urgence.</t>
         </is>
       </c>
-      <c r="M68" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>Actions d&amp;#039;accès à l&amp;#039;eau, à l&amp;#039;assainissement et à l&amp;#039;hygiène&lt;br /&gt;
 Coopération institutionnelle et partage scientifique&lt;br /&gt;
 Action d&amp;#039;urgence&lt;br /&gt;
 Organisation d&amp;#039;événements internationaux</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P68" s="1" t="inlineStr">
+      <c r="P56" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q68" s="1" t="inlineStr">
+      <c r="Q56" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128703/fr/international</t>
         </is>
       </c>
-      <c r="W68" s="1" t="inlineStr">
+      <c r="W56" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/international/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AC56" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône Méditerranée Corse</t>
+        </is>
+      </c>
+      <c r="AE56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG56" s="1" t="inlineStr">
+        <is>
+          <t>06/05/2025</t>
+        </is>
+      </c>
+      <c r="AH56" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>