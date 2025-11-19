--- v0 (2025-10-01)
+++ v1 (2025-11-19)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA284"/>
+  <dimension ref="A1:AA255"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -682,1890 +682,1630 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>annelise.brouste@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b772-investir-en-faveur-de-lefficacite-energetique/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>72354</v>
+        <v>74894</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Financer des projets liés au développement rural</t>
+          <t>Soutenir les travaux de voirie pastorale et d'améliorations pastorales</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Grand Beauvaisis (PETR)</t>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 70</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'aide varie de 10 à 70% du montant HT ou TTC des travaux selon les autres financements</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil Départemental soutient les travaux de voirie pastorale et d&amp;#039;améliorations pastorales (clôtures, parcs de tri, rénovation cabanes, aménagement point d&amp;#039;eau ...) en cofinancement du FEADER.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention FEADER est à retirer au GIP CRPGE (Centre de Ressources sur le Pastoralisme et la Gestion de l&amp;#039;Espace).
+&lt;/p&gt;
+&lt;p&gt;
+ La durée de validité de l&amp;#039;aide est de 2 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de l&amp;#039;aide se fait par acomptes ou en totalité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le soutien du Conseil Départemental est exercé dans le cadre des financements de la Région, de l&amp;#039;Etat, de l&amp;#039;Europe et éventuellement du Parc National.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jocelyne SASSERE  : 05.62.56.78.33 / jocelyne.sassere&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a818-soutenir-les-travaux-de-voirie-pastorale-et-d/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>77376</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le tissu économique en Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
-[...248 lines deleted...]
-      </c>
       <c r="H5" s="1" t="inlineStr">
-        <is>
-[...120 lines deleted...]
-      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="I5" s="1" t="inlineStr">
         <is>
           <t> Max : 64</t>
         </is>
       </c>
-      <c r="J6" s="1" t="inlineStr">
+      <c r="J5" s="1" t="inlineStr">
         <is>
           <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le paysage économique du Pays Comminges Pyrénées connaît depuis plusieurs décennies des évolutions profondes. Les chocs économiques successifs, la tertiairisation de l’économie, la métropolisation, le développement des grands axes de communication, etc. ont entraîné l’économie commingeoise vers de nouvelles tendances, notamment la fragilisation de son tissu industriel traditionnel, une agriculture en recul ainsi que la diversification de son économie dans les domaines du commerce, du tourisme et des services à la personne.&lt;/p&gt;&lt;p&gt;Pour autant, le territoire doit aussi compter sur de forts potentiels à développer. Le Pays doit conforter le rôle structurant de l’agriculture, du tourisme et des services dans l’attractivité économique tout en soutenant le développement de filières d’avenir innovantes. Plus globalement, il doit renforcer son attractivité, faciliter l’installation de nouvelles entreprises et artisans et veiller à la revitalisation des centres-bourgs.&lt;/p&gt;&lt;p&gt;Les enjeux : Revitaliser les coeurs de villes et de villages ; conforter l’emploi local ; soutenir l’innovation, l’économie circulaire et l’économie sociale et solidaire.&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   TYPE ET DESCRIPTION DES OPERATIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.1 Maintenir et développer le tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.1.1 Maintenir et développer les commerces de proximité, les activités artisanales et les savoirs faire locaux&lt;/li&gt;&lt;li&gt;2.1.2 Soutenir la (re)qualification des zones d’activités économiques du territoire&lt;/li&gt;&lt;li&gt;2.1.3 Résorber les friches commerciales, industrielles ou tertiaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.2 Soutenir les projets stratégiques, innovants et expérimentaux concourant à l’attractivité du territoire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.2.1 Accompagner la création et le développement d’activités économiques innovantes&lt;/li&gt;&lt;li&gt;2.2.2 Développer les filières d&amp;#039;avenir&lt;/li&gt;&lt;li&gt;2.2.3 Elaborer ou réviser une stratégie de planification de développement et d’aménagement territorial.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.3 Développer des dynamiques relevant de l’économie sociale et solidaire (ESS)&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.3.1 Accompagner les acteurs de l’ESS dans leur développement&lt;/li&gt;&lt;li&gt;2.3.2 Développer de nouvelles méthodes de travail, accompagner vers l’emploi et la création/reprise d’entreprises&lt;/li&gt;&lt;li&gt;2.3.3 Contribuer à la lutte contre les exclusions et les inégalités, à la préservation et au renforcement du lien social.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Création d’une épicerie associative, création d’une boulangerie, études sur les vacances commerciales, reconversion de friches industrielles, boutiques éphémères, etc. ;&lt;/p&gt;&lt;p&gt;- Création d’un FABLAB, installation d’unités de production d’hydrogène, etc. ;&lt;/p&gt;&lt;p&gt;- Création et mise en réseau de tiers lieux, développement du réemploi et des ressourceries, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;br /&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI et particuliers.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Pour les projets de (re)qualification de zones d’activités et nouvelles zones d’activités, le porteur de projet devra présenter une stratégie d’aménagement durable (pré-verdissement et/ou végétalisation, mobilité douce et/ou collective, aménagement des espaces communs…)&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Les nouvelles zones d’activités devront être compatibles avec le SCoT du PETR Pays Comminges Pyrénées. Le porteur de projet devra présenter l’avis positif de la commission Scot Du PETR Comminges Pyrénées.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>pays@commingespyrenees.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/570e-renforcer-linnovation-et-dynamiser-lattractiv/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>77377</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’image de marque du territoire Comminges Pyrénées</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Pays Comminges Pyrénées</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
+      <c r="I6" s="1" t="inlineStr">
         <is>
           <t> Max : 64</t>
         </is>
       </c>
-      <c r="J7" s="1" t="inlineStr">
+      <c r="J6" s="1" t="inlineStr">
         <is>
           <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
  &lt;/strong&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Objectif stratégique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Grâce à une richesse et une diversité des milieux naturels du territoire, le Comminges est un lieu privilégié pour le développement d’un tourisme sportif et de loisirs de pleine nature (ski, randonnée, escalade, spéléologie, cyclotourisme, thermalisme, thermoludisme, etc.), au bénéfice des touristes extérieurs comme des habitants. Le territoire, qui compte deux Grands Sites Occitanie (Saint-Bertrand-de-Comminges et Bagnères-de-Luchon) est également un lieu privilégié pour le développement d’un tourisme culturel grâce à son patrimoine historique (préhistorique, romain, féodal…) et architectural important. Le territoire est aussi riche en animations et manifestations culturelles et a engagé une démarche précurseuse en adoptant, en 2022, une Charte de projet culturel de territoire fondée sur le respect des droits culturels de la personne.&lt;/p&gt;&lt;p&gt;Les enjeux : conforter l’attractivité de la destination Comminges Pyrénées et garantir une offre touristique et de loisirs respectueuse de l’environnement ; contribuer à la mise en œuvre des droits culturels des personnes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;br /&gt;&lt;/strong&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.1 Promouvoir la destination Comminges Pyrénées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.1.1 Soutenir les démarches mettant en valeur un site ou un thème du territoire&lt;/li&gt;&lt;li&gt;3.1.2 Valoriser la richesse environnementale du territoire&lt;/li&gt;&lt;li&gt;3.1.3 Accompagner les réseaux des acteurs du tourisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.2 Développer une offre touristique de qualité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.2.1 Développer et diversifier une offre touristique, sportive et de loisirs, durable et responsable&lt;/li&gt;&lt;li&gt;3.2.2 Accompagner la montée en gamme des professionnels du tourisme et des hébergements&lt;/li&gt;&lt;li&gt;3.2.3 Développer le tourisme alternatif&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.3 Renforcer et développer l’offre culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.3.1 Développer l’offre culturelle et les résidences d&amp;#039;artistes&lt;/li&gt;&lt;li&gt;3.3.2 Développer les actions en faveur de l’accès à la culture&lt;/li&gt;&lt;li&gt;3.3.3 Valoriser le patrimoine culturel local&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.4 Valoriser le patrimoine bâti&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.4.1 Réhabiliter et mettre en valeur le patrimoine bâti historique, de caractère ou vernaculaire&lt;/li&gt;&lt;li&gt;3.4.2 Soutenir les actions de sensibilisation, d&amp;#039;éducation et de médiation&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Diffusion de l’identité de territoire, soutien des sites classés existants ou à venir, etc. ;&lt;/p&gt;&lt;p&gt;- Rénovation d’hébergements de tourisme, amélioration de l’accueil des offices de tourisme, développement des activités de pleine nature, etc. ;&lt;/p&gt;&lt;p&gt;- Rénovation d’un théâtre municipal, agrandissement de musée, résidences d’artistes, etc. ;&lt;/p&gt;&lt;p&gt;- Valorisation des castrums, des fresques des églises, des châteaux et du patrimoine vernaculaire, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ADMISSIBILITE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;A la demande d’aide le porteur de projet devra fournir une attestation de la part du label stipulant qu’il s’engage dans la démarche.&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;Pour les opérations de création d’équipements touristiques, l’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.3 Renforcer et développer l’offre culturelle &lt;/em&gt;&lt;br /&gt;Les projets doivent s’inscrire dans une démarche partenariale rassemblant à minima 3 partenaires.&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.4 Valoriser le patrimoine bâti&lt;/em&gt;&lt;br /&gt;Les projets doivent justifier d’un programme d’animation.&lt;br /&gt;Pour le patrimoine vernaculaire, 2 éléments patrimoniaux à minima devront être concernés et mis en valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;
 &lt;p&gt;
  &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;
 &lt;p&gt;
  05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>pays@commingespyrenees.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a328-developper-la-qualification-et-la-diversifica/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>78201</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Adapter l'offre de services et d'équipements de proximité aux besoins de la population</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C7" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Pays Comminges Pyrénées</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
         <is>
           <t> Max : 64</t>
         </is>
       </c>
-      <c r="J8" s="1" t="inlineStr">
+      <c r="J7" s="1" t="inlineStr">
         <is>
           <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des cofinancements publics mobilisés et au moins 15% du montant des dépenses présentées.</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   a) &lt;/strong&gt;Objectif stratégique&lt;/p&gt;&lt;p&gt;Face au renouveau démographique que connaît le territoire depuis les années 2000, le Pays Comminges Pyrénées doit favoriser l’accueil de nouvelles populations (globalement plus jeunes et contenant un nombre plus important de CSP&amp;#43; qu’au sein même de la population commingeoise) tout en maintenant la qualité de vie reconnue du territoire. De fait, la croissance démographique s’est accompagnée d’une offre de services et d’équipements afin de répondre aux besoins de la population et d’accompagner les mutations sociales (vieillissement, nouveaux arrivants, etc.) mais les besoins demeurent insatisfaits, notamment en matière de santé (au sens de l’OMS : bien-être physique, mental et social), enfance/jeunesse et loisirs.&lt;/p&gt;&lt;p&gt;Les enjeux : Renforcer l’offre de proximité en services et équipements sur l’ensemble du territoire en s’appuyant sur les bassins de vie structurants, tout en soutenant l’« aller vers » (déploiement de maisons de services de proximité et de l’offre itinérante).&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPERATIONS&lt;br /&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;2 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;1.1 Maintenir et développer une offre de services de proximité sur l&amp;#039;ensemble du territoire&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1.1.1 Développer et adapter l’accueil d&amp;#039;enfants, de jeunes, de personnes âgées, de personnes en situation de handicap et de personnes fragiles, ainsi que l’habitat de type intergénérationnel, inclusif, solidaire et/ou partagé&lt;/li&gt;&lt;li&gt;1.1.2 Développer et adapter les équipements offrant des services au public&lt;/li&gt;&lt;li&gt;1.1.3 Développer et adapter l’accès des services au public et les espaces mutualisés.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;1.2 Adapter l’offre de santé aux besoins des habitants&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1.2.1 Développer et adapter les services en santé et les services médico- sociaux&lt;/li&gt;&lt;li&gt;1.2.2 Favoriser les actions de prévention et l’accompagnement des aidants&lt;/li&gt;&lt;li&gt;1.2.3 Accompagner la mise en réseau des acteurs et l’accueil de nouveaux&lt;/li&gt;&lt;li&gt;professionnels&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Création d’un pôle enfance jeunesse, création d’aires de jeux et de terrains multisports, rénovation de maisons des associations, extension d’un centre social intercommunal, création d’une maison intergénérationnelle, création d’un habitat partagé solidaire, etc. ;&lt;/p&gt;&lt;p&gt;- Aménagement d’un parcours de santé, construction d’un pôle santé, actions de prévention, etc.&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Lutte contre la précarité
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI ; SA ; SAS ; SARL ; SNC, EI ; EURL ; Les mutuelles sous tous leurs statuts ; Les particuliers.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;br /&gt;&lt;/strong&gt;Les projets d’animation doivent s’inscrire dans une démarche partenariale rassemblant à minima 3 partenaires.&lt;/p&gt;&lt;p&gt;&lt;em&gt;1.2. Adapter l’offre de santé aux besoins des habitants&lt;/em&gt; : Pour les professions médicales, le projet doit respecter les conditions d’agrément de l’Agence Régionale de Santé.&lt;/p&gt;&lt;p&gt;&lt;em&gt;1.2. Adapter l’offre de santé aux besoins des habitants&lt;/em&gt; : Pour les professions paramédicales, le projet devra regrouper à minima 4 professionnels de santé.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues&lt;/strong&gt; : L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>pays@commingespyrenees.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f25b-favoriser-le-maintien-et-la-creation-de-servi/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>78203</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Valoriser, préserver les ressources locales et atténuer le changement climatique</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Pays Comminges Pyrénées</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 64</t>
         </is>
       </c>
-      <c r="J9" s="1" t="inlineStr">
+      <c r="J8" s="1" t="inlineStr">
         <is>
           <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;Le territoire présente un environnement peu dégradé, mais porte toutefois les traces d’activités anciennes qui laissent des friches et des sites potentiellement pollués. Les activités contemporaines exercent aussi des pressions sur l’environnement, tout comme le changement climatique.&lt;/p&gt;&lt;p&gt;L’agriculture, dominée par la polyculture et un élevage important, est une composante essentielle du territoire. La production biologique est en plein essor, la demande d’installation sur de petites surfaces est en hausse (en lien avec le projet d’espace-test maraîcher porté par le Pays Comminges Pyrénées) et la filière viande est en cours de structuration.&lt;/p&gt;&lt;p&gt;L’offre de transport demeure limitée, le Pays Comminges Pyrénées doit améliorer les mobilités sur l’ensemble de son territoire afin de le rendre accessible à tout type de population, en priorisant le développement des mobilités multimodales, durables et économes en énergie. Le fait que 78% des actifs résident et travaillent sur le territoire montre que le potentiel de développement des alternatives à la voiture individuelle est réel.&lt;/p&gt;&lt;p&gt;Les enjeux : Valoriser l’environnement, le patrimoine naturel et le cadre de vie ; encourager une agriculture et une consommation locales et durables ; développer le potentiel énergétique renouvelable du territoire et adapter le territoire au changement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.1 Soutenir une agriculture locale durable&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.1.1 Adapter et développer une agriculture locale, de montagne et accessible à tous&lt;/li&gt;&lt;li&gt;4.1.2 Diversifier les activités agricoles par la transformation ou la valorisation des produits et par les activités agritouristiques&lt;/li&gt;&lt;li&gt;4.1.3 Développer les actions inscrites dans le Projet Alimentaire Territorial Comminges Pyrénées et/ou en cohérence avec celui-ci.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;4.2 Accompagner le développement raisonné des ressources naturelles locales&lt;/strong&gt;&lt;br /&gt;&lt;ul&gt;&lt;li&gt;4.2.1 Préserver et valoriser la richesse environnementale du territoire ;&lt;/li&gt;&lt;li&gt;4.2.2 Développer et valoriser les filières locales&lt;/li&gt;&lt;li&gt;4.2.3 Gérer durablement les ressources naturelles du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;span&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3 Favoriser les transitions écologiques et énergétique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.3.1 Développer les initiatives en faveur de la transition écologique, de la maîtrise de l’énergie et des énergies renouvelables&lt;/li&gt;&lt;li&gt;4.3.2 Développer une mobilité innovante et durable&lt;/li&gt;&lt;li&gt;4.3.3 Mettre en œuvre et réviser les Plans Climat Air Energie Territoriaux.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;p&gt;&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M9" s="1" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Création d’un tiers lieu nourricier, création d’une cuisine centrale pour la restauration collective, création d’un magasin de producteurs, réalisation d’un guide des producteurs locaux, développement des AFP, mise en place d’espaces-tests, etc. ;&lt;/p&gt;&lt;p&gt;- Installation d’unités de production de méthanisation, structuration de la filière laine, protection des captages d’eau, etc. ;&lt;/p&gt;&lt;p&gt;- Projet solaire citoyen, aménagement d’un pôle multimodal, réalisation d’un plan mobilité simplifiée à l’échelle du Pays Comminges Pyrénées, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Innovation, créativité et recherche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Paysage
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;br /&gt;&lt;/strong&gt;&lt;br /&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.1.2 Pour les activités agritouristiques&lt;/em&gt; : Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.3. Favoriser les transitions écologique et énergétique &lt;/em&gt;: Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Exclusions spécifiques&lt;/strong&gt; : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>pays@commingespyrenees.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6359-promouvoir-une-agriculture-locale-perenne-et-/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>80957</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Accompagner la gestion de vos Ressources Humaines</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)
 EUROPE - FSE + - Fonds social européen</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Alliance Villes Emploi</t>
         </is>
       </c>
-      <c r="F10" s="1" t="inlineStr">
+      <c r="F9" s="1" t="inlineStr">
         <is>
           <t>DEFIS emploi du Pays de Brest</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif vise à soutenir les TPE en gestion des ressources humaines dans un contexte où les entreprises doivent adapter leur organisation pour faire face à la situation sanitaire et à ses impacts.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M10" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En tant que TPE, vous devez adapter votre stratégie et optimiser votre gestion des ressources humaines afin de relancer, créer ou faire évoluer votre entreprise. RH TPE c&amp;#039;est un soutien gratuit et personnalisé en ressources humaines dédié aux Très Petites Entreprises :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui au recrutement, à l&amp;#039;alternance, à la formation, à la mise en œuvre des entretiens professionnels, au management,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Conseils pour mieux comprendre les aides financières et techniques au développement et à la formation,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Identification et communication des interlocuteurs et correspondants pouvant aider les dirigeants sur les problématiques rencontrées,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Aide et conseils sur l&amp;#039;évolution du DUER et du Plan de Continuité d&amp;#039;Activité pour anticiper la reprise et la réussir,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Communication et aide sur les différentes modalités de travail : télétravail – activité partielle – mise à disposition de compétences (prêt de main d&amp;#039;œuvre entre entreprises) ...
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Economie sociale et solidaire
 Emploi</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette action s&amp;#039;adresse à toute entreprise de 0 à 20 salariés, tous secteurs d&amp;#039;activités confondus.
 &lt;/p&gt;
 &lt;p&gt;
  La seule condition requise est d&amp;#039;être située sur une zone couverte par le dispositif sur le territoire national.  Evolution des zones couvertes mise à jour régulièrement  :
  &lt;a href="https://www.rhtpe.fr/fr/rh-tpe-en-france"&gt;
   Vérifier en un clic
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lien carte et contacts
  &lt;a href="https://www.rhtpe.fr/fr/rh-tpe-en-france"&gt;
   Lien carte RH TPE et contacts en France
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>b.panetta@defisemploi.bzh</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f35b-accompagner-la-gestion-de-vos-ressources-huma/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>89215</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - FSE + - Fonds social européen</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>ADEFPAT</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Des avancées concrètes dans la réalisation du projet
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   La favorisation de l&amp;#039;ancrage territorial et professionnel
    du projet dans son environnement
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
 &lt;/p&gt;
 &lt;p&gt;
  Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
 &lt;/p&gt;
 &lt;p&gt;
  Pour des projets :
   Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tiers lieux
 &lt;/p&gt;
 &lt;p&gt;
  Projet alimentaire de territoire
 &lt;/p&gt;
 &lt;p&gt;
  stratégie de developpement touristique
 &lt;/p&gt;
 &lt;p&gt;
  équipement de loisir, touristique,
 &lt;/p&gt;
 &lt;p&gt;
  atelier de découpe transformation
 &lt;/p&gt;
 &lt;p&gt;
  mobilisation des acteurs : bourg centre, services aux publics,...
 &lt;/p&gt;
 &lt;p&gt;
  boutique école
 &lt;/p&gt;
 &lt;p&gt;
  petits commerces
 &lt;/p&gt;
 &lt;p&gt;
  installation d&amp;#039;artisans
 &lt;/p&gt;
 &lt;p&gt;
  Politiques et actions d&amp;#039;accueil de nouvelle population
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Transition énergétique
 Recyclage et valorisation des déchets
 Jeunesse
 Accès aux services
 Citoyenneté
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Bâtiments et construction
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>http://www.adefpat.fr</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;adefpat.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 63 36 20 30
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>benedicte.dupre@adefpat.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>90771</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Développer la pêche et aquaculture locale</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les mesures de développement local par les acteurs locaux (DLAL) visent à renforcer l&amp;#039;implication des acteurs sur leur territoire, en lien avec les autres filières.
 &lt;/p&gt;
 &lt;p&gt;
  Les 4 GALPA (Groupe d&amp;#039;Action Locale Pêche et Aquaculture) retenu en Nouvelle-Aquitaine sont chargés de définir une stratégie de développement maritime destinée à faire émerger des projets porteurs. Le FEAMP cofinance la mise en œuvre concrète de ces stratégies, ainsi que les actions d&amp;#039;animation.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Mers et océans</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Association
  &lt;/li&gt;
  &lt;li&gt;
   Collectivité territoriale et établissement public
  &lt;/li&gt;
  &lt;li&gt;
   Entreprise
  &lt;/li&gt;
  &lt;li&gt;
   Établissement d&amp;#039;enseignement
  &lt;/li&gt;
  &lt;li&gt;
   Exploitant
  &lt;/li&gt;
  &lt;li&gt;
   Jeune
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier répond aux objectifs du GALPA.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
  &lt;/li&gt;
  &lt;li&gt;
   Plafond d&amp;#039;éligibilité de 25 000 € d&amp;#039;aides publiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/peche-et-aquaculture-developpement-par-les-acteurs-locaux</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous avez un projet, merci de vous rapprocher du GALPA présent sur votre territoire.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France » : http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vos contacts GALPA:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  GALPA La Rochelle / 05 46 30 35 10 / marie-laure.isler&amp;#64;agglo-larochelle.fr
 &lt;/p&gt;
 &lt;p&gt;
  GALPA Marennes Oléron / 05.46.75.23.89 / g.mossot&amp;#64;marennes-oleron.com
 &lt;/p&gt;
 &lt;p&gt;
  GALPA Pays Bassin d&amp;#039;Arcachon Val de l&amp;#039;Eyre / 05 57 73 08 49 / dlal&amp;#64;paysbarval.fr
 &lt;/p&gt;
 &lt;p&gt;
  GALPA Côte Basque - Sud Landes / 05 59 47 65 49 / dlal.cbsl&amp;#64;cidpmem6440.fr
 &lt;/p&gt;
 &lt;p&gt;
  Informations Région Nouvelle-Aquitaine : utiliser le formulaire &amp;#039;&amp;#039;Contactez-nous&amp;#039;&amp;#039; (voir lien vers le descriptif complet)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a21-peche-et-aquaculture-developpement-par-les-ac/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
         <v>90804</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Soutenir la méthanisation</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Soutien à la méthanisation</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I12" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 70</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif s&amp;#039;adresse à tous les projets d&amp;#039;unités de méthanisation, que la valorisation du biogaz soit en injection ou en cogénération, quelle que soit la typologie (agricole individuel ou collectif, territorial, industriel, boues de station d&amp;#039;épuration).
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  La méthanisation contribue significativement aux objectifs de la région Nouvelle-Aquitaine en matière de transition énergétique. Ces derniers, rappelés dans la feuille de route Néoterra (ambition 6), portent sur :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la réduction de 45% des émissions de gaz à effet de serre
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;augmentation à 45% de la part des énergies renouvelables
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La méthanisation constitue par ailleurs un levier de la transition agro-écologique des exploitations agricoles et offre des solutions de valorisation des déchets du territoire dans une logique d&amp;#039;économie circulaire.
 &lt;/p&gt;
 &lt;p&gt;
  Pour aider au développement cette filière  très vertueuse et accompagner les porteurs de projet , la Région co-pilote avec l&amp;#039;ADEME le dispositif MethaN-Action. Visant à accompagner toutes les initiatives du territoire (de la phase d&amp;#039;émergence à l&amp;#039;exploitation) et à professionnaliser les maîtres d&amp;#039;ouvrage, ce dispositif  propose des circuits de visite, des formations, des journées techniques, des échanges avec le réseau des exploitants d&amp;#039;unité de méthanisation, des guides, des newsletters, etc...
 &lt;/p&gt;
 &lt;strong&gt;
  Objectifs
 &lt;/strong&gt;
 :
 &lt;p&gt;
  La méthanisation contribue significativement aux objectifs de la région Nouvelle-Aquitaine en matière de transition énergétique. Ces derniers, rappelés dans la feuille de route Néoterra (ambition 6), portent sur :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la réduction de 45% des émissions de gaz à effet de serre
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;augmentation à 45% de la part des énergies renouvelables
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La méthanisation constitue par ailleurs un levier de la transition agro-écologique des exploitations agricoles et offre des solutions de valorisation des déchets du territoire dans une logique d&amp;#039;économie circulaire.
 &lt;/p&gt;
 &lt;p&gt;
  Pour aider au développement cette filière  très vertueuse et accompagner les porteurs de projet , la Région co-pilote avec l&amp;#039;ADEME le dispositif MethaN-Action. Visant à accompagner toutes les initiatives du territoire (de la phase d&amp;#039;émergence à l&amp;#039;exploitation) et à professionnaliser les maîtres d&amp;#039;ouvrage, ce dispositif  propose des circuits de visite, des formations, des journées techniques, des échanges avec le réseau des exploitants d&amp;#039;unité de méthanisation, des guides, des newsletters, etc...
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q13" s="1" t="inlineStr">
+      <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligible, l&amp;#039;étude de faisabilité doit impérativement être réalisée par un  bureau d&amp;#039;étude technique neutre et indépendant et doit répondre au cahier des charges type proposé par l&amp;#039;ADEME.
  Le financement des études détaillées est conditionné à la fourniture d&amp;#039;une étude de faisabilité (réalisée par un bureau d&amp;#039;étude ou un constructeur).
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/soutien-la-methanisation</t>
         </is>
       </c>
-      <c r="W13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Biogaz Chaleur renouvelable
 Direction de l&amp;#039;énergie et du climat
 &lt;/p&gt;
 &lt;p&gt;
  05 55 45 17 85
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6d4f-soutien-a-la-methanisation/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-      <c r="A14" s="1">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>90812</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Mettre en place des instruments appropriés de prévention des incendies pour la protection des forêts</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I14" s="1" t="inlineStr">
+      <c r="I13" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mettre en place des instruments appropriés de prévention des incendies pour la protection des forêts permettant en particulier d&amp;#039;améliorer le taux d&amp;#039;extinction des feux naissants et donc de protéger le potentiel de production forestière mais aussi les milieux, les biens et les personnes.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Forêts</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  -
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/amenagements-preventifs-pour-la-defense-des-forets-contre-les-incendies</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bernard LAZARINI (Bordeaux) : 05.57.57.82.70
 &lt;/p&gt;
 &lt;p&gt;
  Pascale PAREL (Bordeaux): 05.57.57.80.53
 &lt;/p&gt;
 &lt;p&gt;
  Catherine Saboureau (
  Poitiers): 05.49.55.76.23
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b003-amenagements-preventifs-pour-la-defense-des-f/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>90822</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Augmenter le potentiel des sites aquacoles</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif se divise en deux éléments :
 	Sous-mesure Amélioration, développement des installations de soutien et des infrastructures
 	Sous-mesure Actions menées pour éviter des dommages aquacoles
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Sous-mesure Amélioration, développement des installations de soutien et des infrastructures
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Moderniser ou développer des zones à vocation aquacole, y compris les ports conchylicoles, afin d&amp;#039;augmenter le potentiel des entreprises déjà existantes, favoriser l&amp;#039;installation de nouvelles entreprises aquacoles et réduire les incidences négatives sur l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Sous-mesure Actions menées pour éviter des dommages aquacoles
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Actions collectives de capture, d&amp;#039;effarouchement ou de mise à mort de ces espèces pour prévenir les dommages importants aux productions aquacoles dans le cadre de dérogations accordées aux mesures de protection strictes de certaines espèces animales ou végétales de la faune et de la flore sauvages.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Mers et océans</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
 &lt;/p&gt;
 &lt;h3&gt;
  1.PLANCHERS D&amp;#039;ELIGIBILITE
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Sous-mesure Amélioration, développement des installations de soutien et des infrastructures
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
  &lt;/li&gt;
  &lt;li&gt;
   Plafond d&amp;#039;éligibilité de 300 000 € d&amp;#039;aides publiques
  &lt;/li&gt;
@@ -2648,336 +2388,336 @@
   Sous-mesure Actions menées pour éviter des dommages aquacoles
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prévision de diffusion des résultats de l&amp;#039;opération
  &lt;/li&gt;
  &lt;li&gt;
   Association des professionnels au projet
  &lt;/li&gt;
  &lt;li&gt;
   Prévision d&amp;#039;un suivi des impacts des actions entreprises
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
 &lt;/p&gt;
 &lt;p&gt;
  http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
 &lt;/p&gt;
 &lt;p&gt;
  Informations Région Nouvelle-Aquitaine : utiliser le formulaire &amp;#039;&amp;#039;Contactez-nous&amp;#039;&amp;#039; ci-dessous.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/augmentation-du-potentiel-des-sites-aquacoles</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adeline BOROT DE BATTISTI
 Direction de l&amp;#039;agriculture des IAA et de la pêche
  &lt;/li&gt;
 &lt;/ul&gt;
 05 57 57 50 93
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Alizée ANGELINI
 Direction de l&amp;#039;agriculture des IAA et de la pêche
  &lt;/li&gt;
 &lt;/ul&gt;
 05 57 57 50 93
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/465c-augmentation-du-potentiel-des-sites-aquacoles/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>90841</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Soutenir le boisement et la qualité des peupliers en Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J16" s="1" t="inlineStr">
+      <c r="J15" s="1" t="inlineStr">
         <is>
           <t>500 euros/ha</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient le boisement et la qualité des peupliers en Nouvelle-Aquitaine, dans le respect des réglementations environnementales en vigueur et des pratiques sylvicoles de gestion durable.
 L&amp;#039;aide au premier boisement de peupliers permet de développer la qualité des peupleraies.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mettre en place de nouvelles peupleraies de qualité : aider la plantation de peupliers sur des parcelles non boisées.
  &lt;/li&gt;
  &lt;li&gt;
   Inciter à l&amp;#039;élagage précoce.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Forêts</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Critères de sélection
 &lt;/strong&gt;
 :
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   en application de l&amp;#039;article 122-2 du code de l&amp;#039;environnement, les premiers boisements relèvent d&amp;#039;un « examen au cas par cas » : dans ce cadre, l&amp;#039;autorité environnementale indique si le projet doit faire l&amp;#039;objet d&amp;#039;une étude d&amp;#039;impact au titre de l&amp;#039;évaluation environnementale,
  &lt;/li&gt;
  &lt;li&gt;
   disposer d&amp;#039;un Document de Gestion Durable des forêts : Plan Simple de Gestion (PSG), Code de Bonnes Pratiques Sylvicoles (CBPS) ou Règlement Type de Gestion (RTG),
  &lt;/li&gt;
  &lt;li&gt;
   disposer d&amp;#039;un numéro d&amp;#039;adhésion à la certification PEFC, FSC ou autres certifications de gestion forestière durable,
  &lt;/li&gt;
  &lt;li&gt;
   planter pour des raisons sanitaires des cultivars différents pour tout dossier supérieur à 3 hectares. Les cultivars femelles sont proscrits près des habitations et des zones d&amp;#039;élevage,
  &lt;/li&gt;
  &lt;li&gt;
   utiliser des cultivars figurant sur la liste « clones de peuplier éligibles aux aides de l&amp;#039;État pour la culture en futaie » en vigueur au moment de la plantation, disponible sur le site « peuplier de France »,
  &lt;/li&gt;
  &lt;li&gt;
   prendre en compte notamment les sujétions environnementales : Natura 2000, arrêté de biotope, monuments historiques, cahiers des charges populicoles locaux,
  &lt;/li&gt;
  &lt;li&gt;
   respecter notamment les ripisylves, bandes boisées le long des berges, et n&amp;#039;installer les peupliers qu&amp;#039;à 5 mètres au moins des berges et des fonds voisins non boisés,
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;engager à mener à son terme le peuplement aidé, sauf cas de force majeure (tempêtes, problèmes sanitaires...),
  &lt;/li&gt;
  &lt;li&gt;
   planter à une densité comprise entre 150 et 210 plants par hectare,
  &lt;/li&gt;
  &lt;li&gt;
   réaliser les travaux de plantation et d&amp;#039;entretien sans avoir recours au glyphosate.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide doit être adressée à la Région avant le début des travaux.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/premier-boisement-de-qualite-des-peupleraies</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>Service Forêt, Bois et Papier
 Sce. forêt bois papier
 &lt;br /&gt;
 05.57.57.09.19 / 05.49.55.77.94</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/adc7-premier-boisement-de-qualite-des-peupleraies/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>90851</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Réaliser un stage professionnel à l'étranger avec Erasmus +</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi. La Région pilote et anime un Consortium d&amp;#039;établissements d&amp;#039;enseignement et de formation professionnelle. Les mobilités organisées en Europe dans le cadre des cursus sont financées par la Commission Européenne, représentée par l&amp;#039;Agence Erasmus&amp;#43; France, et la Région.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étranger, d&amp;#039;une durée de 2 semaines à 6 mois pour les bénéficiaires inscrits dans un établissement d&amp;#039;enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l&amp;#039;année de mobilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt des demandes peut se faire tout au long de l&amp;#039;année.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Apprenti de niveau CAP/BEP et de baccalauréat inscrit dans un établissement d&amp;#039;enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium Régional durant l&amp;#039;année de mobilité.
  &lt;/li&gt;
  &lt;li&gt;
   Apprenti jeune diplômé (max 12 mois après l&amp;#039;obtention du diplôme) ayant été inscrit dans un établissement d&amp;#039;enseignement ou de formation professionnelle supérieur de la Région Nouvelle-Aquitaine faisant partie du Consortium Régional durant l&amp;#039;année précédent la mobilité.
  &lt;/li&gt;
  &lt;li&gt;
   Personnel membre de l&amp;#039;équipe de l&amp;#039;établissement d&amp;#039;enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium Régional durant l&amp;#039;année de mobilité.
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -3055,174 +2795,174 @@
  &lt;li&gt;
   une copie d&amp;#039;assurance Responsabilité Civile et Accident du Travail conformément aux articles concernés du Contrat de Mobilité
  &lt;/li&gt;
  &lt;li&gt;
   une attestation de fin de stage pour les apprentis
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les accompagnateurs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un ordre de mission signé par le chef d&amp;#039;établissement
  &lt;/li&gt;
  &lt;li&gt;
   un état des frais justifiant les dépenses liées à la mobilité
  &lt;/li&gt;
  &lt;li&gt;
   une attestation de séjour signée par le chef d&amp;#039;établissement
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/erasmus-stage-public-infra-bac</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Direction de la jeunesse et de la citoyenneté
 Site de Poitiers : 05 49 60 28 28
  &lt;/li&gt;
  &lt;li&gt;
   Service Relation aux usagers
 Direction de la jeunesse et de la citoyenneté : 05 49 38 49 38
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f6db-erasmus-stage-public-infra-bac/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>90875</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Augmenter la valeur ajoutée des produits de la mer et leur qualité (FEAMP)</t>
         </is>
       </c>
-      <c r="C18" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dispositif FEAMP (fonds européen pour les affaires maritimes et la pêche)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Augmenter la valeur ajoutée des produits et leur qualité en adaptant à bord la gestion des captures non désirées et en privilégiant les projets en lien avec la valorisation à bord et à terre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissements innovants à bord destinés à améliorer la qualité des produits de la pêche ;
  &lt;/li&gt;
  &lt;li&gt;
   Investissements à terre permettant aux pêcheurs de valoriser la qualité de leurs produits avant la vente (aménagements, équipements et matériel de stockage, de conservation, de manutention, de tri visant à maintenir la qualité des produits et à prendre en charge les captures non désirées.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Industrie
 Mers et océans</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Entreprises ou groupements d&amp;#039;entreprises de la pêche, y compris les pêcheurs à pied ;
  &lt;/li&gt;
  &lt;li&gt;
   Propriétaires de navires de pêche de l&amp;#039;Union européenne, y compris les armateurs ou fréteurs ;
  &lt;/li&gt;
  &lt;li&gt;
   Organisations de producteurs (OP), associations d&amp;#039;OP ;
  &lt;/li&gt;
  &lt;li&gt;
   Structures représentant la filière pêche (Comité national, Comité régionaux et Comités départementaux ou interdépartementaux des pêches maritimes et des élevages marins...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour les investissements à bord, les bénéficiaires doivent être propriétaires d&amp;#039;un navire de pêche enregistré au fichier de flotte et qui a mené des activités de pêche en mer pendant au moins 60 jours au cours des deux années civiles précédant la date de présentation de la demande. Ce navire doit également utiliser des engins de pêche sélectifs destinés à limiter autant que possible les captures non désirées.
 &lt;/p&gt;
 &lt;p&gt;
@@ -3240,178 +2980,178 @@
  &lt;li&gt;
   Plafond d&amp;#039;éligibilité de 40 000 € d&amp;#039;aides publiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature des actions inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rachat d&amp;#039;entreprises ou achat de parts de capital social d&amp;#039;une entreprise ;
  &lt;/li&gt;
  &lt;li&gt;
   Opérations conduisant à une augmentation de la capacité de pêche du navire :
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de matériel à l&amp;#039;identique, matériel d&amp;#039;occasion.
  &lt;/li&gt;
  &lt;li&gt;
   Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/valeur-ajoutee-qualite-des-produits-utilisation-des-captures-non-desirees</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Gaëtan BAELEN - Instructeur
 Direction de l&amp;#039;agriculture des IAA et de la pêche
 Service Pêche et Aquaculture :
    05 57 57 55 82
  &lt;/li&gt;
  &lt;li&gt;
   Joëlle LIRIA-GIMENEZ - Secrétariat
 Direction de l&amp;#039;agriculture des IAA et de la pêche
 Service Pêche et Aquaculture : 05 56 56 38 10
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/01b8-valeur-ajoutee-qualite-des-produits-utilisati/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>90964</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Faciliter l’émergence des infrastructures délivrant du BioGNV et accélérer la construction d’un réseau de stations</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Règlement d'intervention</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région souhaite faciliter l&amp;#039;émergence des infrastructures délivrant du BioGNV et accélérer la construction d&amp;#039;un réseau de stations. Dans la continuité de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt (lancé en décembre 2016), le présent Appel à Projets vise à financer, d&amp;#039;une part, les projets de stations délivrant du BioGNV et d&amp;#039;autre part, les véhicules s&amp;#039;engageant contractuellement avec les stations soutenues par la Région Nouvelle-Aquitaine.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le financement aux stations délivrant du BioGNV a vocation à permettre aux exploitants de proposer le BioGNV au prix du GNV aux premiers transporteurs s&amp;#039;engageant à s&amp;#039;approvisionner en BioGNV sur la station.
  &lt;/li&gt;
  &lt;li&gt;
   Le financement des véhicules doit permettre de faciliter et accélérer l&amp;#039;émergence des stations BioGNV et soutenir les transporteurs routiers dans leurs efforts de renouvellement et verdissement de leurs flottes.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Mobilité pour tous
 Industrie</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Entreprises, GIE, collectivités, syndicats ou sociétés d&amp;#039;économie mixte, pour les projets de station ;
  &lt;br /&gt;
  Entreprises ayant une flotte de poids lourds pour le transport de marchandises ou de voyageurs, et ayant une implantation en Nouvelle-Aquitaine, pour les véhicules GNC.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les projets de stations répondant à l&amp;#039;Appel à Projets devront  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   être publiques ou multi-acteurs ;
  &lt;/li&gt;
@@ -3425,140 +3165,140 @@
   comporter une part significative de BioGNC d&amp;#039;origine française.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Télécharger le dossier de candidature accessible ci-dessous
  &lt;/li&gt;
  &lt;li&gt;
   Envoyer votre demande à l&amp;#039;adresse :
   &lt;br /&gt;
   Guillaume Connan
   &lt;br /&gt;
   14 Rue François de Sourdis
   &lt;br /&gt;
   33077 Bordeaux cedex
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/mobilite-biognv</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Guillaume Connan
 Direction de l&amp;#039;énergie et du climat
 14, Rue François de Sourdis, 33077
                                                     Bordeaux cedex
 05 56 56 38 34.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b9e5-mobilite-biognv/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>94889</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un prêt pour rebondir suite aux conséquences de la crise COVID - Prêt Rebond Grand Est</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est
 Bpifrance
 Commission européenne</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Renforcement de la trésorerie des entreprises
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;assiette du Prêt « Rebond » est constituée prioritairement par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les besoins de trésorerie liés à la situation conjoncturelle
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;augmentation du besoin en fonds de roulement, dont des investissements immatériels (coûts de mise aux normes (environnement, sécurité), recrutement et
 formation de l&amp;#039;équipe commerciale, frais de prospection, dépenses de publicité...) et des investissements corporels ayant une faible valeur de gage (matériel conçu/réalisé par l&amp;#039;entreprise pour ses besoins propres, matériel informatique, ...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les dépenses immobilières ou immobilières par destination, ainsi que l&amp;#039;acquisition de titres ou de Fonds de Commerce sont exclues de l&amp;#039;assiette.
@@ -3638,531 +3378,531 @@
 Les financements bancaires associés pourront bénéficier d&amp;#039;une intervention en garantie de Bpifrance Financement.
 Le montant total du financement (prêt rebond et cofinancement(s)) devra être inférieur ou égal à 500 000 €
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Réglementation :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce prêt est alloué sur la base du régime :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide d&amp;#039;État SA.56985 (2020/N) – France – COVID-19 : Régime cadre temporaire pour le soutien aux entreprises.
  &lt;/li&gt;
  &lt;li&gt;
   Règlement (UE) N° 1407/2013 de la commission du 18 décembre 2013 relatif à l&amp;#039;application des articles 107 et 108 du traité sur le fonctionnement de l&amp;#039;Union européenne aux aides de minimis.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Bpifrance Financement informera le bénéficiaire du montant de l&amp;#039;Équivalent Subvention Brut à déclarer.
   Le Prêt Rebond GRAND EST COVID est financé par le Fonds Européen de Développement Régional à hauteur de 9 500 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont exclues les opérations de création et de transmission
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   PME selon la définition européenne en vigueur rencontrant un besoin de financement lié à une difficulté conjoncturelle (et non structurelle) ou une situation de fragilité temporaire (impact de la crise du COVID-19, contexte de marché défavorable ou en mutation, nécessité de faire évoluer le modèle économique (transition digitale, écologique...), BFR ne permettant pas des conditions d&amp;#039;exploitation normales)
  &lt;/li&gt;
  &lt;li&gt;
   Créées depuis plus de 1 an présentant 1 bilan.
  &lt;/li&gt;
  &lt;li&gt;
   Exerçant l&amp;#039;essentiel de leurs activités sur le territoire de la Région ou s&amp;#039;y installant.
  &lt;/li&gt;
  &lt;li&gt;
   Relevant des seuls secteurs d&amp;#039;activité figurant dans la liste S1 des activités soumises à des restrictions d&amp;#039;activité modifiée par le décret n° 2020-1328 du 2 novembre 2020 et suivants relatifs au fonds de solidarité (à l&amp;#039;exclusion de la liste S1 bis).
  &lt;/li&gt;
  &lt;li&gt;
   Bénéficiant d&amp;#039;une cotation Fiben jusqu&amp;#039;à 5.
  &lt;/li&gt;
  &lt;li&gt;
   Sont exclues du dispositif : les SCI et les affaires individuelles
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/pret-rebond-grand-est-covid/</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande d&amp;#039;information complémentaire, Bpifrance reste à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bpifrance – Direction Régionale Strasbourg
 3, rue de Berne 67300 Schiltigheim
 03 88 56 88 56 –
   &lt;a href="mailto:strasbourg&amp;#64;bpifrance.fr"&gt;
    strasbourg&amp;#64;bpifrance.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Bpifrance – Direction Régionale Nancy
 9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
 03 83 67 46 74 –
   &lt;a href="mailto:nancy&amp;#64;bpifrance.fr"&gt;
    nancy&amp;#64;bpifrance.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Bpifrance – Direction Régionale de Metz
 11, place Saint Martin 57000 Metz
 03 87 69 03 69 –
   &lt;a href="mailto:metz&amp;#64;bpifrance.fr"&gt;
    metz&amp;#64;bpifrance.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Bpifrance – Direction Régionale Reims
 Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
 03 26 79 82 30 –
   &lt;a href="mailto:reims&amp;#64;bpifrance.fr"&gt;
    reims&amp;#64;bpifrance.fr
    &lt;br /&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f333-pret-rebond-grand-est-covid/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-      <c r="A21" s="1">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
         <v>94961</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Intégrer un parcours d'accompagnement à l'export</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Grand Est a décidé de proposer aux entreprises du Grand Est d&amp;#039;intégrer un parcours d&amp;#039;accompagnement à l&amp;#039;export sur-mesure en plusieurs étapes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la prescription d&amp;#039;un « diagnostic export et d&amp;#039;un accompagnement ciblage marchés » stratégiques réalisés par un prestataire expert à l&amp;#039;international, financé à 100 % par la Région et aboutissant à la formalisation d&amp;#039;un plan d&amp;#039;actions export ;
  &lt;/li&gt;
  &lt;li&gt;
   la mise en place d&amp;#039;un dispositif « d&amp;#039;accompagnement post-diagnostic » incitatif, reposant sur l&amp;#039;octroi d&amp;#039;une aide sous forme de subvention à hauteur de 50 % des premières dépenses de mise en œuvre du plan d&amp;#039;actions export et plafonnée à 20 000 € par entreprise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prioritairement, PME et ETI primo-exportatrice réalisant moins de 20% de leur chiffre d&amp;#039;affaires à l&amp;#039;export
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises dont les performances à l&amp;#039;export sont plus développées, et qui souhaitent solliciter cet appui pour conforter leur capacité à se diversifier en se développant sur de nouveaux marchés étrangers.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ce programme, s&amp;#039;inscrivant pleinement dans les objectifs des Programmes Opérationnels FEDER Alsace 2014-2020, FEDER FSE IEJ Champagne-Ardenne 2014-2020 et FEDER FSE Lorraine et Massif des Vosges 2014-2020, un accompagnement des fonds européens au travers du Fonds Européen de Développement Régional (FEDER) pourra être envisagé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;
  Bénéficiaires
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prioritairement, PME et ETI primo-exportatrice réalisant moins de 20% de leur chiffre d&amp;#039;affaires à l&amp;#039;export
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises dont les performances à l&amp;#039;export sont plus développées, et qui souhaitent solliciter cet appui pour conforter leur capacité à se diversifier en se développant sur de nouveaux marchés étrangers.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/be-est-export/</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande d&amp;#039;information complémentaire :
  &lt;a href="mailto:export&amp;#64;grandest.fr"&gt;
   export&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cded-be-est-export/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>95049</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets innovants au titre des démarches Leader (mesure 16.7 A des PDR)</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D22" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des projets innovants au titre des démarches Leader</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
+      <c r="I21" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J22" s="1" t="inlineStr">
+      <c r="J21" s="1" t="inlineStr">
         <is>
           <t>Plafond : 50 000€ / Plancher : 2 000€.</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par ce dispositif, la Région Grand Est décide d&amp;#039;apporter une contrepartie régionale aux projets innovants ne pouvant être financés par d&amp;#039;autres politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
   &lt;br /&gt;
  &lt;/strong&gt;
  Sur les aires géographiques des 32 territoires GAL et des zones rurales éligibles définies pour la mise en oeuvre des programmes de développement rural régionaux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   établissements publics de coopération intercommunale,
  &lt;/li&gt;
  &lt;li&gt;
   collectivités territoriales et leurs délégataires,
  &lt;/li&gt;
  &lt;li&gt;
   partenaires privés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P22" s="1" t="inlineStr">
+      <c r="P21" s="1" t="inlineStr">
         <is>
           <t>18/05/2022</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  les projets innovants retenus par les GAL au titre de la mise en œuvre des plans d&amp;#039;actions Leader entrant dans le champ de compétence de l&amp;#039;aménagement du territoire,
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  les projets innovants éligibles à la mesures 16.7 A, soutien aux stratégies locales de développement non DLAL, développement local mené par les acteurs locaux, entrant dans le champ de compétence de l&amp;#039;aménagement du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A noter :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités régionales et seuls ceux démontrant leur caractère innovant et stratégique, selon les critères établis dans les plans d&amp;#039;actions des GAL, peuvent être soutenus.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les dépenses retenues dans les fiches actions des territoires Leader ou la mesure 16.7 A de chaque PDR concerné.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/accompagnement-projets-innovants-demarches-leader/</t>
         </is>
       </c>
-      <c r="W22" s="1" t="inlineStr">
+      <c r="W21" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0255/depot/simple</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a rel="noopener" target="_blank"&gt;
   territoiresetruralites&amp;#64;grandest.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e750-accompagnement-des-projets-innovants-au-titre/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-      <c r="A23" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>97246</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Développer le domaine de l'agriculture et de la pêche</t>
         </is>
       </c>
-      <c r="C23" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie
 Conseil départemental de l'Aude</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J23" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>Le taux de subvention dépend de l'action ciblée</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La stratégie départementale en matière de développement agricole émane d&amp;#039;une réflexion portée par l&amp;#039;ensemble des acteurs dans le cadre d&amp;#039;Aude 2030, qui positionne l&amp;#039;agriculture comme un enjeu fort du territoire audois et fixe les priorités d&amp;#039;actions en la matière.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Action 1 : Accompagner la filière pêche
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La volonté du Conseil départemental, via une politique agricole départementale durable, est d&amp;#039;accompagner les professionnels et les organismes, moderniser la pêche, lutter contre les évènements maritimes, favoriser le développement de points de vente directe sur l&amp;#039;exploitation et de points de vente collectifs hors exploitation par regroupement de producteurs indépendants ou dans le cadre d&amp;#039;une organisation coopérative, soutenir la pérennité économique des petits métiers de la &amp;#34;pêche&amp;#34; par une meilleure valorisation des productions : aménagement de points de débarquement, structuration de filières locales (criée Port la Nouvelle) et développement de la vente directe.
 &lt;/p&gt;
 &lt;p&gt;
  Cette politique départementale vise aussi à soutenir les investissements dans la transformation de produits de la pêche et de l&amp;#039;aquaculture en contribuant aux économies d&amp;#039;énergie, en diminuant les incidences sur l&amp;#039;environnement, notamment le traitement des déchets; en améliorant la sécurité, l&amp;#039;hygiène, la santé et les conditions de travail ; en soutenant la transformation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Action 2 : Ingénierie territoriale
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -4189,61 +3929,61 @@
 &lt;p&gt;
  Avec un objectif d&amp;#039;amélioration de la qualité, l&amp;#039;aide départementale vise à soutenir les investissements nécessaires au passage de productions agricoles conventionnelles vers des productions agricoles labellisées d&amp;#039;une part et les investissements des exploitants engagés ou en cours de conversion à l&amp;#039;agriculture biologique. La volonté du Département est de dynamiser la filière viticole : en clarifiant et renforçant les valeurs des vins audois pour fonder ou refonder l&amp;#039;image et la promotion des vins ; en coordonnant les acteurs pour une meilleure efficacité économique et pour une meilleure promotion ; en soutenant et accompagnant les acteurs actuels pour assurer et renforcer leur pérennité. L&amp;#039;autre action du Département porte sur une volonté d&amp;#039;augmenter le revenu des actifs agricoles : par une meilleure valorisation des productions :en poursuivant et en amplifiant les démarches de production respectueuses de l&amp;#039;environnement agriculture biologique ou raisonnée ainsi que les démarches de qualité, en particulier dans le cadre de la marque Pays Cathare, mais sans exclusive ; en développant et en structurant les filières locales de transformation et de commercialisation ; en améliorant la visibilité des qualités de produits audois et leur promotion en lien avec les acteurs de la promotion touristique ; par une diversification en direction d&amp;#039;activités extra agricoles (vente directe, accueil touristique, travaux ruraux...) ; en favorisant l&amp;#039;ensemble des démarches contribuant à développer la vente en circuit court. Par une optimisation des facteurs de production : mécanisation ; irrigation ; restructuration parcellaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Action 5 : Investissements agroalimentaires
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide du Département vise, au travers de la transformation des produits issus de l&amp;#039;exploitation en vue de l&amp;#039;alimentation humaine : à accroître la valeur ajoutée et la qualité au sein des exploitations sarthoises, afin d&amp;#039;augmenter la compétitivité des exploitations et d&amp;#039;assurer le maintien de l&amp;#039;activité agricole et la diversité des productions sur l&amp;#039;ensemble du département de l&amp;#039;Aude ; à favoriser l&amp;#039;adaptation des exploitations au nouveau contexte agricole et à développer les circuits courts de proximité sur le territoire Audois en faveur de la restauration collective. Il s&amp;#039;agit de soutenir des investissements relatifs à la création d&amp;#039;ateliers, extension ou l&amp;#039;aménagement d&amp;#039;un bâtiment visant à accroître /adapter la capacité de production d&amp;#039;ateliers existants de transformation à la ferme, ainsi qu&amp;#039;aux projets de commercialisation de produits agricoles issus de l&amp;#039;exploitation. La simple rénovation d&amp;#039;un atelier existant n&amp;#039;est pas éligible.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Action 6 : Innovation – Recherche et Développement
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La volonté du Conseil départemental est de soutenir et de faire émerger des projets innovants, collaboratifs et interdisciplinaires en faveur du développement de la capacité d&amp;#039;innovation en vue du maintien et de l&amp;#039;accroissement des performances économiques, environnementales et sociales des activités agricoles et agro-alimentaires. Il souhaite poursuivre son soutien en faveur des filières agricole et pêche dans le cadre des objectifs suivants : mettre l&amp;#039;innovation au service d&amp;#039;une agriculture responsable et d&amp;#039;une pêche durable ; favoriser le développement et l&amp;#039;intégration de l&amp;#039;innovation technique des entreprises agricoles et de pêche ; encourager les expérimentations afin de diminuer le coût de production.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Action 1 : Accompagner la filière pêche
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires:
  &lt;/strong&gt;
  Sont éligibles  les groupements de pécheurs, les collectivités locales, les communes, les consulaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   investissements matériels de construction, aménagements et équipements nécessaires au projet
  &lt;/li&gt;
  &lt;li&gt;
   investissements immatériels liés aux investissements matériels : étude de viabilité et de faisabilité, frais de conseils (juridique, fiscal, social)
@@ -4402,235 +4142,235 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Action 6 : Innovation – Recherche et Développement
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire(s):
  &lt;/strong&gt;
  Sont éligibles les producteurs ou groupements de producteurs du secteur agricole ; les coopératives d&amp;#039;utilisation du matériel agricole (CUMA) ; les Groupements d&amp;#039;Intérêt Economique et Ecologique (GIEE) ; les établissements publics ; les centres techniques industriels ; les instituts techniques agricoles ; les organisations professionnelles agricoles ainsi que leurs interprofessions ; les associations dont l&amp;#039;objet est en lien avec une activité dans le domaine agricole, agroalimentaire, les organismes de recherche publics, les organismes de recherche privés.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les frais de personnel (salaires bruts et charges patronales), directement liés à la préparation, les frais de déplacement réels, de restauration et d&amp;#039;hébergement des intervenants et des éventuels prestataires de service, directement liées à l&amp;#039;opération,  les coûts liés à la conception, l&amp;#039;installation de dispositifs d&amp;#039;exposé et de communication, l&amp;#039;acquisition ou la location de matériels ; les prestations externes facturées ; les coûts de communication (élaboration, impression et diffusion de documents, location d&amp;#039;un espace matériel ou sur un site internet).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.aude.fr/ressources/agriculture-et-peche</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Développement Environnement et Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Charlotte Dechelette, Agent de gestion administrative et financière
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:charlotte.dechelette&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
   charlotte.dechelette&amp;#64;aude.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat :
  04.68.11.64.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5b3b-developper-le-domaine-de-lagriculture-et-de-l/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>98588</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les circuits courts qualitatifs</t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Pays Vichy Auvergne</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I24" s="1" t="inlineStr">
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Circuits courts qualitatifs :
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Promouvoir la consommation durable et l&amp;#039;achat local : Ex: campagnes de sensibilisation et développer la marque de territoire Pays
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter l&amp;#039;installation de maraîchers et petits producteurs (développer l&amp;#039;offre)
  &lt;/li&gt;
  &lt;li&gt;
   Développer les projets d&amp;#039;approvisionnement local et durable pour la restauration collective
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir les filières locales et de qualité : vin de Saint-Pourçain, la filière Nature-forme-santé
  &lt;/li&gt;
  &lt;li&gt;
   Développer l&amp;#039;emploi  et les retombées économiques dans les circuits courts
  &lt;/li&gt;
  &lt;li&gt;
   Sensibiliser les élus et les informer sur les outils permettant la protection du foncier
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer les jardins familiaux et partagés
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Circuits de proximité :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Actions d&amp;#039;animation, de sensibilisation, communication, promotion dans le domaine des circuits courts
  &lt;/li&gt;
  &lt;li&gt;
   Actions d&amp;#039;animation visant à créer et développer des marchés de plein air
  &lt;/li&gt;
  &lt;li&gt;
   Actions d&amp;#039;animation de filières ou micro-filières en productions agricoles et agro-alimentaires. Le Comité de Programmation sélectionnera les filières, micro-filières qui seront soutenues via ce dispositif
  &lt;/li&gt;
  &lt;li&gt;
   Actions de Formation à la réglementation sur les marchés publics et groupements d&amp;#039;achats
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Financement de postes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Animateur foncier,
  &lt;/li&gt;
  &lt;li&gt;
   Animateur PAT
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Étude unité de transformation et de restauration
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Dépenses immatérielles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Frais de personnel liés à l&amp;#039;opération : salaires et charges, frais de structure calculés sur une base forfaitaire correspondant à 15% des frais salariaux (salaires &amp;#43;charges)
  &lt;/li&gt;
  &lt;li&gt;
   Prestations de services
  &lt;/li&gt;
  &lt;li&gt;
   Prestations d&amp;#039;études, de conseils, d&amp;#039;enquêtes
  &lt;/li&gt;
  &lt;li&gt;
   Prestations de formations : prestations pédagogiques, supports de formation, coûts pédagogiques
  &lt;/li&gt;
  &lt;li&gt;
   Frais de formations pour les participants : frais d&amp;#039;hébergement, de restauration et de déplacement uniquement pour les formations ayant lieu à l&amp;#039;extérieur du périmètre Leader du GAL du Pays Vichy-Auvergne
  &lt;/li&gt;
  &lt;li&gt;
   Dépenses liées aux opérations de promotion, communication, sensibilisation : frais de conception et d&amp;#039;édition d&amp;#039;outils d&amp;#039;information et de communication, dont l&amp;#039;utilisation des médias - par exemple : documents techniques, mallette pédagogique, expositions, circuits thématiques, évènementiels, dépliants, présentoirs, site internet, films, des outils de communications spécifiques
  &lt;/li&gt;
@@ -4657,380 +4397,380 @@
   Travaux de rénovation-aménagement de bâtiment (hors construction)
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;aménagements / équipements liés à la mobilité (hors construction)
  &lt;/li&gt;
  &lt;li&gt;
   Acquisitions foncières pour la préservation et le développement des Jardins familiaux et partagés dans la limite de 10% du projet global
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Investissements inéligibles
  &lt;/strong&gt;
  :
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais de déplacement, de restauration et d&amp;#039;hébergement des personnels de la structure bénéficiant de l&amp;#039;aide LEADER de l&amp;#039;opération ne sont pas éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Matériels d&amp;#039;occasion, équipements de renouvellement et de mise aux normes et /ou réglementaires
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>CC Argentan Intercom</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>http://www.paysvichyauvergne.com/contenu/fck/Vichy_FA1_Ville-Campagne_VF_15%20juin%202016(2).pdf</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  M. Stéphane Zapata,
  Directeur,
  Association Pays Vichy-Auvergne
 &lt;/p&gt;
 &lt;p&gt;
  37 Avenue de Gramont -
  03200 Vichy
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 0470965722
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.paysvichyauvergne.com/" rel="noopener" target="_blank"&gt;
   www.paysvichyauvergne.com
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>s.zapata@pays-vichy-auvergne.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6697-circuit-courts-qualitatifs/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>98766</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Soutenir des projets de développement rural</t>
         </is>
       </c>
-      <c r="C25" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional de la FORET d'ORIENT (PNR)</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="J25" s="1" t="inlineStr">
+      <c r="J24" s="1" t="inlineStr">
         <is>
           <t>80% d'aides publiques dont 64% de Leader (plafonné à 50 000€)</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Leader est une initiative de l&amp;#039;Union européenne pour soutenir des projets de développement rural lancés au niveau local afin de revitaliser les zones rurales et de créer des emplois. Ce programme peut financer des projets très divers.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Épicerie sociale et solidaire, Guingette en bord de lac, Festival des lacs, Réaménagement de gite, Parcours pédagogique, etc...
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Economie locale et circuits courts
 Attractivité économique
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les conditions d&amp;#039;éligibilité minimales sont :
 &lt;/p&gt;
 &lt;p&gt;
  - que le projet se fasse dans le périmètre du GAL
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - que les dépenses soient prévues dans les fiches actions
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>PNR de la Forêt d'Orient (Parc naturel régional)</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.pnr-foret-orient.fr/nos-actions/rechercher-des-financements/leader/</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Animatrice-Gestionnaire LEADER
  &lt;br /&gt;
  Marion TUR
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:gestion-leader&amp;#64;pnrfo.org" rel="noopener" target="_blank"&gt;
   gestion-leader&amp;#64;pnrfo.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  03.25.43.81.96
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>gestion-leader@pnrfo.org</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f884-programme-leader/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>98767</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Favoriser le développement économique et l'emploi</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C25" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J26" s="1" t="inlineStr">
+      <c r="J25" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis 2010, le Pays vit une profonde transformation de son tissu économique. Il s&amp;#039;appuyait sur une production
  agricole reconnue par les industriels, des unités de sous-traitance automobiles et agroalimentaires diversifiées et
  un secteur tertiaire principalement tourné vers la santé et la vie publique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;expérience de revitalisation économique menée dans le cadre du dispositif Fonds National d&amp;#039;Aménagement et
  de Développement du Territoire (FNADT) vient de s&amp;#039;achever sur un bilan très positif de 500 emplois créés. La
  démarche de Veille prospective agricole et agroalimentaire va générer de nouvelles dynamiques des filières. Les
  artisans et les commerçants de proximité souhaitent travailler en réseau, apporter des services nouveaux et
  ouvrir des complémentarités face au développement des agglomérations.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prospection, accueil et transmission d&amp;#039;unités économiques
  &lt;/li&gt;
  &lt;li&gt;
   Consolidation des richesses du territoire (hommes et savoir-faire)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau des acteurs, circulation de l&amp;#039;information, constitution de filières ou cluster
  &lt;/li&gt;
  &lt;li&gt;
   Dynamisation des filières économiques, dont le commerce et l&amp;#039;artisanat de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Développement de stratégies concertées, de sites et d&amp;#039;événements touristiques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Organisation de forum de l&amp;#039;emploi, de réunion d&amp;#039;information sur les besoins en manœuvre locale...
  &lt;/li&gt;
  &lt;li&gt;
   Organisation de rencontre par filières économiques, de speed dating...
  &lt;/li&gt;
  &lt;li&gt;
   Mise à disposition de conseil en gestion de projets entreprenariaux
  &lt;/li&gt;
  &lt;li&gt;
   Expérimentations d&amp;#039;actions collectives dans le domaine de l&amp;#039;artisanat et du commerce de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Actions de développement de la stratégie touristique du territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie locale et circuits courts
 Emploi
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
  &lt;/li&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -5058,223 +4798,223 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a57e-favoriser-le-developpement-economique-et-lemp/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>98768</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'habitabilité du territoire</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I26" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J27" s="1" t="inlineStr">
+      <c r="J26" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Habiter sur un territoire dépasse les dimensions domestique (manger, dormir) et économique (travailler). Les
  autres aspects de la vie en société varient en fonction de l&amp;#039;âge, de la condition sociale, des besoins, des envies...
  Leurs satisfactions constituent les facteurs d&amp;#039;habitabilité du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;amélioration continu de l&amp;#039;accès aux services et aux loisirs stimule la créativité du territoire, améliore l&amp;#039;attractivité
  et renforce les liens entre les habitants. L&amp;#039;objectif sera d&amp;#039;accompagner les projets visant à rendre le territoire plus
  facile à vivre pour l&amp;#039;ensemble de la population.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Possibilité de se déplacer et de communiquer
  &lt;/li&gt;
  &lt;li&gt;
   Accès aux soins, aux services à la personne et aux services publics
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement des liens (solidarité, convivialité...) entre les habitants
  &lt;/li&gt;
  &lt;li&gt;
   Incitation à la sobriété énergétique et foncière
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M26" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Expérimentation de mise à disposition de solutions de déplacement alternatives à la voiture
  &lt;/li&gt;
  &lt;li&gt;
   Création de plate-forme dématérialisée de services
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;événements intergénérationnels
  &lt;/li&gt;
  &lt;li&gt;
   Campagne d&amp;#039;information grand public sur les gestes éco-responsables
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation des élus à une gestion raisonnée de l&amp;#039;espace foncier
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Accès aux services
 Animation et mise en réseau
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux
  &lt;/li&gt;
@@ -5300,229 +5040,229 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e00e-copie-13h38-favoriser-le-developpement-econom/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>98769</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Maintenir les jeunes sur le territoire</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C27" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I28" s="1" t="inlineStr">
+      <c r="I27" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J28" s="1" t="inlineStr">
+      <c r="J27" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les études démographiques montrent une tendance au vieillissement du territoire, une stagnation de l&amp;#039;arrivée de
  nouveaux habitants et des naissances. Pour autant, notre territoire compte de nombreuses familles grâce à son
  positionnement géographique, sa disponibilité foncière et son attractivité en terme d&amp;#039;accès aux services.
 &lt;/p&gt;
 &lt;p&gt;
  Face à l&amp;#039;exode des jeunes, il s&amp;#039;agit de renforcer le cadre de vie des enfants et des jeunes, afin qu&amp;#039;ils restent ou
  reviennent sur le territoire. Cette mobilisation autour des jeunes pourra impacter plusieurs secteurs de leur vie
  sociale, avec une priorité marquée sur la formation et les conditions d&amp;#039;accès à l&amp;#039;emploi.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accès aux activités de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   Information et prévention en matière de santé
  &lt;/li&gt;
  &lt;li&gt;
   Accès aux services et information sur les politiques publiques en faveur de la jeunesse
  &lt;/li&gt;
  &lt;li&gt;
   Accès à la formation et à l&amp;#039;information sur le monde de l&amp;#039;entreprise et l&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   Développement de la mobilité des jeunes
  &lt;/li&gt;
  &lt;li&gt;
   Ouverture aux initiatives et créations d&amp;#039;opportunités (junior entreprise...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
+      <c r="M27" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création de lieux ou d&amp;#039;activités de loisirs pour les jeunes
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;événements fédérateurs
  &lt;/li&gt;
  &lt;li&gt;
   Campagne d&amp;#039;information sur la santé, la nutrition, les conduites addictives...
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation aux réalités économiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Parrainage et accompagnement d&amp;#039;initiatives portées par des jeunes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Accès aux services
 Formation professionnelle
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
 &lt;/p&gt;
 &lt;p&gt;
  - Dépenses de personnel
 &lt;/p&gt;
 &lt;p&gt;
  - Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
 &lt;/p&gt;
 &lt;p&gt;
  - Coûts directs en lien avec l&amp;#039;opération, dont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux
  &lt;/li&gt;
  &lt;li&gt;
   acquisition ou location de matériel,
@@ -5548,227 +5288,227 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f7b9-copie-13h47-renforcer-lhabitabilite-du-territ/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>98770</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Valoriser et promouvoir le territoire et ses savoir-faire</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I29" s="1" t="inlineStr">
+      <c r="I28" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J29" s="1" t="inlineStr">
+      <c r="J28" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un territoire est par de nombreux facteurs (géographie, biodiversité, patrimoine...). Il s&amp;#039;agit à la fois de connaître,
  comprendre, valoriser et transmettre ces caractéristiques. Au-delà de leurs valeurs intrinsèques et constitutives
  de notre vivre-ensemble, elles sont autant d&amp;#039;atouts différenciant pour le développement du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  La promotion du territoire consiste à mettre en exergue les éléments positifs du territoire, dans la perspective de
  son développement intrinsèque (donner envie d&amp;#039;investir) comme extrinsèque (donner envie de venir) : vie
  entrepreneuriale, dynamiques associatives, atouts patrimoniaux... donnent une coloration au territoire.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Préservation et valorisation des ressources naturelles, du patrimoine classé et immatériel
  &lt;/li&gt;
  &lt;li&gt;
   Promotion des bonnes pratiques (environnement,...)
  &lt;/li&gt;
  &lt;li&gt;
   Promotion des richesses patrimoniales du territoire et du cadre de vie (au sens habitabilité)
  &lt;/li&gt;
  &lt;li&gt;
   Promotion des activités portées sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   Utilisation des réseaux (internet, étudiants...) pour promouvoir le territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M29" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Inventaire du petit patrimoine rural
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;événements fédérateurs
  &lt;/li&gt;
  &lt;li&gt;
   Campagne d&amp;#039;information les richesses de notre environnement et sa préservation...
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation à la vitalité économique du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau des habitants principaux, secondaires et des étudiants pour communiquer sur le territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux
  &lt;/li&gt;
@@ -5796,211 +5536,211 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7b16-copie-13h52-maintenir-les-jeunes-sur-le-terri/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
         <v>98771</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Coopérer et favoriser la concertation (LEADER)</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I30" s="1" t="inlineStr">
+      <c r="I29" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J30" s="1" t="inlineStr">
+      <c r="J29" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 70 000 €</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Pays de Ploërmel-Coeur de Bretagne développe des programmes de coopération depuis plus de 10 ans. Grâce
  à LEADER, il a pu initier une forte ouverture vers d&amp;#039;autres territoires en France mais également en Europe,
  conduisant certains acteurs à ouvrir des perspectives de plus longs terme à travers des partenariats et d&amp;#039;autres
  programmes européens de coopération.
 &lt;/p&gt;
 &lt;p&gt;
  La Coopération a une forte valeur ajoutée. Elle favorise la concertation en interne au territoire, elle est source de
  dialogues et d&amp;#039;échanges d&amp;#039;idées et de savoir-faire, elle offre un espace de créativité nouveau et le plus souvent
  elle est un effet levier pour les acteurs locaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M30" s="1" t="inlineStr">
+      <c r="M29" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Échanges de savoir-faire et d&amp;#039;expériences
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation de la population, promotion du territoire et éducation à l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Création artistique et valorisation du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Expérimentations croisées dans le domaine de la mobilité et de l&amp;#039;habitat des jeunes
  &lt;/li&gt;
  &lt;li&gt;
   Nouveaux usages NTIC
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Citoyenneté
 International
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les dépenses éligibles sont les dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux
  &lt;/li&gt;
  &lt;li&gt;
   acquisition ou location de matériel,
  &lt;/li&gt;
  &lt;li&gt;
@@ -6024,176 +5764,176 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f2cd-copie-14h00-valoriser-et-promouvoir-le-territ/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>98862</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Créer, maintenir ou développer un service de proximité</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aude</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
+      <c r="I30" s="1" t="inlineStr">
         <is>
           <t> Max : 35</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif de cette aide est d&amp;#039;assurer la création, le maintien ou le développement d&amp;#039;un service nécessaire à la
  satisfaction de la population en milieu rural, lorsque l&amp;#039;initiative privée est défaillante
  ou insuffisante.
 &lt;/p&gt;
 &lt;p&gt;
  Les activités concernées sont les services suivants : commerce de bouche,
  épicerie, multiservices, bar-café, station-service, restaurants et distributeurs
  bancaires lorsque l&amp;#039;essentiel de leurs prestations s&amp;#039;adresse à la population locale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer dans une commune de moins de 3.500 habitants.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   construction et aménagement de locaux
  &lt;/li&gt;
  &lt;li&gt;
   aménagements extérieurs hors plantations et éclairage public
  &lt;/li&gt;
  &lt;li&gt;
   matériel immobilier par destination (four, chambre froide...) nécessaire à
    l&amp;#039;exercice normal du métier
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -6221,329 +5961,329 @@
  &lt;strong&gt;
   Critères de sélection des dossiers :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Présentation d&amp;#039;un plan d&amp;#039;action et d&amp;#039;un budget prévisionnel sur 3 ans permettant
    d&amp;#039;évaluer la viabilité de l&amp;#039;activité
  &lt;/li&gt;
  &lt;li&gt;
   Absence d&amp;#039;initiative privée au sein de la même commune sur le même type
    d&amp;#039;activité
  &lt;/li&gt;
  &lt;li&gt;
   Démarches engagées pour la location-gérance du futur service ou possibilité de
    l&amp;#039;assurer par un agent public identifié
  &lt;/li&gt;
  &lt;li&gt;
   Recherche des cofinancements Région et/ou Etat et/ou Europe (FEADER ou
    FEDER notamment)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.aude.fr/ressources/services-de-proximite</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Aménagement Durable / Direction Appui aux Collectivités Territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Maryvonne Bedos, Secrétaire de direction
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:maryvonne.bedos&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
   maryvonne.bedos&amp;#64;aude.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04.68.11.64.82
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dea4-creer-maintenir-ou-developper-un-service-de-p/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>98868</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Fédérer des acteurs et des projets pour une valorisation raisonnée de la ressource forêt</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>APPEL A PORTEUR DE PROJETS / GAL SUD 77 - Programmation 2023-2027</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne Attractivité</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J32" s="1" t="inlineStr">
+      <c r="J31" s="1" t="inlineStr">
         <is>
           <t>Taux de subvention variable en fonction du projet</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qu’est-ce que le LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LEADER (Liaison Entre Actions de Développement de l’Economie
 Rurale)&lt;/strong&gt; est un programme Européen qui s’inscrit dans le second pilier de la
 Politique Agricole Commune / Fonds FEADER.&lt;/p&gt;&lt;p&gt;Son objectif est de &lt;strong&gt;soutenir le développement de projets en
 milieu rural qui dynamisent le territoire&lt;/strong&gt;. Les territoires éligibles au
 programme LEADER sont appelés GAL (Groupe d’Action Locale). Seine-et-Marne
 Attractivité anime et gère le programme LEADER du GAL SUD 77. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL est l’interlocuteur de proximité des porteurs de
 projets &lt;/strong&gt;: il assure l’accompagnement technique et administratif de leur
 dossier. C’est une instance de concertation qui rassemble des acteurs publics
 et privés représentatifs du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les critères d’attribution de l’aide du
 programme LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’inscrire dans l’une des fiches-actions du
 programme LEADER.&lt;/p&gt;&lt;p&gt;L’attribution d’une aide LEADER est soumise à l’obtention
 d’un co-financement public (Etat, Région, commune …) : 20% minimum du montant
 éligible. Un projet peut être subventionné dans la limite du taux d’aide
 publique défini pour l’opération. Les frais et les travaux ne doivent pas être
 engagés avant que l’autorité de gestion (Région IDF) délivre un accusé de
 réception de dossier complet.&lt;/p&gt;&lt;p&gt;Les projets susceptibles d’être financés par d’autres
 dispositifs du FEADER en Île-de-France ne pourront pas l’être par le LEADER
 (cela concerne majoritairement les projets agricoles).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les différentes étapes qui suivent le dépôt
 d’un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;ol start="5" type="1"&gt;
  &lt;li&gt;Le dossier passe devant
      deux comités pour être voté en opportunité&lt;/li&gt;
  &lt;li&gt;Le dossier est ensuite
      déposé sur le site « Mes démarches » de la Région IDF pour instruction&lt;/li&gt;
  &lt;li&gt;Une fois le dossier
      validé par la Région, il repasse en comité pour programmation&lt;/li&gt;
  &lt;li&gt;Une demande de paiement
      est déposée&lt;/li&gt;&lt;li&gt;Le versement est ensuite
      effectué&lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Forêts</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q32" s="1" t="inlineStr">
+      <c r="Q31" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Dépenses directes de personnel ;&lt;/li&gt;&lt;li&gt;Frais de déplacement, de restauration, d&amp;#039;hébergements ; &lt;/li&gt;&lt;li&gt;Etudes ; &lt;/li&gt;&lt;li&gt;Investissements matériels et immatériels ; &lt;/li&gt;&lt;li&gt;Prestation de service.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles tous types d&amp;#039;actions confondus : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs groupements ;&lt;/li&gt;&lt;li&gt;Etablissements publics dont les chambres consulaires et établissements de coopération, administratifs, industriels et commercial d&amp;#039;enseignement de santé ;&lt;/li&gt;&lt;li&gt;Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte) ;&lt;/li&gt;&lt;li&gt;PME / TPE au sens communautaire, dont les entreprises individuelles ; &lt;/li&gt;&lt;li&gt;Propriétaires de forêt et leurs groupements ;&lt;/li&gt;&lt;li&gt;Agriculteurs actifs dont les regroupements agricoles ;&lt;/li&gt;&lt;li&gt;Groupement d&amp;#039;intérêt économique ; &lt;/li&gt;&lt;li&gt;Associations, leurs groupements et leurs fédérations ; &lt;/li&gt;&lt;li&gt;Fondations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Exemples de projets réalisables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Sensibiliser aux multiples rôles et valeurs de la forêt : &lt;/strong&gt;action de sensibilisation aux multiples rôles et usages de la forêt, du bocage et des bonnes pratiques, actions d&amp;#039;animation et formation à la gestion de la forêt…&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Adapter le développement et l&amp;#039;exploitation forestière aux enjeux de la durabilité : d&lt;/strong&gt;éveloppement de formations aux nouvelles pratiques forestières et modes doux d&amp;#039;exploitation à destination des professionnels et mise en réseau des acteurs, actions de développement du sylvopastoralisme pour rallier élevage et entretien de la forêt…&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Optimiser la valorisation locale du bois : &lt;/strong&gt;formation des artisans du bâtiment, et architectes sur la construction du bois, actions de développement de petites et moyennes unités de transformation du bois…&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://invest.seineetmarnevivreengrand.fr/financement-leader/gal-sud-77/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lucie HUGUET &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:albane.morel&amp;#64;safer-idf.com" rel="noopener" target="_blank"&gt;
   lucie.huguet&amp;#64;attractivite77.fr  &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Animatrice LEADER Sud 77
 &lt;/p&gt;
 &lt;p&gt;
  06 31 51 23 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>lucie.huguet@attractivite77.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3a76-aide-aux-projets-innovants-en-sud-77-leader-s/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>98916</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Renforcer les filières agricoles et développer les circuits courts</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Développement des circuits courts (agriculture et peche) - Fiche Actions 1</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I33" s="1" t="inlineStr">
+      <c r="I32" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J33" s="1" t="inlineStr">
+      <c r="J32" s="1" t="inlineStr">
         <is>
           <t>sur remboursement des dépenses du projet</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle a pour enjeux de:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Renforcer les filières agricoles et halieutiques (pèche) en aval de la production;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les circuits courts alimentaires de produits locaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les impacts attendus sur le territoire sont:
 &lt;/p&gt;
 &lt;p&gt;
  impacts directs :
  &lt;br /&gt;
@@ -6557,1001 +6297,1001 @@
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;outils de valorisation des produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Montée en compétence des acteurs
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Effets indirects :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Amélioration des conditions économiques des producteurs et des groupements de producteurs
  &lt;/li&gt;
  &lt;li&gt;
   Augmentation de l&amp;#039;offre en produits locaux à disposition des consommateurs
  &lt;/li&gt;
  &lt;li&gt;
   Création et pérennisation de postes d&amp;#039;emplois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Exemple projet 1 : Achat de caisses de stockage et transport de fruits et légumes pour une coopérative agricole.
 &lt;/p&gt;
 &lt;p&gt;
  Exemple projet 2 : Achat d&amp;#039;étales / présentoirs à fruits et légumes pour un point de vente de produits locaux
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
 &lt;/p&gt;
 &lt;p&gt;
  - TO 1.1 : Soutien aux actions de formation pour la mise en place de circuits courts
  &lt;br /&gt;
  - TO 1.2 : Soutien à la structuration et mise en réseau à la destination de groupements de producteurs et/ou artisans
  &lt;br /&gt;
  - TO 1.3 : Soutien à la construction et à l&amp;#039;aménagement d&amp;#039;espaces de transformation et de vente de produits locaux en circuits courts
  &lt;br /&gt;
  - TO 1.4 : Soutien aux actions de promotion, communication et valorisation des circuits courts et produits locaux
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>GAL Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA1.pdf</t>
         </is>
       </c>
-      <c r="W33" s="1" t="inlineStr">
+      <c r="W32" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Romain DELARUE
 &lt;/p&gt;
 &lt;p&gt;
  Animateur du GAL Nord et Centre de Mayotte
 &lt;/p&gt;
 &lt;p&gt;
  06.39.65.74.83
 &lt;/p&gt;
 &lt;p&gt;
  adnc.mayotte&amp;#64;gmail.com
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>adnc.mayotte@gmail.com</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e8b5-developpement-des-circuits-courts-agriculture/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>98917</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Promouvoir l'agritourisme et l'écotourisme</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Agritourisme et tourisme vert - Fiche Actions 2</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J34" s="1" t="inlineStr">
+      <c r="J33" s="1" t="inlineStr">
         <is>
           <t>100% (sur remboursement des dépenses du projet)</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle a pour enjeux de:
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Promouvoir l&amp;#039;écotourisme comme moteur de développement économique, et de valorisation et de préservation du patrimoine naturel et culturel.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les impacts attendus sur le territoire sont:
 &lt;/p&gt;
 &lt;p&gt;
  Effets directs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Création/amélioration de l&amp;#039;offre en terme de structures d&amp;#039;écotourisme (gites ruraux, chambres d&amp;#039;hôte, restaurants à base de produits locaux etc.)
  &lt;/li&gt;
  &lt;li&gt;
   Développement d&amp;#039;activités de découverte du patrimoine agritouristique (ferme pédagogique, circuit agro-touristique avec visites d&amp;#039;exploitations, ateliers etc.)
  &lt;/li&gt;
  &lt;li&gt;
   Montée en compétence des acteurs de l&amp;#039;écotourisme et de l&amp;#039; agritourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Effets indirects :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Développement de la filière Tourisme
  &lt;/li&gt;
  &lt;li&gt;
   Augmentation de la fréquentation touristique en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Création et pérennisation de postes d&amp;#039;emplois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Tourisme</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   TO 2.1 : Soutien aux actions de formation et de mise en réseau des acteurs de l&amp;#039;agritourisme et de l&amp;#039;écotourisme
  &lt;/li&gt;
  &lt;li&gt;
   TO 2.2 : Soutien à la création et à l&amp;#039;aménagement de structures d&amp;#039;hébergement touristiques
  &lt;/li&gt;
  &lt;li&gt;
   TO 2.3 : Soutien à la création et l&amp;#039;aménagement de points d&amp;#039;accueil et/ou de découverte agritouristique/écotouristique
  &lt;/li&gt;
  &lt;li&gt;
   TO 2.4 : Soutien à la création et l&amp;#039;aménagement de structures de restauration à base de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   TO 2.5 : Soutien aux actions de promotion, communication et valorisation des actions agritouristiques et écotouristiques.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>GAL Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA2.pdf</t>
         </is>
       </c>
-      <c r="W34" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Romain DELARUE
 &lt;/p&gt;
 &lt;p&gt;
  Animateur du GAL Nord et Centre de Mayotte
 &lt;/p&gt;
 &lt;p&gt;
  06.39.65.74.83
 &lt;/p&gt;
 &lt;p&gt;
  adnc.mayotte&amp;#64;gmail.com
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>adnc.mayotte@gmail.com</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/70a5-copie-12h27-developpement-des-circuits-courts/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>99010</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Valoriser et préserver le patrimoine culturel mahorais</t>
         </is>
       </c>
-      <c r="C35" s="1" t="inlineStr">
+      <c r="C34" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Culture, patrimoine et traditions - Fiche Actions 3</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I35" s="1" t="inlineStr">
+      <c r="I34" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J35" s="1" t="inlineStr">
+      <c r="J34" s="1" t="inlineStr">
         <is>
           <t>100% (sur remboursement des dépenses du projet)</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle a pour enjeux de &amp;#34;Valorisation et préservation du patrimoine culturel et accroissement de l&amp;#039;offre culturelle&amp;#34;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les impacts attendus sur le territoire sont:
 &lt;/p&gt;
 &lt;p&gt;
  Effets directs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Protection et valorisation du patrimoine culturel et des traditions
  &lt;/li&gt;
  &lt;li&gt;
   Développement de l&amp;#039;offre culturelle
  &lt;/li&gt;
  &lt;li&gt;
   Augmentation de la fréquentation des sites historiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Effet indirect :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Amélioration de l&amp;#039;accès à la culture pour tous
  &lt;/li&gt;
  &lt;li&gt;
   Transmission intergénérationnelle
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   TO 3.1 : Soutien aux actions de formation et mise en réseau des acteurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   TO 3.2 : Soutien à la création et/ou l&amp;#039;aménagement d&amp;#039;espaces multiculturels
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   TO 3.3 : Soutien à la mise-en place d&amp;#039;actions et événements culturels fédérateurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   TO 3.4 : Soutien aux actions de communication, promotion et valorisation.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>GAL Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA3.pdf</t>
         </is>
       </c>
-      <c r="W35" s="1" t="inlineStr">
+      <c r="W34" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Romain DELARUE
 &lt;/p&gt;
 &lt;p&gt;
  Animateur du GAL Nord et Centre de Mayotte
 &lt;/p&gt;
 &lt;p&gt;
  06.39.65.74.83
 &lt;/p&gt;
 &lt;p&gt;
  adnc.mayotte&amp;#64;gmail.com
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>adnc.mayotte@gmail.com</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9c37-copie-10h16-developpement-des-circuits-courts/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>99012</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Valoriser le patrimoine naturel et promouvoir les actions en termes d'EEDD et de sensibilisation à la préservation du patrimoine</t>
         </is>
       </c>
-      <c r="C36" s="1" t="inlineStr">
+      <c r="C35" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Environnement et activités de pleine nature - Fiche Actions 4</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J36" s="1" t="inlineStr">
+      <c r="J35" s="1" t="inlineStr">
         <is>
           <t>sur remboursement des dépenses du projet</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle a pour enjeux de &amp;#34;Valoriser le patrimoine naturel et promouvoir  les  actions  en  termes  d&amp;#039;EEDD  et  de  sensibilisation  à  la  préservation  du
  patrimoine.&amp;#34;
 &lt;/p&gt;
 &lt;p&gt;
  Les impacts attendus sur le territoire sont:
 &lt;/p&gt;
 &lt;p&gt;
  Effets directs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Amélioration de l&amp;#039;offre en activités pleine nature
  &lt;/li&gt;
  &lt;li&gt;
   Mise en valeur des sites naturels, de leur faune et de leur flore
  &lt;/li&gt;
  &lt;li&gt;
   Amélioration de la connaissance du patrimoine naturel
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Effets indirects :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Amélioration de la sensibilité du grand public aux enjeux environnementaux
  &lt;/li&gt;
  &lt;li&gt;
   Augmentation de la fréquentation des sites nature
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sports et loisirs
 Forêts
 Recyclage et valorisation des déchets
 Qualité de l'air
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   TO 4.1 : Soutien aux actions de formations et de mise en réseau des acteurs
  &lt;/li&gt;
  &lt;li&gt;
   TO 4.2 : Soutien à l&amp;#039;aménagement et mise en accessibilité de sites naturels
  &lt;/li&gt;
  &lt;li&gt;
   TO 4.3 : Soutien à la structuration et mise en place d&amp;#039;activités de pleine nature
  &lt;/li&gt;
  &lt;li&gt;
   TO 4.4 : Soutien aux campagnes de nettoyage, sensibilisation et pédagogie à l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   TO 4.5 : Soutien aux actions de communication, promotion, valorisation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>GAL Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA4.pdf</t>
         </is>
       </c>
-      <c r="W36" s="1" t="inlineStr">
+      <c r="W35" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Romain DELARUE
 &lt;/p&gt;
 &lt;p&gt;
  Animateur du GAL Nord et Centre de Mayotte
 &lt;/p&gt;
 &lt;p&gt;
  06.39.65.74.83
 &lt;/p&gt;
 &lt;p&gt;
  adnc.mayotte&amp;#64;gmail.com
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>adnc.mayotte@gmail.com</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fe8c-copie-10h24-culture-patrimoine-et-traditions-/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>101009</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Innvover en milieu rural sur les thématiques suivantes : développement économique, consommation de produits locaux, préservation du patrimoine agro-environnemental et tourisme</t>
         </is>
       </c>
-      <c r="C37" s="1" t="inlineStr">
+      <c r="C36" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes de la Dombes</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I37" s="1" t="inlineStr">
+      <c r="I36" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 80</t>
         </is>
       </c>
-      <c r="J37" s="1" t="inlineStr">
+      <c r="J36" s="1" t="inlineStr">
         <is>
           <t>Co-financement public obligatoire</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour la période de programmation 2014-2020, le Groupe d&amp;#039;Action Locale (GAL), composé d&amp;#039;élus et d&amp;#039;acteurs locaux, a fait le choix d&amp;#039;axer l&amp;#039;intervention LEADER dans les 4 domaines suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;économie
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;agriculture et la pisciculture
  &lt;/li&gt;
  &lt;li&gt;
   Le tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour mettre en œuvre cette stratégie, le GAL dispose d&amp;#039;une enveloppe initiale de 1.995.800 € répartie entre les 4 fiches actions suivantes
  &lt;a href="https://www.ccdombes.fr/entreprendre/programme-leader/" rel="noopener" target="_blank"&gt;
   en téléchargement sur cette page
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Des exemples de projets réalisés
  &lt;a href="https://www.ccdombes.fr/entreprendre/programme-leader/" rel="noopener" target="_blank"&gt;
   sur cette page
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Recyclage et valorisation des déchets
 Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Biodiversité
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>GAL Dombes Saône</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.ccdombes.fr/entreprendre/programme-leader/</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Coordination générale du programme LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Laetitia DUCROZET
  &lt;br /&gt;
  territoire&amp;#64;ccdombes.fr
  &lt;br /&gt;
  04 74 61 93 03
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Gestion et animation du programme LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Agathe DESFORET :
  leader&amp;#64;ccdombes.fr
  &lt;br /&gt;
  04 74 61 96 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>amelie.quillet@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56ac-innvover-en-milieu-rural-sur-les-thematiques-/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-      <c r="A38" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>104710</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
-      <c r="C38" s="1" t="inlineStr">
+      <c r="C37" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E38" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;aide publique est fixé par la GAL.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
@@ -7583,209 +7323,209 @@
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le taux d&amp;#039;aide publique est fixé par la GAL.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des politiques européennes
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contactez votre GAL référent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-      <c r="A39" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>111995</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Plateforme d'apprentissage Interreg Europe PLP</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F39" s="1" t="inlineStr">
+      <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
  &lt;/li&gt;
  &lt;li&gt;
   des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
  &lt;/li&gt;
  &lt;li&gt;
   des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
 &lt;/p&gt;
 &lt;p&gt;
  A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M39" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
  &lt;/li&gt;
  &lt;li&gt;
   améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
  &lt;/li&gt;
  &lt;li&gt;
   impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -7830,261 +7570,261 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
  &lt;a rel="noopener" target="_blank"&gt;
   interregeurope.eu
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
         </is>
       </c>
-      <c r="W39" s="1" t="inlineStr">
+      <c r="W38" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier  &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase    &amp;#43;33 (0) 491 575 606
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>112001</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C39" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Projet de coopération territoriale Interreg Europe</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F40" s="1" t="inlineStr">
+      <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I39" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J40" s="1" t="inlineStr">
+      <c r="J39" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M40" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -8129,230 +7869,225 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>116416</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Utiliser le bois local dans les projets de rénovation et constructions (LEADER / Fiche action 4)</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>APPEL A PORTEURS DE PROJETS / GAL PAYS D'EPINAL COEUR DES VOSGES - Réouverture de la programmation LEADER 2014-2022</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Compte-tenu de l&amp;#039;enveloppe restant à engager à ce jour, le GAL du Pays d&amp;#039;Epinal Cœur des Vosges dispose d&amp;#039;une enveloppe budgétaire de 965 227,72 € à répartir entre les projets sélectionnés.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets déposés devront relever des thématiques
  sur l&amp;#039;accompagnement et l&amp;#039;utilisation du bois local dans les projets de rénovation et construction à des fins économiques, touristiques et culturelles &amp;#61; FICHE ACTION 4.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Soutien à la construction et/ou la rénovation de bâtiments publics et privés ayant recours au matériau bois dans une optique de promotion d&amp;#039;une identité architecturale (actions d&amp;#039;animations visant à développer les échanges entre les différents acteurs locaux du bâtiment; études visant à renforcer l&amp;#039;utilisation des bois locaux dans ce type de bâtiments; utilisation du bois local dans les aménagements intérieurs de bâtiments, mobilier extérieur s&amp;#039;inscrivant dans un projet à vocation administrative, économique, touristique, culturelle; action de communication et de promotion de la forêt et de l&amp;#039;utilisation des bois extraits sur les projets réalisés.
  &lt;/li&gt;
  &lt;li&gt;
   Promotion de la fonction « loisirs » de la forêt, à travers l&amp;#039;organisation de manifestations « tout public » sensibilisant aux différentes fonctions de la forêt
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Economie d'énergie et rénovation énergétique
 Commerces et services
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Bâtiments et construction
 Réhabilitation
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier du financement au titre de la
  &lt;strong&gt;
   FICHE ACTION 4 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Collectivités territoriales et leurs groupements
  &lt;/li&gt;
  &lt;li&gt;
   Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte)
  &lt;/li&gt;
  &lt;li&gt;
   Associations (loi 1901 et 1908) et leurs fédérations
  &lt;/li&gt;
  &lt;li&gt;
   PME / TPE / Micro-entreprises au sens communautaire
  &lt;/li&gt;
  &lt;li&gt;
   Tous types d&amp;#039;établissements publics, notamment EPIC locaux et nationaux,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
@@ -8361,74 +8096,74 @@
  &lt;/li&gt;
  &lt;li&gt;
   Particuliers disposant d&amp;#039;un numéro SIRET
  &lt;/li&gt;
  &lt;li&gt;
   Agriculteurs : Exploitants à titre principal ou secondaire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Conditions requises :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les opérations sont réalisées sur le territoire du GAL. Par dérogation, les opérations pourront être réalisées en dehors du territoire du GAL, à condition que l&amp;#039;opération bénéficie à la zone couverte par le GAL, dans le respect de l&amp;#039;article 70 paragraphe 2 du règlement (UE) n°1303/2013.
  &lt;/li&gt;
  &lt;li&gt;
   Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
  &lt;/li&gt;
  &lt;li&gt;
   Le porteur devra présenter un budget de fonctionnement prévisionnel sur 3 années, couplé à l&amp;#039;identification des moyens humains mobilisés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Epinal, Cœur des Vosges</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  GAL du Pays d&amp;#039;Épinal, Cœur des Vosges
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Service Ingénierie
  &lt;/li&gt;
  &lt;li&gt;
   4 Avenue de la République Le port du canal 88000 EPINAL
  &lt;/li&gt;
  &lt;li&gt;
   03 29 37 26 76
  &lt;/li&gt;
  &lt;li&gt;
   leader&amp;#64;pays-epinal.fr
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  ou
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ludmilla HELLOT,
@@ -8436,131 +8171,131 @@
  &lt;/li&gt;
  &lt;li&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/li&gt;
  &lt;li&gt;
   03 29 37 26 76
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  ou
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cécile PIERRE,
  chargée de mission LEADER
  &lt;/li&gt;
  &lt;li&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/li&gt;
  &lt;li&gt;
   03 29 37 54 96
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>contact@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/837a-accompagner-les-changements-de-pratiques-pour/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-      <c r="A42" s="1">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
         <v>117167</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Préserver le patrimoine naturel, agricole, culturel et architectural (LEADER / Fiche action 6)</t>
         </is>
       </c>
-      <c r="C42" s="1" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>APPEL A PORTEURS DE PROJETS / GAL PAYS D'EPINAL COEUR DES VOSGES - Réouverture de la programmation LEADER 2014-2022</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Compte-tenu de l&amp;#039;enveloppe restant à engager à ce jour, le GAL du Pays d&amp;#039;Epinal Cœur des Vosges dispose d&amp;#039;une enveloppe budgétaire de 965 227,72 € à répartir entre les projets sélectionnés.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets déposés devront relever des thématiques
  sur la préservation du patrimoine naturel, agricole, culturel et architectural encourageant le développement d&amp;#039;activités locales et résilientes &amp;#61; FICHE ACTION 6 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Volet 1 : Soutien au développement de circuits de proximité – via le Plan Alimentaire Territorial (PAT),
  &lt;/li&gt;
  &lt;li&gt;
   Volet 2 : Mise en valeur du patrimoine naturel, culturel et architectural « remarquables » - via la labellisation « Pays d&amp;#039;Art et Histoire » (PAH).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M42" s="1" t="inlineStr">
+      <c r="M41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour le volet 1 &amp;#34;Opérations de soutien au développement des circuits de proximité et d&amp;#039;amélioration de la nutrition (en cohérence avec le PAT)&amp;#34;
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Création de points de vente individuels ou collectifs de produits agricoles ;
  &lt;/li&gt;
  &lt;li&gt;
   Actions d&amp;#039;animation visant à mettre en lien les acteurs en amont (agriculteurs ou groupements d&amp;#039;agriculteurs) et en aval (restaurateurs, cuisines centrales de divers structures d&amp;#039;accueil, associations de consommateurs, élèves, habitants) pour développer l&amp;#039;utilisation de produits agricoles locaux sur le territoire; mettre en place les solutions de transformation des produits agricoles bruts, les solutions logistiques et juridiques pour sécuriser les débouchés des producteurs et les approvisionnements des établissements de RHD; définir les actions de formation et de sensibilisation à mettre en œuvre; développer la valorisation de l&amp;#039;utilisation des produits locaux dans les commerces de bouches (restaurants, boucheries, épiceries) et les cuisines centrales
  &lt;/li&gt;
  &lt;li&gt;
   Actions d&amp;#039;animation visant à favoriser une meilleure nutrition de la population du territoire, à partir de l&amp;#039;utilisation de produits agricoles locaux et en évaluer le bénéfice santé ;
  &lt;/li&gt;
  &lt;li&gt;
   Formation du personnel des établissements proposant de la restauration collective et des restaurants à l&amp;#039;utilisation des produits agricoles locaux. La durée minimale d&amp;#039;une session de formation est de 2 heures, la durée maximale d&amp;#039;une session de formation est de 140 heures ;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation du public scolaire, des jeunes de 0 à 18 ans, et du grand public à l&amp;#039;utilisation des produits locaux : événementiels, cours de cuisine, visite d&amp;#039;exploitations agricoles, création d&amp;#039;outils de communication matériels et immatériels ;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement et soutien à des outils locaux de transformation et de valorisation de produits agricoles fabriqués sur le territoire du GAL du PETR du Pays d&amp;#039;Epinal cœur des Vosges (études de préfiguration, aménagements, travaux ;
@@ -8583,153 +8318,153 @@
  &lt;/li&gt;
  &lt;li&gt;
   Etudes visant à améliorer la connaissance du patrimoine ou sa valorisation ;
  &lt;/li&gt;
  &lt;li&gt;
   Opérations de sensibilisation de la population sur ce patrimoine ;
  &lt;/li&gt;
  &lt;li&gt;
   Développement de circuits thématiques pour la mise en valeur du patrimoine à l&amp;#039;échelle du GAL ou d&amp;#039;un des EPCI membres du PETR ;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement à la professionnalisation des acteurs contribuant à la valorisation du patrimoine ;
  &lt;/li&gt;
  &lt;li&gt;
   Opérations de valorisation de la richesse naturelle, et de plantations d&amp;#039;arbres/haies concourant au bon fonctionnement écologique du territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   Ateliers de pratiques des savoir-faire, résidence d&amp;#039;artistes, échanges culturels ;
  &lt;/li&gt;
  &lt;li&gt;
   Soutien et promotion d&amp;#039;artistes locaux relevant d&amp;#039;une commune du GAL du PETR Pays d&amp;#039;Epinal Cœur des Vosges.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Jeunesse
 Famille et enfance
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Bâtiments et construction
 Réhabilitation
 Attractivité économique
 Artisanat
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier du financement au titre de la
  &lt;strong&gt;
   FICHE ACTION 6 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations loi 1901 et leurs fédérations,
  &lt;/li&gt;
  &lt;li&gt;
   Collectivités territoriales et leurs groupements,
  &lt;/li&gt;
  &lt;li&gt;
   Tout type d&amp;#039;établissement public,
  &lt;/li&gt;
  &lt;li&gt;
   Micro, petites et moyennes entreprises au sens communautaire (entreprise employant moins de 250 salariés, et réalisant soit un chiffre d&amp;#039;affaires annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan inférieur à 43 millions d&amp;#039;euros).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  En outre, pour le volet 1 Opérations de soutien au développement des circuits de proximité et d&amp;#039;amélioration de la nutrition (en cohérence avec le PAT) : Agriculteurs (Exploitants à titre principal ou secondaire) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   au titre des agriculteurs :
     les agriculteurs personnes physiques, les agriculteurs personnes morales, quel que soit leur statut, dont l&amp;#039;objet est agricole, si plus de 50% du capital social est détenu par des associés exploitants, les établissements de développement agricole, d&amp;#039;enseignement agricole et de recherche qui détiennent une exploitation agricole.
  &lt;/li&gt;
  &lt;li&gt;
   au titre des groupements d&amp;#039;agriculteurs : les structures collectives portant un projet reconnu en qualité de GIEE dont la création est prévue dans le cadre de la loi d&amp;#039;avenir et exerçant une activité agricole au sens de l&amp;#039;article L. 311-1 du Code rural et de la pêche maritime, les coopératives d&amp;#039;utilisation de matériel agricole (CUMA), et toutes structures collectives (y compris certaines coopératives agricoles), dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole au sens de l&amp;#039;article L. 311-1 susvisé.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Conditions requises :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les opérations sont réalisées sur le territoire du GAL. Par dérogation, les opérations pourront être réalisées en dehors du territoire du GAL, à condition que l&amp;#039;opération bénéficie à la zone couverte par le GAL, dans le respect de l&amp;#039;article 70 paragraphe 2 du règlement (UE) n°1303/2013.
  &lt;/li&gt;
  &lt;li&gt;
   Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
  &lt;/li&gt;
  &lt;li&gt;
   Le porteur devra présenter un budget de fonctionnement prévisionnel sur 3 années, couplé à l&amp;#039;identification des moyens humains mobilisés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
         <is>
           <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  GAL du Pays d&amp;#039;Épinal, Cœur des Vosges
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Service Ingénierie
  &lt;/li&gt;
  &lt;li&gt;
   4 Avenue de la République Le port du canal 88000 EPINAL
  &lt;/li&gt;
  &lt;li&gt;
   03 29 37 26 76
  &lt;/li&gt;
  &lt;li&gt;
   leader&amp;#64;pays-epinal.fr
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  ou
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -8738,4744 +8473,1013 @@
  &lt;/li&gt;
  &lt;li&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/li&gt;
  &lt;li&gt;
   03 29 37 26 76
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  ou
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cécile PIERRE,
  chargée de mission LEADER
  &lt;/li&gt;
  &lt;li&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/li&gt;
  &lt;li&gt;
   03 29 37 54 96
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>contact@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8daf-copie-13h49-utiliser-le-bois-local-dans-les-p/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-      <c r="A43" s="1">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
         <v>120458</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Avoir un guichet unique pour les aides européennes en Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="C43" s="1" t="inlineStr">
+      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - FEDER - Fonds européen de développement régional
 EUROPE - FSE + - Fonds social européen
 EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Mon projet européen</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La période de démarrage d&amp;#039;une nouvelle programmation des FESI (fonds européens structurels et d&amp;#039;investissement) est généralement l&amp;#039;occasion de reposer les ambitions en matière d&amp;#039;animation pour faire connaître les opportunités de financements offertes par l&amp;#039;Union européenne, et accompagner au mieux les porteurs potentiels.
 &lt;/p&gt;
 &lt;p&gt;
  Il est important d&amp;#039;avoir un pilotage général de cette stratégie d&amp;#039;animation via la mise en place d&amp;#039;un guichet d&amp;#039;accueil de premier niveau (boîte mails :
  &lt;strong&gt;
   Mon projet européen).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif de ce guichet unique est d&amp;#039;orienter au mieux le projet en dirigeant le porteur vers le bon financement européen disponible, ou à l&amp;#039;inverse lui indiquer qu&amp;#039;il n&amp;#039;y en a pas en lien avec son projet.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une adresse mail est mise à disposition des porteurs potentiels/porteurs :
  &lt;strong&gt;
   monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce nouvel outil permettra une orientation de premier niveau afin de rediriger les porteurs potentiels/porteurs vers le bon interlocuteur qui pourra les accompagner ensuite vers la définition de son projet dans le respect des règles européennes.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Montagne
 Economie d'énergie et rénovation énergétique
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 International
 Attractivité économique
 Animation et mise en réseau
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu</t>
         </is>
       </c>
-      <c r="W43" s="1" t="inlineStr">
+      <c r="W42" s="1" t="inlineStr">
         <is>
           <t>http://www.europe-bfc.eu</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>andrea.perilli@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b498-mon-projet-europeen/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C44" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>121446</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E44" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I44" s="1" t="inlineStr">
+      <c r="I43" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L44" s="1" t="inlineStr">
+      <c r="J43" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...10 lines deleted...]
- La construction d&amp;#039;outils et services numériques pour faciliter l&amp;#039;accès au citoyen à la culture et au tourisme favorise l&amp;#039;attractivité du territoire et son développement. Il s&amp;#039;agit de soutenir les entreprises et les pouvoirs publics opérant dans le domaine de l&amp;#039;e-tourisme afin de favoriser le développement de services touristiques numériques. Il s&amp;#039;agit également d&amp;#039;apporter un appui au développement du numérique dans le domaine de la culture, des patrimoines, des spectacles, etc.
+ Le caractère étendu du péri-urbain sur le territoire soulève des enjeux de mobilité auxquels les stratégies urbaines intégrées doivent répondre en poursuivant les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la multimodalité en milieu urbain afin de réduire l&amp;#039;empreinte carbone et encourager le recours à des moyens de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les voiries douces en milieu urbain afin d&amp;#039;encourager le recours à des formes de mobilité durables, de sécuriser la pratique des modes doux, d&amp;#039;assurer une continuité sur l&amp;#039;ensemble du territoire urbain et une connexion avec les zones péri-urbaines et rurales, conformément aux stratégies régionales en la matière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des stations de stockage et recharge de carburants alternatifs aux carburants fossiles, dans l&amp;#039;objectif de réduire l&amp;#039;impact environnemental des déplacements, selon un maillage rationnel et dans une logique d&amp;#039;interopérabilité entre les différents systèmes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M44" s="1" t="inlineStr">
+      <c r="M43" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Dispositifs d&amp;#039;aide à la visite in situ afin de faciliter le cheminement des visiteurs et de renforcer la compréhension de la thématique abordée (musées, sites, monuments, territoires, patrimoines...) ; aider ou faciliter la médiation ;
-[...8 lines deleted...]
-  Parcours de découverte avec possibilité de personnalisation.
+  Aménagements multimodaux (tels que des places de stationnement pour les moyens de transport durables, des pôles d&amp;#039;échanges...), en particulier sur les points d&amp;#039;interconnexion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à favoriser une meilleure interopérabilité des services de transport (tels que les services de mobilité partagée), à l&amp;#039;installation de billettiques des réseaux urbains sur une aire de déplacement commune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à l&amp;#039;amélioration de la logistique urbaine durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;aires de covoiturage (en cohérence avec les orientations régionales) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement ou construction de passerelles favorisant les modes doux permettant de traiter des points noirs ou de résoudre des problématiques de franchissement (route, lignes ferroviaires, cours d&amp;#039;eau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation de la pratique des modes doux, voies de liaisons cyclables, aménagement de voiries douces (tels que les cheminements piétons, les aménagements cyclables, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de réseaux d&amp;#039;aménagements cyclables afin de constituer des continuités. L&amp;#039;objectif est de relier les infrastructures existantes ou de finaliser les continuités cyclables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de stations de stockage et de recharge de carburants alternatifs aux carburants fossiles (bornes de recharge pour véhicules électriques, à hydrogène, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes portant sur la mobilité urbaine.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O44" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Critères techniques d&amp;#039;éligibilité :
-[...2 lines deleted...]
- &lt;br /&gt;
+ Les projets devront être compatibles avec la stratégie intégrée de développement urbain du territoire et avoir reçu un avis favorable en comité de sélection de l&amp;#039;organisme intermédiaire territorialement compétent.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront être compatibles avec les stratégies en termes de mobilité mise en place par la Région à savoir le schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET) dénommé « Ici 2050 ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements des aires de covoiturage devront être réalisés en conformité avec le SRADDET et sa déclinaison : le schéma régional des aires de covoiturage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;implantation de structures de recharge devront respecter le SRADDET et ses objectifs en termes de déploiement de bornes de charge. Ils devront respecter les contraintes de gestion et de pilotage des réseaux de distribution d&amp;#039;électricité. L&amp;#039;interopérabilité et l&amp;#039;adaptabilité des infrastructures de recharge devront permettre la recharge de tous types et gammes de véhicules, quel que soit l&amp;#039;usage des véhicules et leur constructeur (normalisation et standardisation des solutions technologiques retenues). Les bornes devront prévoir un système de supervision accessible à tout usager.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Répondre à un besoin précis ou à un irritant remonté par les usagers
-[...23 lines deleted...]
-  Suivre les évolutions technologiques, être responsive et compatible (terminaux mobiles, bornes tables/écrans, tactiles, objets connectés/mobilier urbain, bâtiments intelligents, jumeaux numériques, ...)
+  Dépenses de prestations intellectuelles extérieures (réalisation d&amp;#039;études, de diagnostics...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels (maîtrise d&amp;#039;œuvre, infrastructures, signalétique, accès PMR, verdissement, éclairage public, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisitions foncières (dans la limite de 10 % maximum des dépenses éligibles) ;
  &lt;/li&gt;
 &lt;/ul&gt;
-Eligibilité géographique :
-[...27 lines deleted...]
- Dépenses éligibles :
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Dépenses d&amp;#039;investissement matériel et immatériel
-[...14 lines deleted...]
-  Forfait de 7% de coûts indirects, sur l&amp;#039;assiette des dépenses directes éligibles
+  Coûts indirects hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
-[...1 lines deleted...]
-&lt;br /&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Dépenses de personnels
-[...14 lines deleted...]
-  Les frais généraux hors forfait 7%
+  50 000 € pour les projets de travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 000 € pour les projets d&amp;#039;études.
  &lt;/li&gt;
 &lt;/ul&gt;
-Financement des projets :
-[...12 lines deleted...]
-      <c r="S44" s="1" t="inlineStr">
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X44" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/developpement-urbain-et-rural-mobilites-durables/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...17 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: urbain.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C45" s="1" t="inlineStr">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E45" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I45" s="1" t="inlineStr">
+      <c r="I44" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L45" s="1" t="inlineStr">
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Développer l&amp;#039;offre de e-santé et sécuriser les pratiques mais également faciliter et améliorer le bien-être des citoyens par le numérique.
- &lt;br /&gt;
+ L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M45" s="1" t="inlineStr">
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration de stratégies de transformation numérique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Projets numériques visant à :
- &lt;br /&gt;
+ Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  favoriser le déploiement de la télémédecine
-[...8 lines deleted...]
-  favoriser les télédiagnostics
+  Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisition (dans la limite de 10% de l&amp;#039;assiette éligible), de construction et réhabilitation de bâtiments et études liées pour les tiers lieux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de construction et déploiement de réseaux et études liées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées au développement ou déploiement de nouvelles briques ou de nouveaux services numériques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;achats d&amp;#039;équipements numériques.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Autres projets numériques en lien avec le bien-être de la personne, notamment le « bien naître, grandir et vieillir » et les soins à domicile.
-[...6 lines deleted...]
- Indicateurs de réalisation
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  RCO 13 : Valeur des services, produits et procédés numériques développés pour les entreprises
-[...2 lines deleted...]
-  RCO 14 : Soutien aux institutions publiques pour le développement de services, de produits et de processus numériques
+  Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Indicateurs de résultat :
-[...25 lines deleted...]
-      <c r="R45" s="1" t="inlineStr">
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 30 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les projets devront être compatibles avec le volet e-santé de la SCORAN.
-[...67 lines deleted...]
- &lt;br /&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C46" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>121453</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Reconvertir des stations de moyennes montagnes dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E46" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement touristique durable dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I46" s="1" t="inlineStr">
+      <c r="I45" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L46" s="1" t="inlineStr">
+      <c r="J45" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Stimuler les projets d&amp;#039;investissements visant à améliorer par le numérique la formation, l&amp;#039;orientation et l&amp;#039;inclusion.
- &lt;br /&gt;
+ Le Massif du Jura connaît des changements climatiques impactant son patrimoine naturel et donc son développement économique et social, basé sur ce patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans un objectif de diversification de l&amp;#039;activité, de reconversion des stations et de désaisonnalisation de l&amp;#039;offre de produits touristiques disponibles, il s&amp;#039;agit de développer une offre d&amp;#039;activités touristiques et de loisirs et d&amp;#039;activités culturelles durables, accessible toute l&amp;#039;année et valorisant le patrimoine naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ La présente fiche action vise à accompagner la reconversion des sites et stations de moyenne montagne pour maintenir une offre touristique durable toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ La zone du Massif du Jura s&amp;#039;étend sur deux régions françaises, Auvergne Rhône-Alpes et Bourgogne-Franche-Comté, et quatre départements, l&amp;#039;Ain, le Doubs, le Jura et le Territoire de Belfort. Il est composé de 902 communes. (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M46" s="1" t="inlineStr">
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement et adaptation des infrastructures touristiques visant les activités adaptées au défaut d&amp;#039;enneigement dans un souci de préservation de l&amp;#039;économie et attractivité touristique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création, développement et diversification des activités proposées dans les stations de moyenne montagne (escalade, randonnée, VTT, équitation, activités nautiques, activités de pleine nature, activités nordiques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconversion des stations de ski alpin, ainsi que l&amp;#039;accompagnement de la sphère du ski nordique vers une activité toute saison.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Projets de développement de services numériques innovants en matière de formation, orientation, inclusion, y compris les équipements strictement nécessaires à la mise en place et la pérennité de services.
-[...6 lines deleted...]
- &lt;br /&gt;
+ Adaptation des projets à toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ Articulation avec le schéma interrégional d&amp;#039;aménagement et de développement du Massif du Jura et le schéma régional de développement du tourisme et des loisirs (SRDTL).
+&lt;/p&gt;
+&lt;p&gt;
+ Articulation avec les objectifs du CPIER Massif du Jura 2021/2027 et avis favorable du Commissariat de massif.
+&lt;/p&gt;
+&lt;p&gt;
+ Géographique : L&amp;#039;opération doit se dérouler dans le Massif du Jura  (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura).
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes de partages :
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsqu&amp;#039;un projet est éligible à un programme LEADER et la présente fiche action, la répartition se fera sur la base du coût total du projet selon la répartition suivante :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  RCO 13 : Valeur des services, produits et procédés numériques développés pour les entreprises ;
-[...2 lines deleted...]
-  RCO 14 : Soutien aux institutions publiques pour le développement de services, de produits et de processus numériques ;
+  Coût total &amp;gt; ou &amp;#61; 200 000€ HT : FEDER
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût total &amp;lt; 200 000€ HT : LEADER
  &lt;/li&gt;
 &lt;/ul&gt;
-Indicateurs de résultat :
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  RCR 11 : Utilisateurs de services, produits et processus numériques publics nouveaux et améliorés ;
-[...2 lines deleted...]
-  RCR 12 : Utilisateurs de services, produits et processus numériques nouveaux et améliorés développés par les entreprises.
+  Dépenses d&amp;#039;investissements immatériels et matériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de prestation en lien avec l&amp;#039;investissement telles que prestations d&amp;#039;assistance, de maîtrise d&amp;#039;œuvre, études, diagnostics, contrôle sécurité... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de communication concernant le projet avec publicité de l&amp;#039;intervention du FEDER ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses indirectes : forfait de 7% appliqué aux dépenses directes éligibles.
  &lt;/li&gt;
 &lt;/ul&gt;
-Par ailleurs, des champs seront à renseigner dans le dossier de demande de subvention afin de détailler la contribution du projet aux principes horizontaux (développement durable, égalité des genres et non-discrimination) ainsi que les dispositions mises en place afin de garantir la protection des données personnelles des usagers.
-[...14 lines deleted...]
-      <c r="R46" s="1" t="inlineStr">
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de personnel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses concernant l&amp;#039;achat de terrain et/ou de bâtiment ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel roulant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses indirectes hors forfait 7%.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/massif-du-jura-patrimoine-tourisme/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les services numériques devront être innovants, ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement interfaçables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
-[...61 lines deleted...]
- &lt;br /&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: massifdujura.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc66-accompagner-la-durabilite-des-hebergements-to/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C47" s="1" t="inlineStr">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>121454</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser le patrimoine naturel et culturel dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D47" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E47" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement touristique durable dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I47" s="1" t="inlineStr">
+      <c r="I46" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
-[...1490 lines deleted...]
-      <c r="J54" s="1" t="inlineStr">
+      <c r="J46" s="1" t="inlineStr">
         <is>
           <t>Taux maximal d’intervention FEDER : 60%</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
-[...1968 lines deleted...]
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Massif du Jura connaît des changements climatiques impactant son patrimoine naturel et donc son développement économique et social, basé sur ce patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  Dans un objectif de diversification de l&amp;#039;activité, de reconversion des stations et de désaisonnalisation de l&amp;#039;offre de produits touristiques disponibles, il s&amp;#039;agit de développer une offre d&amp;#039;activités touristiques et de loisirs et d&amp;#039;activités culturelles durables, accessible toute l&amp;#039;année et valorisant le patrimoine naturel.
 &lt;/p&gt;
 &lt;p&gt;
- La présente fiche action vise à accompagner la reconversion des sites et stations de moyenne montagne pour maintenir une offre touristique durable toutes saisons.
-[...227 lines deleted...]
-&lt;p&gt;
  La présente fiche action vise à permettre un soutien à la valorisation du patrimoine naturel et culturel.
 &lt;/p&gt;
 &lt;p&gt;
  La zone du Massif du Jura s&amp;#039;étend sur deux régions françaises, Auvergne Rhône-Alpes et Bourgogne Franche-Comté, et quatre départements, l&amp;#039;Ain, le Doubs, le Jura et le Territoire de Belfort. Il est composé de 902 communes. (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M63" s="1" t="inlineStr">
+      <c r="M46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Actions de promotion, de communication et de développement du Massif du Jura dans le cadre d&amp;#039;une stratégie pluriannuelle et à l&amp;#039;échelle du massif, notamment les actions de promotion de la destination «Montagnes du Jura», d&amp;#039;activités/évènements sportifs et culturels favorisant la notoriété du Massif ;
   &lt;/li&gt;
   &lt;li&gt;
    Développement des activités écotouristiques sur le Massif, notamment le développement des modes d&amp;#039;itinérances doux avec la création de voies vertes et de pistes cyclables favorisant la découverte du patrimoine naturel et culturel ;
   &lt;/li&gt;
   &lt;li&gt;
    Activités de valorisation du patrimoine naturel et culturel, sous la forme d&amp;#039;études et d&amp;#039;investissements relatifs à la protection, aux aménagements et à la valorisation du patrimoine naturel et culturel. Par exemple, l&amp;#039;aménagement et le maintien de l&amp;#039;attrait touristique des sites naturels, les actions visant la suppression de pollutions visuelles, la requalification des équipements ou de bâtiments, la modernisation des pôles culturels.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Articulation avec le schéma interrégional d&amp;#039;aménagement et de développement du Massif du Jura.
 &lt;/p&gt;
 &lt;p&gt;
  Articulation avec les objectifs du CPIER Massif du Jura 2021/2027 et avis favorable du commissariat de massif.
 &lt;/p&gt;
 &lt;p&gt;
  Géographique : L&amp;#039;opération doit se dérouler dans le Massif du Jura  (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura).
 &lt;/p&gt;
 &lt;p&gt;
  Pour les opérations de promotion du territoire, cette condition est analysée au regard du bénéficie pour le territoire, même si son exécution est située en dehors du territoire du Massif du Jura (ex : campagne de promotion dans le métro parisien).
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
 &lt;/p&gt;
 &lt;p&gt;
  Lignes de partages :
 &lt;/p&gt;
 &lt;p&gt;
  Lorsqu&amp;#039;un projet est éligible à un programme LEADER et la présente fiche action, la répartition se fera sur la base du coût total du projet selon la répartition suivante :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
@@ -13534,2738 +9538,1082 @@
   &lt;/li&gt;
   &lt;li&gt;
    Dépenses concernant l&amp;#039;achat de terrain et/ou de bâtiment ;
   &lt;/li&gt;
   &lt;li&gt;
    Dépenses d&amp;#039;entretien ;
   &lt;/li&gt;
   &lt;li&gt;
    Dépenses indirectes hors forfait 7%.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Modalités de soutien financier
 &lt;/p&gt;
 &lt;p&gt;
  Plancher minimal de subvention FEDER : 50 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;intervention FEDER : 60%
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/massif-du-jura-patrimoine-tourisme/</t>
         </is>
       </c>
-      <c r="W63" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: massifdujura.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>florence.kohtz@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/14e3-reconvertir-des-stations-de-moyennes-montagne/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-[...1651 lines deleted...]
-      <c r="A74" s="1">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
         <v>122826</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Innover et fédérer pour renforcer les services à la personne (LEADER /Fiche action 1)</t>
         </is>
       </c>
-      <c r="C74" s="1" t="inlineStr">
+      <c r="C47" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Innover et fédérer pour renforcer les services à la personne</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>Nord Haute-Marne (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J74" s="1" t="inlineStr">
+      <c r="J47" s="1" t="inlineStr">
         <is>
           <t>Subvention maximale de 50 000 €</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les objectifs sont multiples et visent à renforcer l&amp;#039;équilibre territorial en matière de services à la personne, répondre aux enjeux sociétaux du territoire, renforcer l&amp;#039;économie de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations financées doivent permettre la création d&amp;#039;une dynamique collective autour du renforcement du maillage territorial des services à la personne, le développement et la création de nouveaux services plus durables et pérennes et enfin le maintien et la création d&amp;#039;emplois
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seront soutenues les actions suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études et diagnostics pour la création ou le développement de services et/ou d&amp;#039;itinérance de services répondant aux enjeux du territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Accès ou l&amp;#039;amélioration des services à distance (boitiers électroniques, objets connectés, bornes interactives)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau, coordination et promotion, communication des sites et des acteurs dans le domaine des services à la personne (développement d&amp;#039;applications, création de réseau d&amp;#039;acteurs, création d&amp;#039;outils de communication sur l&amp;#039;offre)
  &lt;/li&gt;
  &lt;li&gt;
   sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge des services à la personne sur les thématiques des services à la personne et de l&amp;#039;équilibre territorial en matière de services
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation (humaine et matériel) pour les activités expérimentales et nouvelles (n&amp;#039;existant pas encore sur le territoire) renvoyant aux services à la personne
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de véhicules professionnels en vue du développement de nouveaux services (n&amp;#039;existant pas encore sur le territoire)
  &lt;/li&gt;
  &lt;li&gt;
   Accessibilité aux services pour les personnes qui ne sont pas autonomes dans leurs déplacements (seniors, jeunes, chômeurs) : équipement spécifique, itinérance des services, services de transport à la demande ou de covoiturage pour se rendre sur les lieux de prestation de services
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Animation territoriale permettant la création ou le développement de services répondant aux enjeux du territoire
   &lt;br /&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Commerces et services</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T47" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
  &lt;/li&gt;
  &lt;li&gt;
   secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>leader@syndicatnord52.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/22da-innover-et-federer-pour-renforcer-les-service/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
         <v>122827</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Développer la dynamique culturelle sur le territoire (LEADER /Fiche action 2)</t>
         </is>
       </c>
-      <c r="C75" s="1" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Développer la dynamique culturelle sur le territoire</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Nord Haute-Marne (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J75" s="1" t="inlineStr">
+      <c r="J48" s="1" t="inlineStr">
         <is>
           <t>Subvention maximale de 50 000 €</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les objectifs sont multiples et visent à
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   renforcer l&amp;#039;attractivité et le rayonnement du territoire notamment après des jeunes
  &lt;/li&gt;
  &lt;li&gt;
   favoriser la mise en synergie des acteurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   développer les pratiques culturelles et artistiques (apprentissage et diffusion)
  &lt;/li&gt;
  &lt;li&gt;
   assurer un maillage territorial satisfaisant en matière d&amp;#039;équipements et d&amp;#039;actions culturelles
  &lt;/li&gt;
  &lt;li&gt;
   favoriser le développement d&amp;#039;actions collectives
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   renforcer l&amp;#039;animation et le rayonnement du territoire grâce au développement de l&amp;#039;offre culturelle
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M75" s="1" t="inlineStr">
+      <c r="M48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seront soutenues les actions suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études, diagnostics pour la création ou le développement de l&amp;#039;offre culturelle sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   Animation territoriale permettant la création d&amp;#039;une offre culturelle innovante
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de véhicules permettant le développement de la culture nomade
  &lt;/li&gt;
  &lt;li&gt;
   Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la valorisation et de la promotion culturelle (agents et élus) sur les thématiques du développement de la dynamique culturelle dans un sens large
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau et mutualisation/coordination des sites, du matériel et des acteurs
  &lt;/li&gt;
  &lt;li&gt;
   Création et développement d&amp;#039;actions collectives de promotion et de diffusion culturelle (agenda culturel, supports de communication)
  &lt;/li&gt;
  &lt;li&gt;
   Opération de communication et de promotion de l&amp;#039;offre culturelle : animations, création de supports, outils de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Création ou développement d&amp;#039;évènements disposant d&amp;#039;un rayonnement supra-communautaire (événement culturel, évènement sportif, événement de pleine nature) : concernant le soutien à des événements existants, ils devront apporter une réelle plus-value par rapport aux éditions précédentes (nouveaux partenaires culturels, rayonnement plus important) pour être éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Emergence, modernisation et développement de lieux pluri-acteurs et/ou pluri-disciplines dédiés exclusivement à la pratique culturelle et artistique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Commerces et services</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T75" s="1" t="inlineStr">
+      <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
  &lt;/li&gt;
  &lt;li&gt;
   secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>leader@syndicatnord52.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ba01-innover-et-federer-pour-renforcer-les-service/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>122828</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Favoriser le consommer local  (LEADER /Fiche action 3)</t>
         </is>
       </c>
-      <c r="C76" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Favoriser le consommer local</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Nord Haute-Marne (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J76" s="1" t="inlineStr">
+      <c r="J49" s="1" t="inlineStr">
         <is>
           <t>Subvention maximale de 50 000 €</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les objectifs sont multiples et visent à
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   relocaliser une partie de la consommation locale
  &lt;/li&gt;
  &lt;li&gt;
   renforcer l&amp;#039;économie de proximité du territoire et les circuits-courts
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   renforcer les liens entre producteurs et consommateurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   développer la consommation de produits issus du circuit-court sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   soutenir les démarches collectives d&amp;#039;approvisionnement en circuit-court
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   sensibiliser les acteurs et les habitants aux notions de &amp;#34;consom&amp;#039;acteur&amp;#34; et des circuits-courts via des animations
  &lt;/li&gt;
  &lt;li&gt;
   moderniser et développer les marchés du terroir (marchés hebdomadaires, thématiques, ...)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M76" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seront soutenues les actions suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;études, de diagnostics pour la création ou le développement de circuits-courts, de démarches collectives d&amp;#039;approvisionnement local des habitants et de la restauration collective
  &lt;/li&gt;
  &lt;li&gt;
   Opération de promotion, d&amp;#039;information, de valorisation et de sensibilisation des circuits-courts auprès du grand public, des entreprises et des collectivités : organisation d&amp;#039;événements, animations, communication, développement d&amp;#039;outils de gestion et de diffusion, développement d&amp;#039;applications et de site internet
  &lt;/li&gt;
  &lt;li&gt;
   Investissements, développement et modernisation des circuits-courts
  &lt;/li&gt;
  &lt;li&gt;
   Achat et aménagement de véhicules permettant le développement des circuits-courts
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;outils de communication autour de la valorisation des circuits-courts
  &lt;/li&gt;
  &lt;li&gt;
   Action visant l&amp;#039;approvisionnement en produits commercialisés d&amp;#039;origine fermière, agricole, viticole et artisanale dans les systèmes de restauration collective, de restaurations commerciales et des commerces du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Animation territoriale permettant la création ou le développement de circuit-court sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau, mutualisation/coordination des sites, du matériel et des acteurs
  &lt;/li&gt;
  &lt;li&gt;
   Sessions de sensibilisation et d&amp;#039;information sur la valorisation et le développement des circuits-courts dans sa globalité à destination des acteurs en charge des circuits-courts sur le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T76" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
  &lt;/li&gt;
  &lt;li&gt;
   secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>leader@syndicatnord52.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a36b-developper-la-dynamique-culturelle-sur-le-ter/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
         <v>122829</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Fédérer les acteurs locaux autour d'une démarche partagée de valorisation du patrimoine  (LEADER /Fiche action 4)</t>
         </is>
       </c>
-      <c r="C77" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Fédérer les acteurs locaux autour d'une démarche partagée de valorisation du patrimoine</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Nord Haute-Marne (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J77" s="1" t="inlineStr">
+      <c r="J50" s="1" t="inlineStr">
         <is>
           <t>Subvention maximale de 50 000 €</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les objectifs sont multiples et visent à
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   valoriser le patrimoine du territoire dans le cadre d&amp;#039;une démarche collective
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   renforcer l&amp;#039;appropriation des patrimoines par les habitants
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   renforcer la destination touristique du territoire et du Lac du Der par la structuration de l&amp;#039;offre patrimoniale
  &lt;/li&gt;
  &lt;li&gt;
   mettre en valeur les sites remarquables
  &lt;/li&gt;
  &lt;li&gt;
   favoriser la sensibilisation aux patrimoines par l&amp;#039;éducation
  &lt;/li&gt;
  &lt;li&gt;
   développer la mise en réseau des acteurs afin d&amp;#039;élargir les outils collectifs liés à ces richesses (connaissance, promotion, communication, produits touristiques...) en direction des habitants et des touristes
  &lt;/li&gt;
  &lt;li&gt;
   encourager les actions  de sensibilisation et de préservation par des démarches collectives innovantes
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M77" s="1" t="inlineStr">
+      <c r="M50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seront soutenues les actions suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics, études et inventaire de l&amp;#039;offre patrimoniale et des besoins en la matière
  &lt;/li&gt;
  &lt;li&gt;
   Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la valorisation du patrimoine (agents et élus) sur les thématiques de la valorisation du territoire dans un sens large
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau et coordination des acteurs en lien avec la thématique du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Opération de promotion de l&amp;#039;offre patrimoniale et de sensibilisation à cette dernière à destination de tous les publics : organisation d&amp;#039;événements, animation, actions de communication
  &lt;/li&gt;
  &lt;li&gt;
   Développement d&amp;#039;outils de communication-promotion, de connaissance, de sensibilisation et de médiation et d&amp;#039;interprétation du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Outils spécifiques de sensibilisation et de communication et de valorisation collective et concertée et de mise en tourisme du patrimoine (par mise en tourisme du patrimoine, on entend le développement du tourisme patrimonial)
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement des sites patrimoniaux (naturel, culturel et historique)
  &lt;/li&gt;
  &lt;li&gt;
   Animation territoriale pour faire émerger les projets
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
  &lt;/li&gt;
  &lt;li&gt;
   secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>leader@syndicatnord52.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a96d-favoriser-le-consommer-local-leader-fiche-act/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
         <v>122830</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Valoriser l'omnipréssence de l'eau et de la nature (LEADER /Fiche action 5)</t>
         </is>
       </c>
-      <c r="C78" s="1" t="inlineStr">
+      <c r="C51" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Valoriser l'omnipréssence de l'eau et de la nature</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Nord Haute-Marne (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J78" s="1" t="inlineStr">
+      <c r="J51" s="1" t="inlineStr">
         <is>
           <t>Subvention maximale de 50 000 €</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>Les objectifs sont multiples et visent à
  :
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   permettre la découverte du territoire à travers les canaux, les cours d&amp;#039;eau et les circuits de randonnée
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   soutenir la mise en réseau des sites et des acteurs à travers l&amp;#039;itinérance
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   renforcer la destination touristique du territoire et du Lac du Der
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   proposer des itinéraires de découvertes et des déclinaisons locales à pied, en vélo, à cheval, en lien et en complémentarité avec le réseau des voies vertes et de canaux
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   développer les services et les activités atour de l&amp;#039;eau et de la nature
  &lt;/li&gt;
  &lt;li&gt;
   améliorer l&amp;#039;accessibilité des plans d&amp;#039;eau, canaux et rivières
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   améliorer le développement touristique du territoire
  &lt;/li&gt;
  &lt;li&gt;
   fédérer et inscrire les acteurs du territoire autour de la démarche touristique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M78" s="1" t="inlineStr">
+      <c r="M51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seront soutenues les actions suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;études, de diagnostics pour la création ou le développement/modernisation de voies douces, d&amp;#039;itinéraires de découverte, d&amp;#039;équipements et de sites de loisirs et enfin de nouveaux produits touristiques
  &lt;/li&gt;
  &lt;li&gt;
   Création et aménagement d&amp;#039;hébergements insolites, atypiques ou thématisés dans la limite de 2 hébergements insolites ou atypiques sur la durée du programme
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de parcours accrobranche, via ferrata, escalade en pleine nature
  &lt;/li&gt;
  &lt;li&gt;
   Création et réhabilitation d&amp;#039;équipements pour rendre les sites de loisirs et touristiques proches de l&amp;#039;eau accessible au public
  &lt;/li&gt;
  &lt;li&gt;
   Conception, aménagement, réhabilitation et équipement (signalétique) de circuits thématiques et des sentiers de voies douces et de randonnée
  &lt;/li&gt;
  &lt;li&gt;
   Conception et mise en place de nouveaux produits touristiques sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place et promotion des modes de déplacements touristiques doux
  &lt;/li&gt;
  &lt;li&gt;
   Actions de communication, de sensibilisation et de promotion permettant la mise en valeur et le développement du tourisme et des activités de pleine nature à tous les publics : animations, événement, participation à des salons
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation pour les activités nouvelles et expérimentales (n&amp;#039;existant pas encore sur le territoire) renvoyant au tourisme mais aussi pour la communication et la promotion touristique du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la promotion du territoire (agents et élus) sur les thématiques de la promotion touristique dans un sens large
  &lt;/li&gt;
  &lt;li&gt;
   Outils de sensibilisation et de communication touristiques : création de supports, outils de diffusion et de matériels renvoyant au numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Tourisme</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T78" s="1" t="inlineStr">
+      <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
  &lt;/li&gt;
  &lt;li&gt;
   secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>leader@syndicatnord52.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6c06-federer-les-acteurs-locaux-autour-dune-demarc/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
         <v>131407</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Développer des technologies numériques et émergentes pour la compétitivité en  adéquation avec le Pacte Vert</t>
         </is>
       </c>
-      <c r="C79" s="1" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Horizon Europe - Technologies numériques et émergentes pour la compétitivité et l'adéquation avec le Pacte Vert - 2024</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.4 Numérique, Industrie et Espace - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Technologies numériques et émergentes au service de la compétitivité et de l&amp;#039;adaptation au Pacte Vert qui vise à réaliser et à exploiter des avancées majeures dans le domaine de la science et de la technologie, à maintenir l&amp;#039;excellence scientifique de l&amp;#039;Europe et à garantir la souveraineté de ces technologies clés qui devraient avoir une incidence sur la société en contribuant à relever les grands défis sociétaux touchant à l&amp;#039;environnement.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-après
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Montant par topic :
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : 15 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
@@ -16320,99 +10668,99 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  TOPICS
 &lt;/span&gt;
 :   A venir
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : Usine d&amp;#039;innovation photonique pour l&amp;#039;Europe (Partenariat photonique) (IA)
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-04 : Leadership industriel en matière d&amp;#039;IA, de données et de robotique au service de la compétitivité et de la transition écologique (Partenariat IA, données et robotique) (IA)
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : Photonique intelligente pour la communication, la détection et l&amp;#039;accès conjoints partout (Partenariat Photonique) (RIA)
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-22: Fondamentaux du génie logiciel (RIA)
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-03: Nouveaux paradigmes et approches, vers des robots alimentés par l&amp;#039;IA - changement d&amp;#039;étape dans la fonctionnalité (Partenariat IA, données et robotique) (RIA)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
  Cliquez ici
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
   Cliquez ici
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL4-2024-DIGITAL-EMERGING-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43120193;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355292;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
@@ -16420,450 +10768,450 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la Direction Générale (EN)
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43; (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
   Cliquez ici
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e0ee-horizon-europe-technologies-numeriques-et-eme/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
         <v>132579</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Soutenir le développement et la modernisation des outils de production primaire en agriculture</t>
         </is>
       </c>
-      <c r="C80" s="1" t="inlineStr">
+      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Soutien au développement et à la modernisation des outils de production primaire en agriculture</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="F80" s="1" t="inlineStr">
+      <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Agriculteur</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I80" s="1" t="inlineStr">
+      <c r="I53" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 15</t>
         </is>
       </c>
-      <c r="J80" s="1" t="inlineStr">
+      <c r="J53" s="1" t="inlineStr">
         <is>
           <t>variable selon règlement accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutenir la diversification des outils de production primaire des exploitations agricoles. Ce soutien à l&amp;#039;investissement concerne le développement de la production agricole spécialisée et de niche tels que :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pour le secteur végétal : le maraichage, l’arboriculture, la production de petits fruits, l’horticulture, les plantes à parfums aromatiques et médicinales, les cultures légumières de plein champ (ail, asperges, betteraves rouges, carottes, céleris, choux, cucurbitacées, échalotes, endives, épinards, haricots, navets, oignons, petits pois, poireaux, salades, scorsonères), l’activité de pépinières, production sous serre, le chanvre, la pomme de terre de fécule, le sainfoin, la culture de champignons, l’osiériculture, la production de semences.
  &lt;/li&gt;
  &lt;li&gt;
   pour le secteur animal : l&amp;#039;apiculture.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir le réglement départemental de financement en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d&amp;#039;accès à ce financement doivent d&amp;#039;abord être conformes aux dispositions prescrites par la Région Grand Est dans le cadre du Plan de compétitivité et d&amp;#039;adaptation des exploitations agricoles (PCAE) ou des Investissements pour la Performance des exploitations Agricoles du Grand Est (IPAGE).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2025/01/CD52_241213_03_fiche08_rglt_diversification_1prod-primaire.pdf</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1719-soutenir-les-projets-locaux-despaces-naturels/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
         <v>132580</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Soutenir le développement et la modernisation des activités de diversification des exploitations agricoles</t>
         </is>
       </c>
-      <c r="C81" s="1" t="inlineStr">
+      <c r="C54" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Soutien au développement et à la modernisation des activités de diversification des exploitations agricoles</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="F81" s="1" t="inlineStr">
+      <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Agriculteur</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I81" s="1" t="inlineStr">
+      <c r="I54" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 15</t>
         </is>
       </c>
-      <c r="J81" s="1" t="inlineStr">
+      <c r="J54" s="1" t="inlineStr">
         <is>
           <t>variable selon règlement accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutenir le développement des outils de transformation et de commercialisation de proximité pour tout type de production agricole, pour assurer des débouchés à ces productions et ainsi permettre une meilleure intégration territoriale des productions dans la chaîne alimentaire (circuits courts).
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir le règlement départemental de financement en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les conditions d&amp;#039;accès à ce financement doivent d&amp;#039;abord être conformes aux dispositions prescrites par la Région Grand Est dans le cadre du Plan de compétitivité et d&amp;#039;adaptation des exploitations agricoles (PCAE) ou des Investissements pour la Performance des exploitations Agricoles du Grand Est (IPAGE).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T81" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2025/01/CD52_241213_04_fiche09_rglt_diversification_2transfo.pdf</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1cef-soutenir-le-developpement-et-la-modernisation/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>132670</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Développer des solutions innovantes nécessaires à la transformation du système alimentaire</t>
         </is>
       </c>
-      <c r="C82" s="1" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>HEU - Gouvernance innovante, des observations environnementales et solutions numériques pour soutenir le Green Deal - 2024</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Gouvernance innovante, observations environnementales et solutions numériques à l&amp;#039;appui du Green Deal visant à accélérer et à maîtriser les solutions innovantes nécessaires à la transformation du système alimentaire et à la mise en œuvre de solutions durables.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-après
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Montant par topic:
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE01-1 : 60 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
@@ -16966,208 +11314,208 @@
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-7 : Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-8 : Élargir les résultats des groupes opérationnels du PEI au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-9 : Réseaux thématiques pour compiler et partager les connaissances prêtes à l&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-10 : Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager des connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-11 : Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-12 : Développer les réseaux consultatifs de l&amp;#039;UE sur la sylviculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-13 : Développer les réseaux consultatifs de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etats membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL6-2024-GOVERNANCE-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la Direction Générale (EN)
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43; (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
   Cliquez ici
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c2be-horizon-europe-gouvernance-innovante-des-obse/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>132685</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Promouvoir une collaboration internationale, intersectorielle et interdisciplinaire innovante dans le domaine de la recherche et de l'innovation</t>
         </is>
       </c>
-      <c r="C83" s="1" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Horizon Europe - Echange de personnel MSCA - 2023</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Recherche</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 1.2 Actions Marie Sklodowska-Curie - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - MSCA Staff Exchanges 2023 visant à promouvoir une collaboration internationale, intersectorielle et interdisciplinaire innovante dans le domaine de la recherche et de l&amp;#039;innovation par l&amp;#039;échange de personnel et le partage de connaissances et d&amp;#039;idées à toutes les étapes de la chaîne d&amp;#039;innovation
 &lt;p&gt;
  -----
 &lt;/p&gt;
 78,5 millions d&amp;#039;euros
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
 &lt;strong&gt;
  Différentes catégories de projets sont éligibles :
 &lt;/strong&gt;
@@ -17179,200 +11527,200 @@
   IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
  &lt;/li&gt;
  &lt;li&gt;
   CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
  &lt;/li&gt;
  &lt;li&gt;
   MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  De même, les appels précisent les bénéficiaires attendus :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
  &lt;/li&gt;
  &lt;li&gt;
   Projets mono-bénéficiaires, impliquant une seule organisation
  &lt;/li&gt;
  &lt;li&gt;
   Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf"&gt;
  Cliquez ici
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-2-msca-actions_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
   Cliquez ici
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-2-msca-actions_horizon-2023-2024_en.pdf"&gt;
   Cliquez ici
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode&amp;#61;null;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43108473;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355211;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState"&gt;
   Cliquez ici
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la Direction Générale pour la Recherche et l&amp;#039;Innovation
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en"&gt;
   Cliquez ici
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43; (EN)
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
   Cliquez ici
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cb03-horizon-europe-echange-de-personnel-msca-2023/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
         <v>139433</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Repenser les façons d'habiter</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C57" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>LEADER</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>PETR des Communautés du pays de Saint-Malo</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous avez un projet de
  &lt;strong&gt;
   transition écologique
  &lt;/strong&gt;
  en lien avec la
  &lt;strong&gt;
   qualité de vie
  &lt;/strong&gt;
  &amp;amp; l&amp;#039;
  &lt;strong&gt;
   habitat
  &lt;/strong&gt;
  sur le
  &lt;strong&gt;
   pays de Saint-Malo
  &lt;/strong&gt;
  ? Peut-être pouvez-vous bénéficier d&amp;#039;une aide européenne au titre du programme LEADER !
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Qu&amp;#039;est-ce que LEADER ?
   &lt;/strong&gt;
@@ -17551,246 +11899,246 @@
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Des nouvelles façons d&amp;#039;habiter contribuant à la cohésion sociale et territoriale
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Anticiper et prévoir l&amp;#039;offre foncière pour maîtriser l&amp;#039;empreinte environnementale de l&amp;#039;habitat durable
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Coopération
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M84" s="1" t="inlineStr">
+      <c r="M57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   - Améliorer la qualité de l&amp;#039;habitat
  &lt;/strong&gt;
  : il s&amp;#039;agit de créer des logements agréables à habiter et de qualité d&amp;#039;un point de vue environnemental, esthétique, et d&amp;#039;usage. Cela peut conduire à penser le logement ou le bâtiment comme étant modulable et évolutif (adaptation de la taille, de l&amp;#039;aménagement intérieur en fonction des besoins des occupants). Il s&amp;#039;agit aussi d&amp;#039;encourager l&amp;#039;adoption de ces nouvelles formes urbaines en changeant la perception sur l&amp;#039;habitat collectif/intermédiaire et individuel et en intégrant les occupants à la co-conception. Cet engagement des futurs habitants peut également se traduire sous la forme d&amp;#039;un accompagnement à l&amp;#039;habitat participatif.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   Adapter l&amp;#039;habitat aux publics, aux trajectoires résidentielles, aux modes de vie :
  &lt;/strong&gt;
  il s&amp;#039;agit de penser l&amp;#039;habitat pour tous en s&amp;#039;adressant aux populations aux besoins spécifiques (personnes âgées, handicapées, saisonniers, jeunes actifs, familles monoparentales, etc.) mais également en intégrant la notion de parcours résidentiel, c&amp;#039;est-à-dire à l&amp;#039;évolution dans le temps des besoins en termes de logement. Ceux-ci évoluent en fonction des changements de situation, notamment du nombre de personnes qui composent le foyer et des moyens financiers. Cela peut conduire là aussi à penser le logement ou le bâtiment comme étant modulable et évolutif mais aussi de mettre l&amp;#039;accent sur la production d&amp;#039;espaces communs (services ou usages partagés : chambre d&amp;#039;amis, buanderie, jardins partagés, etc.) et à la multifonctionnalité/mutualisation des services, des espaces, des équipements entourant l&amp;#039;habitat. Il s&amp;#039;agit également de travailler sur la mobilisation des acteurs et sur leur participation dans la conception des opérations pour assurer la compatibilité des solutions aux besoins réels.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   Ré-interroger la chaîne de production :
  &lt;/strong&gt;
  il s&amp;#039;agit de recourir à des matériaux biosourcés/éco-matériaux (bois, paille, terre crue, bauge etc.) et de renforcer les filières locales pour diminuer la pollution et les consommations énergétiques du bâtiment. Il s&amp;#039;agit aussi d&amp;#039;agir sur l&amp;#039;accessibilité financière du logement en réfléchissant à de outils d&amp;#039;ingénierie novateurs (Organismes de foncier solidaire, BRS...). C&amp;#039;est aussi repenser la participation des acteurs en mettant en place par exemple une démarche de maîtrise d&amp;#039;usage, en développant des dispositifs d&amp;#039;accompagnement à la réhabilitation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - Adapter l&amp;#039;habitat à la transition écologique :
  &lt;/strong&gt;
  l&amp;#039;habitat est lieu privilégié d&amp;#039;accompagnement à la transition écologique des habitants. Ainsi il s&amp;#039;agit de sensibiliser encore plus la population à la préservation des ressources naturelles mais aussi à l&amp;#039;adoption d&amp;#039;autres comportements tel que le recours à des modes de transport alternatifs ou encore le développement local d&amp;#039;énergies renouvelables.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Attractivité économique
 Mobilité partagée
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •	Être cohérent avec la stratégie,
 &lt;/p&gt;
 &lt;p&gt;
  •	Être localisé sur le territoire d&amp;#039;intervention,
 &lt;/p&gt;
 &lt;p&gt;
  •	Correspondre à une dépense éligible (il faut pour cela se référer aux fiches actions) ;
 &lt;/p&gt;
 &lt;p&gt;
  •	Apporter une vraie plus-value pour le territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-stmalo.fr/avec-leader-repensons-les-facons-d-habiter-C270.html</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous avez un projet et vous souhaitez savoir s&amp;#039;il peut être financé par LEADER ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contacter-nous : contractualisation&amp;#64;pays-stmalo.fr  02 99 21 17 28
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Vous bénéficierez d&amp;#039;une aide pour le montage de la demande d&amp;#039;aide LEADER, le suivi administratif et technique du projet et la mise en paiement.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>contractualisation@pays-stmalo.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4d2d-repenser-les-facons-dhabiter/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>140685</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Aider à l'installation du jeune agriculteur</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>FEADER - Aide à l'installation du jeune agriculteur</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>La Région apporte une aide à la trésorerie aux agriculteurs de 18 à moins de 40 ans ayant un projet de première installation à titre principal, à titre secondaire ou progressive.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Agriculture et agroalimentaire
 International</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P85" s="1" t="inlineStr">
+      <c r="P58" s="1" t="inlineStr">
         <is>
           <t>29/03/2023</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>Jeune agriculteur de 18 à moins de 40 ans portant un projet d&amp;#039;installation en agriculture en Île-de-France.
 &lt;br /&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Aide à la trésorerie d&amp;#039;un m
  &lt;/strong&gt;
  &lt;strong&gt;
   ontant de base de 22.000€.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Avec 3 bonifications possibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    &lt;span&gt;
     Projet en agriculture biologique : 22.000€,
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/li&gt;
@@ -17896,322 +12244,317 @@
    &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
     mesdemarches.iledefrance.fr
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
    (dispositif
   &lt;/span&gt;
  &lt;/span&gt;
  « FEADER - Aide à l&amp;#039;installation du jeune agriculteur »)
  &lt;span&gt;
   &lt;span&gt;
    .
   &lt;/span&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;span&gt;
    Le document à télécharger lors du dépôt de dossier reprend l&amp;#039;ensemble des critères à remplir et le contenu du dossier de demande d&amp;#039;aide.
   &lt;/span&gt;
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-aide-linstallation-du-jeune-agriculteur</t>
         </is>
       </c>
-      <c r="W85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    &lt;span&gt;
     Pour toute demande liée à l&amp;#039;acquisition dérogatoire de votre diplôme de niveau 4, veuillez contacter le Conseil régional d&amp;#039;Île-de-France :
     &lt;a href="mailto:feader.installation&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
      feader.installation&amp;#64;iledefrance.fr
      &lt;br /&gt;
      &lt;span&gt;
       Ouvre une nouvelle fenêtre
      &lt;/span&gt;
     &lt;/a&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    &lt;span&gt;
     Pour toute demande liée au dispositif, vous pouvez contacter le service pré-instructeur de la Chambre d&amp;#039;agriculture d&amp;#039;Île-de-France :
     &lt;br /&gt;
     &lt;a href="mailto:installation-transmission&amp;#64;idf.chambagri.fr" rel="noopener" target="_blank" title="mailto:installation-transmission&amp;#64;idf.chambagri.fr"&gt;
      installation-transmission&amp;#64;idf.chambagri.fr
      &lt;span&gt;
       Ouvre une nouvelle fenêtre
      &lt;/span&gt;
     &lt;/a&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c981-feader-aide-a-linstallation-du-jeune-agricult/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
         <v>144502</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets structurants des programmes LEADER+/FEDER (OS5) des territoires landais</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I86" s="1" t="inlineStr">
+      <c r="I59" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J86" s="1" t="inlineStr">
+      <c r="J59" s="1" t="inlineStr">
         <is>
           <t>Plancher dépense subventionnable : 150.000€ / Plafond dépense subventionnable : 800.000€ HT</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans la mesure où, pour la période 2022-2027, les territoires seront gestionnaires de crédits issus de 2 fonds européens pour le développement local (FEDER Objectif spécifique 5 et LEADER) et que leurs projets
 &lt;/p&gt;
 &lt;p&gt;
  structurants ne peuvent prétendre à une aide du Conseil départemental dans le cadre des règlements départementaux sectoriels en vigueur, ces projets pourront émarger au Fonds de Développement et d&amp;#039;Aménagement Local.
 &lt;/p&gt;
 &lt;p&gt;
  Application d&amp;#039;un Coefficient de Solidarité Départemental pour les opérations d&amp;#039;investissement dont la maîtrise d&amp;#039;ouvrage est assurée par une commune, un Établissement Public de Coopération Intercommunal à fiscalité propre ou un Groupement de Communes.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement fixées par convention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Economie d'énergie et rénovation énergétique
 Consommation et production
 Equipement public
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P86" s="1" t="inlineStr">
+      <c r="P59" s="1" t="inlineStr">
         <is>
           <t>01/01/2022</t>
         </is>
       </c>
-      <c r="Q86" s="1" t="inlineStr">
+      <c r="Q59" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Maîtrise d&amp;#039;ouvrage : EPCI ou commune dans le cadre d&amp;#039;une vocation intercommunale du projet.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;opération à financer devra avoir été retenue au préalable comme projet structurant du volet territorial des fonds européens LEADER &amp;#43; et FEDER OS5.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
+      <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/193b-accompagner-les-projets-structurants-des-prog/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>145963</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Développer des pôles d'excellence pour renforcer les liens entre la science et les entreprises</t>
         </is>
       </c>
-      <c r="C87" s="1" t="inlineStr">
+      <c r="C60" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>HEU - Pôles d'excellence - 2023</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Pôles d&amp;#039;excellence visant à renforcer les liens entre la science et les entreprises.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-dessous
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Montant par topic :
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-WIDERA-2023-ACCESS-07-01 : 60 millions d&amp;#039;euros
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
@@ -18238,218 +12581,218 @@
 &lt;strong&gt;
  De même, les appels précisent les bénéficiaires attendus :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
  &lt;/li&gt;
  &lt;li&gt;
   Projets mono-bénéficiaires, impliquant une seule organisation
  &lt;/li&gt;
  &lt;li&gt;
   Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  TOPICS :
 &lt;/span&gt;
 A venir
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-WIDERA-2023-ACCESS-07-01 : Pôles d&amp;#039;excellence
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Industrie</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
  Cliquez ici
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-11-widening-participation-and-strengthening-the-european-research-area_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
   Cliquez ici
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-11-widening-participation-and-strengthening-the-european-research-area_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-WIDERA-2023-ACCESS-07;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;null;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;callTopicSearchTableState" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la Direction générale
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/index_en"&gt;
   Cliquez ici
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3e90-horizon-europe-poles-dexcellence-2023/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
         <v>147307</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Accélérer la transition écologique et numérique : sciences du climat et réponses</t>
         </is>
       </c>
-      <c r="C88" s="1" t="inlineStr">
+      <c r="C61" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>HEU - Sciences du climat et réponses - 2024</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.5 Climat, Energie et Mobilité - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Le cluster &amp;#34;Climate Energy and Mobility&amp;#34; vise à accélérer la double transition verte et numérique et la transformation associée de notre économie, de notre industrie et de notre société en vue d&amp;#039;atteindre la neutralité climatique en Europe d&amp;#039;ici 2050.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-après
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 103 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Budget total par topic :
   &lt;ul&gt;
    &lt;li&gt;
@@ -18536,106 +12879,106 @@
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-01: Amélioration de la quantification et de la compréhension des émissions et des puits de méthane naturels et anthropiques
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-02 : Glaces continentales, y compris la couverture neigeuse, les glaciers, les nappes glaciaires et le pergélisol, et leur interaction avec le changement climatique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-03: La science du paléoclimat pour une meilleure compréhension de l&amp;#039;évolution à court et à long terme du système terrestre
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-04: Boîte à outils améliorée pour l&amp;#039;évaluation des impacts climatiques et environnementaux des politiques commerciales
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-05: Prochaine génération de trajectoires à faibles émissions et résilientes au changement climatique et NDCs pour un avenir aligné sur l&amp;#039;Accord de Paris
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-06: Le rôle de la prospective du changement climatique pour l&amp;#039;approvisionnement en matières premières primaires et secondaires
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-07: Quantification du rôle des principaux écosystèmes terrestres dans le cycle du carbone et les effets climatiques connexes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
  Cliquez ici
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
   Cliquez ici
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl5-2024-d1-01-04;callCode&amp;#61;HORIZON-CL5-2024-D1-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;0,1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="nofollow noopener" target="_blank"&gt;
@@ -18643,325 +12986,325 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site de la Direction générale
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/cluster-5-climate-energy-and-mobility_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e536-horizon-europe-sciences-du-climat-et-reponses/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>147706</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C89" s="1" t="inlineStr">
+      <c r="C62" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I89" s="1" t="inlineStr">
+      <c r="I62" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P89" s="1" t="inlineStr">
+      <c r="P62" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q89" s="1" t="inlineStr">
+      <c r="Q62" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-      <c r="A90" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>149545</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Investir pour les scieries - Dispositif 404 du Feader</t>
         </is>
       </c>
-      <c r="C90" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D90" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>AIDE A L'INVESTISSEMENT POUR LES SCIERIES - Dispositif 404 du Feader</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I90" s="1" t="inlineStr">
+      <c r="I63" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 70</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ce dispositif soutient l&amp;#039;ensemble des investissements portés par des entreprises de la première transformation du bois, avec une incitation aux projets apportant une valeur ajoutée au bois (séchage, aboutage, collage) et ceux contribuant à la valorisation des feuillus.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Moderniser les outils productifs des scieries (notamment de transformation et de caractérisation des grumes)
  &lt;/li&gt;
  &lt;li&gt;
   Valoriser les bois sciés bruts par séchage, rabotage ou traitement pour s&amp;#039;adapter aux ressources locales
  &lt;/li&gt;
  &lt;li&gt;
   Développer des outils productifs pour alimenter la seconde transformation et plus particulièrement la filière de la construction bois
  &lt;/li&gt;
  &lt;li&gt;
   Valoriser les produits connexes issus de la transformation du bois (bois énergie, chimie verte...)
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -19081,62 +13424,62 @@
  &lt;li&gt;
   Arrêté régional n° 2023/01/00041 portant lancement de I&amp;#039;appel à candidatures du dispositif 404 «lnvestir dans ma scierie» du programme régional FEADER 2023-2027 Auvergne-Rhône-Alpes.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Régimes d&amp;#039;aides d&amp;#039;Etat :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le règlement (UE) n°140712013 de la Commission du 18 décembre 2013 relatif à I&amp;#039;application des articles 107 et 108 du traité sur le fonctionnement de I&amp;#039;Union européenne aux aides de minimis, prolongé par le règlement (UE) n°2020/97 2 du 2 juillet 2020,
  &lt;/li&gt;
  &lt;li&gt;
   le régime cadre exempté de notification N°SA.100189 relatif aux aides en faveur des PME pour la période 2014-2020, prolongé jusqu&amp;#039;en décembre 2023,
  &lt;/li&gt;
  &lt;li&gt;
   le régime cadre exempté de notification N°SA 103603 relatif aux aides à finalité régionale (AFR) pour la période 2022-2027,
  &lt;/li&gt;
  &lt;li&gt;
   tout autre régime d&amp;#039;aide d&amp;#039;Etat à paraitre et compatible avec le projet sollicitant un accompagnement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Industrie</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses au réel :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Matériels et équipements liés aux outils productifs des entreprises de première
  &lt;/li&gt;
  &lt;li&gt;
   transformation (dont équipements numériques pour la chaîne de production)
  &lt;/li&gt;
  &lt;li&gt;
   Matériels et équipements de valorisation des bois sciés
  &lt;/li&gt;
  &lt;li&gt;
   Matériels et équipements de valorisation les produits connexes issus de la
  &lt;/li&gt;
  &lt;li&gt;
@@ -19225,182 +13568,177 @@
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Petites et moyennes entreprises (dont la définition est précisée dans le document &amp;#34;conditions transversales&amp;#34;) effectuant une première transformation du bois
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bénéficiaires inéligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les CUMA
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises de production du bois énergie
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises de la seconde transformation du bois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T90" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-linvestissement-pour-les-scieries-dispositif-404-du-feader/</t>
         </is>
       </c>
-      <c r="W90" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour le Département de la Drôme :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Économie Emploi Insertion du Département de la Drôme -Service Développement Agricole, Agroalimentaire et Bois
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Suivi technique du dossier :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sandrine LECUYER, chargée de mission forêt-bois – tél. : 06.86.58.30.91 –
   &lt;a href="mailto:slecuyer&amp;#64;ladrome.fr" target="_self"&gt;
    slecuyer&amp;#64;ladrome.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Suivi administratif du dossier:
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Natacha BRUCHON – tél. :04.75.79.26.88 –
   &lt;a href="mailto:sbruchon&amp;#64;ladrome.fr"&gt;
    sbruchon&amp;#64;ladrome.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/980e-aide-a-linvestissement-pour-les-scieries-disp/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-      <c r="A91" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
         <v>149546</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Investir dans mon exploitation d'élevage - Dispositif 201 du Feader</t>
         </is>
       </c>
-      <c r="C91" s="1" t="inlineStr">
+      <c r="C64" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D91" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>INVESTIR DANS MON EXPLOITATION D'ELEVAGE - Dispositif 201 du Feader</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Agriculteur</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I91" s="1" t="inlineStr">
+      <c r="I64" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 40</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Permettre la modernisation et l&amp;#039;adaptation des élevages aux changements climatiques.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les travaux de construction, d&amp;#039;extension, d&amp;#039;amélioration de biens immobiliers des types de projets suivants :
@@ -19491,61 +13829,61 @@
 &lt;/h3&gt;
 &lt;p&gt;
  Le dossier doit être déposé en ligne sur le site de la Région Auvergne-Rhône-Alpes dans le cadre des appels à candidatures lancés sur le dispositif 201 – Investir pour mon exploitation d&amp;#039;élevage.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention pour de l&amp;#039;investissement.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Versement
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci au Département.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Article  42 Traité sur le Fonctionnement de Union Européenne (TFUE),
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R91" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  La construction/déconstruction/extension/rénovation de bâtiments et les équipements des exploitations d&amp;#039;élevage bovine, ovine, caprine, avicole, cunicole, porcine qui ont pour effet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   leur modernisation,
  &lt;/li&gt;
  &lt;li&gt;
   la diminution de l&amp;#039;impact environnemental,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;amélioration de l&amp;#039;ambiance et de la performance énergétique des bâtiments pour faire face
  &lt;/li&gt;
  &lt;li&gt;
   aux écarts de température,
  &lt;/li&gt;
  &lt;li&gt;
   la création de capacités de stockage pour l&amp;#039;alimentation des animaux (fourrages et concentrés)
  &lt;/li&gt;
@@ -19605,157 +13943,152 @@
  &lt;/strong&gt;
  (reconnus JA ou non) et enfin sur ceux qui se trouvent
  &lt;strong&gt;
   en zone de montagne
  &lt;/strong&gt;
  . Si le Département a encore des crédits disponibles après avoir pris ces dossiers, il pourra financer les autres dossiers sélectionnés.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Exclusions
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Voir la Mesure 201 du programme régional FEADER 2023 2027 de la région AURA
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Agriculteurs actifs (hors Cotisants solidaires sauf agriculteurs en cours d&amp;#039;installation).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S91" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T64" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/investir-dans-mon-exploitation-delevage-dispositif-201-du-feader/</t>
         </is>
       </c>
-      <c r="W91" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Région Auvergne Rhône Alpes
 &lt;/p&gt;
 &lt;p&gt;
  Demande en ligne sur le site de la Région Auvergne-Rhône-Alpes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y91" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z91" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aadf-investir-dans-mon-exploitation-delevage-dispo/</t>
         </is>
       </c>
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-      <c r="A92" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>149547</v>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Investir pour améliorer les conditions des éleveurs en espace pastoral - Dispositif 207 du Feader</t>
         </is>
       </c>
-      <c r="C92" s="1" t="inlineStr">
+      <c r="C65" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D92" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>INVESTIR POUR AMELIORER LES CONDITIONS DES ELEVEURS EN ESPACE PASTORAL - Dispositif 207 du Feader</t>
         </is>
       </c>
-      <c r="E92" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G92" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H92" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I92" s="1" t="inlineStr">
+      <c r="I65" s="1" t="inlineStr">
         <is>
           <t> Min : 60 Max : 80</t>
         </is>
       </c>
-      <c r="K92" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L92" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Ce type d&amp;#039;opération vise à soutenir les investissements portés par des dynamiques collectives et inscrits dans des démarches territoriales de type Plan pastoral territorial (PPT) (ou équivalente) afin de développer et pérenniser l&amp;#039;activité pastorale, pratique vertueuse et résiliente dans les systèmes d&amp;#039;exploitation.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.
@@ -19930,61 +14263,61 @@
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Règlement (UE) n°2115/2021 du 2 décembre 2021 abrogeant les règlements (UE) n°1305/2013 et (UE) n°1307/2013 relatifs au soutien au développement rural par le FEADER
  &lt;/li&gt;
  &lt;li&gt;
   Règlement (UE) n°2116/2021 du 2 décembre 2021 abrogeant le règlement (UE) n°1306/2013 relatif au financement, à la gestion et au suivi de la politique agricole commune
  &lt;/li&gt;
  &lt;li&gt;
   PSN approuvé le 31 août 2022
  &lt;/li&gt;
  &lt;li&gt;
   Intervention du PSN 73.01, contribuant aux objectifs spécifiques européens OS 2 – Compétitivité de l&amp;#039;agriculture et OS 4 –Atténuation et adaptation au changement climatique
  &lt;/li&gt;
  &lt;li&gt;
   Régime d&amp;#039;aides d&amp;#039;Etat : tout autre régime d&amp;#039;aide d&amp;#039;Etat à paraitre et compatible avec le projet sollicitant un accompagnement ;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N92" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O92" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R92" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont soutenus dans ce dispositif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1. Les investissements de mise en valeur des espaces pastoraux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les investissements permettant l&amp;#039;accès aux espaces pastoraux (pistes, chemins...) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les investissements permettant l&amp;#039;accès à la ressource en eau et sa protection ;
  &lt;/li&gt;
  &lt;li&gt;
   Les investissements visant à améliorer la qualité des conditions matérielles de travail (logement...) ;
@@ -20122,173 +14455,168 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Uniquement pour les investissements de mise en valeur des espaces pastoraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Sociétés d&amp;#039;intérêt collectif agricole (SICA) ou associations avec une vocation pastorale indiquée dans leurs statuts, réalisant les travaux directement pour le compte de leurs membres à condition qu&amp;#039;elles présentent une garantie de pérennité vérifiable pour l&amp;#039;entretien des investissements dont elles assurent la maîtrise d&amp;#039;ouvrage (exemples : titres de propriété, baux écrits, rapports d&amp;#039;assemblée générale).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont inéligibles les porteurs de projets suivants
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations syndicales libres ;
  &lt;/li&gt;
  &lt;li&gt;
   Associations foncières pastorales libres.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S92" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T92" s="1" t="inlineStr">
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U92" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V92" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/investir-pour-ameliorer-les-conditions-des-eleveurs-en-espace-pastoral-dispositif-207-du-feader/</t>
         </is>
       </c>
-      <c r="W92" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X92" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Direction Économie Emploi Insertion du Département de la Drôme _ Service Développement Agricole, Agroalimentaire et Bois :
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Suivi technique du dossier : Sandrine BARRAY – tél. : 04.75.79.81.39 –
  &lt;a href="mailto:sbarray&amp;#64;ladrome.fr" target="_self"&gt;
   sbarray&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Suivi administratif du dossier : Sylvie BILLION-REY – tél. : 04.75.79.81.37 –
  &lt;a href="mailto:sbillion-rey&amp;#64;ladrome.fr"&gt;
   sbillion-rey&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Direction Agriculture Forêt et Alimentation de la Région :
   &lt;/strong&gt;
   &lt;a href="mailto:Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr"&gt;
    Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y92" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z92" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b9e9-investir-pour-ameliorer-les-conditions-des-el/</t>
         </is>
       </c>
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-      <c r="A93" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>149548</v>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Investir sur mon exploitation dans les systèmes d'irrigation agricole - Dispositif 205 du Feader (aide équipement irrigation)</t>
         </is>
       </c>
-      <c r="D93" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>INVESTIR SUR MON EXPLOITATION DANS LES SYSTEMES D'IRRIGATION AGRICOLE - Dispositif 205 du Feader (aide équipement irrigation)</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G93" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Agriculteur</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I93" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 70</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Participer à l&amp;#039;adaptation des exploitations et des territoires agricoles à la raréfaction de la ressource en eau, tout en préservant la ressource et en participant à une gestion équilibrée.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont éligibles au réel les dépenses suivantes :
@@ -20453,61 +14781,61 @@
  &lt;strong&gt;
   Pièces constitutives du dossier
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Le dossier unique d&amp;#039;aide doit être déposé en ligne sur le site de la Région Auvergne-Rhône-Alpes dans le cadre des appels à candidatures lancés sur le dispositif 205 – Investir sur mon exploitation dans les systèmes d&amp;#039;irrigation agricole. La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention.Attention : Seules les dépenses initiées après le dépôt du dossier sont éligibles à la subvention.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Versement
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  La demande de paiement est à adresser à la Région Auvergne-Rhône-Alpes dans les délais mentionnés dans la décision juridique attributive de subvention. La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci au Département.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Ce dispositif entre dans le champ de l&amp;#039;article 42 du Traité sur le fonctionnement de l&amp;#039;Union Européenne (TFUE).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R93" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont soutenus dans ce dispositif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A. Sur le volet amélioration d&amp;#039;une (ou d&amp;#039;un élément d&amp;#039;une) infrastructure existante, les projets sans augmentation nette de la surface irriguée à partir d&amp;#039;une masse d&amp;#039;eau donnée :
  &lt;/strong&gt;
  &lt;br /&gt;
  · Les projets d&amp;#039;économies d&amp;#039;eau : matériel de distribution sur parcelle s&amp;#039;il y a une modification du process de distribution permettant des économies d&amp;#039;eau, matériel de contrôle et de pilotage de l&amp;#039;irrigation ;
  &lt;br /&gt;
  · Les projets de substitution : les projets de stockage d&amp;#039;eau permettant de remplacer des prélèvements estivaux par des prélèvements en période de hautes eaux (substitution temporelle), les projets de substitution des prélèvements entre masses d&amp;#039;eau ;
  &lt;br /&gt;
  · Les projets visant l&amp;#039;utilisation d&amp;#039;eau recyclée ;
  &lt;br /&gt;
  · Les projets de protection contre le gel par aspersion ;
  &lt;br /&gt;
  · Les études de faisabilité préalables aux investissements.
@@ -20548,179 +14876,174 @@
  &lt;br /&gt;
  · Les études réglementaires d&amp;#039;impact ou d&amp;#039;incidence réalisées dans le cadre de l&amp;#039;application de la Directive Cadre sur l&amp;#039;Eau ;
  &lt;br /&gt;
  · Les prestations juridiques liées au projet ;
  &lt;br /&gt;
  · Les frais notariés et taxes fiscales adossées aux actes notariés ;
  &lt;br /&gt;
  · Les taxes et frais liés au raccordement aux infrastructures de Voirie et Réseaux Divers.
  &lt;br /&gt;
  · Le matériel d&amp;#039;occasion
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  · Agriculteurs actifs (définition précisée dans le document « conditions transversales »),
  &lt;br /&gt;
  · Coopérative d&amp;#039;Utilisation de Matériel Agricole (CUMA) agréé par le Haut Conseil de la Coopération Agricole (HCCA),
  &lt;br /&gt;
  · Communes, établissements publics de coopération intercommunale (EPCI), syndicats mixtes, si l&amp;#039;objet de la demande d&amp;#039;aide concerne des investissements localisés sur des exploitations.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T93" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/investir-sur-mon-exploitation-dans-les-systemes-dirrigation-agricole-dispositif-205-du-feader-aide-equipement-irrigation/</t>
         </is>
       </c>
-      <c r="W93" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Direction Économie Emploi Insertion du Département de la Drôme - Service Développement Agricole, Agroalimentaire et Bois :
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  Suivi technique du dossier : Sandrine BARRAY – tél. : 04.75.79.81.39 –
  &lt;a href="mailto:sbarray&amp;#64;ladrome.fr" target="_self"&gt;
   sbarray&amp;#64;ladrome.fr
  &lt;/a&gt;
  &lt;br /&gt;
  Suivi administratif du dossier : Sylvie BILLION-REY – tél. : 04.75.79.81.37 –
  &lt;a href="mailto:sbillion-rey&amp;#64;ladrome.fr" target="_self"&gt;
   sbillion-rey&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Direction Agriculture Forêt et Alimentation de la Région :
    &lt;/strong&gt;
    &lt;a href="mailto:Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr" target="_self"&gt;
     Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b18a-investir-sur-mon-exploitation-dans-les-system/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-      <c r="A94" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>149549</v>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Investir sur mon exploitation dans les systèmes d'irrigation agricole - Dispositif 206 du Feader (aide aux infrastructures hydrauliques)</t>
         </is>
       </c>
-      <c r="C94" s="1" t="inlineStr">
+      <c r="C67" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D94" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>INVESTIR SUR MON EXPLOITATION DANS LES SYSTEMES D'IRRIGATION AGRICOLE - Dispositif 206 du Feader (aide aux infrastructures hydrauliques)</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G94" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I94" s="1" t="inlineStr">
+      <c r="I67" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Participer à l&amp;#039;adaptation des exploitations et des territoires agricoles à la raréfaction de la ressource en eau, tout en préservant la ressource et en participant à une gestion équilibrée.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Montant/Taux de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Le taux d&amp;#039;aide appliqué aux projets sélectionnés est de 70 % l&amp;#039;assiette des dépenses éligibles retenues.
 &lt;/p&gt;
@@ -20754,61 +15077,61 @@
 &lt;/h3&gt;
 &lt;p&gt;
  Le dossier unique d&amp;#039;aide doit être déposé en ligne sur le site de la Région Auvergne-Rhône-Alpes dans le cadre des appels à candidatures lancés sur le dispositif 205 – Investir sur mon exploitation dans les systèmes d&amp;#039;irrigation agricole. La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  Attention : Seules les dépenses initiées après le dépôt du dossier sont éligibles à la subvention.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Versement
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  La demande de paiement est à adresser à la Région Auvergne-Rhône-Alpes dans les délais mentionnés dans la décision juridique attributive de subvention. La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci au Département.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Ce dispositif entre dans le champ de l&amp;#039;article 42 du Traité sur le fonctionnement de l&amp;#039;Union Européenne (TFUE).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont soutenus dans ce dispositif
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A. Sur le volet amélioration d&amp;#039;une (ou d&amp;#039;un élément d&amp;#039;une) infrastructure existante, les projets sans augmentation nette de la surface irriguée à partir d&amp;#039;une masse d&amp;#039;eau donnée
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les projets d&amp;#039;économies d&amp;#039;eau : modernisation des réseaux d&amp;#039;irrigation avec des économies d&amp;#039;eau significatives, matériel de contrôle et de pilotage de l&amp;#039;irrigation...
  &lt;/li&gt;
  &lt;li&gt;
   Les projets de substitution : les projets de stockage d&amp;#039;eau permettant de remplacer des prélèvements estivaux par des prélèvements en période de hautes eaux (substitution temporelle), les projets de substitution des prélèvements entre masses d&amp;#039;eau ;
@@ -21052,175 +15375,170 @@
 &lt;ul&gt;
  &lt;li&gt;
   Les dépenses définies comme inéligibles dans les règles transversales ;
  &lt;/li&gt;
  &lt;li&gt;
   Le matériel de distribution de l&amp;#039;eau à la parcelle,
  &lt;/li&gt;
  &lt;li&gt;
   Les études réglementaires d&amp;#039;impact ou d&amp;#039;incidence réalisées dans le cadre de l&amp;#039;application de la Directive Cadre sur l&amp;#039;Eau ;
  &lt;/li&gt;
  &lt;li&gt;
   Les prestations juridiques liées au projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Les frais notariés et taxes fiscales adossées aux actes notariés ;
  &lt;/li&gt;
  &lt;li&gt;
   Les taxes et frais liés au raccordement aux infrastructures de Voirie et Réseaux Divers.
  &lt;/li&gt;
  &lt;li&gt;
   Le matériel d&amp;#039;occasion
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T94" s="1" t="inlineStr">
+      <c r="T67" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/investir-sur-mon-exploitation-dans-les-systemes-dirrigation-agricole-dispositif-206-du-feader-aide-aux-infrastructures-hydrauliques/</t>
         </is>
       </c>
-      <c r="W94" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Direction Économie Emploi Insertion du Département de la Drôme :
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 Service Développement Agricole, Agroalimentaire et Bois
 &lt;br /&gt;
 Suivi technique du dossier : Sandrine BARRAY – tél. : 04.75.79.81.39 –
 &lt;a href="mailto:sbarray&amp;#64;ladrome.fr" target="_self"&gt;
  sbarray&amp;#64;ladrome.fr
 &lt;/a&gt;
 &lt;br /&gt;
 Suivi administratif du dossier : Sylvie BILLION-REY – tél. : 04.75.79.81.37 –
 &lt;a href="mailto:sbillion-rey&amp;#64;ladrome.fr" target="_self"&gt;
  sbillion-rey&amp;#64;ladrome.fr
 &lt;/a&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Direction Agriculture Forêt et Alimentation de la Région :
   &lt;/strong&gt;
   &lt;a href="mailto:Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr" target="_self"&gt;
    Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/08f4-investir-sur-mon-exploitation-dans-les-system/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-      <c r="A95" s="1">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
         <v>149550</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Investir dans les productions végétales pour limiter les risques climatiques et sanitaires – DISPOSITIF 203 DU FEADER</t>
         </is>
       </c>
-      <c r="C95" s="1" t="inlineStr">
+      <c r="C68" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D95" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>INVESTIR DANS LES PRODUCTIONs végétales pour limiter les risques climatiques et sanitaires – attribuee dans le cadre du DISPOSITIF 203 DU FEADER</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Agriculteur</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I95" s="1" t="inlineStr">
+      <c r="I68" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 70</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Ce type d&amp;#039;opération vise à soutenir les investissements permettant de protéger contre les aléas climatiques et sanitaires les productions végétales des exploitations agricoles, hors céréales et oléagineux.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses sous forme de coûts simplifiés
@@ -21307,61 +15625,61 @@
 &lt;/h3&gt;
 &lt;p&gt;
  Le dossier doit être déposé en ligne sur le site de la Région Auvergne-Rhône-Alpes dans le cadre des appels à candidatures lancés sur le dispositif 203 – Investir dans les productions végétales pour limiter les risques climatiques et sanitaires. La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  Attention : les dépenses ou devis signés avant la date d&amp;#039;accusé de réception de votre dossier ne sont pas éligibles.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Versement
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Pour les dossiers retenus sur le dispositif 203 « Investir dans les productions végétales pour limiter les risques climatiques et sanitaires » du FEADER 2023-2027, la demande de paiement est à adresser à la Région Auvergne-Rhône-Alpes dans les délais mentionnés dans la décision juridique attributive de subvention. La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci au Département.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Ce dispositif entre dans le champ de l&amp;#039;article 42 du Traité sur le fonctionnement de l&amp;#039;Union Européenne (TFUE).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Plancher des dépenses : 5 000 € HT.
  &lt;br /&gt;
  Plafond des dépenses : 200 000 € HT (pour les GAEC, ce plafond est multiplié par le nombre d&amp;#039;associés jusqu&amp;#039;à 2 maximum).
 &lt;/p&gt;
 &lt;p&gt;
  Le projet est éligible si le siège d&amp;#039;exploitation est situé dans le département de la Drôme.
 &lt;/p&gt;
 &lt;p&gt;
  Sont soutenus dans ce dispositif les investissements qui visent à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider l&amp;#039;adaptation climatique des exploitations agricoles de production végétale ;
  &lt;/li&gt;
  &lt;li&gt;
   Limiter les évolutions de revenus des exploitations liées aux aléas.
  &lt;/li&gt;
@@ -21390,176 +15708,171 @@
  &lt;li&gt;
   Voiles (de production, de forçage, d&amp;#039;hivernage, d&amp;#039;ombrage, ...)
  &lt;/li&gt;
  &lt;li&gt;
   Canons anti-grêle, systèmes d&amp;#039;atténuation de la grêle et radars associés,
  &lt;/li&gt;
  &lt;li&gt;
   Dépenses liées à l&amp;#039;irrigation (dont le matériel d&amp;#039;aspersion),
  &lt;/li&gt;
  &lt;li&gt;
   Plantation de haie brise-vent.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Agriculteurs actifs, dont les cotisants solidaires et les stations d&amp;#039;expérimentation agricole.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T95" s="1" t="inlineStr">
+      <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/investir-dans-les-productions-vegetales-pour-limiter-les-risques-climatiques-et-sanitaires-attribuee-dans-le-cadre-du-dispositif-203-du-feader/</t>
         </is>
       </c>
-      <c r="W95" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Direction Économie Emploi Insertion du Département de la Drôme :
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Service Développement Agricole, Agroalimentaire et Bois
 &lt;/p&gt;
 &lt;p&gt;
  Suivi technique du dossier : Cassandre MONNET – tél. : 06.87.74.97.42 –
  &lt;a href="mailto:cmonnet&amp;#64;ladrome.fr" target="_self"&gt;
   cmonnet&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Suivi administratif du dossier : Sylvie BILLION-REY – tél. : 04.75.79.81.37 –
  &lt;a href="mailto:sbillion-rey&amp;#64;ladrome.fr" target="_self"&gt;
   sbillion-rey&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Direction Agriculture Forêt et Alimentation de la Région :
   &lt;/strong&gt;
   &lt;a href="mailto:Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr" target="_self"&gt;
    Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3c87-investir-dans-les-productions-vegetales-pour-/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-      <c r="A96" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>149551</v>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Protéger la forêt contre les incendies - Dispositif 402 du FEADER</t>
         </is>
       </c>
-      <c r="C96" s="1" t="inlineStr">
+      <c r="C69" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D96" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>AIDE A L’ INVESTISSEMENT POUR PROTÉGER LA FORÊT CONTRE LES INCENDIES DANS LE CADRE DU DISPOSITIF 402 DU FEADER</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G96" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Ce dispositif soutient les aménagements permettant de lutter contre les feux de forêt (points d&amp;#039;eau, pistes de défense de la forêt contre les incendies (DFCI)...).
 &lt;/p&gt;
 &lt;p&gt;
  Protéger le patrimoine forestier contre les incendies.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/h3&gt;
@@ -21599,236 +15912,231 @@
  La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  Attention : les dépenses ou devis signés avant la date d&amp;#039;accusé de réception de votre dossier ne sont pas éligibles.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Versement
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  La demande de paiement est à adresser à la Région Auvergne-Rhône-Alpes dans les délais mentionnés dans la décision juridique attributive de subvention. La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci auprès du Département.
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Ce dispositif n&amp;#039;entre pas dans le champ de l&amp;#039;article 42 du Traité sur le fonctionnement de l&amp;#039;Union Européenne (TFUE).
  &lt;br /&gt;
  Situation vis-à-vis des aides d&amp;#039;Etat et régimes mobilisés à préciser.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Agriculture et agroalimentaire
 Risques naturels</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Dépenses au réel :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Création et amélioration des dessertes à objectif DFCI
   &lt;/li&gt;
   &lt;li&gt;
    Mise en place de point d&amp;#039;eau pour lutte contre incendie
   &lt;/li&gt;
   &lt;li&gt;
    Equipements de surveillance (vigie, matériel de surveillance et de communication)
   &lt;/li&gt;
   &lt;li&gt;
    Travaux sur parcelles de forêt domaniale, éligibles uniquement dans la situation de regroupement privé public
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Dépenses sous forme de coûts simplifiés :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Dépenses immatérielles hors travaux : prises en compte avec un taux forfaitaire de 12% du coût des dépenses au réel éligibles HT.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les Propriétaires forestiers privés ainsi que leurs groupements
  &lt;/li&gt;
  &lt;li&gt;
   les Collectivités territoriales, groupements infra-communaux, établissements publics de coopération intercommunale (EPCI), syndicats mixtes
  &lt;/li&gt;
  &lt;li&gt;
   les Etablissements publics (ONF)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T96" s="1" t="inlineStr">
+      <c r="T69" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V96" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-l-investissement-pour-proteger-la-foret-contre-les-incendies-dans-le-cadre-du-dispositif-402-du-feader/</t>
         </is>
       </c>
-      <c r="W96" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X96" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Direction Agriculture Forêt et Alimentation de la Région
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour le Département de la Drôme :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Économie Emploi Insertion du Département de la Drôme -Service Développement Agricole, Agroalimentaire et Bois
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Suivi technique du dossier : Sandrine LECUYER, chargée de mission forêt-bois – tél. : 06.86.58.30.91 –
    &lt;a href="mailto:slecuyer&amp;#64;ladrome.fr" target="_self"&gt;
     slecuyer&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Suivi administratif du dossier : Natacha BRUCHON – tél. :04.75.79.26.88 –
    &lt;a href="mailto:sbruchon&amp;#64;ladrome.fr" target="_self"&gt;
     sbruchon&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z96" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5d13-aide-a-l-investissement-pour-proteger-la-fore/</t>
         </is>
       </c>
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-      <c r="A97" s="1">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
         <v>149552</v>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Investir dans mon entreprise agroalimentaire - Dispositif 303 du FEADER</t>
         </is>
       </c>
-      <c r="C97" s="1" t="inlineStr">
+      <c r="C70" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D97" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>INVESTIR DANS MON ENTREPRISE AGROALIMENTAIRE - Dispositif 303 du FEADER</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G97" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I97" s="1" t="inlineStr">
+      <c r="I70" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Le dispositif de Soutien aux industries agroalimentaires (SIAA) du Département de la Drôme, permet de financer les projets de développement du secteur agroalimentaire.
 &lt;/p&gt;
 &lt;p&gt;
  Il soutient les projets d&amp;#039;investissement de transformation, conditionnement, stockage des produits agricoles ou transformés tels que :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les ateliers collectifs de transformation,
  &lt;/li&gt;
  &lt;li&gt;
   Le stockage de la production agricole hors semences et fourrage,
  &lt;/li&gt;
  &lt;li&gt;
   La création/modernisation des industries agroalimentaires (IAA),
  &lt;/li&gt;
  &lt;li&gt;
   Le conditionnement de produits agricoles,
  &lt;/li&gt;
@@ -22005,61 +16313,61 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit dans le champ de l&amp;#039;Article 42 Traité sur le Fonctionnement de Union Européenne (TFUE),
  &lt;/li&gt;
  &lt;li&gt;
   soit dans le champ d&amp;#039;un régime d&amp;#039;aide d&amp;#039;Etat.
   &lt;ul&gt;
    &lt;li&gt;
     le règlement (UE) n°1407/2013 de la Commission du 18 décembre 2013 relatif à l&amp;#039;application des articles 107 et 108 du traité sur le fonctionnement de l&amp;#039;Union européenne aux aides de minimis, prolongé par le règlement (UE) n°2020/972 du 2 juillet 2020,
    &lt;/li&gt;
    &lt;li&gt;
     ou le régime cadre exempté de notification N° SA.59106 relatif aux aides en faveur des PME pour la période 2014-2020, prolongé jusqu&amp;#039;en décembre 2023
    &lt;/li&gt;
    &lt;li&gt;
     ou le régime cadre exempté de notification N° SA SA.58979 relatif aux aides à finalité régionale (AFR) pour la période 2014-2020, prolongé jusqu&amp;#039;en décembre 2023
    &lt;/li&gt;
    &lt;li&gt;
     Régime cadre exempté de notification n° SA.60553 (ex SA.49435) relatif aux aides en faveur des PME actives dans la transformation et la commercialisation de produits agricoles
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R97" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plancher des dépenses : 50 000€ HT de dépenses éligibles retenues après instruction.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plafond des dépenses : 1 000 000€ HT de dépenses éligibles retenues après instruction.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet est éligible si l&amp;#039;investissement matériel est réalisé dans le département de la Drôme,
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les projets compris entre 50 000 € HT et 100 000 € HT sont étudiés par les élus départementaux au fil de l&amp;#039;eau au regard de l&amp;#039;enveloppe disponible.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -22146,174 +16454,169 @@
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Agriculteurs actifs
  &lt;/li&gt;
  &lt;li&gt;
   Grandes entreprises,
  &lt;/li&gt;
  &lt;li&gt;
   Commerçants et artisans des métiers de bouche y compris le secteur de la restauration,
  &lt;/li&gt;
  &lt;li&gt;
   Semenciers,
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises viticoles,
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises horticoles sauf celles qui ont une activité majoritaire de transformation, stockage, conditionnement de légumes et de fruits,
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T97" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V97" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/investir-dans-mon-entreprise-agroalimentaire-dispositif-303-du-feader/</t>
         </is>
       </c>
-      <c r="W97" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X97" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les projets compris entre 50 000 € HT et 100 000 € HT :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Département de la Drôme
 &lt;/p&gt;
 &lt;p&gt;
  Direction Économie Emploi Insertion  – Service Développement Agricole Agroalimentaire et Bois
 &lt;/p&gt;
 &lt;p&gt;
  Suivi technique du dossier : Cristina SANCHEZ – Tél : 04 75 79 82 02 – csanchez&amp;#64;ladrome.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les projets supérieurs à 100 000 € HT :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Agriculture Forêt Alimentation de la Région
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:alimentation.dafa&amp;#64;auvergnerhonealpes.fr"&gt;
   alimentation.dafa&amp;#64;auvergnerhonealpes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c1d-investir-dans-mon-entreprise-agroalimentaire-/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-      <c r="A98" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>150014</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Investir en tant qu'entreprise forestière dans le cadre du dispositif 403 du FEADER</t>
         </is>
       </c>
-      <c r="C98" s="1" t="inlineStr">
+      <c r="C71" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>AIDE A l’ INVESTISSEMENT pour les entreprises forestieres dans le cadre du DISPOSITIF 403 DU FEADER</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I98" s="1" t="inlineStr">
+      <c r="I71" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 50</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dispositif soutient l&amp;#039;ensemble des investissements portés par des entreprises de travaux forestiers, d&amp;#039;exploitation forestière, de transport de bois rond ou de production de bois énergie.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Augmenter la mobilisation du bois dans les massifs régionaux en particulier en zone de montagne
  &lt;/li&gt;
  &lt;li&gt;
   Moderniser les équipements et améliorer la mécanisation des entreprises d&amp;#039;exploitation forestière et réduire la pénibilité
  &lt;/li&gt;
  &lt;li&gt;
   Garantir une sécurité au travail et prendre en compte les préoccupations environnementales
  &lt;/li&gt;
  &lt;li&gt;
   Répondre aux besoins de plantation et d&amp;#039;entretien des massifs forestiers
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -22404,61 +16707,61 @@
 &lt;/p&gt;
 &lt;p&gt;
  La demande de paiement est à adresser à la Région Auvergne-Rhône-Alpes dans les délais mentionnés dans la décision juridique attributive de subvention. La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci auprès du Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   PSN approuvé le 31 août 2022,
  &lt;/li&gt;
  &lt;li&gt;
   Intervention du PSN 73.03 Soutien aux entreprises off farm , contribuant aux objectifs spécifiques  européens OS 8 Développement local dans les zones rurales,
  &lt;/li&gt;
  &lt;li&gt;
   Régime d&amp;#039;aides d&amp;#039;Etat : tout autre régime d&amp;#039;aide d&amp;#039;Etat à paraitre et compatible avec le projet sollicitant un accompagnement
  &lt;/li&gt;
  &lt;li&gt;
   Arrêté régional 2022/12/00664 portant lancement de I&amp;#039;appel à candidatures du dispositif 403 lnvestir dans mon entreprise forestière du programme régional FEADER 2023-2027 Auvergne-Rhône-Alpes,
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles (au réel) :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Matériels et équipements pour l&amp;#039;abattage
  &lt;/li&gt;
  &lt;li&gt;
   Matériels et équipements pour la sortie des bois
  &lt;/li&gt;
  &lt;li&gt;
   Matériels et équipements de transport des bois ronds
  &lt;/li&gt;
  &lt;li&gt;
   Matériels et équipements pour la production de bois énergie
  &lt;/li&gt;
  &lt;li&gt;
   Matériels et équipements pour l&amp;#039;entretien de parcelles, pour la plantation et/ou l&amp;#039;entretien des plantations
  &lt;/li&gt;
  &lt;li&gt;
   Logiciels et matériels informatiques liés à ces équipements (ERP, ordinateur de bord, GPS...)
@@ -22565,433 +16868,186 @@
 &lt;p&gt;
  Respecter les critères d&amp;#039;engagement fixés dans le document « conditions transversales », notamment ceux relatifs au maintien des investissements et à l&amp;#039;obligation de publicité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Petites entreprises, dont la définition est précisée dans le document &amp;#34;conditions transversales&amp;#34;, ayant une activité d&amp;#039;exploitation forestière, de travaux forestiers, de production de bois énergie et/ou de transport de bois rond
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires inéligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Coopérative d&amp;#039;Utilisation de Matériel Agricole (CUMA) agréé par le Haut Conseil de la Coopération Agricole (HCCA)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T98" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-l-investissement-pour-les-entreprises-forestieres-dans-le-cadre-du-dispositif-403-du-feader/</t>
         </is>
       </c>
-      <c r="W98" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Service Instructeur et Référent
  &lt;/strong&gt;
  s
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction Agriculture Forêt et Alimentation de la Région
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour le Département de la Drôme :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Économie Emploi Insertion du Département de la Drôme -Service Développement Agricole, Agroalimentaire et Bois
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Suivi technique du dossier :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sandrine LECUYER, chargée de mission forêt-bois – tél. : 06.86.58.30.91 –
   &lt;a href="mailto:slecuyer&amp;#64;ladrome.fr" target="_self"&gt;
    slecuyer&amp;#64;ladrome.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Suivi administratif du dossier:
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Natacha BRUCHON – tél. :04.75.79.26.88 –
   &lt;a href="mailto:sbruchon&amp;#64;ladrome.fr"&gt;
    nbruchon&amp;#64;ladrome.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4e82-aide-a-l-investissement-pour-les-entreprises-/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-[...242 lines deleted...]
-      <c r="A100" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>152558</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal</t>
         </is>
       </c>
-      <c r="C100" s="1" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>HEU - Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal - 2024</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Horizon Europe vise à renforcer la base scientifique et technologique de l&amp;#039;UE et l&amp;#039;Espace européen de la recherche (EER), à stimuler la capacité d&amp;#039;innovation, la compétitivité et l&amp;#039;emploi en Europe, et à répondre aux priorités des citoyens, en soutenant notre modèle et nos valeurs socio-économiques.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 133,5 millions d&amp;#039;euros
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 133,5 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant par topic :
@@ -23105,113 +17161,113 @@
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-7: Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-8: Élargir les résultats du groupe opérationnel du EIP au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique.
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-9: Des réseaux thématiques pour compiler et partager des connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-10: Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-11: Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-12: Développement de réseaux consultatifs de l&amp;#039;UE dans le domaine de la sylviculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-13: Développement de réseaux de conseil de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (EN)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
@@ -23221,116 +17277,116 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la DG
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/944c-heu-gouvernance-innovante-observations-enviro/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>154066</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Faciliter la mise en œuvre de la planification de l'espace maritime dans l'UE</t>
         </is>
       </c>
-      <c r="C101" s="1" t="inlineStr">
+      <c r="C73" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>FEAMPA - Projets de planification de l'espace maritime (MSP) - 2023</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I101" s="1" t="inlineStr">
+      <c r="I73" s="1" t="inlineStr">
         <is>
           <t> Max : 78</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Fonds européen pour les affaires maritimes, la pêche et l&amp;#039;aquaculture - vise à soutenir le Green Deal de l&amp;#039;UE et une économie bleue durable en mettant en œuvre des actions dans le domaine de la politique maritime de l&amp;#039;Union, de la politique commune de la pêche et du programme de gouvernance internationale des océans de l&amp;#039;UE.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 4 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant de la subvention : entre 1 million et 2,5 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Taux de co-financement : jusqu&amp;#039;à 80% du total des
   &lt;span&gt;
    &lt;span&gt;
     coûts
    &lt;/span&gt;
   &lt;/span&gt;
   éligibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  &lt;strong&gt;
   Objectifs
@@ -23375,456 +17431,456 @@
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 10 de la directive MSP (utilisation et partage des données)
  &lt;/li&gt;
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 11 de la directive sur la planification de l&amp;#039;espace maritime (coopération entre les États membres)
  &lt;/li&gt;
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 12 de la directive sur la planification de l&amp;#039;espace maritime (coopération avec les pays tiers)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  &lt;strong&gt;
   Informations complémentaires
  &lt;/strong&gt;
 &lt;/span&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cet appel à propositions est un appel à propositions ouvert.
  &lt;/li&gt;
  &lt;li&gt;
   Durée initiale de l&amp;#039;action : entre 24 et 48 mois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 International
 Mers et océans</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être une personne morale
  &lt;/li&gt;
  &lt;li&gt;
   Être une entité publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Être approuvé par les autorités publiques ou les organismes chargés de la planification de l&amp;#039;espace maritime au niveau national dans les États membres côtiers concernés
  &lt;/li&gt;
  &lt;li&gt;
   Être une autorité publique ou un organisme chargé de la planification de l&amp;#039;espace maritime d&amp;#039;un État membre côtier
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pays non membres de l&amp;#039;UE éligibles au programme :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pays de l&amp;#039;Atlantique,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la mer Baltique,
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la Mer Noire,
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la Mer du Nord,
  &lt;/li&gt;
  &lt;li&gt;
   Pays méditerranéens
  &lt;/li&gt;
  &lt;li&gt;
   Pays dont les eaux sont adjacentes aux régions ultrapériphériques de l&amp;#039;UE
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T101" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/emfaf/wp-call/2023/call-fiche_emfaf-2023-pia-msp_en.pdf</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;
   cinea-emfaf-calls&amp;#64;ec.europa.eu
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/emfaf/wp-call/2023/call-fiche_emfaf-2023-pia-msp_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/emfaf-2023-pia-msp?tenders&amp;#61;false&amp;amp;callIdentifier&amp;#61;EMFAF-2023-PIA-MSP" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de l&amp;#039;agence exécutive
  &lt;br /&gt;
  &lt;a href="https://cinea.ec.europa.eu/index_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information&amp;#43;
  &lt;br /&gt;
  &lt;a href="https://cinea.ec.europa.eu/programmes/european-maritime-fisheries-and-aquaculture-fund_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/072f-feampa-projets-de-planification-de-lespace-ma/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>154414</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Projeter la destination Blois-Chambord-Val de Loire et ses acteurs vers un tourisme d’avenir</t>
         </is>
       </c>
-      <c r="C102" s="1" t="inlineStr">
+      <c r="C74" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I102" s="1" t="inlineStr">
+      <c r="I74" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J102" s="1" t="inlineStr">
+      <c r="J74" s="1" t="inlineStr">
         <is>
           <t>Montant plancher LEADER : 5 000 € // Montant plafond LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser les projets à faible empreinte carbone (dont tourisme pédestre, équestre, « Châteaux à vélo », « Loire à Vélo », etc.)
 &lt;/li&gt;&lt;li&gt;S&amp;#039;inscrire dans la destination Blois – Chambord – Val de Loire et être ambassadeur de cette destination
 &lt;/li&gt;&lt;li&gt;Accompagner la montée en compétence des acteurs du territoire et former à l&amp;#039;offre du territoire
 &lt;/li&gt;&lt;li&gt;Faciliter l&amp;#039;accès au territoire pour les saisonniers (hébergement, transport, etc.)
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Pays des Châteaux a mis à jour sa stratégie touristique en décembre 2021.
 &lt;/p&gt;
 &lt;p&gt;
  11 grands enjeux ont été définis pour la destination touristique Blois-Chambord-Val de Loire avec notamment un nouvel enjeu dédié à la prise en compte du changement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  La présente fiche action a pour but de concrétiser cette stratégie :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De tendre vers un tourisme d&amp;#039;avenir
 &lt;/li&gt;&lt;li&gt;D&amp;#039;améliorer la visibilité et l&amp;#039;offre de la destination pour les acteurs locaux, les touristes ou les saisonniers
 &lt;/li&gt;&lt;li&gt;De développer l&amp;#039;économie touristique du territoire
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  De proposer aux habitants d&amp;#039;être ambassadeurs de leur territoire et par conséquent d&amp;#039;accéder à des nouveaux services (navettes touristiques, offre culturelle, ...)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M102" s="1" t="inlineStr">
+      <c r="M74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mettre en place des itinéraires pédestres / Créer des animations autour des itinéraires
 &lt;/p&gt;
 &lt;p&gt;
  Aménager les sentiers et pistes cyclables pour les adapter aux familles
 &lt;/p&gt;
 &lt;p&gt;
  Permettre le franchissement de la Loire en différents points du territoire (Bac, ...)
 &lt;/p&gt;
 &lt;p&gt;
  Sensibiliser les habitants à la richesse patrimoniale du territoire
 &lt;/p&gt;
 &lt;p&gt;
  Permettre aux jeunes générations de profiter des activités pour les rendre actrices et ambassadrices du territoire
 &lt;/p&gt;
 &lt;p&gt;
  Organiser des journées thématiques auprès des prestataires touristiques et professionnels du tourisme dans une logique d&amp;#039;interconnaissance
 &lt;/p&gt;
 &lt;p&gt;
  Former et accompagner à la montée en compétence sur le tourisme
 &lt;/p&gt;
 &lt;p&gt;
  Réfléchir et investir sur des solutions de logements saisonniers (accueil multifonction, création de logements, état des lieux des logements saisonniers... )
 &lt;/p&gt;
 &lt;p&gt;
  Réfléchir et investir sur des solutions de mobilités douces pour les saisonniers
 &lt;/p&gt;
 &lt;p&gt;
  Mettre en place des services dédiés aux saisonniers
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Accès aux services
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Equipement public
 Réhabilitation
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P102" s="1" t="inlineStr">
+      <c r="P74" s="1" t="inlineStr">
         <is>
           <t>01/12/2023</t>
         </is>
       </c>
-      <c r="Q102" s="1" t="inlineStr">
+      <c r="Q74" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets seront sélectionnés par le Comité de Programmation au regard des critères définis dans la grille d&amp;#039;analyse des projets, conformément aux principes de sélection suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise en réseau des acteurs&lt;/li&gt;&lt;li&gt;Echelle d&amp;#039;intervention
 &lt;/li&gt;&lt;li&gt;Caractère innovant et transversal du projet
 &lt;/li&gt;&lt;li&gt;Diversité des publics visés
 &lt;/li&gt;&lt;li&gt;Pérennité du projet
 &lt;/li&gt;&lt;li&gt;Pertinence avec la stratégie du GAL et avec les stratégies de développement régionales et locales existantes&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de prétendre à une aide LEADER, merci de contacter l&amp;#039;animateur LEADER pour un premier échange :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt; // 06.32.04.43.15
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f83c-projeter-la-destination-blois-chambord-val-de/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>154987</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Impulser le changement avec les habitants</t>
         </is>
       </c>
-      <c r="C103" s="1" t="inlineStr">
+      <c r="C75" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 de Fougères Agglomération</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Fougères Agglomération
 L'Europe s'engage en Bretagne</t>
         </is>
       </c>
-      <c r="F103" s="1" t="inlineStr">
+      <c r="F75" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bretagne</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme européen LEADER est porté par Fougères Agglomération. La zone couverte associe Fougères Agglomération et Couesnon Marches de Bretagne.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Principes essentiels
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide LEADER  se définit autour de 4  principes-clés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une stratégie locale
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les priorités sont le fruit d&amp;#039;une concertation qui a été menée en 2022 et qui a mobilisé un maximum d&amp;#039;acteurs de Fougères Agglomération et de Couesnon Marches de Bretagne. L&amp;#039;Europe, la France et la Région fixent un cadre mais elles laissent le territoire définir son programme d&amp;#039;actions. Le thème central du programme 2023-2027 est : « LE CHANGEMENT AVEC LES HABITANTS ».
  &lt;br /&gt;
@@ -23991,194 +18047,194 @@
  &lt;/em&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Enjeux
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Enrichir la stratégie par un partage d&amp;#039;expériences avec d&amp;#039;autres territoires sur des axes de développement comparables
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;ouverture du territoire sur l&amp;#039;extérieur
  &lt;/li&gt;
  &lt;li&gt;
   Mutualiser les moyens
  &lt;/li&gt;
  &lt;li&gt;
   Échanger
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Animation et mise en réseau
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P103" s="1" t="inlineStr">
+      <c r="P75" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q103" s="1" t="inlineStr">
+      <c r="Q75" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T75" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>CA Fougères Agglomération</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://fougeres-agglo.bzh/fougeres-agglo/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Valérie JANVIER, Chargée de mission LEADER, Tél : 02 99 17 05 29
 &lt;/p&gt;
 &lt;p&gt;
  Fougères Agglomération
 &lt;/p&gt;
 &lt;p&gt;
  Parc d&amp;#039;activités de l&amp;#039;Aumaillerie
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CS 70665. La Selle-en-Luitré
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  35306 Fougères CEDEX
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>vjanvier@fougeres-agglo.bzh</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eefe-impulser-le-changement-avec-les-habitants/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>155571</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Cofinancer des projets visant à former des juges nationaux dans le cadre de l'application des règles de concurrence européennes</t>
         </is>
       </c>
-      <c r="C104" s="1" t="inlineStr">
+      <c r="C76" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Programme du marché unique</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>SMP - Formation des juges nationaux au droit européen de la concurrence - 2023</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  SMP - Programme du Marché Unique - 2021-2027
  &lt;br /&gt;
 &lt;/p&gt;
 SMP - Le programme du marché unique vise à renforcer la gouvernance du marché unique de l&amp;#039;UE.
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 1 million d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant de la subvention : entre 50,000 et 300,000 euros
  &lt;/li&gt;
  &lt;li&gt;
   Taux de cofinancement : jusqu&amp;#039;à 90% du total des coûts éligibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
@@ -24231,268 +18287,268 @@
  &lt;li&gt;
   Conférences
  &lt;/li&gt;
  &lt;li&gt;
   Séminaires et ateliers
  &lt;/li&gt;
  &lt;li&gt;
   Formation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  &lt;span&gt;
   Informations complémentaires
  &lt;/span&gt;
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cet appel à propositions est un appel à propositions ouvert.
  &lt;/li&gt;
  &lt;li&gt;
   Durée initiale de l&amp;#039;action : 24 mois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Être une personne morale
   &lt;/li&gt;
   &lt;li&gt;
    Être une entité publique ou privée
   &lt;/li&gt;
   &lt;li&gt;
    Être une entité à but non lucratif
   &lt;/li&gt;
   &lt;li&gt;
    Pays éligibles au programme:
    &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/guidance/list-3rd-country-participation_smp_en.pdf" rel="noopener" target="_blank"&gt;
     Cliquez ici
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T76" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/wp-call/2023/call-fiche_smp-comp-2023-judg_en.pdf</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;
   COMPTRAINING-JUDGES&amp;#64;ec.europa.eu
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/wp-call/2023/call-fiche_smp-comp-2023-judg_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/smp-comp-2023-judg?tenders&amp;#61;false&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;frameworkProgramme&amp;#61;43252476&amp;amp;programmePart&amp;#61;&amp;amp;pageNumber&amp;#61;3" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la DG
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/internal-market-industry-entrepreneurship-and-smes_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/funding-tenders/find-funding/eu-funding-programmes/single-market-programme/overview_en#:~:text&amp;#61;The%20Single%20Market%20Programme%20(SMP,governance%20of%20the%20single%20market." rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/337d-smp-formation-des-juges-nationaux-au-droit-eu/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>157090</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un territoire sobre et résilient</t>
         </is>
       </c>
-      <c r="C105" s="1" t="inlineStr">
+      <c r="C77" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I105" s="1" t="inlineStr">
+      <c r="I77" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J105" s="1" t="inlineStr">
+      <c r="J77" s="1" t="inlineStr">
         <is>
           <t>Plancher = 7 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Une sensibilisation des acteurs à la sobriété énergétique du territoire
 &lt;/p&gt;
 &lt;p&gt;
  - Un développement des projets de rénovation énergétique des bâtiments publics et privés
 &lt;/p&gt;
 &lt;p&gt;
  - La production d&amp;#039;énergies renouvelables sur le territoire
 &lt;/p&gt;
 &lt;p&gt;
  - La réduction des volumes et la valorisation des déchets
 &lt;/p&gt;
 &lt;p&gt;
  - Un usage renforcé des mobilités actives et décarbonées
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;entretien et la valorisation des espaces naturels
 &lt;/p&gt;
 &lt;p&gt;
  - La préservation des ressources naturelles
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement des filières à potentiel
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M105" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Productions d&amp;#039;énergies
 &lt;/p&gt;
 &lt;p&gt;
  - Maîtrise des dépenses énergétiques des bâtiments
 &lt;/p&gt;
 &lt;p&gt;
  - Traitement et/ou stockage de l&amp;#039;eau
 &lt;/p&gt;
 &lt;p&gt;
  - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
 &lt;/p&gt;
 &lt;p&gt;
  - Valorisation des ressources locales
@@ -24514,73 +18570,73 @@
 &lt;p&gt;
  - Production d&amp;#039;énergies renouvelables
 &lt;/p&gt;
 &lt;p&gt;
  - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
 &lt;/p&gt;
 &lt;p&gt;
  - Développement des mobilités décarbonées et/ou actives
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
 &lt;/p&gt;
 &lt;p&gt;
  - Formation et information des professionnels et acteurs privés
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Innovation, créativité et recherche
 Biodiversité
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -24614,206 +18670,206 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T105" s="1" t="inlineStr">
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;a target="_self"&gt;
  &lt;p&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/p&gt;
 &lt;/a&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
         <v>157091</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'initiative économique</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C78" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°2 : Soutenir l'initiative économique</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I106" s="1" t="inlineStr">
+      <c r="I78" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J106" s="1" t="inlineStr">
+      <c r="J78" s="1" t="inlineStr">
         <is>
           <t>Plancher = 7 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Soutenir l&amp;#039;initiative économique&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe vise à soutenir l&amp;#039;initiative économique locale. Le GAL souhaite accompagner des projets de nature à encourager la mutation industrielle du territoire vers des activités qui favorisent la transition énergétique et la valorisation des filières locales à potentiel. La capacité du territoire à proposer une alimentation locale et de qualité constitue un objectif fort. Au-delà, le programme veillera à soutenir des projets de création / développement de petites entreprises et activités artisanales.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action permettra de viser les attendus suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement des filières émergentes liées à l&amp;#039;énergie
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement des filières à potentiel (exemples : lin, chanvre, haies)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - La relocalisation de filières d&amp;#039;activités sur le territoire du GAL
 &lt;/p&gt;
 &lt;p&gt;
  - La création d&amp;#039;entreprises et d&amp;#039;activités
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement des initiatives de l&amp;#039;ESS
 &lt;/p&gt;
 &lt;p&gt;
  - Un accompagnement de la transformation des activités agricoles
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement des circuits de proximité
 &lt;/p&gt;
 &lt;p&gt;
  - Des avancées vers l&amp;#039;autonomie alimentaire
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement d&amp;#039;une offre touristique de proximité, durable et qualitative.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M106" s="1" t="inlineStr">
+      <c r="M78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissements contribuant à la mise en place de réalisation ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Construction et réhabilitation de solutions d&amp;#039;accueil d&amp;#039;entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  - Appui au développement de nouvelles formes de commercialisation de produits locaux.
 &lt;/p&gt;
 &lt;p&gt;
  - Equipements à vocation touristique
 &lt;/p&gt;
 &lt;p&gt;
  - Outils de communication - Information des consommateurs / des acteurs du territoire
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;événements et de manifestations à vocation éducative
@@ -24832,73 +18888,73 @@
 &lt;p&gt;
  - Développement de nouvelles solutions d&amp;#039;accueil des entreprises
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de nouveaux services/dispositifs d&amp;#039;accompagnement des entreprises
 &lt;/p&gt;
 &lt;p&gt;
  - Réponse aux besoins locaux en matière d&amp;#039;accueil de jeunes entrepreneurs
 &lt;/p&gt;
 &lt;p&gt;
  - Développement d&amp;#039;une nouvelle offre touristique
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Formation et/ou information des producteurs locaux sur la structuration des circuits courts.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en réseau, animation et information / sensibilisation (but pédagogique, porter à connaissance) des professionnels, des collectivités sur les questions liées à l&amp;#039;alimentation).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Economie d'énergie et rénovation énergétique
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -24932,205 +18988,205 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T78" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cdec-leader-action-n2-soutenir-linitiative-economi/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>157092</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'attractivité par l'offre de services</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="C79" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I107" s="1" t="inlineStr">
+      <c r="I79" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J107" s="1" t="inlineStr">
+      <c r="J79" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action permettra de viser les attendus suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Un patrimoine vernaculaire valorisé (clos masure notamment)
 &lt;/p&gt;
 &lt;p&gt;
  - Un allongement de la durée des séjours touristiques
 &lt;/p&gt;
 &lt;p&gt;
  - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
 &lt;/p&gt;
 &lt;p&gt;
  - Des parcours résidentiels facilités pour les habitants
 &lt;/p&gt;
 &lt;p&gt;
  - Des centres bourgs dynamiques, des services proches des habitants
 &lt;/p&gt;
 &lt;p&gt;
  - UN vieillissement de la population mieux anticipé et accompagné
 &lt;/p&gt;
 &lt;p&gt;
  - Une offre locale de formation renforcée et adaptée
 &lt;/p&gt;
 &lt;p&gt;
  - Un accès aux services de soins facilité par des initiatives innovantes
 &lt;/p&gt;
 &lt;p&gt;
  - Un maillage de solutions de mobilités adaptées au territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
+      <c r="M79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
 &lt;/p&gt;
 &lt;p&gt;
  - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
 &lt;/p&gt;
 &lt;p&gt;
  - Création de nouveaux services numériques.
 &lt;/p&gt;
 &lt;p&gt;
  - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en place de services itinérants.
@@ -25140,71 +19196,71 @@
   Opérations liées aux études :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de nouveaux services à la population.
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de l&amp;#039;offre de santé sur le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de services itinérants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Animation et contribution à la mise en réseau des acteurs du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en place de partenariats avec des centres de formations locaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Formation professionnelle
 Equipement public
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -25238,258 +19294,258 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>157093</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'inclusion et l'épanouissement des habitants</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C80" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°4 : Favoriser l'inclusion et l'épanouissement des habitants</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I108" s="1" t="inlineStr">
+      <c r="I80" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J108" s="1" t="inlineStr">
+      <c r="J80" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe LEADER entend favoriser l&amp;#039;accès à la pratique sportive, à la culture et aux services pour le plus grand nombre. À travers les différentes initiatives qui seront soutenues, il s&amp;#039;agira de dynamiser la vie locale en poursuivant les objectifs opérationnels suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Un renforcement des solidarités et du lien social.
 &lt;/p&gt;
 &lt;p&gt;
  - Des associations valorisées et un intérêt retrouvé pour le bénévolat.
 &lt;/p&gt;
 &lt;p&gt;
  - Une fidélisation des acteurs associatifs et des bénévoles du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - La promotion du sport comme facteur de santé et d&amp;#039;inclusion.
 &lt;/p&gt;
 &lt;p&gt;
  - Le maintien et la diversité de l&amp;#039;offre culturelle, de loisirs et évènementielle pour tous les publics.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M108" s="1" t="inlineStr">
+      <c r="M80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Création matérielle et/ou immatérielle de diffusion culturelle et artistique.
 &lt;/p&gt;
 &lt;p&gt;
  - Promotion de projets associatifs, culturels et artistiques.
 &lt;/p&gt;
 &lt;p&gt;
  - Aménagement/équipements d&amp;#039;espaces dédiés à la pratique sportive et/ou de loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  - Actions de mise en réseau et de montée en compétence des acteurs associatifs.
 &lt;/p&gt;
 &lt;p&gt;
  - Aménagement de lieux d&amp;#039;accueil pour les personnes en situation de handicap.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées aux études :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Création, développement ou amélioration de l&amp;#039;offre culturelle.
 &lt;/p&gt;
 &lt;p&gt;
  - Création, développement de l&amp;#039;offre de sports/loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Actions d&amp;#039;animation et de formation visant à la création ou au développement de projets culturels, artistiques et de loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;événements et création d&amp;#039;outils de communication (portées par les collectivités locales uniquement).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Handicap
 Cohésion sociale et inclusion
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -25523,255 +19579,255 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T80" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/737c-leader-action-n4-favoriser-linclusion-et-lepa/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>157094</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Préparer et mettre en oeuvre des activités de coopération</t>
         </is>
       </c>
-      <c r="C109" s="1" t="inlineStr">
+      <c r="C81" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°5 : Préparation et mise en œuvre d'activités de coopération</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I109" s="1" t="inlineStr">
+      <c r="I81" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J109" s="1" t="inlineStr">
+      <c r="J81" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes :
 &lt;/p&gt;
 &lt;p&gt;
  - Promouvoir un territoire sobre et résilient
 &lt;/p&gt;
 &lt;p&gt;
  - Soutenir l&amp;#039;initiative économique
 &lt;/p&gt;
 &lt;p&gt;
  - Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services
 &lt;/p&gt;
 &lt;p&gt;
  - Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants
 &lt;/p&gt;
 &lt;p&gt;
  A travers l&amp;#039;action &amp;#34;Préparation et mise en œuvre d&amp;#039;activités de coopération&amp;#34;, le GAL souhaite, de manière générale, développer tout projet de coopération lié aux 4 grands axes de la stratégie locale de développement. Les thématiques propices à la coopération sur le territoire sont privilégiées, à savoir : la culture, les énergies renouvelables, l&amp;#039;urbanisme rural durable et les mobilités.
 &lt;/p&gt;
 &lt;p&gt;
  La coopération aura pour attendus :
 &lt;/p&gt;
 &lt;p&gt;
  - La mutualisation de moyens pour la recherche commune de solutions à des problématiques partagées.
 &lt;/p&gt;
 &lt;p&gt;
  - La mise en place d&amp;#039;actions communes répondant aux enjeux identifiés dans la stratégie locale de développement.
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement de partenariats internes au territoire et vers d&amp;#039;autres GAL en région Normandie ou en dehors.
 &lt;/p&gt;
 &lt;p&gt;
  - Le partage d&amp;#039;expériences et la diffusion de bonnes pratiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M109" s="1" t="inlineStr">
+      <c r="M81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Echanges d&amp;#039;expériences : rencontres, visites sur site de projets réalisés, missions sur des problématiques précises (à définir, selon le projet de coopération).
 &lt;/p&gt;
 &lt;p&gt;
  - Missions de conseils, d&amp;#039;expertise, d&amp;#039;animation territoriale et de mise en réseau.
 &lt;/p&gt;
 &lt;p&gt;
  - Actions collectives d&amp;#039;échange, de diffusion de bonnes pratiques et de communication.
 &lt;/p&gt;
 &lt;p&gt;
  - Actions de formations non professionnelles, d&amp;#039;information et de sensibilisation.
 &lt;/p&gt;
 &lt;p&gt;
  - Actions de formation visant à la mise en réseau, à la sensibilisation ou à l&amp;#039;éducation des acteurs sur des problématiques de développement rural et intégrées dans un projet de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Traduction.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Santé
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R109" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -25805,155 +19861,155 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T109" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/253b-leader-action-n5-preparation-et-mise-en-uvre-/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>159895</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
         </is>
       </c>
-      <c r="C110" s="1" t="inlineStr">
+      <c r="C82" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F110" s="1" t="inlineStr">
+      <c r="F82" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J110" s="1" t="inlineStr">
+      <c r="J82" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
  &lt;/strong&gt;
  &lt;br /&gt;
  Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
@@ -26005,206 +20061,206 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Espace public
 Friche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P110" s="1" t="inlineStr">
+      <c r="P82" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q110" s="1" t="inlineStr">
+      <c r="Q82" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>159896</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Assurer un panier de services pour les besoins de base</t>
         </is>
       </c>
-      <c r="C111" s="1" t="inlineStr">
+      <c r="C83" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F111" s="1" t="inlineStr">
+      <c r="F83" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J111" s="1" t="inlineStr">
+      <c r="J83" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conforter l&amp;#039;économie résidentielle, améliorer la vie des habitants du territoire, assurer un panier de services de base à tous.
  &lt;/strong&gt;
  &lt;br /&gt;
  Les services publics et aux publics apportent des réponses concrètes aux besoins de base de tout un chacun : se loger décemment, se mouvoir sur le territoire, avoir accès à des commerces de proximité... Mais il s&amp;#039;agit également pour les acteurs locaux d&amp;#039;apporter des réponses qui soient dans une perspective d&amp;#039;adapter les modes de vie contemporains aux enjeux climatiques et environnementaux.
  &lt;br /&gt;
  Cette fiche-action ambitionne ainsi de contribuer à améliorer l&amp;#039;offre de services publics et privés sur l&amp;#039;ensemble du territoire et pour tous les publics. L&amp;#039;accès à un panier de services continue d&amp;#039;être un élément clé de l&amp;#039;attractivité et du développement économique du territoire Adour Chalosse Tursan Marsan.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des parcours résidentiels et mise à niveau du parc de logements
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -26255,204 +20311,204 @@
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie permettant le développement de nouveaux services
  &lt;/li&gt;
  &lt;li&gt;
   Création, réhabilitation de bâtiments et/ou équipements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Amélioration de la gestion des biodéchets
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Etudes portant sur des solutions collectives pour les producteurs de biodéchets intermédiaires et « assimilés » (hors gros producteurs et ménages)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Jeunesse
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Logement et habitat
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
+      <c r="P83" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q111" s="1" t="inlineStr">
+      <c r="Q83" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d747-capter-et-retenir-des-competences-et-des-pepi/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>159897</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Agir pour la santé de tous et prendre soin des populations les plus fragiles</t>
         </is>
       </c>
-      <c r="C112" s="1" t="inlineStr">
+      <c r="C84" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F112" s="1" t="inlineStr">
+      <c r="F84" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J112" s="1" t="inlineStr">
+      <c r="J84" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Renforcer l&amp;#039;accès à la santé, garantir le bien-être aux habitants du territoire, accompagner les étapes clef de la vie, soutenir les personnes les plus vulnérables
  &lt;/strong&gt;
  .
  &lt;br /&gt;
  Les services publics et aux publics demeurent une demande prioritaire sur le territoire du GAL de la part de ses habitants. Cela recouvre une large palette de domaines ou de préoccupations.
 &lt;/p&gt;
 &lt;p&gt;
  Cette fiche-action ambitionne ainsi d&amp;#039;apporter une attention toute particulière à l&amp;#039;accès à la santé pour toutes et tous, ainsi qu&amp;#039;au soin apporté aux populations vulnérables et/ou dans les tranches d&amp;#039;âge de vie qui en ont le plus besoin : petite enfance, séniors, personnes en situation de handicap... ou encore personnes aidantes s&amp;#039;occupant d&amp;#039;un proche malade ou en situation de handicap.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accès aux services de santé
  &lt;/strong&gt;
  :
  &lt;br /&gt;
@@ -26523,1541 +20579,1541 @@
  &lt;strong&gt;
   Accompagnement des proches aidants
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Création ou amélioration de services, de structures permettant d&amp;#039;offrir du répit et du soutien aux personnes proches aidantes, via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accès aux droits pour les personnes éloignées (géographiquement et/ou culturellement des centres de ressources publiques)
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui à l&amp;#039;ingénierie pour faciliter l&amp;#039;accès aux droits pour les publics les plus éloignés
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P112" s="1" t="inlineStr">
+      <c r="P84" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q112" s="1" t="inlineStr">
+      <c r="Q84" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole, les bailleurs sociaux privés hors SEM.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les dépenses d&amp;#039;équipements de matériel de santé.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f098-valoriser-les-elements-identitaires-et-le-pat/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>159900</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Coopérer sur le sol national</t>
         </is>
       </c>
-      <c r="C113" s="1" t="inlineStr">
+      <c r="C85" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F113" s="1" t="inlineStr">
+      <c r="F85" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J113" s="1" t="inlineStr">
+      <c r="J85" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Amorcer et soutenir des projets de coopération répondant aux objectifs de la stratégie de développement local, à une échelle départementale, régionale ou nationale.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les actions de coopération permettent aux acteurs locaux d&amp;#039;élargir leurs horizons, de favoriser les échanges de pratiques et d&amp;#039;innover sur leur territoire en apportant des actions, des façons de faire nouvelles. Les actions de coopération peuvent également permettre de faire rayonner le territoire à plus grande échelle.
 &lt;/p&gt;
 &lt;p&gt;
  Pour la programmation 2021-2027, plusieurs projets sont en réflexion abordant des thématiques de la stratégie (cf autres dispositifs d&amp;#039;aides publiés) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Tourisme : la poursuite d&amp;#039;un projet de coopération entre sites préhistoriques du grand sud-ouest.
  &lt;/li&gt;
  &lt;li&gt;
   Circuits courts : opérations collectives d&amp;#039;acteurs du milieu agricole, forestier ou agro-alimentaires, visant au développement des filières...
  &lt;/li&gt;
  &lt;li&gt;
   Mobilité : afin d&amp;#039;aller voir des pratiques exemplaires menées par d&amp;#039;autres territoires sur le sol national pour faire avancer cette problématique à l&amp;#039;échelle du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Rayonnement culturel et patrimonial : échanges interculturels, projets partenariaux...
  &lt;/li&gt;
  &lt;li&gt;
   Jeunesse : actions favorisant l&amp;#039;ouverture culturelle, l&amp;#039;acquisition de compétences et savoir-être, et favorisant l&amp;#039;insertion professionnelle.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La coopération pourra porter sur d&amp;#039;autres thématiques abordées par le plan d&amp;#039;action du GAL Adour Chalosse Tursan Marsan.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Soutien aux échanges entre partenaires, permettant d&amp;#039;explorer la faisabilité d&amp;#039;une coopération
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;actions en commun dans le cadre d&amp;#039;un projet de coopération
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M113" s="1" t="inlineStr">
+      <c r="M85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Exposition, voyage d&amp;#039;étude, festival, colloque...
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Jeunesse
 Economie locale et circuits courts
 Connaissance de la mobilité
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P113" s="1" t="inlineStr">
+      <c r="P85" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q113" s="1" t="inlineStr">
+      <c r="Q85" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit impliquer des acteurs situés sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/01d2-cooperer-a-lechelle-europeenne-ou-transnation/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>160371</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Développer une offre culturelle et touristique valorisant les atouts du territoire</t>
         </is>
       </c>
-      <c r="C114" s="1" t="inlineStr">
+      <c r="C86" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J114" s="1" t="inlineStr">
+      <c r="J86" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Les milieux naturels de qualité (Site Ramsar Marais Vernier-Risle maritime, tourbière d&amp;#039;Heurteauville, réserve de l&amp;#039;estuaire de la
  &lt;/span&gt;
  Seine...), les forêts, les paysages des boucles de Seine et plateaux (méandres, coteaux, champs de lin, clos-masures...), les agglomérations patrimoniales (Pont-Audemer, Rives-en-Seine, Cormeilles, La Bouille), le patrimoine bâti (abbayes, châteaux et manoirs...), les savoir-faire passés et actuels (arboriculture, chaumières, artisans, tannerie, passé maritime et industriel...) sont autant de ressources pour la vie culturelle et d&amp;#039;atouts pour le tourisme. Le territoire bénéficie d&amp;#039;une vie associative riche de laquelle émane des manifestations culturelles variées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Les changements sociétaux récents offrent une opportunité pour le développement d&amp;#039;un tourisme familial et de proximité. Le programme
  &lt;/span&gt;
  LEADER Seine Normande souhaite encourager l&amp;#039;ancrage local des propositions culturelles et touristiques, afin qu&amp;#039;elles soient un moyen d&amp;#039;une meilleure connaissance du territoire et qu&amp;#039;elles profitent aux excursionnistes comme aux habitants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Objectif stratégique : Valoriser les ressources du territoire
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Objectifs opérationnels
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Le développement d&amp;#039;un tourisme responsable valorisant le territoire
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Le renfort d&amp;#039;une offre culturelle innovante et intégrée au territoire
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M114" s="1" t="inlineStr">
+      <c r="M86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra sur les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui au développement de la consommation locale
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement à la structuration de filières locales
  &lt;/li&gt;
  &lt;li&gt;
   Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T114" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bc6-valoriser-les-ressources-du-territoire-en-cir/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>160372</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Valoriser les ressources du territoire en circuit de proximité en toute sobriété</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J115" s="1" t="inlineStr">
+      <c r="J87" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur le territoire « Seine Normande », malgré des productions agricoles diversifiées (céréales, viande, lait, fruits, fibres...) et des
 ressources forestières de qualité (feuillus notamment), la transformation et la valorisation sont souvent délocalisées à l&amp;#039;extérieur de la
 région voire à l&amp;#039;international, ce qui engendre une perte importante de valeur ajoutée et d&amp;#039;emplois. Longtemps considérés uniquement
 comme une source de nuisances, les produits en fin de vie sont maintenant considérés comme un gisement potentiel de ressources
 notamment grâce à la réparation et au réemploi.
 &lt;/p&gt;
 &lt;p&gt;
  La valorisation de ses ressources locales primaires ou recyclées est prioritaire pour assurer le dynamisme du territoire et répondre
 aux enjeux de la transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  Objectif stratégique : Valoriser les ressources du territoire
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La transformation et la consommation des produits agricoles et alimentaires locaux sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   La transformation et l&amp;#039;utilisation des matériaux locaux sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;augmentation de la durée de vie des objets, leur réutilisation et le recyclage
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M115" s="1" t="inlineStr">
+      <c r="M87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra sur les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui au développement de la consommation locale
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement à la structuration de filières locales
  &lt;/li&gt;
  &lt;li&gt;
   Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/de0b-valoriser-les-ressources-du-territoire-en-cir/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>160373</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Développer l'entreprenariat et expérimenter de nouveaux modèles économiques</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J116" s="1" t="inlineStr">
+      <c r="J88" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le territoire montre une bonne dynamique de création d&amp;#039;entreprises, avec un taux de survie élevé (77% de taux de survie à 3 ans en
  2018) et le taux de chômage est globalement plus faible que la moyenne normande. Cependant, ces chiffres masquent des inégalités. En effet, les jeunes font face à un chômage plus élevé que les autres tranches d&amp;#039;âge (23% de taux de chômage des 15-24 ans) et les femmes ne représentent que 28% des créations d&amp;#039;entreprises. Ainsi afin de conforter la bonne dynamique de création d&amp;#039;entreprises, les acteurs du territoire souhaitent soutenir l&amp;#039;accompagnement à la création d&amp;#039;activité, la transmission et la reprise d&amp;#039;entreprises en développant l&amp;#039;accueil des jeunes actifs et l&amp;#039;entreprenariat au féminin. Dans la situation sociétale post-COVID, il a paru pertinent de s&amp;#039;intéresser au soutien d&amp;#039;activités économiques porteuses de sens, plus inclusives, créatrices de lien social, vecteur d&amp;#039;insertion, et pourquoi pas d&amp;#039;expérimenter la faisabilité de nouveaux modèles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Objectifs opérationnels :
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    L&amp;#039;entreprenariat accessible à toutes et tous
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   De nouveaux modèles économiques créateurs de sens
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M116" s="1" t="inlineStr">
+      <c r="M88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra pour soutenir les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Accompagnement à la création d&amp;#039;activité, la pérennisation et la transmission d&amp;#039;activités économiques intégrées, en lien avec
   &lt;/span&gt;
   l&amp;#039;environnement, créatrices de lien social, répondant aux besoins de la population
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement de l&amp;#039;entreprenariat féminin
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des jeunes vers le monde de l&amp;#039;entreprise et rapprochement des sphères de l&amp;#039;éducation et de l&amp;#039;entreprise
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T116" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1364-developper-une-offre-culturelle-et-touristiqu/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>160374</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Renforcer le cœur des villages par une offre de services adaptée aux différents parcours de vie</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C89" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J117" s="1" t="inlineStr">
+      <c r="J89" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le territoire est maillé d&amp;#039;un bon réseau de pôles de services, mais quelques communes restent à plus de 15 minutes de distance des équipements de la vie courante (quelques communes plus enclavées en rive gauche de la Seine ou au sud du territoire dans le Lieuvin).
 &lt;/p&gt;
 &lt;p&gt;
  De plus, les besoins en services de santé sont moins bien pourvus : notamment manque de professionnels de santé (médecins généralistes, de spécialistes...). Cette situation est pénalisante pour les habitants du territoire et pour son attractivité.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;augmentation du nombre de foyers composés d&amp;#039;une seule personne, de la monoparentalité et le vieillissement de la population qui s&amp;#039;accélère, renforce la nécessité de soutenir des projets porteurs de lien social, de solidarité situés au cœur des villes et des villages.
 &lt;/p&gt;
 &lt;p&gt;
  Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   De nouveaux modèles économiques créateurs de sens
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de l&amp;#039;inclusion, de la solidarité et des liens entre les générations
  &lt;/li&gt;
  &lt;li&gt;
   Accès aux services pour tous
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M117" s="1" t="inlineStr">
+      <c r="M89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra pour soutenir les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Création, adaptation ou renforcement de solutions alternatives répondant aux besoins des habitants
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Développement d&amp;#039;une offre de service plus adaptée à la population
  &lt;/li&gt;
  &lt;li&gt;
   Appui au regroupement et à la mutualisation de services, coordination des acteurs marchands et non marchands
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dc3b-developper-lentreprenariat-et-experimenter-de/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
         <v>160375</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Habiter, se déplacer et travailler sur le territoire</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C90" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J118" s="1" t="inlineStr">
+      <c r="J90" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur le territoire, les trajets effectués par les habitants en particulier les trajets domicile-travail sont majoritairement réalisés en voiture. A l&amp;#039;heure de la raréfaction des énergies fossiles, et de la nécessaire baisse des émissions de gaz à effet de serre, il est nécessaire de trouver des moyens alternatifs de se déplacer, mais également des solutions innovantes permettant de rapprocher travail et lieu de vie des habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Sur ce dernier point, il est également nécessaire de revoir les modes d&amp;#039;habiter car certaines catégories de population ne trouvent pas de logements adaptés à leur besoin (manque de petites typologies attractives, de logements associés à des services, de logements partagés et inclusifs).
 &lt;/p&gt;
 &lt;p&gt;
  Objectif stratégique  : Habiter, se déplacer et travailler sur le territoire
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un mode d&amp;#039;habitat sobre et inclusif
  &lt;/li&gt;
  &lt;li&gt;
   Une offre de transport alternatif qui irrigue le territoire et réponde aux besoins des habitants
  &lt;/li&gt;
  &lt;li&gt;
   Le travail intégré au tissu rural
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M118" s="1" t="inlineStr">
+      <c r="M90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra pour soutenir les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Construction, rénovation, solutions de logements visant la sobriété, et l&amp;#039;inclusion
  &lt;/li&gt;
  &lt;li&gt;
   Solutions de mobilité alternatives
  &lt;/li&gt;
  &lt;li&gt;
   Solutions permettant l&amp;#039;exercice d&amp;#039;activité professionnelle au coeur du milieu rural
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c049-renforcer-le-cur-des-villages-par-une-offre-d/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
         <v>160377</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
         </is>
       </c>
-      <c r="C119" s="1" t="inlineStr">
+      <c r="C91" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J119" s="1" t="inlineStr">
+      <c r="J91" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
 &lt;/p&gt;
 &lt;p&gt;
  Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
 &lt;/p&gt;
 &lt;p&gt;
  Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La reconnexion à la nature
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;expérimentation des solutions fondées sur la nature
  &lt;/li&gt;
  &lt;li&gt;
   Le développement de nouvelles formes d&amp;#039;urbanisme
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra pour soutenir les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
  &lt;/li&gt;
  &lt;li&gt;
   Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T91" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
         <v>160858</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Préserver, accompagner et valoriser le développement des secteurs économiques du territoire favorisant l’ancrage d’activités de proximité</t>
         </is>
       </c>
-      <c r="C120" s="1" t="inlineStr">
+      <c r="C92" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 1</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I120" s="1" t="inlineStr">
+      <c r="I92" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J120" s="1" t="inlineStr">
+      <c r="J92" s="1" t="inlineStr">
         <is>
           <t>de 10 000 à 50 000 euros</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Relocaliser et aider à la transmission d&amp;#039;activités dans les territoires urbains et ruraux dans une logique de circuits courts et de dynamisation de la vie locale
  &lt;/li&gt;
  &lt;li&gt;
   Moderniser les outils de production et de transformation dans les secteurs à forte valeur ajoutée locale
@@ -28126,212 +22182,212 @@
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux investissements favorisant l&amp;#039;utilisation de bois de qualité via recours au bois local
   &lt;strong&gt;
    3
   &lt;/strong&gt;
   , permettant une promotion et une valorisation de la filière
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
  &lt;/li&gt;
  &lt;li&gt;
   le cahier des charges des études devra être transmis
  &lt;/li&gt;
  &lt;li&gt;
   qui provient de forêts locales (Vosges, Haute-Saône/Haute-Marne/Alsace/Lorraine/Franche-Comté)
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T92" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/427c-preserver-accompagnemer-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
         <v>160859</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et promouvoir les patrimoines bâti et naturel du territoire</t>
         </is>
       </c>
-      <c r="C121" s="1" t="inlineStr">
+      <c r="C93" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 2</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I121" s="1" t="inlineStr">
+      <c r="I93" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J121" s="1" t="inlineStr">
+      <c r="J93" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 € de subvention</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Renforcer la promotion du patrimoine naturel et bâti en particulier auprès du grand public
  &lt;/li&gt;
  &lt;li&gt;
   Améliorer le positionnement stratégique dans la préservation du patrimoine naturel et bâti
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -28385,209 +22441,209 @@
   &lt;strong&gt;
    1
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes
   &lt;strong&gt;
    2
   &lt;/strong&gt;
   ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Tous les projets devront être reconnus d&amp;#039;intérêt par le Pays d&amp;#039;Art et Histoire du PETR pour la préservation, valorisation et promotion du patrimoine relevant de cette labellisation
  &lt;/li&gt;
  &lt;li&gt;
   le cahier des charges des études devra être transmis
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Forêts
 Friche
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T121" s="1" t="inlineStr">
+      <c r="T93" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5b1a-preserver-accompagnemer-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>160865</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Promouvoir le territoire via l’activité touristique et écotouristique</t>
         </is>
       </c>
-      <c r="C122" s="1" t="inlineStr">
+      <c r="C94" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I122" s="1" t="inlineStr">
+      <c r="I94" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J122" s="1" t="inlineStr">
+      <c r="J94" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 30 000 euros</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Structurer le secteur touristique
  &lt;/li&gt;
  &lt;li&gt;
   Renforcer la qualité et de l&amp;#039;offre d&amp;#039;hébergement dans le secteur du tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -28654,203 +22710,203 @@
  &lt;li&gt;
   Etudes
   &lt;strong&gt;
    2
   &lt;/strong&gt;
   ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Engagement dans une démarche qualité (labélisation, certification, classement supérieur) en complément de l&amp;#039;investissement matériel
  &lt;/li&gt;
  &lt;li&gt;
   le cahier des charges des études devra être transmis.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espaces verts
 Innovation, créativité et recherche
 Equipement public
 Logement et habitat
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R122" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T94" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c921-1-preserver-accompagner-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>160867</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Accompagner la structuration des services de proximité</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C95" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 4</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I123" s="1" t="inlineStr">
+      <c r="I95" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J123" s="1" t="inlineStr">
+      <c r="J95" s="1" t="inlineStr">
         <is>
           <t>de 7 500 à 30 000 euros</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Equilibrer l&amp;#039;accès aux services de proximité
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
  &lt;/li&gt;
  &lt;li&gt;
@@ -28890,227 +22946,227 @@
   Type d&amp;#039;opérations :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
  &lt;/li&gt;
  &lt;li&gt;
   Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   *le cahier des charges des études devra être transmis
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R123" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>160868</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Favoriser la coopération des acteurs du territoire</t>
         </is>
       </c>
-      <c r="C124" s="1" t="inlineStr">
+      <c r="C96" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 5</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I124" s="1" t="inlineStr">
+      <c r="I96" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J124" s="1" t="inlineStr">
+      <c r="J96" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 euros</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  La coopération peut prendre les formes suivantes :
  &lt;br /&gt;
  &lt;strong&gt;
   - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;strong&gt;
   - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
@@ -29129,51 +23185,51 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
 &lt;/p&gt;
 &lt;p&gt;
  Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
@@ -29193,4430 +23249,4425 @@
 Paysage
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;p&gt;
  Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>161007</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets sportifs</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C97" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Erasmus+ - Sport 2024 - 2024</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Erasmus&amp;#43; - 2021-2027&lt;br /&gt;ERASMUS PLUS – Action clé 2 : coopération entre organisations et établissements - 2021-2027&lt;/p&gt;Erasmus&amp;#43; - Le programme Erasmus&amp;#43; vise à offrir à environ 10 millions d&amp;#039;Européens la possibilité d&amp;#039;acquérir des compétences et de se développer sur le plan personnel, socio-éducatif et professionnel par le biais d&amp;#039;études, de formations, d&amp;#039;expériences professionnelles ou d&amp;#039;activités liées à la jeunesse et au sport tout au long de la période de programmation 2021-2027.&lt;ul&gt;    &lt;li&gt;Montant par topic :  &lt;ul&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SNCESE : 7 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SSCP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SCP : 34,170,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;Cette subvention prend la forme d&amp;#039;une subvention forfaitaire.&lt;/em&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Attirer et élargir l&amp;#039;accès au programme pour les nouveaux arrivants, les organisations moins expérimentées et les acteurs à petite échelle&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;inclusion des groupes cibles ayant moins d&amp;#039;opportunités&lt;/li&gt;    &lt;li&gt;Soutenir la citoyenneté européenne active et apporter la dimension européenne au niveau local&lt;/li&gt;    &lt;li&gt;Répondre aux besoins et priorités communs dans les domaines de l&amp;#039;éducation, de la formation, de la jeunesse et du sport&lt;/li&gt;    &lt;li&gt;Encourager des modes de vie sains pour tous&lt;/li&gt;    &lt;li&gt;Lutter contre la discrimination dans le sport, y compris l&amp;#039;égalité entre les hommes et les femmes&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;organisation d&amp;#039;événements sportifs ayant une dimension européenne dans les domaines suivants (bénévolat dans le sport, inclusion sociale par le sport, lutte contre la discrimination dans le sport, y compris l&amp;#039;égalité des sexes, encouragement de modes de vie sains pour tous)&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Le présent appel à propositions est un appel à propositions ouvert.&lt;/li&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 6 et 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;TOPICS&lt;/span&gt; :   Ouvert  &lt;ul&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SNCESE : Manifestations sportives européennes à but non lucratif&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SSCP : Partenariats à petite échelle&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SCP : Partenariats de coopération&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>Pays éligibles au programme :
 &lt;a href="https://erasmus-plus.ec.europa.eu/node/26/printable/pdf" rel="nofollow noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/sites/default/files/2023-11/2024-Erasmus%2BProgramme-Guide_EN.pdf</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;eacea-sport&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Lignes directrices&lt;br /&gt; &lt;a href="https://erasmus-plus.ec.europa.eu/sites/default/files/2023-11/2024-Erasmus%2BProgramme-Guide_EN.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Autres documents de l&amp;#039;appel&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search?tenders&amp;#61;false&amp;amp;callIdentifier&amp;#61;ERASMUS-SPORT-2024" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Site de l&amp;#039;agence exécutive&lt;br /&gt; &lt;a href="https://www.eacea.ec.europa.eu/index_fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Information &amp;#43;&lt;br /&gt; &lt;a href="https://erasmus-plus.ec.europa.eu/about-erasmus/what-is-erasmus" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1c22-erasmus-sport-2024-2024/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>161036</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Soutenir la coopération entre les sociétés de production européennes qui développent des oeuvres avec un fort potentiel d'audience internationale</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C98" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Europe Créative</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>CREA - Co-développement européen - 2024</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Programme Europe Créative 2021-2027&lt;br /&gt;EUROPE CREATIVE - (2) Volet Média&lt;/p&gt;&lt;p&gt;Europe créative - Europe créative vise à préserver, développer et promouvoir la diversité et le patrimoine culturels et linguistiques européens et à accroître la compétitivité et le potentiel économique des secteurs culturels et créatifs, en particulier le secteur audiovisuel.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 6,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : dépend du nombre de bénéficiaires éligibles faisant partie du consortium&lt;/li&gt;    &lt;li&gt;Taux de cofinancement : jusqu&amp;#039;à 70% du total des coûts éligibles&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Objectif&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;p&gt;Soutenir la coopération entre les sociétés de production européennes qui développent des oeuvres avec un fort potentiel d&amp;#039;audience internationale.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Informations complémentaires&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Le présent appel à propositions est un appel à propositions ouvert.&lt;/li&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : jusqu&amp;#039;à 30 mois&lt;br /&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 International</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>Pays éligibles au programme:
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" rel="nofollow noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2024/call-fiche_crea-media-2024-codev_en.pdf</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;EACEAMEDIA-CODEV&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Lignes directrices (EN)&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2024/call-fiche_crea-media-2024-codev_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Autres documents de l&amp;#039;appel (EN)&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/crea-media-2024-codev?tenders&amp;#61;false&amp;amp;programmePart&amp;#61;&amp;amp;pageNumber&amp;#61;58" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Site web de l&amp;#039;agence&lt;br /&gt; &lt;a href="https://www.eacea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Information &amp;#43;&lt;br /&gt; &lt;a href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6b3b-crea-co-developpement-europeen-2024/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>161671</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C99" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I127" s="1" t="inlineStr">
+      <c r="I99" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J127" s="1" t="inlineStr">
+      <c r="J99" s="1" t="inlineStr">
         <is>
           <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M127" s="1" t="inlineStr">
+      <c r="M99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Accès aux services
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Réhabilitation
 Logement et habitat
 Paysage
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P127" s="1" t="inlineStr">
+      <c r="P99" s="1" t="inlineStr">
         <is>
           <t>15/12/2023</t>
         </is>
       </c>
-      <c r="Q127" s="1" t="inlineStr">
+      <c r="Q99" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
 existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Allier</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
         </is>
       </c>
-      <c r="W127" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>i.charnet@agglo-moulins.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>161816</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Soutenir la Jeunesse en Bretagne Centre</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C100" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Loudéac Communauté Bretagne Centre</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I128" s="1" t="inlineStr">
+      <c r="I100" s="1" t="inlineStr">
         <is>
           <t> Min : 8000 Max : 75000</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez un projet innovant en lien avec la jeunesse sur le territoire de Loudéac Communauté ! Avez-vous pensé au programme LEADER ? Il s&amp;#039;agit d&amp;#039;un programme européen qui permet de financer des projets au caractère innovant dans les territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche action 1 : Informer, éduquer et accompagner une jeunesse actrice de la transition&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Accompagner la jeunesse, lui donner les moyens de comprendre et de mieux connaître le territoire à travers des actions de sensibilisation à la citoyenneté, afin de s&amp;#039;y impliquer. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 2 : Grandir et vivre sur le territoire de la crèche à l&amp;#039;indépendance &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Accompagner le parcours résidentiel de nos jeunes, de la petite enfance au jeune travailleur, en proposant une offre attractive, innovante et alternative &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 3 : Contribuer à l&amp;#039;épanouissement de notre jeunesse à travers le sport et la culture&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Diffuser l&amp;#039;art et la culture auprès des jeunes, encourager la pratique sportive des jeunes. Favoriser l&amp;#039;émergence d&amp;#039;initiatives, d&amp;#039;événementiels. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 4 : Une Jeunesse connectée à son territoire &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Proposer des lieux qui puissent permettre à la jeunesse de tisser du lien entre eux mais aussi avec le territoire et ses habitants, à travers notamment le volet du numérique, afin de renforcer leur sentiment d&amp;#039;appartenance au territoire, tout en veillant à assurer leur mobilité. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 5 : Coopération &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au niveau de la coopération nationale et/ou transnationale : le GAL Loudéac Communauté souhaiterait mettre en place des actions de coopération autour de la jeunesse &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au niveau de la coopération interterritoriale : le GAL Loudéac Communauté souhaiterait renforcer les liens de coopération entre les GAL Bretons autour des thématiques suivantes (tiers-lieux, mobilité, culture, alimentation). &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
+      <c r="M100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Action de sensibilisation sur la biodiversité&lt;/p&gt;&lt;p&gt;- Forum de découverte des métiers, destiné à la jeunesse du territoire&lt;/p&gt;&lt;p&gt;- Soutien à la mise en place d&amp;#039;un poste dédié à la citoyenneté des jeunes &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Création/réhabilitation d&amp;#039;une crèche ou résidence habitat jeune&lt;/p&gt;&lt;p&gt;- Études liées aux parcours résidentiels des jeunes&lt;/p&gt;&lt;p&gt;- Développement d&amp;#039;une plateforme accueil/logement à destination de la jeunesse et de la petite enfance &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Soutien à la mise en place d&amp;#039;un événementiel sportif innovant et marqueur du territoire&lt;/p&gt;&lt;p&gt;- Accompagnement d&amp;#039;une résidence d&amp;#039;artiste&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un équipement culturel&lt;/p&gt;&lt;p&gt;- Création d&amp;#039;un tiers-lieu numérique&lt;/p&gt;&lt;p&gt;- Offre de service adapté : TAD pour les jeunes&lt;/p&gt;&lt;p&gt;- Mise en place d&amp;#039;un atelier d&amp;#039;initiation aux nouvelles technologies pour les seniors, animés par des jeunes&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Citoyenneté
 Tiers-lieux
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Le projet doit se situer sur l&amp;#039;une des 40 communes rurales éligibles du territoire de Loudéac Communauté.&lt;/p&gt;&lt;p&gt;- Le projet doit correspondre à la stratégie du GAL&lt;/p&gt;&lt;p&gt;- Cofinancement public national obligatoire pour les porteurs de projets de statut privé&lt;/p&gt;&lt;p&gt;- Taux maximum d&amp;#039;aide public (TMAP) : 100% &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Seuil Plancher : 8 000€ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Seuil plafond : 75 000€&lt;/p&gt;&lt;p&gt;- Taux de financement LEADER : 80% Max &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T100" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>CC Loudéac Communauté - Bretagne Centre</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://www.bretagnecentre.bzh/vivre/europe/programme-leader</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chargée de mission LEADER : Mathilde PEREZ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;leader&amp;#64;loudeac-communaute.bzh&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;02 96 66 14 42  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>leader@loudeac-communaute.bzh</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-jeunesse-en-bretagne-centre-programme-leader/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>162482</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
         </is>
       </c>
-      <c r="C129" s="1" t="inlineStr">
+      <c r="C101" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="F129" s="1" t="inlineStr">
+      <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I129" s="1" t="inlineStr">
+      <c r="I101" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J129" s="1" t="inlineStr">
+      <c r="J101" s="1" t="inlineStr">
         <is>
           <t>1 € de cofinancement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
 (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
 département de la Manche. Les communautés de communes Coutances mer et bocage
 et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
 prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
 Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
 européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
 Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
 Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
 de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Les bénéficiaires
 peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
 sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Les actions
 doivent être innovantes et répondre à la stratégie du territoire : “ Agir
 ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;4 axes de
 développement ont été retenu pour l’élaboration des fiches actions, auxquelles
 les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M129" s="1" t="inlineStr">
+      <c r="M101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
 à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
 la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
 d’améliorer l’offre de services médicaux, par exemple en attirant des
 professionnels de santé médicale ou paramédicale en leur proposant des
 conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
 maintenant la vitalité des communes, en lien avec les commerces et services
 (marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
 cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;span&gt;Les actions facilitant l’accès aux services et
 activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Santé</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P129" s="1" t="inlineStr">
+      <c r="P101" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q129" s="1" t="inlineStr">
+      <c r="Q101" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
 sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
 actions permettant d’améliorer les offres de services et d’activités sur le
 territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
 notamment de mieux accompagner la population vieillissante, avec des offres au
 plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
 administratifs. De plus, cela améliorera l’attractivité du territoire, et
 contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
 nouvelles technologies de l’information et de la communication, le maintien et
 le développement des structures de santé, les services relatifs à l’accueil de
 la petite enfance et des nouveaux habitants, les services d’insertion,
 formation et emploi, les services pour développer des nouvelles formes de
 travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
 les services administratifs, les services améliorant la vie des personnes âgées
 et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Véhiculer une
 image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Accueillir des
 familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Contribuer au
 développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Conserver et
 développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Rendre accessible
 les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Développer
 l’accès et la formation au numérique&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T129" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
 animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
 là pour vous aider à finaliser votre projet, vous orienter sur les aides
 disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
 communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
 Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
 GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
 JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>162483</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Anticiper les mutations économiques</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FSE + - Fonds social européen</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Appel à projets Priorité 3 Objectif Spécifique G</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Direction régionale de l’Economie, de l’Emploi, du Travail et des Solidarités (DREETS) — Normandie</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I102" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 60</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Meilleure prise en compte par l’ensemble des acteurs des enjeux relatifs à la Gestion des Emplois et des Parcours Professionnels ;&lt;/li&gt;&lt;li&gt;Améliorer l’accès à la formation et à la qualification des salariés, notamment des salariés les moins qualifiés, des salariés âgés de plus de 54 ans, des salariés en situation d’emploi instable (contrats à durée déterminée, contrats aidés, intérim…), des salariés issus de secteurs en difficulté ou impactés par des mutations nécessitant une adaptation pour préserver leur employabilité, des salariés issus des métiers en tension ;&lt;/li&gt;&lt;li&gt;Contribuer au renouvellement de l’ingénierie de formation à destination des actifs occupés aux besoins du marché du travail et dans les domaines de la transition numérique et/ou digitale, de la transition écologique et/ou énergétique ;&lt;/li&gt;&lt;li&gt;Développer des outils de veille et de partage des données visant la coordination des différents acteurs territoriaux et sectoriels et l’identification des compétences.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions visées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1) Actions visant à accompagner les mutations économiques, notamment liées aux transitions écologiques et numériques et la formation continue des actifs occupés :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;ingénierie de formation et de construction de parcours, facilitation de l&amp;#039;accès à la formation (lisibilité des référentiels, certification des compétences, modalités innovantes de formation, etc.), plans de développement de compétences dans le domaine de l’environnement : certification du personnel, efficacité énergétique, énergie renouvelable, économie circulaire, construction durable, emplois environnementaux , adaptation des compétences aux nouveaux défis sociaux (inclusion sociale, transition écologique et numérique, métiers rares ou émergents, etc.) et aux besoins du marché du travail, démarches d’expérimentation autour de l’action de formation en situation professionnelle (AFEST) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2) Actions visant à anticiper les mutations économiques, notamment liées aux transitions écologiques et numériques et à accompagner les entreprises et les acteurs locaux : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;démarches anticipatrices, y compris GPEC, pour faire face aux mutations économiques notamment liées aux transitions écologique et numérique dans les branches, les entreprises et les territoires, notamment par le dialogue social ou via des accords passés avec l’Etat ;&lt;/li&gt;&lt;li&gt;veille territoriale et sectorielle : outils de veille (identification des compétences obsolètes et des besoins des filières d&amp;#039;avenir, notamment liées à la transition écologique), outils de partage des données (plateformes ressources humaines (RH), passerelles entre secteurs, coordination des acteurs territoriaux, etc.) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises dans la mise en œuvre d’une démarche de Responsabilité sociétale des entreprises (RSE) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises sur les aspects RH des mutations professionnelles et des impacts de la crise sanitaire.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P130" s="1" t="inlineStr">
+      <c r="P102" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q130" s="1" t="inlineStr">
+      <c r="Q102" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Date limite dépôt des candidatures : 31/10/2024&lt;/p&gt;&lt;p&gt;Période de réalisation possible de l&amp;#039;opération : Du 01/01/2024 au 31/12/2026&lt;/p&gt;&lt;p&gt;Durée de l&amp;#039;opération souhaitée : 12 mois minimum à 36 mois maximum&lt;/p&gt;&lt;p&gt;Montant total du soutien européen prévu : 1 500 000 €&lt;/p&gt;&lt;p&gt;Montant minimum FSE&amp;#43;/FTJ : 30 000 €&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FSE&amp;#43;/FTJ maximum : 60 %&lt;/p&gt;&lt;p&gt;Montant minimum coût total éligible : 50 000 €&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://fse.gouv.fr/les-appels-a-projets/normagd1035normandieaap-priorite-3-os-g-anticipation-des-mutations-economiques</t>
         </is>
       </c>
-      <c r="W130" s="1" t="inlineStr">
+      <c r="W102" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.emploi.gouv.fr/identification/login?TARGET=https%3A%2F%2Fma-demarche-fse-plus.fr%2F#/</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maxime TROMPIER, Chef du service FSE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Adresse mail : &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/maxime.trompier&amp;#64;dreets.gouv.fr" target="_self"&gt;maxime.trompier&amp;#64;dreets.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Tél : 02.27.05.90.13 / Portable : 06.61.15.54.76&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>imane.rouxel@dreets.gouv.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/anticipation-des-mutations-economiques-normagd1035/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>162493</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Développer des solutions de mobilité durable (fiche-action 2)</t>
         </is>
       </c>
-      <c r="C131" s="1" t="inlineStr">
+      <c r="C103" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="F131" s="1" t="inlineStr">
+      <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I131" s="1" t="inlineStr">
+      <c r="I103" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J131" s="1" t="inlineStr">
+      <c r="J103" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M131" s="1" t="inlineStr">
+      <c r="M103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-          Créer et renforcer les structures et infrastructures favorisant les mobilités alternatives :  équipements pour les pôles d’échange multimodaux, transports collectifs, transport d’utilité sociale, transport à la demande, vélo-école, maison du vélo, ateliers ou bornes de réparation du vélo, stationnements de vélo, abris vélo avec ou sans point de recharge électrique, abribus, label vélo, …&lt;/p&gt;&lt;p&gt;-          Sensibiliser au sujet des mobilités alternatives : communication, formations, plateforme, …&lt;/p&gt;&lt;p&gt;-          Développer et soutenir les projets de mobilité partagée : auto-partage, vélo partage, location de moyenne, courte et longue durée, covoiturage, transport (scolaire ou autre) de proximité à traction animale, …&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P131" s="1" t="inlineStr">
+      <c r="P103" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q131" s="1" t="inlineStr">
+      <c r="Q103" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette mesure vise à encourager la mise en oeuvre de nouvelles solutions de mobilité en tant qu&amp;#039;alternative à la voiture personnelle, pour suciter de nouvelles habitudes et de rendre la mobilité accessible à tous, dans le respect de l&amp;#039;environnement. Il s&amp;#039;agit notamment de développer les déplacements plus durables et de diminuer la dependance aux énergies fossiles dans nos déplacements.&lt;/p&gt;&lt;p&gt;Sont considérées comme mobilités alternatives : les transports en commun, le vélo à assistance électrique ou non, la marche à pied, le covoiturage, l’auto-stop, le transport à la demande, le prêt ou location de véhicules, l’auto-partage, le pédibus, la traction animale, l’inter-mobilité, et autres modes de transports ayant un impact zéro ou très faible sur l’environnement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-et-les-activites-en-milieu-rural-fonds-europeens-leader-du-pays-de-coutances-fiche-action-1/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>162499</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Mettre en valeur le patrimoine local</t>
         </is>
       </c>
-      <c r="C132" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>APPEL A PORTEURS DE PROJETS / GAL Soissonnais Valois - Réouverture de la programmation LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Soissonnais (PETR)</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I104" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;***  EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La définition d’une identité touristique commune à tout le territoire&lt;/p&gt;&lt;p&gt;• L’augmentation du nombre de sites patrimoniaux ouverts à la visite&lt;/p&gt;&lt;p&gt;• L’augmentation du nombre de sites naturels aménagés et valorisés&lt;/p&gt;&lt;p&gt;• L’augmentation de la fréquentation des sites touristiques&lt;/p&gt;&lt;p&gt;• La mise en valeur de sites méconnus&lt;/p&gt;&lt;p&gt;• La préservation du patrimoine bâti et naturel&lt;/p&gt;&lt;p&gt;• L’augmentation du nombre et de la qualité des parcours touristiques&lt;/p&gt;&lt;p&gt;• L’augmentation du nombre et de la qualité d’évènements et de manifestations ponctuelles à vocation touristique&lt;/p&gt;&lt;p&gt;• L’embellissement des centres bourgs&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;*** DESCRIPTIF DES ACTIONS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1/ Définir l’identité touristique du territoire autour de ses richesses naturelles et patrimoniales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Tout projet concourant à la définition d’une identité touristique commune du territoire autour de ses richesses naturelles et patrimoniales&lt;/p&gt;&lt;p&gt;- Tout projet permettant de développer une offre différenciante – un produit phare partagé par tous&lt;/p&gt;&lt;p&gt;- La mise en œuvre de campagnes de promotion visant à cibler une clientèle touristique axée sur cette thématique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2/ Créer une expérience touristique autour de circuits de découvertes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- L’animation et la création de nouvelles expériences touristiques notamment autour de routes touristiques, de parcours à créer ou à redynamiser&lt;/p&gt;&lt;p&gt;- Le développement de la mise en tourisme de certains sites industriels&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3/ Accompagner des actions de valorisation ou de préservation des patrimoines naturels et bâtis :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- La mise en œuvre d’une signalétique du patrimoine local&lt;/p&gt;&lt;p&gt;- L’accompagnement à la rénovation et à la préservation des patrimoines permettant d’ouvrir au public de nouveaux sites touristiques ou de mettre en lumière des sites non valorisés&lt;/p&gt;&lt;p&gt;- L’accompagnement à la valorisation et à l’embellissement des centres bourgs&lt;/p&gt;&lt;p&gt;- L’accompagnement à l’organisation de manifestations ponctuelles et de de mises en évènements des sites (commémorations, reconstitutions, anniversaires...)&lt;/p&gt;&lt;p&gt;- Les études en vue d’un investissement&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P132" s="1" t="inlineStr">
+      <c r="P104" s="1" t="inlineStr">
         <is>
           <t>01/09/2024</t>
         </is>
       </c>
-      <c r="Q132" s="1" t="inlineStr">
+      <c r="Q104" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>PETR du Soissonnais Valois</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdusoissonnaisvalois.fr/leader/</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;Kassandra SANDJAK&lt;/span&gt; : &lt;/span&gt;&lt;span&gt;(&lt;/span&gt;&lt;em&gt;Portable ) 06 58 62 11 58 ou (&lt;/em&gt;&lt;em&gt;Fixe)  03 23 73 75 69, adresse mail : &lt;a target="_self"&gt;ksandjak&amp;#64;soissonnaisvalois.fr&lt;/a&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Adélaïde DUFRESNE&lt;/span&gt; :   &lt;em&gt;(&lt;/em&gt;&lt;em&gt;Fixe)  03 23 73 75 69,  &lt;/em&gt;&lt;/span&gt;&lt;em&gt;Adresse mail : &lt;a target="_self"&gt;adufresne&amp;#64;soissonnaisvalois.fr&lt;/a&gt;&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>ksandjak@soissonnaisvalois.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-valeur-le-patrimoine-local/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>162529</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Dynamiser et accompagner l'agricultutre et l'alimentation locales</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F133" s="1" t="inlineStr">
+      <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I133" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J133" s="1" t="inlineStr">
+      <c r="J105" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;a) Alimentation et autonomie : développer les
 filières locales et les circuits-courts de production, de transformation et de
 commercialisation des aliments et des produits, notamment ceux issus de
 l’agriculture biologique.&lt;/p&gt;&lt;p&gt;b) Foncier et bocage : connaître et protéger le
 foncier agricole par le biais d’outils, d’ingénierie, de formation ou de
 travaux &lt;/p&gt;&lt;p&gt;c) Les actions de pédagogie et de communication
 visant à améliorer l’image du monde agricole, lorsqu’il est en accord avec les
 problématiques environnementales actuelles et dans un objectif d’attractivité
 des métiers.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;d) Pratiques agricoles : adapter les
 pratiques au changement climatique et accompagner les changements de modèles
 agricoles lorsque ces actions ne sont pas éligibles aux dispositifs régionaux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Sols
 Transition énergétique
 Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P133" s="1" t="inlineStr">
+      <c r="P105" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q133" s="1" t="inlineStr">
+      <c r="Q105" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’agriculture contribue au façonnement des paysages et à l’aménagement du
 territoire. Elle représente un poids important dans l’économie locale.
 Cependant elle subit la diminution de son foncier (au profit de
 l’urbanisation) et fait face à la difficulté à trouver de la main d’œuvre ou des
 repreneurs. Dynamiser l’agriculture locale pour la rendre plus attractive et
 répondre à la problématique de transmission des installations est vitale.&lt;/p&gt;&lt;p&gt;En
 parallèle, les pratiques agricoles doivent être adaptées pour prendre en compte
 la préservation de la biodiversité et de la qualité des sols et de l’eau. La
 modification des pratiques agricole vise à diminuer l’impact sur le changement
 climatique et contribue à l’adaptation au changement climatique.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Soutenir la transformation des productions et encourager la consommation
 de produits locaux, contribue au développement d&amp;#039;une économie locale et augmente la résilience alimentaire du
 territoire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-solutions-de-mobilite-durable-fiche-action-2/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>162530</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Adapter le bâti existant</t>
         </is>
       </c>
-      <c r="C134" s="1" t="inlineStr">
+      <c r="C106" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F134" s="1" t="inlineStr">
+      <c r="F106" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I134" s="1" t="inlineStr">
+      <c r="I106" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J134" s="1" t="inlineStr">
+      <c r="J106" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M134" s="1" t="inlineStr">
+      <c r="M106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;&lt;font face="Calibri, sans-serif"&gt;-&lt;/font&gt;&lt;font face="Times New Roman" size="1"&gt; &lt;/font&gt;Etudes et
 l’ingénierie, ainsi que les actions collectives, sur l’adaptation des
 logements, leur amélioration ou l’identification des logements vacants et des
 freins pour une remise sur le marché. : OPAH, PLH&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt; &lt;/span&gt;Etudes,
 actions collectives et expérimentations exemplaires d’un point de vue
 énergétique et/ ou sur la gestion des eaux.&lt;/p&gt;&lt;p&gt;-&lt;span&gt; &lt;/span&gt;Rénovation
 thermique de bâtiments professionnels et/ou actions de production d’énergies
 renouvelables et/ou actions de gestion des eaux, pour les entreprises.&lt;/p&gt;&lt;p&gt;-&lt;span&gt; &lt;/span&gt;Etudes,
 actions collectives et expérimentations sur les nouvelles formes d’habitats,
 tant dans le choix des matériaux que sur la forme de l’habitat, collectifs ou
 partagés, avec une prise en compte des problématiques
 environnementales et énergétiques.&lt;/p&gt;&lt;p&gt;
 - Aménagement de l’environnement
 proche du bâti, améliorant le bien-être des habitants, favorisant le
 vivre-ensemble et les liens intergénérationnels : jardins partagés, ... &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Foncier
 Transition énergétique
 Bâtiments et construction
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P134" s="1" t="inlineStr">
+      <c r="P106" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q134" s="1" t="inlineStr">
+      <c r="Q106" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;offre de
 logements n&amp;#039;est pas suffisamment en adéquation avec la demande et attentes des habitants : logements surdimensionnés et offre locative faible. Ce déficit
 dégrade la capacité du territoire à accueillir des nouveaux habitants ou
 salariés. &lt;/p&gt;&lt;p&gt;Pour y remédier, des
 actions sur la résorption des logements vacants, sur l’adaptation des logements
 existants à la typologie de la population (composition des ménages), sur le
 développement de nouvelles formes d’habitats ou sur l’amélioration des
 performances énergétiques et de gestion des eaux sont attendues et soutenues
 par cette fiche-action. Ces actions poursuivent en même temps un objectif de
 réduction d&amp;#039;artificialisation des sols et de consommation foncière pour
 l’habitat et les activités humaines.&lt;/p&gt;&lt;p&gt;Cette fiche-action vise également à encourager les solutions qui réduiront
 la consommation énergétique des bâtiments et/ou qui favoriseront la production
 d’énergies renouvelables en autoconsommation.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dynamiser-et-accompagner-lagricultutre-et-lalimentation-locales-fiche-action-3/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>162531</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Valoriser et préserver le patrimoine culturel et naturel</t>
         </is>
       </c>
-      <c r="C135" s="1" t="inlineStr">
+      <c r="C107" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F135" s="1" t="inlineStr">
+      <c r="F107" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I135" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J135" s="1" t="inlineStr">
+      <c r="J107" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Événements culturels ou
 actions permettant l’accès à la culture à des publics habituellement éloignés
 de l’offre culturelle existante. &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Actions visant à préserver,
 restaurer, aménager et/ou valoriser le petit patrimoine bâti dans le but d’y
 accueillir du public : protection, valorisation ; actions
 d’acquisition, de restauration et de réhabilitation ; mise en son et
 lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Actions visant à préserver,
 restaurer, aménager et/ou valoriser la biodiversité et les systèmes naturels :&lt;span&gt; &lt;/span&gt;renaturation,
 protection, valorisation ; actions d’acquisition, de restauration et de réhabilitation ; mise en son
 et lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Actions de valorisation et de
 sensibilisation du public sur le patrimoine culturel et/ou naturel du
 territoire : expositions, circuits découverte, visites commentées, animations, ateliers
 et matériels pédagogiques ; éducation à l’histoire du territoire et à ses
 spécificités ; actions de connaissances (inventaires) et de partage de
 connaissances, … &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Accompagner les
 professionnels sur ces thématiques de valorisation et préservation du
 patrimoine (actions de formation).&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;On entend par petit patrimoine bâti les lavoirs,
 moulins, pressoirs, bornes historiques, canaux d&amp;#039;irrigation, chapelles, croix
 de chemin, fontaines, fours à pain, oratoires, ponts ruraux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P135" s="1" t="inlineStr">
+      <c r="P107" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q135" s="1" t="inlineStr">
+      <c r="Q107" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le territoire du Pays de Coutances a un patrimoine naturel et culturel
 unique mais trop souvent méconnu par les habitants et les visiteurs. La
 protection et la préservation du patrimoine naturel et culturel passe par un
 plus grand partage de la connaissance de ces richesses patrimoniales. &amp;#34;On
 protège mieux, en effet, ce qu’on connait&amp;#34;. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Cette fiche-action vise donc à soutenir les initiatives qui permettront
 d’accroitre les connaissances des habitants et des visiteurs sur la
 biodiversité et les systèmes naturels, l’histoire du territoire et son
 patrimoine. Les actions permettant de toucher plus spécifiquement un public
 habituellement éloigné des offres culturelles ou de sensibilisation à
 l’environnement seront particulièrement appréciées.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/adapter-le-bati-existant-fiche-action-4/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>162532</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'économie sociale et solidaire et l'économie circulaire</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C108" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F136" s="1" t="inlineStr">
+      <c r="F108" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I136" s="1" t="inlineStr">
+      <c r="I108" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J136" s="1" t="inlineStr">
+      <c r="J108" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Projets ou événements
 d’économie circulaire ou d’économie sociale et solidaire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Promotion, information et
 sensibilisation aux économies circulaire et sociale et solidaire, par le biais
 de communication, d’événements, de manifestations, de débats, etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Projet de création d’un
 produit issu du recyclage ou de la réutilisation d’un ou plusieurs produits.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Création d’un service de
 consommation collaborative ou d’économie de la fonctionnalité.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Missions d’accompagnement, de
 conseils, d’animation territoriale et de mise en réseau : démarche d’écologie
 industrielle et territoriale, …&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L‘économie sociale et solidaire (ESS) s’entend
 d’après la définition de la loi n° 2014-856 du 31 juillet 2014 : Production
 de biens et de services de manière durable en limitant la consommation et le
 gaspillage des ressources et la production des déchets. Ce modèle repose sur la
 création de boucles de valeur positives à chaque utilisation ou réutilisation
 de la matière ou du produit avant destruction finale. Il met notamment l’accent
 sur de nouveaux modes de conception, production et consommation, le prolongement
 de la durée d’usage des produits, l’usage plutôt que la possession de bien, la
 réutilisation et le recyclage des composants. (Institut de l’Économie
 circulaire)&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P136" s="1" t="inlineStr">
+      <c r="P108" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q136" s="1" t="inlineStr">
+      <c r="Q108" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Soutenir les initiatives favorisant le développement de l’ESS et de
 l’économie circulaire sur le territoire est une réponse aux enjeux actuels de
 l’emploi local, de la préservation des ressources locales, du maintien ou de la
 création de valeur sur le territoire, de la coopération et des solidarités
 entre les acteurs locaux. Dans un contexte d’augmentation du prix de traitement
 des déchets, de fermeture des centres d’enfouissement et d’augmentation des
 prix des matières premières, il est particulièrement important de soutenir des
 actions qui viseront à diminuer la production de déchets et à favoriser la
 mutualisation des ressources. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les actions soutenues contribueront ainsi à améliorer la résilience du Pays
 de Coutances.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T108" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-preserver-le-patrimoine-culturel-et-naturel-fiche-action-5/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>162533</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de coopération interterritoriale et transnationale</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C109" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F137" s="1" t="inlineStr">
+      <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J137" s="1" t="inlineStr">
+      <c r="J109" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M137" s="1" t="inlineStr">
+      <c r="M109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette mesure vise à soutenir les projets de
 coopération sur le territoire du Pays de Coutances.&lt;/p&gt;&lt;p&gt;Deux types de coopération peuvent être soutenus :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
 &lt;/span&gt;La coopération «
 interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
 &lt;/span&gt;La coopération «
 transnationale » entre des territoires relevant de plusieurs Etats membres
 ainsi qu’avec des territoires de pays tiers.&lt;/p&gt;&lt;p&gt;Aux vues des besoins et des pistes d’actions
 envisagées, seront particulièrement favorisés :&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;Les projets en lien avec
 l’évolution des pratiques d’implication des acteurs locaux dans les prises de
 décisions ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;Les projets d’évolution des
 pratiques agricole et conchylicoles (qualité des eaux, valorisation économique
 et circuits courts) ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;Le développement des énergies
 renouvelables ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;La mise en place d’actions
 interterritoriales d’économie circulaire ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;Les voyages d’études dont la
 thématique répond aux enjeux de la SLD.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Tout autre projet contribuant à l’atteinte des
 objectifs de la stratégie locale de développement pourra également être
 soutenu.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Attractivité économique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P137" s="1" t="inlineStr">
+      <c r="P109" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q137" s="1" t="inlineStr">
+      <c r="Q109" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les enjeux du GAL du Pays de Coutances se retrouvent sur d’autres
 territoires européens ou nationaux : impacts du réchauffement climatique sur
 les activités humaines et sur l’environnement, adaptation au changement
 climatique, mobilité durable dans les zones rurales, égalité femmes-hommes,
 etc. Cette fiche-action a pour objectif de soutenir les projets de coopération répondant à ces enjeux, avec des territoires français ou européens. La coopération a pour objectifs de mutualiser des
 connaissances, de partager des bonnes pratiques, ou d&amp;#039;agir ensemble. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Coopérer avec d’autres territoires favorise &lt;span&gt;l’innovation et permet de &lt;/span&gt;&lt;span&gt;diffuser les valeurs européennes auprès des habitants du territoire.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-sociale-et-solidaire-et-leconomie-circulaire-fiche-action-6/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>162824</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C110" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I138" s="1" t="inlineStr">
+      <c r="I110" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J138" s="1" t="inlineStr">
+      <c r="J110" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M110" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>162828</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C111" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
+      <c r="I111" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J139" s="1" t="inlineStr">
+      <c r="J111" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M139" s="1" t="inlineStr">
+      <c r="M111" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Friche
 Biodiversité
 Architecture
 Paysage
 Attractivité économique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>162829</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Accompagner les transitions écologiques et énergétiques</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C112" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I140" s="1" t="inlineStr">
+      <c r="I112" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J140" s="1" t="inlineStr">
+      <c r="J112" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Promouvoir l&amp;#039;agriculture et les productions locales dans les pratiques alimentaires du territoire ;&lt;br /&gt;- Encourager les entreprises aux pratiques de gestion durable des ressources ;&lt;br /&gt;- Soutenir les projets innovants qui participent à la résilience du territoire ;&lt;br /&gt;- Accompagner les changements de pratiques pour préserver les ressources.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Accompagner les territoires vers de nouvelles pratiques alimentaires ;&lt;br /&gt;- Favoriser les alternatives écologiques des entreprises publiques et privées ;&lt;br /&gt;- Initier les innovations énergétiques ;&lt;br /&gt;- S&amp;#039;adapter pour gérer durablement la ressource en eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M140" s="1" t="inlineStr">
+      <c r="M112" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;accompagnement des territoires vers l&amp;#039;alimentation durable ;&lt;br /&gt;- Opérations favorisant les alternatives écologiques des structures publiques et entreprises privées ;&lt;br /&gt;- Opérations favorisant les innovations énergétiques et durables ;&lt;br /&gt;- Opérations visant à adapter le territoire à une gestion durable de la ressource en eau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Alimentation durable : &lt;/strong&gt;Ensemble de pratiques alimentaires visant à nourrir les êtres humains en qualité et en quantité suffisante, aujourd&amp;#039;hui et demain, dans le respect de l&amp;#039;environnement, en étant accessible économiquement et rémunératrice sur l&amp;#039;ensemble de la chaîne alimentaire (ADEME).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Innovation, créativité et recherche
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt;/ 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-transitions-ecologiques-et-energetiques/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>162933</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Innover dans la poursuite du Projet Alimentaire Territorial</t>
         </is>
       </c>
-      <c r="C141" s="1" t="inlineStr">
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Alimentation Locale</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F141" s="1" t="inlineStr">
+      <c r="F113" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I141" s="1" t="inlineStr">
+      <c r="I113" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J141" s="1" t="inlineStr">
+      <c r="J113" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir une diversité agricole garante d’une richesse paysagère&lt;/li&gt;&lt;li&gt;Développer des filières locales agricoles, et alimentaires permettant de s’adapter aux effets du réchauffement climatique et / ou de les réduire&lt;/li&gt;&lt;li&gt;Réduire les déchets alimentaires et le gaspillage alimentaire de manière innovante&lt;/li&gt;&lt;li&gt;Sensibiliser et rendre accessible une alimentation saine et locale auprès de tous&lt;/li&gt;&lt;li&gt;Mettre en valeur des produits de notre terroir par la coopération entre différents acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
+      <c r="M113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Encourager la reconquête des parcelles en déprise agricole pour une finalité alimentaire&lt;/li&gt;&lt;li&gt;Etudier et investir pour améliorer la commercialisation en circuit court et de proximité (distributeurs automatiques de produits locaux, …)&lt;/li&gt;&lt;li&gt;Renforcer la formation et l’accompagnement des agriculteurs sur les pratiques vertueuses&lt;/li&gt;&lt;li&gt;Promouvoir des pratiques agricoles innovantes moins consommatrices en eau&lt;/li&gt;&lt;li&gt;Créer un document pédagogique d’aide à la décision basé sur les émissions de GES&lt;/li&gt;&lt;li&gt;Identifier et valoriser les invendus et restes alimentaires (dont GMS)&lt;/li&gt;&lt;li&gt;Eduquer au goût la population en la sensibilisant aux produits locaux&lt;/li&gt;&lt;li&gt;Conseiller et accompagner les collectivités pour favoriser les circuits courts et de proximité dans les marchés publics&lt;/li&gt;&lt;li&gt;Soutenir des initiatives visant à réduire le gaspillage alimentaire&lt;/li&gt;&lt;li&gt;Appuyer la structuration d’une filière locale d’aide alimentaire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P141" s="1" t="inlineStr">
+      <c r="P113" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q141" s="1" t="inlineStr">
+      <c r="Q113" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R141" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T113" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W141" s="1" t="inlineStr">
+      <c r="W113" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-1/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>162934</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Préserver la biodiversité et sensibiliser tous les publics aux enjeux du futur</t>
         </is>
       </c>
-      <c r="C142" s="1" t="inlineStr">
+      <c r="C114" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Biodiversité et Sensibilisation environnementale</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F142" s="1" t="inlineStr">
+      <c r="F114" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I142" s="1" t="inlineStr">
+      <c r="I114" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J142" s="1" t="inlineStr">
+      <c r="J114" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer la préservation de la biodiversité (ordinaire, en péril, trame verte, trame bleue, trame brune, …)&lt;/li&gt;&lt;li&gt;Préserver et valoriser le patrimoine naturel et permettre l’adaptabilité au changement climatique&lt;/li&gt;&lt;li&gt;Renforcer les réseaux d’acteurs afin de permettre la transversalité des thématiques (santé, paysage, climat, mobilité, agriculture)&lt;/li&gt;&lt;li&gt;Développer des outils de communication et de sensibilisation tout public&lt;/li&gt;&lt;li&gt;Sensibiliser et lutter contre les espèces invasives&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M142" s="1" t="inlineStr">
+      <c r="M114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Expérimenter, adapter la flore (parterre, culture, forêt, …) au changement climatique et notamment au besoin en eau (hors acquisition ou plantation de plantes annuelles)&lt;/li&gt;&lt;li&gt;Créer un atlas des arbres remarquables / Inventaire du patrimoine floristique&lt;/li&gt;&lt;li&gt;Mettre en lien des acteurs touchés directement ou indirectement par la biodiversité&lt;/li&gt;&lt;li&gt;Restaurer les habitats permettant de préserver, d’améliorer ou de recréer une biodiversité&lt;/li&gt;&lt;li&gt;Valoriser et mettre en avant les bonnes pratiques sur les jardins privés&lt;/li&gt;&lt;li&gt;Créer des itinéraires en mobilité douce à la découverte de la biodiversité&lt;/li&gt;&lt;li&gt;Investir pour améliorer la biodiversité en milieu urbain&lt;/li&gt;&lt;li&gt;Créer des vitrines de projets de la biodiversité à l’échelle du Pays des Châteaux&lt;/li&gt;&lt;li&gt;Mener des études d’impact de projets sur la biodiversité&lt;/li&gt;&lt;li&gt;Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P142" s="1" t="inlineStr">
+      <c r="P114" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q142" s="1" t="inlineStr">
+      <c r="Q114" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W142" s="1" t="inlineStr">
+      <c r="W114" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-2/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>162935</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Rassembler les acteurs autour de l’économie circulaire et la valorisation de nos ressources locales</t>
         </is>
       </c>
-      <c r="C143" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Economie circulaire</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F143" s="1" t="inlineStr">
+      <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J143" s="1" t="inlineStr">
+      <c r="J115" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’utilisation et la disponibilité des agromatériaux et bois locaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner tous les acteurs à l’intérêt des filières d’agromatériaux et énergies renouvelables et à la valorisation des déchets&lt;/li&gt;&lt;li&gt;Développer des filières de recyclage / réutilisation des matériaux&lt;/li&gt;&lt;li&gt;Accompagner les entreprises, les collectivités locales et les agriculteurs à la gestion efficiente de l’eau&lt;/li&gt;&lt;li&gt;Accompagner les artisans et professionnels sur les enjeux de l’adaptation au changement climatique de l’économie circulaire et de la sobriété énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M143" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réfléchir et investir sur la réduction, la récupération d’eau et son utilisation&lt;/li&gt;&lt;li&gt;Réfléchir et investir sur la réutilisation des eaux usées&lt;/li&gt;&lt;li&gt;Sensibiliser sur l’utilisation de l’eau dans les différents usages domestiques&lt;/li&gt;&lt;li&gt;Adapter les aménagements autour de la consommation d’eau (récupération, …)&lt;/li&gt;&lt;li&gt;Sensibiliser sur le devenir des déchets (réutilisation, valorisation, …) et leur recyclage&lt;/li&gt;&lt;li&gt;Mettre en place des ressourceries, des matériauthèques / des solutions autour de la récupération de matériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner sur les agro-matériaux ou bio sourcés&lt;/li&gt;&lt;li&gt;Mener des inventaires, états des lieux, études, études de faisabilité sur les filières d’agromatériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer sur l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer auprès des élus et/ou techniciens sur l’usage des bâtiments et la maitrise de l’énergie&lt;/li&gt;&lt;li&gt;Mener des réflexions, études et investissements sur les nouvelles énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P143" s="1" t="inlineStr">
+      <c r="P115" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q143" s="1" t="inlineStr">
+      <c r="Q115" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W143" s="1" t="inlineStr">
+      <c r="W115" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-et-sensibiliser-tous-les-publics-aux-enjeux-du-futur/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>162936</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Rendre attrayante une mobilité sobre</t>
         </is>
       </c>
-      <c r="C144" s="1" t="inlineStr">
+      <c r="C116" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Mobilité et services</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F144" s="1" t="inlineStr">
+      <c r="F116" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I144" s="1" t="inlineStr">
+      <c r="I116" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J144" s="1" t="inlineStr">
+      <c r="J116" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;font face="Segoe UI"&gt;&lt;span&gt;Objectifs : &lt;/span&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Penser l’accès aux services par une mobilité sobre, douce et/ou réduite&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Imaginer la mutualisation, la mutation, la réversibilité et/ou la recyclabilité de lieux, d’équipements, de véhicules et d’usages&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Accompagner à l’acceptabilité du changement des pratiques (comportements, aménagements) vers plus de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Expérimenter de nouvelles mobilités dans une optique de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Faire prendre conscience de l’urgente nécessité de changer les pratiques de mobilité par la sensibilisation, la formation, l’expérimentation, …&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Recréer l’effet « place du village » ou « vie de quartier », par une mobilité adaptée au changement climatique&lt;/font&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place l’autopartage / un réseau d’autostop organisé et/ou amélioré&lt;/li&gt;&lt;li&gt;Réutiliser les anciennes voies de fret pour un nouvel usage de mobilité&lt;/li&gt;&lt;li&gt;Créer des itinéraires « bis » pour piétons ou cyclistes en dehors de routes (réouvertures d’anciennes voies, ...)&lt;/li&gt;&lt;li&gt;Former, créer des réseaux pour les décideurs (chefs d’entreprises, élus, …) sur les questions de mobilité sobre&lt;/li&gt;&lt;li&gt;Etudier et investir autour de nouvelles formes de mobilité douce&lt;/li&gt;&lt;li&gt;Solutions à destination des publics non véhiculés (sans permis, jeune, personne âgée)&lt;/li&gt;&lt;li&gt;Rendre plus simple l’accès aux services en télétravail&lt;/li&gt;&lt;li&gt;Mutualiser des services entre entreprises ou associations&lt;/li&gt;&lt;li&gt;Sensibilisation, organisation d’évènements autour de la mobilité pour une meilleure prise de conscience&lt;/li&gt;&lt;li&gt;Recréer une proximité entre services au sein d’une commune ou d’un quartier&lt;/li&gt;&lt;li&gt;Etude et investissement autour de solutions spécifiques de mobilité pour des publics de premières nécessités&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Appui méthodologique
 Animation et mise en réseau
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P144" s="1" t="inlineStr">
+      <c r="P116" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q144" s="1" t="inlineStr">
+      <c r="Q116" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W144" s="1" t="inlineStr">
+      <c r="W116" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/rassembler-les-acteurs-autour-de-leconomie-circulaire-et-la-valorisation-de-nos-ressources-locales/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>162938</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C145" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I145" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P145" s="1" t="inlineStr">
+      <c r="P117" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q145" s="1" t="inlineStr">
+      <c r="Q117" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>162939</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Valoriser les atouts culturels, touristiques et patrimoniaux du territoire</t>
         </is>
       </c>
-      <c r="C146" s="1" t="inlineStr">
+      <c r="C118" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I146" s="1" t="inlineStr">
+      <c r="I118" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Avec sa démarche d’attractivité amorcée depuis 2019, le territoire des Coëvrons poursuit la valorisation des atouts du territoire. Ce dernier possède un patrimoine historique, naturel et bâti riche et marqué par des sites emblématiques et des espaces naturels diversifiés. Doté de propositions culturelles abondantes et d’un tissu associatif dynamique, le territoire des Coëvrons fait preuve d’un dynamisme culturel avéré.&lt;/p&gt;&lt;p&gt;L’enjeu est de renforcer l’appropriation de cette richesse patrimoniale et culturelle par les populations résidentes, de la faire connaitre à tous et de renforcer l’ancrage local des propositions culturelles.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Promouvoir le territoire par son offre touristique et patrimoniale&lt;/p&gt;&lt;p&gt;- Préserver, animer et valoriser le patrimoine naturel, historique et culturel&lt;/p&gt;&lt;p&gt;- Proposer de nouvelles offres touristiques et patrimoniales&lt;/p&gt;&lt;p&gt;- Renforcer l’offre touristique et patrimoniale accessible toute l’année&lt;/p&gt;&lt;p&gt;- Qualifier l’offre touristique et patrimoniale via des labels&lt;/p&gt;&lt;p&gt;- Contribuer à l’animation culturelle sur l’ensemble du territoire&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Entretien et restauration du patrimoine&lt;/li&gt;&lt;li&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/li&gt;&lt;li&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/li&gt;&lt;li&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/li&gt;&lt;li&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/li&gt;&lt;li&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/li&gt;&lt;li&gt;- Actions de promotion du territoire&lt;/li&gt;&lt;li&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/li&gt;&lt;li&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/li&gt;&lt;li&gt;- Développement de formes culturelles innovantes&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M146" s="1" t="inlineStr">
+      <c r="M118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;- Entretien et restauration du patrimoine&lt;/p&gt;&lt;p&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/p&gt;&lt;p&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/p&gt;&lt;p&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/p&gt;&lt;p&gt;Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/p&gt;&lt;p&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/p&gt;&lt;p&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/p&gt;&lt;p&gt;- Actions de promotion du territoire&lt;/p&gt;&lt;p&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/p&gt;&lt;p&gt;Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/p&gt;&lt;p&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/p&gt;&lt;p&gt;- Développement de formes culturelles innovantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Technologies numériques et numérisation
 Tiers-lieux
 Artisanat
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P146" s="1" t="inlineStr">
+      <c r="P118" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q146" s="1" t="inlineStr">
+      <c r="Q118" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R146" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables-1/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>162976</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les ressources durables des villages du territoire</t>
         </is>
       </c>
-      <c r="C147" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Fiche 1 - FEDER</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I147" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J147" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, à l’image de la Gironde, consomme et produit peu
 d’énergies renouvelables dans son mix énergétique. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Par ailleurs le ralentissement de la croissance, le changement climatique
 et les prix de l’énergie impactent les équilibres du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La mise en place des Plans Climat Air Energie Territoire (PCAET) à
 l’échelle des SCOT et déclinés par CDC est une première étape pour donner un
 cadre et passer à l’opérationnel.&lt;/p&gt;&lt;p&gt;Ce qui est en jeu est donc de :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations énergétiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place la transition énergétique pour rendre majoritaire la
 part d’énergies renouvelables produites et consommées&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M147" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes, animation ou
 outils visant à remplacer la consommation des énergies fossiles par des
 énergies renouvelable&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes, animation ou
 outils pour impulser et engager la rénovation énergétique à l’échelle locale&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Soutien aux
 opérations de rénovation/extension de bâtiments permettant de développer ou
 améliorer les logements sociaux dans les centres-bourgs (-20 logements par
 opération)&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
 ingénierie pour améliorer la performance énergétique et thermique de l’habitat
 privé.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Montage et
 sensibilisation de filières locales énergétiques et de matériaux bio et
 géo-sourcés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation de
 communautés locales investissant dans les énergies renouvelables&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Modernisation des
 équipements d’éclairage public locaux vers des solutions économes, durables et intégrée
 dans une stratégie de dynamisation des centres-bourgs, villes ou quartiers
 politiques de la ville.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P147" s="1" t="inlineStr">
+      <c r="P119" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q147" s="1" t="inlineStr">
+      <c r="Q119" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R147" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>162977</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Améliorer le bien-être et le cadre de vie des Coëvronnais</t>
         </is>
       </c>
-      <c r="C148" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I148" s="1" t="inlineStr">
+      <c r="I120" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;La population des Coëvrons est en diminution, plutôt vieillissante, et rencontre des fragilités sociales. L’offre de soin est insuffisante. L’enjeu est d’adapter et de développer des soins et des services pour la population à toutes les étapes de la vie, de favoriser le vivre ensemble et l’échange entre les générations.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Faciliter les démarches partenariales pour améliorer la prévention et l&amp;#039;offre de soins sur le territoire&lt;/li&gt;&lt;li&gt;Favoriser l’inclusion sociale, l’insertion et les échanges entre les générations&lt;/li&gt;&lt;li&gt;Prévenir la rupture sociale&lt;/li&gt;&lt;li&gt;Développer l’offre petite enfance et enfance jeunesse&lt;/li&gt;&lt;li&gt;Soutenir l’offre de loisirs et sportive pour tous&lt;/li&gt;&lt;li&gt;Soutenir la vie associative&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Amélioration de la prévention et de l&amp;#039;offre de soins :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions innovantes telles que la télémédecine et unité mobile de soin&lt;/li&gt;&lt;li&gt;Actions d’aide à l’installation des professionnels de santé&lt;/li&gt;&lt;li&gt;Actions de prévention, d’information, de communication et de formation&lt;/li&gt;&lt;li&gt;Mise en réseau des professionnels de santé et des acteurs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Renforcement de l’inclusion sociale et des échanges entre les générations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur de l’inclusion sociale et de l’insertion&lt;/li&gt;&lt;li&gt;Services innovants en faveur des jeunes, de l’intergénérationnel et des personnes âgées (ex : habitats partagés, structures EHPAD/crèche, système de parrainage)&lt;/li&gt;&lt;li&gt;Actions en faveur du handicap et de la santé mentale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Développement de l’offre petite enfance et enfance jeunesse :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets en lien avec l’accueil des enfants en situations de handicap (ex : structure de type Loisirs Pluriel), évènements et actions inclusives&lt;/li&gt;&lt;li&gt;Actions d’amélioration de l’offre actuelle&lt;/li&gt;&lt;li&gt;Nouveaux services et équipements&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Soutien d’une pratique sportive et de loisirs pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositifs et actions pour soutenir les pratiques amateurs&lt;/li&gt;&lt;li&gt;Actions en faveur de l’intergénérationnel&lt;/li&gt;&lt;li&gt;Acquisition d&amp;#039;équipements pour permettre une pratique inclusive&lt;/li&gt;&lt;li&gt;Développement d’offres de loisirs et sportives innovantes&lt;/li&gt;&lt;li&gt;Actions liées au développement de synergie entre les acteurs de la culture et des loisirs&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P148" s="1" t="inlineStr">
+      <c r="P120" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q148" s="1" t="inlineStr">
+      <c r="Q120" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>162978</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Accompagner le développement d'une production et d’une consommation responsables</t>
         </is>
       </c>
-      <c r="C149" s="1" t="inlineStr">
+      <c r="C121" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I149" s="1" t="inlineStr">
+      <c r="I121" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt; &lt;span&gt;Dans le cadre de sa démarche d’attractivité, le territoire des Coëvrons affirme sa volonté de construire une image d&amp;#039;un territoire de gastronomie, notamment par la révélation de l&amp;#039;identité culinaire des Coëvrons. La mise en oeuvre d’un Projet alimentaire de territoire depuis 2021 accompagne la concrétisation de cette dynamique émergente. Parallèlement, le territoire des Coëvrons fait face à une diminution des commerces et services de proximité, notamment hors du pôle d’Evron.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’enjeu : développer un mode de production et de consommation respectueux de l’environnement, bénéfique pour l’économie et bon pour la santé, améliorer l’accès aux produits locaux, accompagner et valoriser les productions et les producteurs locaux, renforcer l’ancrage local et une économie axée sur les besoins.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir et développer des activités agricoles durables et variées, adaptées aux enjeux du changement climatique&lt;/li&gt;&lt;li&gt;Accompagner la mutation vers une agriculture sous signes officiels de qualité&lt;/li&gt;&lt;li&gt;Agir pour une alimentation saine pour tous&lt;/li&gt;&lt;li&gt;Développer les circuits-courts&lt;/li&gt;&lt;li&gt;Renforcer le commerce de proximité, les services et l&amp;#039;artisanat&lt;/li&gt;&lt;li&gt;Expérimenter de nouveaux modèles économiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Maintien et développement d’activités agricoles durables et variées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Activités de soutien à la diversification des productions et d’activités, mutualisation de matériel&lt;/li&gt;&lt;li&gt;Création d&amp;#039;espaces test agricoles&lt;/li&gt;&lt;li&gt;Création et animation de réseaux d’agriculteurs&lt;/li&gt;&lt;li&gt;Accompagnement de la mutation vers une agriculture sous signes officiels de qualité : échanges de savoirs et de pratiques, informations, sensibilisation, formations&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Soutien à une alimentation saine pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions autour du &amp;#34;bien manger&amp;#34;, du gaspillage alimentaire, de la consommation responsable, des enjeux liés à la précarité et à l&amp;#039;insécurité alimentaire&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation et de formation des professionnels de l’alimentation&lt;/li&gt;&lt;li&gt;Création et animation de liens entre les différents intervenants de l&amp;#039;alimentation (cuisiniers, producteurs, parents d&amp;#039;élève, enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Renforcement du commerce de proximité, des services et de l’artisanat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en lien avec le maintien, la création et la reprise d’entreprises et d’activités de proximité&lt;/li&gt;&lt;li&gt;Actions de mise en valeur et accessibilité des produits locaux (ex : épiceries mobiles)&lt;/li&gt;&lt;li&gt;Nouvelles formes de commerces pour répondre aux besoins de la population&lt;/li&gt;&lt;li&gt;Création et accompagnement de structures collectives de type pépinière d’entreprises, FabLab, village d’artisans&lt;/li&gt;&lt;li&gt;Actions d’information, de formation, de sensibilisation, de mutualisation&lt;/li&gt;&lt;li&gt;Développement de nouveaux modèles économiques : actions en lien avec l’économie circulaire et l’économie sociale et solidaire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P149" s="1" t="inlineStr">
+      <c r="P121" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q149" s="1" t="inlineStr">
+      <c r="Q121" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique-1/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>162979</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Valorisation et préservation des ressources naturelles locales</t>
         </is>
       </c>
-      <c r="C150" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Fiche 2 - FEDER</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I150" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J122" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, du fait de ses espaces naturels, se trouve
 aujourd’hui face à des enjeux d’étalement urbain et d’artificialisation des
 sols consommant des espaces agricoles et naturels et impactant les paysages, la
 biodiversité, les ressources naturelles (eau, …) et la production de « déchets
 ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Préserver ce que les habitants considèrent comme le principal atout du
 territoire : le cadre de vie&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations de ressources naturelles (eau, foncier,
 paysages, …) et agir sur les « déchets »&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valorisation et
 médiation des paysages, des sites naturels et des cours d’eau locaux (hors
 espaces d’importances régionales)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Végétalisation des
 sites déqualifiés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Amélioration de la
 gestion des biodéchets : études portant sur des solutions collectives pour
 les producteurs de biodéchets intermédiaires et « assimilés » (hors
 gros producteurs et ménages).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Recyclage et valorisation des déchets
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P150" s="1" t="inlineStr">
+      <c r="P122" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q150" s="1" t="inlineStr">
+      <c r="Q122" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire-1/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>162980</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Développer des mobilités alternatives et durables</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Fiche 3 - FEDER</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I151" s="1" t="inlineStr">
+      <c r="I123" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J151" s="1" t="inlineStr">
+      <c r="J123" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers&lt;/span&gt;&lt;span&gt;,
 territoire périurbain mais aussi rural, la mobilité est essentiellement vécue
 comme une pratique individuelle, ancrée dans le quotidien et consommatrice
 d’énergies fossiles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les déplacements se font majoritairement vers les
 pôles urbains extérieurs au territoire et subissent les phénomènes de
 congestion (notamment pour les actifs en trajet domicile /travail) et
 l’augmentation des coûts de l’énergie même si le développement du télétravail
 est aussi un élément influant sur les pratiques de mobilité pendulaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives à la voiture pour désenclaver les secteurs et
 les pratiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Rendre plus durables les pratiques de mobilité&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Développement des
 pistes cyclables et de leurs aménagements favorisant notamment la mobilité du
 quotidien&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures, équipements,
 services et solutions de mobilités multimodales, collectives ou solidaires&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures de
 recharges décarbonés pour la mobilité des voyageurs et des marchandises&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner le
 territoire dans la mise en place d’un Contrat Opérationnel de Mobilité (COM)&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P151" s="1" t="inlineStr">
+      <c r="P123" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q151" s="1" t="inlineStr">
+      <c r="Q123" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-preservation-des-ressources-naturelles-locales/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>162981</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Soutenir la promotion et l’innovation des activités économiques locales</t>
         </is>
       </c>
-      <c r="C152" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Fiche 4 - FEADER</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I152" s="1" t="inlineStr">
+      <c r="I124" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J152" s="1" t="inlineStr">
+      <c r="J124" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers possède un tissu économique essentiellement
 constitué de très petites entreprises.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le nombre d’emplois locaux augmente bien que les actifs travaillent
 majoritairement à l’extérieur du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La crise sanitaire (Covid19) a modifié en partie les pratiques de
 consommation et de travail dans certains secteurs d’activités et pousse à
 innover pour relocaliser et produire des biens et services économiques.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le déploiement de la fibre (via Gironde Haut Méga) à l’horizon
 2025 sur l’ensemble du territoire est également un atout à valoriser.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’accompagnement des entreprises dans leur transition numérique est un
 objectif prioritaire notamment sur les nouvelles technologies de l’information
 et de la communication (TIC) pour les filières économiques stratégiques du
 territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les 6 filières économiques stratégiques sont :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;commerce local&lt;/li&gt;&lt;li&gt;&lt;span&gt;construction BTP&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;négoce et services interentreprises&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;agro-viticulture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt; santé et services à la personne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner la &lt;/span&gt;&lt;span&gt;transformation du tissu économique
 local notamment avec la numérisation d&lt;/span&gt;&lt;span&gt;es activités et
 l’arrivée de la fibre&lt;/span&gt; &lt;/li&gt;&lt;li&gt;Inciter à l’innovation au cœur des entreprises pour relocaliser « les
 productions »&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a name="_Hlk133511547"&gt;&lt;/a&gt;&lt;a name="_Hlk127613183"&gt;&lt;/a&gt;&lt;a name="_Hlk133235982"&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Démarches d’innovation
 et d’expérimentation dans l’industrie (hors filières stratégiques du SRDEII),
 le tissu artisanal productif ou l’évolution de l’agriculture de demain sur le
 territoire&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Dispositifs et
 projets d’animation et promotion de réseaux et/ou de thématiques des
 entreprises et acteurs œuvrant dans l’écosystème notamment des 6 filières
 stratégiques du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement aux
 usages du numérique et développement de plateformes ou outils numériques pour
 les acteurs dans leurs activités économiques et territoriales notamment des 6
 filières stratégiques du territoire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P152" s="1" t="inlineStr">
+      <c r="P124" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q152" s="1" t="inlineStr">
+      <c r="Q124" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-mobilites-alternatives-et-durables/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>162982</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C153" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -33659,1552 +27710,1552 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P153" s="1" t="inlineStr">
+      <c r="P125" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q153" s="1" t="inlineStr">
+      <c r="Q125" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>162983</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Diversifier les produits touristiques pour accueillir les visiteurs</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Fiche 5 - FEADER</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I154" s="1" t="inlineStr">
+      <c r="I126" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J154" s="1" t="inlineStr">
+      <c r="J126" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
 proximité de différents sites d’intérêt touristique (littoral atlantique,
 Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
 bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers pourrait
 donc développer des activités touristiques pour accueillir les visiteurs
 permettant ainsi des retombées économiques locales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
 touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
 d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et modernisation
 d’hébergements touristiques (dont hôtellerie de plein-air avec notamment
 les campings et les aires de camping-car)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Développement de
 l’agritourisme et de l’œnotourisme&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P154" s="1" t="inlineStr">
+      <c r="P126" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q154" s="1" t="inlineStr">
+      <c r="Q126" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-promotion-et-linnovation-des-activites-economiques-locales/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>162984</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Déployer une offre d’accueil, sportive, culturelle et artistique notamment à destination des jeunes du territoire</t>
         </is>
       </c>
-      <c r="C155" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Fiche 10 - FEDER</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J155" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Dans la population du Cœur Entre-deux-Mers, la part des jeunes jusqu’à 18
 ans est relativement importante du fait de la présence de nombreux ménages
 jeunes-primo accédants et ayant des enfants en bas âge. Agir sur les modes de
 garde (à cause des déplacements des parents actifs à l’extérieur) et sur la
 création de loisirs pour ce public participe donc à développer leur cadre de
 vie.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;De plus, Le Cœur Entre-deux-Mers possède une vie associative riche et
 notamment à destination des jeunes à travers les clubs de sport, d’arts et de
 pratiques culturelles.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;L’accompagnement des jeunes aux découvertes artistiques et culturelles
 permettra de faciliter leur insertion dans la vie locale, les impliquer dans
 des démarches partenariales et citoyennes en ouvrant des possibilités en termes
 de développement personnel.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Offrir des services aux parents de jeunes enfants permettant de
 développer le cadre de vie et l’appartenance au territoire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer une offre de loisirs pour jeunes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Intégrer le rajeunissement de la population dans les politiques publiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les jeunes vers la découverte de l’art et de la culture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Densifier les réseaux de connaissance entre acteurs de la culture&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M155" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures d’accueil,
 de gardes d’enfants et des espaces de rencontres enfants-parents&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou
 aménagements de « Tiers-Lieux » où l’on retrouve une offre (ludique,
 associative, médico-sociale, …) avec des services et animations variés
 notamment à destination des jeunes&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Bâtiments sportifs et
 équipements pour répondre aux pratiques et à l’émergence de nouvelles activités
 sportives notamment des jeunes&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Bâtiments et équipements
 destinés à accompagner notamment les jeunes à l’éveil artistique et culturel
 avec, ou en lien avec, une politique et programmation jeunesse&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner des
 parcours d’éducation artistique et culturelle&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mutualiser les
 investissements matériels et immatériels pour les acteurs culturels et jeunesse
 notamment&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner la
 diversification et l’usage des bibliothèques vers de nouvelles activités
 digitales à destination des jeunes notamment&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Equipement public
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P155" s="1" t="inlineStr">
+      <c r="P127" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q155" s="1" t="inlineStr">
+      <c r="Q127" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>162985</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’économie avec des animations ou équipements collectifs</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Fiche 7 - FEDER</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J156" s="1" t="inlineStr">
+      <c r="J128" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les actifs du Cœur Entre-deux-Mers travaillent essentiellement hors du
 territoire sur les pôles urbains. La balance emplois / actifs du territoire est
 donc déficitaire et est &lt;/span&gt;&lt;span&gt;soutenue par l’emploi présent dans &lt;/span&gt;&lt;span&gt;les territoires voisins.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La forte présence de très petites entreprises et les nouvelles façons de
 travailler (à distance, …) poussent donc certains professionnels à travailler
 via des modalités collectives et partagées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser une relocalisation des emplois et le développement de
 l’économie centrée sur le territoire et non tournée vers l’extérieur&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer des outils et espaces économiques collectifs&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M156" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et promotion
 d’espaces et ateliers collectifs ou de tiers lieux (thématiques ou
 multithématiques) à vocation économique pour dynamiser les centres bourgs&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Revitalisation
 commerciale des entreprises et des villages :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de dynamisation, de promotion et de
 valorisation du tissu commercial et artisanal&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou modernisation de locaux commerciaux dans
 les centres-bourgs n’ayant pas de commerce de proximité ou afin de sauvegarder
 le seul commerce de proximité&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
 promotion des principes et outils de l’Economie Sociale et Solidaire dans les
 activités économiques locales&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de
 mutualisation de services au service des acteurs économiques locaux et de leurs
 clientèles&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P156" s="1" t="inlineStr">
+      <c r="P128" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q156" s="1" t="inlineStr">
+      <c r="Q128" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-le-territoire-pour-developper-lattractivite-touristique/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>162986</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’adaptation et la mutation du foncier agricole</t>
         </is>
       </c>
-      <c r="C157" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Fiche 9 - FEADER</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I157" s="1" t="inlineStr">
+      <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J157" s="1" t="inlineStr">
+      <c r="J129" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers le rythme d’artificialisation des sols est
 élevé notamment du fait du développement du logement individuel et des infrastructures
 (routes, zones d’activités, …) au détriment des surfaces foncières agricoles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le modèle de l’habitat pavillonnaire majoritaire induit de potentiels
 conflits de voisinages avec le monde agricole.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;La loi climat et résilience et la mise en place du Zéro Artificialisation
 Nette ZAN à l’horizon 2050 vont venir impacter le modèle actuel pour le faire
 évoluer vers des pratiques plus durables et moins consommatrices de foncier
 agricole, naturel et forestier.&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;Par ailleurs ce foncier agricole est aussi touché en partie par de
 l’enfrichement, des phénomènes de rétention foncière et l’arrêt d’activités
 agricoles (départ à la retraite, non transmission, difficultés économiques dans
 certaines filières).&lt;/p&gt;&lt;p&gt;&lt;span&gt;Cette situation risque de s’accélérer dans les années à venir du fait du
 départ à la retraite d’une importante génération d’agriculteurs aujourd’hui
 âgée de plus de 55 ans.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Densifier l’urbanisation pour y développer les usages&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prévenir et limiter les conflits d’intérêts potentiels entre les
 différents usagers du foncier (propriétaire, habitants, agriculteurs,
 collectivités, …)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M157" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Expérimentation pour
 la mise en place de solutions et dispositifs pour accompagner la démarche de
 Zéro Artificialisation Nette (ZAN)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser l’aménagement
 des espaces agricoles et naturels hors zones Natura 2000 et hors MAEC&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Anticiper et
 accompagner les mouvements de foncier agricole pour dynamiser l’économie
 agricole&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Maintenir, préserver
 et dynamiser le foncier agricole&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Sols
 Friche
 Foncier
 Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P157" s="1" t="inlineStr">
+      <c r="P129" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q157" s="1" t="inlineStr">
+      <c r="Q129" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 3 - Agriculture et alimentation durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-1/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>162987</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Diversifier les modèles agricoles et alimentaires locaux pour augmenter la capacité du territoire</t>
         </is>
       </c>
-      <c r="C158" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Fiche 9 - FEADER</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I158" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J158" s="1" t="inlineStr">
+      <c r="J130" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La viticulture est la 1ère filière agricole du Cœur Entre-deux-Mers. La
 place de cette filière est le fruit de plusieurs composantes : &lt;/span&gt;&lt;span&gt;histoire, terroir, place des appellations, essor
 commercial et à l’export des vins de Bordeaux, …&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Aujourd’hui cette filière est soumise de plus en
 plus à de nombreux aléas-risques (baisse de la consommation, difficultés de
 l’export, aléas climatiques, image environnementale, …) bien qu’un travail
 collectif et individuel soit entrepris &lt;/span&gt;&lt;span&gt;pour la faire évoluer
 (démarches HVE, AB, conduite raisonnée, …) et la diversifier.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;De plus, de nouvelles formes de productions agricoles se sont développées
 afin de répondre à différents besoins (restauration collective, formation,
 social, agriculture vivrière, sensibilisation, …) et portées en général par des
 structures hors monde agricole (collectivités, associations, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, et le Programme Alimentaire Territorial l’a montré, la couverture
 des besoins alimentaires par la capacité de production propre au territoire
 reste marginale. Agir pour l’alimentation c’est aussi accompagner les
 agriculteurs du Cœur Entre-deux-Mers pour transformer, commercialiser leurs
 produits et trouver des débouchés localement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La mise en valeur de ces produits locaux et des produits de qualité
 permet aussi sur le territoire de sensibiliser les consommateurs et de rendre
 accessible ces produits.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Augmenter la capacité de production alimentaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer de nouveaux revenus pour les exploitations agricoles par la
 diversification&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager la consommation locale et vers des produits de qualité pour
 augmenter les retombées bénéfiques (santé, économie locale, …)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire la dépendance aux produits « importés »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Améliorer l’autonomie alimentaire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M158" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Diversification des
 exploitations notamment viticoles pour développer de nouvelles filières alimentaires
 ou énergétiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien aux actions
 de coordination et de réseau des acteurs pour :&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la mutation des activités agricoles du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la commercialisation de produits alimentaires via
 les réseaux-démarches de circuits-courts ou solidaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Installation de
 nouvelles formes de production agricole par des acteurs :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Publics (&lt;em&gt;espaces tests, régie agricole, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Associatifs ou citoyens (&lt;em&gt;jardins partagés,
 chantiers d’insertion agricole, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Agricoles professionnels (&lt;em&gt;filières « atypiques »
 comme les insectes&lt;/em&gt; OU &lt;em&gt;espaces partagés et collectifs comme en espaces
 tests, la mise à disposition de foncier, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transformations
 agro-alimentaires en entreprise ou à la ferme&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promotion et
 valorisation de l’agriculture locale et de l’alimentation locale, de qualité et
 accessible à tous&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Accompagnement à la réduction du gaspillage et des
 déchets alimentaires et à leur valorisation&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P158" s="1" t="inlineStr">
+      <c r="P130" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q158" s="1" t="inlineStr">
+      <c r="Q130" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de &lt;span&gt;l&amp;#039;Axe 3 - Agriculture et alimentation durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-ladaptation-et-la-mutation-du-foncier-agricole/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>162988</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Aménager le territoire pour développer l’attractivité touristique</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Fiche 6 - FEDER</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I159" s="1" t="inlineStr">
+      <c r="I131" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J159" s="1" t="inlineStr">
+      <c r="J131" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
 proximité de différents sites d’intérêt touristique (littoral atlantique,
 Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
 bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers
 n’en demeure pas moins attractif pour faire découvrir ses atouts (paysages,
 itinérance pédestre, cyclo, fluviale, Patrimoine, …) pour permettre d’augmenter
 l’attractivité touristique dans un département disposant de fortes destinations
 touristiques non présentent sur le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
 touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
 d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M159" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Promotion et
 valorisation des patrimoines bâti et naturels et des savoir-faire remarquables,
 insolites ou spécifiques au territoire&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;D&lt;/span&gt;&lt;span&gt;éveloppement des
 loisirs et de l’itinérance touristiques&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement des sites pour implanter des activités de pleine nature&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Tourisme
 Economie sociale et solidaire
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P159" s="1" t="inlineStr">
+      <c r="P131" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q159" s="1" t="inlineStr">
+      <c r="Q131" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/deployer-une-offre-daccueil-sportive-culturelle-et-artistique-notamment-a-destination-des-jeunes-du-territoire/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>162989</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’inclusion des jeunes vers le monde professionnel</t>
         </is>
       </c>
-      <c r="C160" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Fiche 11 - FEDER</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I132" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J160" s="1" t="inlineStr">
+      <c r="J132" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La part des jeunes en formation (16 – 25 ans) est plus faible sur le
 territoire qu’en Gironde. Cela est dû à l’absence d’établissement
 d’enseignement supérieur ce qui amène les jeunes à poursuivre leur scolarité et
 formation à l’extérieur du territoire et notamment dans les espaces urbains
 (Bordeaux, Pau, La Rochelle). &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;L’arrivée du lycée à Créon pourrait être une opportunité de développer
 des filières de formations locales ou de servir de plateforme de formations.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Enfin, le chômage des jeunes reste important et touche principalement sur
 le territoire les jeunes sans (ou avec peu) de formation et/ou de qualification
 scolaire et professionnelle.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficulté&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
 professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et aménagements d’espaces relatifs à la
 formation et à l’apprentissage des métiers sur le territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement et
 animation territoriale pour impulser des dynamiques locales pour l’emploi, la
 formation et les compétences des habitants et notamment des jeunes&lt;/span&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou
 aménagements de logements spécifiques pour des publics de jeunes travailleurs
 ou en formation ou en insertion&lt;em&gt;&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Famille et enfance
 Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P160" s="1" t="inlineStr">
+      <c r="P132" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q160" s="1" t="inlineStr">
+      <c r="Q132" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-linclusion-des-jeunes-vers-le-monde-professionnel/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>162990</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Proposer une offre pour insérer les jeunes dans le monde économique</t>
         </is>
       </c>
-      <c r="C161" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Fiche 12 - FEADER</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I161" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J161" s="1" t="inlineStr">
+      <c r="J133" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les jeunes actifs sont le public le plus durement touché sur le
 territoire du Cœur Entre-deux-Mers par le chômage et la précarité économique.
 Il convient donc d’agir ensemble en associant avant tout les jeunes mais aussi
 les acteurs et structures qui les accompagnent (collectivités, Missions
 Locales, …). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour favoriser l’emploi et l’insertion des jeunes, les domaines d’actions
 seront nombreux et concerneront notamment le développement d’une approche
 globale dans l’accompagnement des jeunes dans leurs parcours personnels (suivi
 de formation locale, mobilité, logement, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficultés&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
 professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M161" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Solutions et
 amélioration de la mobilité notamment des jeunes et jeunes actifs du territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Equipements,
 matériels et matériaux nécessaires à l’organisation de « chantiers
 formations », de « chantiers d’insertion » et de
 « chantiers de jeunes »&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animations territoriales notamment auprès des jeunes
 et jeunes actifs pour découvrir les métiers, les formations et développer leur
 capacité à entreprendre &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Formation professionnelle
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P161" s="1" t="inlineStr">
+      <c r="P133" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q161" s="1" t="inlineStr">
+      <c r="Q133" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-2/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>163004</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
         </is>
       </c>
-      <c r="C162" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F162" s="1" t="inlineStr">
+      <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I162" s="1" t="inlineStr">
+      <c r="I134" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J162" s="1" t="inlineStr">
+      <c r="J134" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
 d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
 positionnement économique et l’accompagner dans ses mutations et ses synergies.
 Dans ce dessein, la stratégie de développement économique local est tournée
 vers l’innovation sociale au service des emplois et du bien-vivre des
 habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;En
      capitalisant sur la dynamique existante pour la conforter et l’accompagner
      dans ses mutations, et en développant de nouvelles filières en faveur du
      développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      permettant l’accès aux services, aux commerces et à l’artisanat pour tous
      les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      favorisant l’expérimentation de nouvelles approches, notamment sur la
      mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
      la proximité, la modernisation et les synergies entre acteurs en
      accompagnant les projets innovants des petites et moyennes entreprises
      industrielles, artisanales, commerciales et des associations, et les
      initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
      le partage, la mutualisation de ressources (à titre d’exemples : espaces,
      lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
      les mutations de l’économie et l’accès à l’emploi notamment par la
      formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
      et soutenir une agriculture performante et pérenne, soucieuse de
      l’environnement, en accompagnant ses mutations et en valorisant ses
      initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
      l’accès à une alimentation de qualité sur le territoire en veillant
      notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M162" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
 consolider le projet du porteur de projet dans le domaine du développement
 économique, de l’innovation sociale et des services : diagnostics
 préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 d’animation, de communication, d’information collective et organisation
 d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
 et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
 construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;ul type="circle"&gt;
   &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
       productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets concourant au
       développement des circuits courts alimentaires et les initiatives en
       matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
       le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets en matière de
       mutualisation de services et d’équipements pour les entreprises, les
       associations et autres acteurs de l’innovation sociale (notamment
       tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
       l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
       au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
 formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P162" s="1" t="inlineStr">
+      <c r="P134" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q162" s="1" t="inlineStr">
+      <c r="Q134" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
 personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
 lors que le personnel affecte au moins 5% de son temps de travail total au
 projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
 personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
 apprentis) dès lors que le personnel affecte au moins 5% de son temps de
 travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
 disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
 construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
 acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
 limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
 services, prestations intellectuelles dont la formation et la communication
 (par exemple création et conception de support, édition, diffusion d’outils,
 frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
 notaire, expertise juridique technique et financière, honoraire de tenue et de
 certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
 Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
 dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
 d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
 pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
 éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
 Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
@@ -35221,3848 +29272,3848 @@
 frais de change ;&lt;/li&gt;&lt;li&gt;Les
 investissements immobiliers dont l’acquisition est réalisée par le biais d’une
 vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
 coût unitaires pour les dépenses de personnel : Les frais directs liés aux
 dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
 porteurs de projet publics : les dépenses éligibles sont présentées en
 Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
 totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
 cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
 &lt;p id="ftn1"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p id="ftn2"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
 comité de programmation du GAL, selon les critères et les modalités
 préalablement définis dans sa grille de sélection. La grille de sélection est
 envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
 sélection en comité de programmation. Les projets doivent être en cohérence
 avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
 ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
 alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>163005</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Renforcer la mise en valeur du territoire et structurer l’offre touristique et de loisirs</t>
         </is>
       </c>
-      <c r="C163" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F163" s="1" t="inlineStr">
+      <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I163" s="1" t="inlineStr">
+      <c r="I135" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J163" s="1" t="inlineStr">
+      <c r="J135" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;span&gt;&lt;strong&gt;&lt;em&gt;Renforcer
 la mise en valeur du territoire et structurer l’offre touristique et de loisirs&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;Le Pays d’Ancenis
 présente un potentiel touristique important axé autour des vallées de la Loire
 et de l‘Erdre et de nombreux sites de qualité. Ces richesses doivent être
 valorisées pour renforcer l’identité, l’attractivité et la notoriété du
 territoire auprès des touristes, mais également auprès des habitants et des
 travailleurs du Pays d’Ancenis, pour développer le sentiment d’appartenance à
 travers des projets touristiques et de loisirs.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Valoriser
      le patrimoine naturel, le patrimoine bâti ainsi que le patrimoine
      immatériel, notamment par les initiatives associatives et culturelles&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Développer
      des projets structurants sur tout le territoire pour un tourisme durable
      et local qui puisse bénéficier à tous&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Développer
      les activités de pleine nature en relevant le défi de la complémentarité
      avec les infrastructures et les dispositifs existants (offre cyclable en
      lien avec « la Loire à Vélo », offre nautique sur la Loire et
      sur le lac de Vioreau, sentiers de randonnée et de déplacements doux, par
      exemple)&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Animer,
      promouvoir et événementialiser l’offre touristique locale et les actions
      de mise en valeur du territoire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Elargir le public ciblé pour mieux faire connaître le
 territoire et développer son attractivité&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M163" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Etudes visant à consolider le projet du porteur de projet dans le
 domaine du tourisme, de l’animation touristique et du marketing
 territorial : diagnostics préalables, études de faisabilité, études de
 marché&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions d’animation, de communication, de promotion du territoire, de
 ses acteurs et de ses produits (marketing territorial, évènements, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mise en place de réseaux d’acteurs du tourisme et d’actions de
 mutualisation (services, outils, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions d’information, de sensibilisation ou de formation collective
 des professionnels (accueil, communication, par exemple) &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Travaux de construction, de rénovation et équipements pour le
      développement des sites patrimoniaux du territoire quelle que soit leur
      importance (signalétique, scénographie, expositions, par exemple) &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Travaux de construction, de rénovation et équipements pour le
      développement des activités de « pleine nature » (signalétique,
      balisage et aménagement des itinéraires de randonnées pédestres et des
      itinéraires cyclables touristiques inscrits au Plan Départemental des
      Itinéraires de Promenade et de Randonnée (PDIPR), par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Création ou amélioration
 de circuits touristiques valorisant le patrimoine local tout en préservant la
 biodiversité&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Cohésion sociale et inclusion</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P135" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q163" s="1" t="inlineStr">
+      <c r="Q135" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale-1/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>163006</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Développer la dynamique culturelle et sportive au service des besoins des habitants</t>
         </is>
       </c>
-      <c r="C164" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F164" s="1" t="inlineStr">
+      <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I164" s="1" t="inlineStr">
+      <c r="I136" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J164" s="1" t="inlineStr">
+      <c r="J136" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Développer la dynamique culturelle et sportive au service des besoins des habitants&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;Les dynamiques culturelles et sportives
 constituent des leviers d’attractivité territoriale, de cohésion sociale et
 d’innovation majeurs qui doivent être soutenus, notamment dans les territoires
 ruraux et périurbains. Tout particulièrement sur le territoire du Pays
 d’Ancenis où une telle dynamique est un atout précieux identifié et à
 conforter.&lt;/p&gt;&lt;p&gt;Les opérations qui seront
 engagées dans ce cadre devront permettre de dynamiser la vie locale, en
 contribuant à l’animation territoriale, au bien-vivre ensemble et au
 rayonnement du Pays d’Ancenis, en développant le maillage territorial, la
 diffusion au plus près des habitants, la mutualisation et la mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer une offre culturelle accessible
 à tous les publics, valorisant le territoire et ses initiatives&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Soutenir le secteur associatif, facteur
 de solidarité et d’attractivité territoriale&lt;/li&gt;&lt;li&gt;Soutenir
 les dynamiques sportives et la pratique d’une activité physique sur le
 territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M164" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans les
 secteurs de la culture, du sport, de la vie associative : études
 stratégiques, diagnostics préalables, études de faisabilité, études de marchés&lt;/li&gt;&lt;li&gt;Actions d’animation, de communication et de constitution de réseaux
 d’acteurs en lien avec les dynamiques sportives, la pratique d’une activité
 physique, une activité culturelle&lt;/li&gt;&lt;li&gt;Actions visant à valoriser le patrimoine culturel du territoire
 (musées, centres d’interprétation, par exemple)&lt;/li&gt;&lt;li&gt;Manifestations culturelles et sportives (festivals, guinguettes,
      compétitions, par exemple)&lt;/li&gt;&lt;li&gt;Actions visant à consolider et pérenniser le secteur associatif
      (montée en compétence des bénévoles, mutualisation, par exemple)&lt;/li&gt;&lt;li&gt;Travaux et équipements visant à développer et moderniser l’offre
      et la qualité de l’offre culturelle, sportive et associative (dont
      équipements vidéo/son, informatisation, nouvelles technologies, par
      exemple)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Cohésion sociale et inclusion
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P164" s="1" t="inlineStr">
+      <c r="P136" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q164" s="1" t="inlineStr">
+      <c r="Q136" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-la-mise-en-valeur-du-territoire-et-structurer-loffre-touristique-et-de-loisirs/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>163008</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Développer des mobilités durables adaptées aux besoins des habitants</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C137" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F165" s="1" t="inlineStr">
+      <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I165" s="1" t="inlineStr">
+      <c r="I137" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J165" s="1" t="inlineStr">
+      <c r="J137" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Développer des mobilités durables adaptées aux besoins des habitants &lt;/em&gt;&lt;/strong&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis, par sa position
 géographique et ses caractéristiques socio-économiques, est un territoire qui
 génère de nombreux déplacements domicile/travail internes et externes. Par
 ailleurs, nombre d’habitants, du fait du caractère rural ou péri-urbain du
 territoire, sont dépendants de la voiture pour accéder aux services essentiels.
 Ces flux sont en grande majorité faits en voiture individuelle, occasionnant
 des problèmes de trafic routier, de nuisances environnementales, d&amp;#039;accès à
 l’emploi ou d’isolement en cas d’absence de véhicule… Le Pays d’Ancenis doit
 relever le défi d’une mobilité alternative et innovante, en mettant l’accessibilité
 et la proximité au cœur de son développement&lt;/span&gt;. &lt;font face="Arial Narrow, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire
      l’autosolisme en développant des modes de déplacement plus vertueux pour
      l’environnement en complémentarité avec les autorités organisatrices de
      mobilité&lt;/li&gt;&lt;li&gt;Expérimenter
      et développer des mobilités alternatives adaptées au territoire et
      différenciées selon les espaces (hameaux, bourgs, centres-villes) en
      promouvant les solutions innovantes (covoiturage, libre-service, mobilité
      solidaire, par exemple)&lt;/li&gt;&lt;li&gt;Faciliter
      et accompagner le changement de pratiques de déplacement&lt;/li&gt;&lt;li&gt;Sécuriser
      la pratique des mobilités actives en développant ses infrastructures pour
      favoriser le report modal sur les trajets courts et améliorer
      l’intermodalité&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M165" s="1" t="inlineStr">
+      <c r="M137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans le
 domaine des mobilités : études stratégiques, diagnostics préalables,
 études de faisabilité, études de marchés, schémas des mobilités, plans de
 déplacements, par exemple&lt;/li&gt;&lt;li&gt;Expérimentations de solutions de mobilités alternatives, actions
      de sensibilisation, d’animation et de communication et organisation
      d’évènements pour la promotion des transports alternatifs afin de limiter
      le recours aux véhicules individuels, notamment ceux utilisant les
      énergies fossiles (par exemple véhicules mutualisés entre communes type
      bus ou minibus, véhicules électriques en libre-service, ateliers de
      réparation, services de sécurisation des usagers du vélo)&lt;/li&gt;&lt;li&gt;Actions pour le développement d’une mobilité solidaire
      (covoiturage, réseau mobilité, transports solidaires, garages solidaires,
      par exemple)&lt;/li&gt;&lt;li&gt;Travaux de construction, de rénovation et d’équipements pour le
 développement des mobilités vertueuses (dont voies cyclables, équipements en
 bornes électriques, par exemple) et des projets multimodaux dans une logique
 d’intérêt communautaire&lt;/li&gt;&lt;li&gt;Travaux de construction, rénovation et d’équipements pour le
 développement de transports solidaires (point stop, covoiturage dynamique, par
 exemple)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P165" s="1" t="inlineStr">
+      <c r="P137" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q165" s="1" t="inlineStr">
+      <c r="Q137" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T165" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-dynamique-culturelle-et-sportive-au-service-des-besoins-des-habitants/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>163009</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Proposer une offre de logements adaptée aux besoins spécifiques des habitants et explorer de nouveaux types d’habitat</t>
         </is>
       </c>
-      <c r="C166" s="1" t="inlineStr">
+      <c r="C138" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F166" s="1" t="inlineStr">
+      <c r="F138" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I166" s="1" t="inlineStr">
+      <c r="I138" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J166" s="1" t="inlineStr">
+      <c r="J138" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Proposer une offre de logements adaptée aux besoins spécifiques des habitants et explorer de nouveaux types d’habitat &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le dynamisme
 démographique du Pays d’Ancenis met en tension l’offre d’habitat, en nombre et
 en qualité. Les typologies de logement doivent tout particulièrement s’adapter
 aux besoins spécifiques (desserrement des ménages, vieillissement de la
 population, situations d’urgence, jeunes travailleurs, etc.) qu’il s’agisse du parc
 privé ou du parc social. Par ailleurs, l’innovation dans le domaine du logement
 et de l’habitat est un facteur d’adaptation du parc aux demandes émergentes
 afin de faire du Pays d’Ancenis un territoire accueillant pour tous et afin de
 lutter contre l’isolement et la dépendance. En outre, les questions
 énergétiques sont primordiales et nécessitent de valoriser une offre de
 logements à haute performance énergétique, voire productrice d’énergie et de
 haute qualité environnementale.&lt;/span&gt; &lt;font face="Arial Narrow, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer et renforcer une offre de logements
 adaptée aux besoins spécifiques et aux différents bassins de vie, en
 particulier à destination : des jeunes travailleurs, personnes âgées,
 saisonniers, voyageurs, personnes en situation d’urgence, personnes en situation
 de handicap, par exemple&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Innover
 par des nouvelles formes d’habitat permettant une maîtrise de l’étalement
 urbain&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Études préalables et maîtrise d’œuvre
      pour l’aménagement ou la rénovation de logements (partagé, modulaire,
      intergénérationnel, multifonctionnel, d’urgence, par exemple) &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Actions de sensibilisation, d’animation,
      d’accompagnement de communication et organisation d’évènements pour la
      promotion des innovations afin de lutter contre l’isolement et la
      dépendance sur le plan de l’habitat et du logement&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Expérimentation d’actions d’accueil de
      populations aux besoins spécifiques (jeunes travailleurs, saisonniers,
      personnes âgées, voyageurs, situations d’urgence, personnes en situation
      de handicap, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux de construction, de rénovation et
      d’équipements pour créer de l’habitat (partagé, modulaire,
      intergénérationnel, multifonctionnel, d’urgence, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions de mise en réseau d’acteurs pour
      favoriser l’innovation dans l’habitat&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Logement et habitat
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P166" s="1" t="inlineStr">
+      <c r="P138" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q166" s="1" t="inlineStr">
+      <c r="Q138" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T166" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X166" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-mobilites-durables-adaptees-aux-besoins-des-habitants/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>163010</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'accès et la prévention en santé</t>
         </is>
       </c>
-      <c r="C167" s="1" t="inlineStr">
+      <c r="C139" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F167" s="1" t="inlineStr">
+      <c r="F139" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I167" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J167" s="1" t="inlineStr">
+      <c r="J139" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Renforcer l&amp;#039;accès et la prévention en santé &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les habitants du Pays
 d’Ancenis connaissent des difficultés d’accès aux soins de premier recours et
 le territoire doit anticiper à moyen terme une baisse de sa densité médicale.
 La prise de conscience de la nécessité d’agir activement est partagée par des
 professionnels de santé et les élus, et les nouvelles initiatives doivent être
 encouragées en vue d’améliorer la prise en charge des patients et la prévention
 en santé et afin de développer la coordination pluri professionnelle.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La prévention de la santé : lutter contre le non-recours aux
 soins, aux aides sociales, et aux droits, développer et animer une politique de
 prévention de la santé et de lutte contre les addictions, prendre en compte
 l’environnement et l’alimentation dans la santé des populations&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;L’accès aux soins et l’offre de santé : conforter la place
      de l’hôpital, attirer et pérenniser la présence des professionnels de
      santé et des professionnels du secteur sanitaire et social, réduire le
      taux de vacance des locaux destinés aux professionnels de santé&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;L’inclusion de tous dans la vie sociale, économique et culturelle :
      anticiper le vieillissement et la perte d’autonomie, favoriser l’inclusion
      de tous aux services (services publics, animations du territoire, offre
      culturelle, par exemple), prise en compte de la santé en urbanisme et dans
      le bâtiment, lutte contre la précarité énergétique, prévention du
      harcèlement scolaire&lt;/span&gt;&lt;em&gt;&lt;span&gt;&lt;/span&gt;&lt;/em&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M167" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans le
 domaine de la santé, le secteur médico-social : études stratégiques,
 diagnostics préalables, études de faisabilité, études de marchés, projets de
 santé&lt;/li&gt;&lt;li&gt;Etudes visant à prendre en compte la santé dans les projets
 d’aménagement : démarches de type évaluation impact santé&lt;/li&gt;&lt;li&gt;Actions d’animation, de communication et organisation d’évènements
 auprès de réseaux d’acteurs (actions de promotion du territoire auprès des
 professionnels de santé, coordination, actions de valorisation des métiers du secteur
 sanitaire et social, par exemple)&lt;/li&gt;&lt;li&gt;Actions d’animation, de sensibilisation, de prévention et
      organisation d’évènements en matière de santé et de « bien
      vivre » auprès de tous les publics (familles, jeunes, personnes
      âgées, personnes en situation de handicap, par exemple)&lt;/li&gt;&lt;li&gt;Travaux de construction,
 de rénovation et équipements visant à conforter et moderniser l’offre de soins
 de proximité (équipements médicaux, équipements de télémédecine, e-santé,
 création de services mutualisés, par exemple)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P167" s="1" t="inlineStr">
+      <c r="P139" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q167" s="1" t="inlineStr">
+      <c r="Q139" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R167" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T167" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proposer-une-offre-de-logements-adaptee-aux-besoins-specifiques-des-habitants-et-explorer-de-nouveaux-types-dhabitat/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>163012</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
         </is>
       </c>
-      <c r="C168" s="1" t="inlineStr">
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F168" s="1" t="inlineStr">
+      <c r="F140" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I168" s="1" t="inlineStr">
+      <c r="I140" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J168" s="1" t="inlineStr">
+      <c r="J140" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
 territoire de campagne vivante et productive, au cadre de vie agréable et qui
 accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
 vie, de s’adapter au changement climatique et de réduire son impact environnemental,
 le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
 consommation, de sa production d’énergie et de son environnement (qualité des
 paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
 son écosystème d’acteurs permet de mettre l’accent sur les actions de
 prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
 à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
      la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
      les initiatives, les expérimentations et les actions favorisant la
      connaissance et la préservation de l’environnement et des ressources
      naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
      bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
 &lt;span&gt;Privilégier de nouvelles filières économiques,
 notamment l’économie circulaire et les filières de matériaux biosourcés ou
 géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M168" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Etudes
      visant à consolider le projet du porteur de projet dans le domaine de la
      ressource énergétique, de la préservation de l’environnement et de la
      biodiversité : études stratégiques, diagnostics préalables, audits, études
      de faisabilité, études de potentiels énergétiques (par exemple schéma
      directeur d’aménagement lumière, atlas de la biodiversité, schéma des
      énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Campagnes
      de sensibilisation, animations notamment pédagogiques, actions
      d’information, de communication de conseil et organisation d’évènements
      sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
       transition énergétique en faveur de la sobriété des consommations
       énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
       développement des activités relevant du domaine de l’économie circulaire
       et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
       démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
 travaux de structuration de sites pour accueillir du public (faciliter les
 visites de sites) et restauration environnementale (jardins pédagogiques,
 milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Santé
 Qualité de l'air
 Biodiversité
 Paysage
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
+      <c r="P140" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q168" s="1" t="inlineStr">
+      <c r="Q140" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T168" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>163013</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de coopération</t>
         </is>
       </c>
-      <c r="C169" s="1" t="inlineStr">
+      <c r="C141" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F169" s="1" t="inlineStr">
+      <c r="F141" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I169" s="1" t="inlineStr">
+      <c r="I141" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J169" s="1" t="inlineStr">
+      <c r="J141" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 €. Montant maximum de subvention : 80 000 €.</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Coopération LEADER 2023-2027 &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La mise en œuvre de projets de coopération représente un outil
 d’ouverture vers de nouvelles pratiques et de nouvelles cultures. Elle est un
 moyen de concrétiser l’intégration européenne et prolonge le partenariat interne
 d’un territoire en l’ouvrant à d’autres territoires ruraux, français, européens
 ou hors Union Européenne. Les activités de coopération et leur préparation sont
 un des fondements de la démarche LEADER. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les actions de coopération
 pourront répondre à différents enjeux identifiés dans le diagnostic du
 territoire. Elles pourront porter sur tout type de coopération utile pour le
 territoire (transnationale, interrégionale ou locale). Elles apporteront une plus-value
 aux actions engagées, favoriseront l’innovation et le développement de liens de
 travail durables avec les territoires limitrophes.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Partager les expériences avec d’autres territoires limitrophes,
      français, européens et/ou transnationaux&lt;/li&gt;&lt;li&gt;Développer des réflexions communes en particulier avec des
      territoires voisins&lt;/li&gt;&lt;li&gt;Mettre en place des actions collectives sur des problématiques
      partagées&lt;/li&gt;&lt;li&gt;
 &lt;span&gt;Capitaliser et faire
 circuler les expériences les plus innovantes à l’échelle du territoire du Pays
 d’Ancenis&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M169" s="1" t="inlineStr">
+      <c r="M141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets de coopération doivent se concrétiser
 par la mise en place d’actions communes en cohérence avec la stratégie du GAL.
 Sont éligibles dans ce cadre les opérations contribuant à la préparation, à la
 mise en œuvre, à l’évaluation d’activités de coopération, ainsi qu’à la
 communication afférente.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Soutien
 préparatoire : aide à la préparation et à la définition du projet dans le
 cadre d’une coopération&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Mise en place d’un
 réseau d’échanges et de partenariat aussi bien entre les bénéficiaires,
 qu’entre les GAL en lien avec la stratégie du territoire&lt;/li&gt;&lt;li&gt;&lt;span&gt;A&lt;/span&gt;&lt;span&gt;nimation et gestion
 des projets de coopération&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Communication des
 projets de coopération&lt;/li&gt;&lt;li&gt;Organisation ou
 participation à des événements favorisant la mise en réseau des acteurs
 (visites, repas, hébergements, séminaires, réunions, animations, par exemple)&lt;/li&gt;&lt;li&gt;Actions d’information /
 de sensibilisation autour de thématiques communes avec les territoires et les
 partenaires&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P169" s="1" t="inlineStr">
+      <c r="P141" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q169" s="1" t="inlineStr">
+      <c r="Q141" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/connaitre-et-preserver-nos-ressources-naturelles-et-energetiques/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>163026</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Permettre une offre d'alimentation de qualité, accessible à tous, et soutenir une production agricole durable</t>
         </is>
       </c>
-      <c r="C170" s="1" t="inlineStr">
+      <c r="C142" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°1 : Permettre une offre d'alimentation de qualité, accessible à tous, et soutenir une production agricole durable</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I170" s="1" t="inlineStr">
+      <c r="I142" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J170" s="1" t="inlineStr">
+      <c r="J142" s="1" t="inlineStr">
         <is>
           <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Valoriser une agriculture locale et durable au service d’une alimentation de qualité accessible à tous&lt;/h2&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Renforcer l’ancrage local des productions agricoles et tendre vers plus d’autonomie alimentaire&lt;/h3&gt;&lt;h4&gt;Développement des cultures fruitières, légumières et protéagineuses et facilitation de la transformation&lt;/h4&gt;&lt;p&gt;Le GAL pourra soutenir des projets qui contribuent à cette diversification et répondre, en partie, aux besoins de consommation locale (habitants, restauration collective). Les projets pourront aussi s’élargir à d’autres productions (viande, lait). Le GAL permettra également d’initier des projets visant les outils de transformation (légumerie, conserverie) et de créer des espaces tests agricoles.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement à la création et la structuration de filières&lt;/h4&gt;&lt;p&gt;La réflexion ne peut se limiter aux frontières administratives territoriales mais elle doit prendre en compte les bassins de vie. Ainsi les coopérations déjà en cours entre la CASE et la métropole rouennaise, notamment, seront de nature à faciliter la structuration des filières et des débouchés commerciaux.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Développement des outils de commercialisation pour les agriculteurs&lt;/h4&gt;&lt;p&gt;La commercialisation des produits locaux est une question majeure pour permettre le développement des nouvelles filières et activités de maraichages en circuits courts. Mais c’est aussi porter des projets qui permettront une commercialisation au bénéfice de tous. Le GAL doit être un levier pour renforcer l’accès à des produits frais, locaux et sains pour les plus démunis (plateforme d’approvisionnement pour les épiceries sociales et solidaires, ateliers nomades de cuisine…). La question de la commercialisation doit également être pensée en lien avec la logistique (dans une approche logistique durable et la plus décarbonée possible).&lt;/p&gt;&lt;h4&gt;Affirmation des liens productions locales et tourisme&lt;/h4&gt;&lt;p&gt;Le tourisme peut enrichir son offre et sa durabilité par l’intégration de produits locaux dont des produits alimentaires. La valorisation et la commercialisation des productions locales sont à développer, tant dans l’offre de restauration que dans les commerces et marchés mais aussi sous forme, par exemple, de paniers/casiers à disposition des clientèles des gîtes et chambres d’hôtes ainsi que des touristes en itinérance.&lt;/p&gt;&lt;h4&gt;Promouvoir l’attractivité des métiers agricoles&lt;/h4&gt;&lt;p&gt;Il importe enfin de soutenir et de promouvoir la connaissance et l’attractivité des métiers agricoles auprès des jeunes et/ou des personnes en reconversion. Cela peut passer par des actions de sensibilisation et de formation, par le canal de l’insertion et par l’accompagnement des chefs d’exploitation à l’accueil de salariés. Il conviendra de porter une attention particulière aux projets qui viendront contribuer à améliorer l’égalité homme-femmes par un soutien aux agricultrices et/ou à celles qui souhaitent s’engager dans cette voie.&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Promouvoir de nouvelles pratiques agricoles en faveur de productions de qualité&lt;/h3&gt;&lt;h4&gt;Réintégration de l’agriculture en ville&lt;/h4&gt;&lt;p&gt;Le GAL peut favoriser une alliance de la ruralité avec les communes plus urbaines par plusieurs voies : reconquêtes de « micro fonciers » en leurs donnant une vocation agricole et/ou nourricière, création de jardins partagés animés et soutenus par des maraichers locaux, conception de programmes innovants d’habitats ou de tertiaire incluant des parcelles pour du maraichage urbain...&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des agriculteurs et les particuliers aux pratiques agro-écologiques&lt;/h4&gt;&lt;p&gt;Vers les professionnels de nombreuses actions innovantes peuvent émerger pour accompagner les professionnels à de nouvelles formes de productions plus responsables. Cela suppose un véritable accompagnement au changement. Mais cette sensibilisation à l’agroécologie peut aussi viser les particuliers (tant en milieu urbain que rural) pour inciter à des pratiques plus vertueuses et pour échanger sur les bonnes pratiques à partir de coopérations infra et interterritoriales.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Affirmation des liens alimentation-santé et lutte contre la précarité alimentaire&lt;/h4&gt;&lt;p&gt;Une alimentation saine contribue à une meilleure santé. Il reste nécessaire de développer des actions de sensibilisation, et des expérimentations pour changer les pratiques et les rendre accessibles au plus grand nombre.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Appui au développement d’une filière agro-matériaux / agro-ressources&lt;/h4&gt;&lt;p&gt;Aux côtés d’expérimentations déjà en cours (avec le miscanthus) le GAL pourrait faciliter l’émergence de nouvelles expériences mais aussi favoriser la structuration de nouvelles filières. De même, les nouveaux modes de construction font de plus en plus appel à des matériaux agrosourcés. Il serait intéressant d’étudier le potentiel local de production de tels matériaux et de contribuer à la structuration des filières nécessaires à leur développement.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie circulaire
 Agriculture et agroalimentaire
 Consommation et production</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P170" s="1" t="inlineStr">
+      <c r="P142" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q170" s="1" t="inlineStr">
+      <c r="Q142" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Ne pas avoir commencé (aucun contrats ou devis signés)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T170" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=Le%20programme%20LEADER%20(Liaisons%20Entre,est%20%C3%A0%20sa%20sixi%C3%A8me%20programmation.</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>flavien.andre@seine-eure.com</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-offre-dalimentation-de-qualite-accessible-a-tous-et-soutenir-une-production-agricole-durable/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>163027</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Développer et structurer une offre touristique rurale, diversifiée, innovante et décarbonée</t>
         </is>
       </c>
-      <c r="C171" s="1" t="inlineStr">
+      <c r="C143" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°2 : Développer et structurer une offre touristique rurale, diversifiée, innovante et décarbonée</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I171" s="1" t="inlineStr">
+      <c r="I143" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J171" s="1" t="inlineStr">
+      <c r="J143" s="1" t="inlineStr">
         <is>
           <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Développer une offre touristique durable en cohérence avec les ressources du territoire et les aspirations des touristes&lt;/h2&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Développer une itinérance touristique responsable&lt;/h3&gt;&lt;h4&gt;Adaptation des aménités touristiques du territoire au tourisme itinérant&lt;/h4&gt;&lt;p&gt;Les aménités de l&amp;#039;espace rural (paysages, sites, forêts, cours d’eau, produits locaux, exploitations agricoles, patrimoines…) constituent de forts facteurs d’attractivité mais aussi la « scène » d’une activité en plein essor, l’itinérance. Les demandes de pratiques d’itinérance pédestre, cyclo, équestre et fluviale permettent de constituer une offre touristique de découvertes, des expériences de rencontres très recherchées par les clientèles. Cette offre d’itinérance est pleinement durable car constituée de mobilités douces appréciée et utilisée par les habitants (y compris parfois pour des déplacements « domicile-travail »). Toutefois cela reste une offre à améliorer : jalonnements sentiers, circuits, offre d’interprétation, cohérences des circuits, signalétique, présence de services (pour les vélos par exemple) …&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Développement de services proposant des séjours touristiques décarbonés (ou à faible impact)&lt;/h4&gt;&lt;p&gt;Pour répondre aux enjeux climatiques et énergétiques et aux attentes des clientèles de plus en plus sensibles sur ces sujets, les gestionnaires du tourisme et les professionnels doivent construire des offres de séjours touristiques décarbonés et peu consommateurs d’énergie. Des projets innovants peuvent émerger pour améliorer l’intermodalité, les recours mobilités douces, les éco-hébergements, les activités avec une faible empreinte écologique. Des calculateurs sont disponibles (Good Planet, Green Tripper) pour expérimenter des initiatives de mesures locales&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Valoriser les atouts culturel, patrimoniaux et les savoir-faire du territoire&lt;/h3&gt;&lt;h4&gt;Valorisation de la présence de l’eau et amélioration de son accessibilité&lt;/h4&gt;&lt;p&gt;L’eau est fortement présente sur le territoire de la CASE. S’il existe déjà des offres touristiques et de loisirs (croisière promenade à la découverte des moulins et impressionnistes / musée de la Batellerie, parc de Léry-Poses et ses plages…), l’itinérance fluviale, les activités nautiques, la baignade, la pêche sont autant de domaines dans lesquels le territoire est déjà engagé mais qui restent porteurs d’un fort potentiel de développement en coopération avec les territoires voisins.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Amélioration de la visibilité des patrimoines et des savoir-faire&lt;/h4&gt;&lt;p&gt;Le territoire est riche de ses patrimoines et savoir-faire mais ils peuvent gagner en visibilité, en mise en cohérence et en mise en tourisme. Le développement de circuits, l’amélioration de la médiation et de l’interprétation, la mise en réseau des acteurs sont autant de leviers qui pourront être soutenus par le GAL.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Renforcement du lien culture-tourisme&lt;/h4&gt;&lt;p&gt;L’offre culturelle sur le territoire est une offre conséquente et présente sur l’ensemble du territoire tant en milieu urbain que rural (lecture publique, enseignement musical spectacle vivant, patrimoine, musique, arts plastiques, cinéma, etc.). La culture doit donc pouvoir constituer une offre touristique majeure pour le territoire. Les Patrimoines (avec approche ludique et numérique via l’application « Seine Eure s’imagine », les évènements (festivals, expositions…), les musées et sites, les résidences d’artistes, les créations sont autant d’opportunités pour ouvrir encore plus la culture vers les habitants et les touristes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement de l’évènementiel dans sa dimension éco-responsable&lt;/h4&gt;&lt;p&gt;Modestes ou conséquents de nombreux évènements remplissent l’agenda du territoire et constituent des facteurs d’attractivité importants pour la destination. Mais le champ de l’évènementiel est grandement améliorable dans ses impacts ; gestion des déchets, modalités d’accessibilité, consommation énergétique, protection des milieux, accessibilité sociale et inclusive… Autant de sujets qui peuvent donner lieu à des projets inventifs.&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Renforcer, diversifier et accompagner la qualification et la diversification des offres touristiques&lt;/h3&gt;&lt;h4&gt;Développement d’une offre de restauration et d’hébergement durable&lt;/h4&gt;&lt;p&gt;Pour une offre touristique durable il est impératif de chercher à améliorer l’offre de restauration et d’hébergements. Cela peut passer par le renforcement des circuits courts et la valorisation des produits locaux (en lien avec l’alimentation – axe 1 mais aussi produits artisanaux et écoconstruction pour les hébergements). Les professionnels doivent être sensibilisés, formés et accompagnés sur les potentiels d’utilisation des produits locaux, sur des pratiques plus économes en énergie, sur la gestion des déchets et de l’eau, sur les offres liées aux mobilités douces pour leurs clients.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Adaptation des offres aux différents publics&lt;/h4&gt;&lt;p&gt;Un tourisme véritablement durable doit adapter son offre à la diversité des publics et porter une attention particulière aux publics en situation de handicap et aux publics en situation de précarité. Cet objectif doit s’articuler avec la démarche en cours de diagnostic sur l’accessibilité Handicap mené par la CASE en partenariat avec les acteurs institutionnels et associatifs concernés. De vraies marges de progrès existent pour améliorer l’accessibilité, en particulier de l’offre patrimoniale, mais aussi sur l’itinérance, pour les publics en situation de handicap et pour les familles (présence seniors et enfants), par exemple. Enfin, la question de l’accessibilité tarifaire doit, autant que possible, être prise en compte pour que certaines activités soient ouvertes à plus de touristes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des opérateurs dans les démarches de qualification et d’optimisation de leurs services&lt;/h4&gt;&lt;p&gt;De nombreux labels existent (culturels et patrimoniaux/ l’accueil, la qualité et le bien-être / alimentaires / environnementaux…) qui jouent un rôle de certification de qualité, de reconnaissance pour le client. Mais les professionnels ont besoin d’être informés et accompagnés pour choisir les labels qui sont les plus pertinents et efficaces au regard de leurs activités et spécificités. Le GAL doit faciliter ces démarches d’engagement mais en privilégiant les labels cohérents avec la stratégie locale de développement (écolabels, accueil vélo, tourisme et handicap…).&lt;/p&gt;&lt;h4&gt;Amélioration de la communication et de la promotion pour la rendre plus efficiente&lt;/h4&gt;&lt;p&gt;Les actions de communication et de promotion doivent gagner en lisibilité, en cohérence et en efficience. C’est par un travail partenarial, par des gouvernances innovantes que la progression pourra se mettre en œuvre. Le GAL peut jouer un rôle important de facilitateur et d’initiateur de projets qui y contribueront.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Tourisme</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P171" s="1" t="inlineStr">
+      <c r="P143" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q171" s="1" t="inlineStr">
+      <c r="Q143" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T171" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=Le%20programme%20LEADER%20(Liaisons%20Entre,est%20%C3%A0%20sa%20sixi%C3%A8me%20programmation.</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>flavien.andre@seine-eure.com</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-une-offre-touristique-rurale-diversifiee-innovante-et-decarbonee/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>163028</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Diversifier l'offre de services des pôles de proximité pour accroître leur vitalité</t>
         </is>
       </c>
-      <c r="C172" s="1" t="inlineStr">
+      <c r="C144" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°3 : Diversifier l'offre de services des pôles de proximité pour accroître leur vitalité</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I172" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J172" s="1" t="inlineStr">
+      <c r="J144" s="1" t="inlineStr">
         <is>
           <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Accompagner l’émergence de nouvelles de service accessibles et adaptées aux usagers du territoire&lt;/h2&gt;&lt;h4&gt;OBJECTIF STRATEGIQUE : Innover pour redynamiser les pôles de proximité à travers de nouveaux services&lt;/h4&gt;&lt;h4&gt;Soutien au premier/dernier commerce, aux lieux polyvalents, aux lieux collectifs d’innovation, aux espaces partagés&lt;/h4&gt;&lt;p&gt;En complémentarité avec les dispositifs existants, il va s’agir de favoriser l’émergence de projets innovants par la mobilisation des réseaux, par un travail de soutien à des porteurs de projets, par l’appui à une ingénierie amont capable de garantir l’opportunité, la faisabilité, la viabilité et l’innovation des projets. Dans un objectif de sobriété, il est indispensable de travailler sur les mutualisations et les intensifications des usages. Par ailleurs, l’espace public doit, lui aussi, être pensé comme un lieu d’échanges et de services : les expérimentations visant à mieux concilier les usages, à favoriser l’adaptation aux différentes générations, à des conceptions plus innovantes et résilientes seront ainsi promues et soutenues.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des évolutions sociétales, des besoins spécifiques en particulier auprès de la jeunesse&lt;/h4&gt;&lt;p&gt;En collaboration avec les associations et avec les acteurs qui interviennent auprès de la jeunesse, le GAL pourra favoriser et soutenir des démarches d’animation visant la co-construction d’actions et de projet avec les jeunes sur des sujets du quotidien importants pour eux : mobilité, prévention-santé, pratiques culturelles et sportives libres, emploi et formation, engagement citoyen (en lien avec l’objectif 3.3.). L’innovation doit permettre d’aller plus vers les jeunes notamment celles et ceux les plus éloignés des services. La valorisation des talents locaux, des témoignages sur des engagements de jeunes et sur des expériences originales sont également des pistes à travailler. Enfin une attention particulière sera à porter à la culture de l’égalité des genres auprès des jeunes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Soutien aux nouveaux modes d’entreprendre et à l’ingénierie de projet &lt;/h4&gt;&lt;p&gt;Les porteurs de projets, les créateurs et les personnes en souhait de reconversion professionnels sont nombreux et ils souhaitent, de plus en plus, inscrire leur démarche dans la prise en compte des grandes transitions écologiques, numériques et sociales. Les nouveaux modes d’entreprendre (par des structures nouvelles ou traditionnelles, en individuel ou en collectif) se développent : nouveaux modes managériaux et contractuels, force des démarches de RSE, entreprise citoyenne, nouvelle organisation du travail, recours aux nouvelles technologies (DATA, IA…) … Mais les porteurs de projets ont besoin d’être informés, orientés, accompagnés et formés à ces nouveaux modes entrepreneuriaux.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Promotion des nouvelles formes d’habitat (coliving, béguinages, temporaires...)&lt;/h4&gt;&lt;p&gt;Le GAL pourra soutenir la recherche des potentiels et la faisabilité de nouvelles formes d’habitat sur le territoire. Des solutions innovantes et adaptées devront être recherchées pour les communes rurales pour lesquelles il est souvent plus difficile de trouver des modèles économiques viables du fait de la petite taille des opérations.&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Soutenir l’implication citoyenne&lt;/h3&gt;&lt;h4&gt;Accompagnement aux réflexions sur la maîtrise d’usage et les mutualisations d’usages&lt;/h4&gt;&lt;p&gt;Des démarches d’implication citoyenne de participation existent sur le territoire tant au niveau de la communauté d’agglomération que des communes (conseil consultatif, conseil de développement durable, conseil citoyen, plate-forme de démocratie participative, chantiers participatifs…). Mais au-delà des instances de gouvernance il semble nécessaire d’avancer plus loin dans l’engagement et l’implication citoyenne en donnant une place importante à la maitrise d’usage dans l’action publique. Aux côtes de la maitrise d’ouvrage et de la maitrise d’œuvre la maitrise d’usage doit trouver toute sa place pour faire gagner les projets en pertinence et en efficacité. Les projets Leader portés par le GAL devront chercher, autant que possible, à ce que les points de vue des usagers/bénéficiaires soient pris en compte. De façon innovante, les services et leurs liens avec l’espace public doivent permettre des approches et des conceptions s’appuyant sur le design des politiques publiques. D’une façon générale, il est essentiel de soutenir l’intelligence collective pour être un territoire apprenant et innovant, en mobilisant les forces vives et le capital humain/social du territoire. Enfin, c’est aussi la possibilité, par exemple, de s’appuyer sur les usagers/citoyens pour faire émerger et porter des projets par la mise en place d’un fonds d’initiatives citoyennes à l’échelle du GAL.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;h4&gt;Développement des projets participatifs ponctuels et les démarches d’intelligence collective&lt;/h4&gt;&lt;p&gt;Avec une finalité proche de celle de la prise en compte de la maîtrise d’usage il serait intéressant de soutenir des projets participatifs ponctuels, simples et sobres touchant à la vie quotidienne et/ou à son environnement de proximité et notamment auprès des jeunes. L’apprentissage de la citoyenneté passe par l’éducation et la sensibilisation aux démarches projets et à tenir de postures d’acteurs. En lien avec les écoles, les collèges, lycées et autres établissements de formation mais aussi avec les associations, des appels à projets de projets participatifs pourraient être lancés sur des thématiques bien évidement cohérente avec le projet de territoire et avec les axes de la stratégie locale de développement.&lt;/p&gt;&lt;h4&gt;Soutien au dynamisme associatif (dont le bénévolat)&lt;/h4&gt;&lt;p&gt;Le tissu associatif sur le territoire est très conséquent et dynamique et offre une très grande diversité d’offres qui contribuent à la richesse du développement local, aux liens sociaux et aux capacités d’épanouissements personnels et collectifs. Toutefois, comme partout, les associations sont confrontées à des difficultés : raréfaction des ressources financières, encadrement réglementaire complexe, un bénévolat confronté à de nombreux freins (le temps, les horaires, le coût, la mobilité, l’information, la confiance en soi, le manque d’ouverture de certaines associations…). Pour maintenir cette offre portée par les associations il est impératif de les soutenir.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Commerces et services
 Tiers-lieux
 Revitalisation
 Artisanat</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P144" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
+      <c r="Q144" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Ne pas avoir commencé (aucun contrats ou devis signés)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T172" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=C'est%20un%20programme%20d%C3%A9di%C3%A9,'%C3%A9chelle%20nationale%20et%20europ%C3%A9enne).</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>flavien.andre@seine-eure.com</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-loffre-de-services-des-poles-de-proximite-pour-accroitre-leur-vitalite/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>163029</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Contribuer au développement de collaborations culturelles et d'actions de médiation sur l'ensemble du territoire</t>
         </is>
       </c>
-      <c r="C173" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°4</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I173" s="1" t="inlineStr">
+      <c r="I145" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J173" s="1" t="inlineStr">
+      <c r="J145" s="1" t="inlineStr">
         <is>
           <t>Plancher 3 000 euros / Plafond : 10 000 euros</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Accompagner l’émergence de nouvelles de service accessibles et adaptées aux usagers du territoire&lt;/h2&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Développer une culture accessible pour tous&lt;/h3&gt;&lt;h4&gt;Soutien à une offre culturelle itinérante&lt;/h4&gt;&lt;p&gt;L’offre culturelle est fortement concentrée sur les communes principales de l’agglomération même s’il existe des lieux de création et de pratiques en milieu rural ainsi qu’un tissu associatif qui irrigue l’ensemble du territoire. Cette situation doit conduire à favoriser une plus grande diffusion culturelle, en particulier en milieu rural. Il s’agira de favoriser l’émergence de projets innovants portés par des associations et/ou acteurs culturels. De nombreuses expériences sur le territoire national, soutenues par Leader et par le réseau rural, ont été mises en œuvre dans ce domaine et pourront être une source d’inspiration pour des actions locales. La promotion de chantiers-écoles et la présence de résidences d’artistes impliquant le tissu local et les publics constituent des opportunités pour développer des actions nomades et diffuser la culture&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Développement des réseaux d’acteurs culturels et les projets de coopération &lt;/h4&gt;&lt;p&gt;Si de nombreux acteurs culturels présents sur le territoire se connaissent, et si des partenariats existent déjà, il n’existe pas, de façon organisée et animée, un réseau des acteurs culturels. Permettre, quantitativement et qualitativement, une accessibilité plus grande à la culture passe par une meilleure coordination des acteurs et par plus de coopérations entre eux. La forte diversité des domaines culturels présents doit conduire à plus d’interconnaissance et d’interrelations pour valoriser cette offre culturelle. Les sujets et potentiels de coopérations sont nombreux.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des projets en faveur de la médiation – diffusion culturelle vers tous les publics &lt;/h4&gt;&lt;p&gt;L’amélioration de l’accessibilité à la culture passe par le développement de la médiation en direction de celles et ceux qui sont éloignés de l’offre et des pratiques culturelles (éloignement physique, isolement, déficit d’information, frein psychologique, frein social…). Les acteurs culturels en ont conscience mais les réponses passent souvent par des actions mutualisées, par des coopérations et aussi par l’acquisition/mobilisation des compétences adéquates. A l’exemple du GAL d’Uzès qui a mise en place un véhicule itinérant de médiation culturelle et de nombreuses autres initiatives, le GAL pourra faire naitre des projets qui favoriseront la médiation et donc l’accessibilité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P173" s="1" t="inlineStr">
+      <c r="P145" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q173" s="1" t="inlineStr">
+      <c r="Q145" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=C'est%20un%20programme%20d%C3%A9di%C3%A9,'%C3%A9chelle%20nationale%20et%20europ%C3%A9enne).</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>flavien.andre@seine-eure.com</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-au-developpement-de-collaborations-culturelles-et-dactions-de-mediation-sur-lensemble-du-territoire/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>163039</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Réinvestir, protéger, valoriser le patrimoine bâti du Pays d'Auge dans ses dimensions culturelles et énergétiques</t>
         </is>
       </c>
-      <c r="C174" s="1" t="inlineStr">
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F174" s="1" t="inlineStr">
+      <c r="F146" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I174" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le patrimoine
 bâti du Pays d’Auge&lt;/strong&gt; est un marqueur fort de son identité, image d’Épinal de la
 Normandie. Ce patrimoine fait aujourd’hui face à un enjeu de conservation et de
 préservation tout en assurant une plus grande sobriété énergétique. Participant
 à 12 des 59 objectifs du SRADDET normand, la fiche-action n°1 de la stratégie Locale de développement LEADER rend nécessaire une
 meilleure connaissance et appropriation de ce patrimoine afin qu’il puisse être
 restauré en respectant les exigences en matière d’adaptation au changement climatique,
 de gestion du foncier et de valorisation des spécificités du monde rural
 notamment. Ce n’est qu’à cette condition qu’il pourra demeurer vecteur de
 développement économique, culturel et touristique pour le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Améliorer l’efficacité et la sobriété énergétique des bâtiments à valeur patrimoniale&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les changements de comportement face aux enjeux de transition énergétique&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer l’adaptation et la résilience du patrimoine bâti à valeur patrimoniale face aux effets du changement climatique &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir et valoriser les richesses patrimoniales et les savoir-faire identitaires du Pays d’Auge&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etudes pour la rénovation thermique des bâtiments à valeur patrimoniale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien à l’autoproduction d’énergie (hors photovoltaïque)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’expérimentations et d’innovations en matière d&amp;#039;écoconstruction, d’éco rénovation et d’écohabitat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sensibilisation à la sobriété énergétique dans les lieux d’habitation et de travail&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux d’inventaire, de restauration, de conservation et de valorisation du patrimoine bâti culturel et/ou touristique (hors patrimoine à usage cultuel)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions visant à repenser les usages de bâtiments patrimoniaux (dont études) tout en conservant l’identité des lieux afin de leur conférer une vocation collective &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réhabilitation des corps de ferme à valeur patrimoniale dans un objectif d’ouverture au grand public (l’aide sera soumise à l’atteinte d’un gain d’efficacité énergétique d’au moins 30%)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement de lieux d’accueil, de valorisation et actions d’animation des métiers d’art et de rénovation du patrimoine&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M174" s="1" t="inlineStr">
+      <c r="M146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Projet de réhabilitation d&amp;#039;une ferme augeronne en vue d&amp;#039;en faire un lieu culturel ouvert au public ; Projet de réhabilitation d&amp;#039;un bâtiment augeron pour y développer un lieu collectif ; Réhabilitation d&amp;#039;une ancienne fromagerie y installer un musée sur le savoir-faire...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Tourisme
 Economie d'énergie et rénovation énergétique
 Tiers-lieux
 Bâtiments et construction
 Réhabilitation
 Architecture
 Artisanat
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;br /&gt;&lt;/strong&gt;1/ Egalité femmes/hommes&lt;br /&gt;2/ Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;br /&gt;3/ Approche partenariale&lt;br /&gt;4/ Adaptation et/ou atténuation du changement climatique&lt;br /&gt;5/ Ruralité&lt;br /&gt;6/ Innovation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;1/ Le projet permet d&amp;#039;améliorer l’efficacité et la sobriété énergétique d&amp;#039;un bâtiment&lt;br /&gt;2/ Le projet permet d&amp;#039;accompagner les changements de comportement face aux enjeux de transition énergétique&lt;br /&gt;3/ Le projet permet de renforcer l&amp;#039;adaptation et la résilience du patrimoine bâti face aux effets du changement climatique&lt;br /&gt;4/ Le projet permet de soutenir et valoriser les richesses patrimoniales et les savoir-faire identitaires du Pays d&amp;#039;Auge&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Aménagements intérieurs et extérieurs en dehors des travaux d’aménagement paysager ; Travaux de construction/extension de bâtiment ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>163040</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’artisanat local et les commerces de proximité du Pays d'Auge tout en encourageant les circuits courts et les modes de consommation responsables</t>
         </is>
       </c>
-      <c r="C175" s="1" t="inlineStr">
+      <c r="C147" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F175" s="1" t="inlineStr">
+      <c r="F147" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I175" s="1" t="inlineStr">
+      <c r="I147" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bien qu’étant un territoire très attractif, le Pays d’Auge souffre de disparités en matière de dynamisme économique et d’accès pour tous à des services marchands de proximité. Certaines zones rurales sont en effet confrontées à des problématiques de vacances commerciales, de sous-développement du tissu artisanal et de disparition des commerces de proximité, faute de repreneurs. Participant à 6 des 59 objectifs du SRADDET, cette fiche-action rend indispensable le maintien et le renforcement des commerces de proximité et l’artisanat local afin d’assurer un développement équilibré du territoire, facteur de bien-être des habitants, d’emplois et d’attractivité touristique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Permettre à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural &lt;/li&gt;&lt;li&gt;Soutenir les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Encourager les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Soutenir les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, modernisation et développement de &lt;strong&gt;commerces de proximités et d’activités artisanales dans les centre-bourgs &lt;/strong&gt;(communes de moins de 10 000 habitants / pour les créations une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Opérations visant à réhabiliter des &lt;strong&gt;friches industrielles et économiques&lt;/strong&gt; (études)&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination/coopération entre les acteurs locaux&lt;/strong&gt; et à valoriser les démarches collectives &lt;/li&gt;&lt;li&gt;Soutien à l&amp;#039;élaboration de &lt;strong&gt;plans d&amp;#039;action locaux pour le développement économique&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Expérimentations de &lt;strong&gt;nouvelles formes de commerces innovantes&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien au développement de &lt;strong&gt;lieux participatifs&lt;/strong&gt; (commerces autogérés, cafés associatifs, tiers-lieux)&lt;/li&gt;&lt;li&gt;Aides à la création ou au développement des &lt;strong&gt;petites entreprises dans le champ de l’économie sociale et solidaire (ESS) et de l’économie circulaire&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Actions visant à soutenir les diversifications/reprises/transmissions du &lt;strong&gt;« dernier commerce de proximité du village » &lt;/strong&gt;(collectivités uniquement, une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Création, expérimentation, développement et valorisation de projets en faveur de la &lt;strong&gt;commercialisation des produits en circuits courts&lt;/strong&gt;, de la &lt;strong&gt;relocalisation de la production alimentaire&lt;/strong&gt; et de la consommation responsable, notamment dans le domaine de la restauration collective et aide à la structuration de filières locales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Friche
 Accès aux services
 Citoyenneté
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité
 Attractivité économique
 Animation et mise en réseau
 Artisanat</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet permet à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le projet soutient les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Le projet encourage les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Le projet soutient les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Achat de terrain bâti et non bâti, &lt;span&gt;Construction et extensions ;  &lt;/span&gt;&lt;span&gt;Travaux de rénovation énergétique sans audit énergétique préalable ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T175" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques-1/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>163041</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
         </is>
       </c>
-      <c r="C176" s="1" t="inlineStr">
+      <c r="C148" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F176" s="1" t="inlineStr">
+      <c r="F148" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I176" s="1" t="inlineStr">
+      <c r="I148" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M176" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Santé
 Education et renforcement des compétences
 Biodiversité
 Mers et océans
 Milieux humides
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>163042</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Garantir la qualité et l'accessibilité des services de proximité sur l'ensemble du territoire du Pays d'Auge</t>
         </is>
       </c>
-      <c r="C177" s="1" t="inlineStr">
+      <c r="C149" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F177" s="1" t="inlineStr">
+      <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I177" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le vieillissement de la population, l’exode des jeunes et l’installation massive de nouveaux ménages (couples avec ou sans enfants) dans le Pays d’Auge font émerger de nouveaux besoins qui nécessitent d’adapter les services et les équipements. Pour accompagner les mutations sociodémographiques, faire de l’offre de services un vecteur d’équilibre des territoires et d’égalité pour les habitants au sens des objectifs poursuivis dans le SRADDET, cette fiche-action n°3 de la stratégie locale du Pays d&amp;#039;Auge met l’accent sur la qualité de vie des habitants, le maintien des liens de proximité et le développement de la mixité sociale et générationnelle. Il convient alors de développer, sur l’ensemble du territoire, une offre de services de qualité et accessible à tous. Les effets du changement climatique sur la santé et les inégalités d’accès aux soins décrits dans les synthèses du GIEC normand rendent indispensables des actions dans le domaine de la santé. C’est également dans les domaines de la petite enfance et de l’inclusion des personnes âgées et/ou en situation de handicap que les besoins sont les plus prégnants et nécessitent un accompagnement fort. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Initiatives visant à faciliter l’&lt;strong&gt;installation en zone rurale des professionnels de santé&lt;/strong&gt; et développement des nouveaux modes d’exercice&lt;/li&gt;&lt;li&gt;Création, développement et &lt;strong&gt;animation d’évènements et de lieux dédiés à la culture et aux loisirs&lt;/strong&gt; favorisant la mixité et élargissant l’offre en zone rurale &lt;/li&gt;&lt;li&gt;Services nouveaux sur le territoire et/ou innovants facilitant l’&lt;strong&gt;accueil des jeunes enfants &lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Projets innovants permettant le &lt;strong&gt;développement de liens intergénérationnels ou renforçant l’inclusion et l’autonomie&lt;/strong&gt; des personne âgées et publics éloignés&lt;/li&gt;&lt;li&gt;Soutien à la création, à l’expérimentation et au développement de &lt;strong&gt;solutions mobiles et de dispositifs d’aller-vers pour les services publics et de proximité&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Projets visant à favoriser l’a&lt;strong&gt;ccessibilité numérique, l’inclusion numérique et la sobriété numérique&lt;/strong&gt; dont les projets visant à développer le télétravail&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination et la coopération entre les acteurs locaux &lt;/strong&gt;contribuant aux services de proximité &lt;/li&gt;&lt;li&gt;Soutien à l’élaboration de &lt;strong&gt;plans d’actions locaux inter-collectivités &lt;/strong&gt;pour développer de nouveaux services &lt;/li&gt;&lt;li&gt;Actions de promotion et de &lt;strong&gt;valorisation de l’offre de services&lt;/strong&gt; disponible sur le territoire &lt;/li&gt;&lt;li&gt;Projets renforçant l&lt;strong&gt;’inclusion, la mixité et l’accessibilité des lieux publics&lt;/strong&gt; (hors PMR)&lt;/li&gt;&lt;li&gt;Initiatives favorisant le lien social et valorisant l’&lt;strong&gt;engagement bénévole et l’implication citoyenne&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Opérations de &lt;strong&gt;prévention&lt;/strong&gt; auprès du grand public et des entreprises en matière de &lt;strong&gt;transition écologique, de santé publique et de lutte contre les discriminations&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions visant au &lt;strong&gt;réemploi et au tri des déchets&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Commerces et services
 Economie sociale et solidaire
 Equipement public
 Accessibilité
 Lutte contre la précarité
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet d&amp;#039;améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/garantir-la-qualite-et-laccessibilite-des-services-de-proximite-sur-lensemble-du-territoire-du-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>163043</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
         </is>
       </c>
-      <c r="C178" s="1" t="inlineStr">
+      <c r="C150" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F178" s="1" t="inlineStr">
+      <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I178" s="1" t="inlineStr">
+      <c r="I150" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie sociale et solidaire
 Accessibilité
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>163044</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Diversifier, valoriser et structurer une offre touristique durable à destination des habitants et des touristes dans le Pays d'Auge</t>
         </is>
       </c>
-      <c r="C179" s="1" t="inlineStr">
+      <c r="C151" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F179" s="1" t="inlineStr">
+      <c r="F151" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I179" s="1" t="inlineStr">
+      <c r="I151" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En alliant tourisme balnéaire, tourisme rural et forte identité culturelle, le Pays d’Auge bénéficie d’atouts touristiques indéniables. En plus de contribuer à affirmer l’identité du Pays d’Auge, le tourisme est créateur d’emplois et constitue un pilier clef de développement économique pour les collectivités et les commerçants.&lt;/p&gt;&lt;p&gt;Toutefois, ce dynamisme touristique se concentre majoritairement dans le Nord Pays d’Auge, autour des stations balnéaires dont l’afflux touristique entraîne parfois des difficultés de gestion. A l’inverse, le Sud Pays d’Auge souffre d’un certain déficit de notoriété, malgré la richesse de son patrimoine naturel (bocages, prairies…) et culturel (architecture, haras, gastronomie…).&lt;/p&gt;&lt;p&gt;Il s’agit donc de renforcer l’attractivité touristique de l’arrière-pays pour les touristes et pour les habitants, à travers l&amp;#039;essor de nouvelles activités, la mise en réseau des acteurs locaux et la valorisation de l’offre déjà existante. Afin d’assurer une mise en œuvre effective du tourisme durable et de pleinement prendre en compte les impacts actuels et futurs du tourisme sur les systèmes vivants, la biodiversité et l’intégrité culturelle, il convient aussi de réfléchir à une gestion équilibrée des ressources naturelles et d’impliquer tous les acteurs locaux.&lt;/p&gt;&lt;p&gt;Les opérations accompagnées dans le cadre de cette fiche action n°5 sont en cohérence avec 7 objectifs du SRADDET normand, notamment la promotion d’un tourisme durable, ainsi que les constats liés au changement climatique du GIEC normand.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Encourager et généraliser les démarches de tourisme durable, la randonnée et le cyclotourisme&lt;/li&gt;&lt;li&gt;Renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations d&amp;#039;aménagement, de modernisation, et de promotion d&amp;#039;équipements, de sites et d&amp;#039;&lt;strong&gt;activités touristiques valorisant les atouts et les spécificités locales du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien à l’investissement pour la réhabilitation, la rénovation ou la création d’&lt;strong&gt;hébergements touristiques publics et privés&lt;/strong&gt; dans le respect des qualités architecturales du bâti, en cohérence avec les besoins du territoire et répondant à un objectif d’amélioration de la performance thermique&lt;/li&gt;&lt;li&gt;Soutien à la réhabilitation et à l’extension de &lt;strong&gt;logements de personnels saisonniers&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions de marketing territorial et de mise en réseau des acteurs afin de &lt;strong&gt;structurer le secteur touristique à l’échelle du Pays d’Auge&lt;/strong&gt; et de renforcer l’identité culturelle locale&lt;/li&gt;&lt;li&gt;Initiatives visant à développer et à valoriser les &lt;strong&gt;savoir-faire locaux&lt;/strong&gt;, en collaboration avec les acteurs du territoire, notamment en matière d’&lt;strong&gt;artisanat et d’agritourisme&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Développement d’&lt;strong&gt;itinéraires touristiques et culturels à l’échelle du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Opérations d’animation et de sensibilisation sur les &lt;strong&gt;enjeux du tourisme durable et solidaire&lt;/strong&gt; à destination des acteurs du territoire&lt;/li&gt;&lt;li&gt;Projets visant à renforcer la rencontre et les échanges entre les acteurs agricoles et les habitants en zone rurale ainsi qu’entre les touristes et les locaux afin de &lt;strong&gt;lutter contre les conflits d’usage&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Economie sociale et solidaire
 Logement et habitat
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;encourager et généraliser les démarches de tourisme durable&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Le projet permet de valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Construction de bâtiments contribuant à l’artificialisation des sols ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-valoriser-et-structurer-une-offre-touristique-durable-a-destination-des-habitants-et-des-touristes-dans-le-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>163045</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Développer une approche territoriale de la santé</t>
         </is>
       </c>
-      <c r="C180" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Fiche action 1 - Développer une approche territoriale de la santé</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F180" s="1" t="inlineStr">
+      <c r="F152" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I180" s="1" t="inlineStr">
+      <c r="I152" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J180" s="1" t="inlineStr">
+      <c r="J152" s="1" t="inlineStr">
         <is>
           <t>Plancher 25 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Sud Gironde souhaite développer et diversifier l’offre de santé afin de garantir un accès aux services de santé sur le territoire. En effet, la santé est une condition essentielle à la vie de tous et doit être prise en compte dans un monde où elle est de plus en plus négligée. Pour cela, l’attractivité du territoire doit être renforcée par la promotion et la valorisation de la santé locale à travers des projets innovants. Cette stratégie accompagnera également tout projet permettant le partage de pratiques entre acteurs de la santé et le développement de nouvelles activités afin d’encourager le développement d’une approche territoriale de la santé et de favoriser l’attractivité médicale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M180" s="1" t="inlineStr">
+      <c r="M152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage et gestion du projet, Infrastructures des professionnels de santé&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P180" s="1" t="inlineStr">
+      <c r="P152" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q180" s="1" t="inlineStr">
+      <c r="Q152" s="1" t="inlineStr">
         <is>
           <t>30/12/2027</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel, agriculteur dans le cadre de leur activité agricole &lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-une-approche-territoriale-de-la-sante/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>163085</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Financer des projets qui favorisent le partage des richesses culturelles et la vie locale</t>
         </is>
       </c>
-      <c r="C181" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I181" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J181" s="1" t="inlineStr">
+      <c r="J153" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l’offre culturelle locale (dont le patrimoine), les services aux habitants pour favoriser le bien vivre ensemble dans les villages. Il vise également à trouver des solutions de mobilité durables qui permettent aux habitants d’accéder aux opportunités proches de chez eux. Enfin, il vise à renforcer le lien social, à favoriser la mixité, l’entraide et la solidarité.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Sauvegarder et transmettre les patrimoines matériels et immatériels&lt;/p&gt;&lt;p&gt;- Créer une offre culturelle locale favorisant les échanges&lt;/p&gt;&lt;p&gt;- Renforcer le lien social et les actions en faveur de la jeunesse&lt;/p&gt;&lt;p&gt;- Développer les services aux habitants&lt;/p&gt;&lt;p&gt;- Favoriser les mobilités alternatives au service du lien social ou de la vie locale&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le
 projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné
 par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union
 Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre
 cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds
 propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M181" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Restauration de patrimoine permettant de créer du lien social, recueil de récits et valorisation, etc.&lt;/p&gt;&lt;p&gt;‐ Création artistique sur le territoire, etc.&lt;/p&gt;&lt;p&gt;‐ Activités intergénérationnelles, tiers-lieu culturel, etc.&lt;/p&gt;&lt;p&gt;‐ Bibliothèque itinérante, activités inter-villages, etc.&lt;/p&gt;&lt;p&gt;‐ Rosalies, installations de racks à vélo et bornes de réparation, autopartage, navette mutualisée, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Friche
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Architecture
 Paysage
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q181" s="1" t="inlineStr">
+      <c r="Q153" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet
 se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité
 temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de
 la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte,
 notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de
 promotion et communication, formation, animation, prestation de service,
 équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou
 exemplaire &lt;/strong&gt;pour le territoire ET le projet f&lt;strong&gt;avoriser les interactions et crée du
 lien social.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement
 appeler en contrepartie un cofinancement auprès d’une structure publique (Etat,
 Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;PETR Garrigues et Costières de Nîmes&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;1 rue du Colisée - &lt;/span&gt;&lt;span&gt;30900 NÎMES&lt;/span&gt;&lt;br /&gt;06 30 07 33 52  | 04 &lt;span&gt;66 02 54 12&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-un-programme-europeen-au-service-des-ruralites/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>163086</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Fiche action 4 - Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F182" s="1" t="inlineStr">
+      <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I182" s="1" t="inlineStr">
+      <c r="I154" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J182" s="1" t="inlineStr">
+      <c r="J154" s="1" t="inlineStr">
         <is>
           <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La stratégie accompagnera les initiatives sociales, écologiques, solidaires et citoyennes pour porter des projets expérimentaux d’innovation sociale et écologique. Le territoire du GAL Sud Gironde aspire à des projets favorisant la coopération, la mutualisation et la solidarité entre acteurs, prenant en compte les enjeux du développement durable. Le territoire du Sud Gironde aidera les initiatives qui permettent de sensibiliser la population à ces enjeux et qui favorisent des changements de pratiques individuelles ou collectives. Cette fiche action est dédiée aux projets intégrants une innovation et une expérimentation sociale, écologique et / ou environnementale dans un projet de développement rural.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M182" s="1" t="inlineStr">
+      <c r="M154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Opérations d’animations et conception d’outils de communications ; Tiers-lieux et lieux d’échanges et de partage ; Epicerie sociale et solidaire ; Café associatif, espaces de vie sociale ; Actions autour du lien intergénérationnel&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P182" s="1" t="inlineStr">
+      <c r="P154" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q182" s="1" t="inlineStr">
+      <c r="Q154" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W182" s="1" t="inlineStr">
+      <c r="W154" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde-1/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>163087</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Bien vieillir en Sud Gironde</t>
         </is>
       </c>
-      <c r="C183" s="1" t="inlineStr">
+      <c r="C155" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Fiche action 2 - Bien vieillir en Sud Gironde</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F183" s="1" t="inlineStr">
+      <c r="F155" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I183" s="1" t="inlineStr">
+      <c r="I155" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J183" s="1" t="inlineStr">
+      <c r="J155" s="1" t="inlineStr">
         <is>
           <t>Plancher 25 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La problématique d’accompagnement de la population vieillissante sur le Sud Gironde est un enjeu majeur du territoire. Le territoire souhaite favoriser l’économie et l’expérimentation territoriale et / ou organisationnelle autour de l’enjeu du vieillissement de la population. Il s’agit d’aider à la structuration et au soutien d’une filière qui répond aux besoins liés à l’avancée en âge. Cette fiche action permettra ainsi de soutenir des projets innovants et territoriaux dans le cadre d’une sécurisation des différents parcours d’accompagnement des personnes âgées et / ou en situation de handicap. La stratégie territoriale visera à mettre en musique et accompagner ces acteurs pour proposer une réponse innovante aux besoins des séniors. La filière du « Bien Vieillir » en Sud Gironde est encadré au niveau territorial par deux dispositifs : Le Contrat Local de Santé Sud Gironde et la démarche « Sud Gironde, Ami des Ainés ».&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M183" s="1" t="inlineStr">
+      <c r="M155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Conception et développement d&amp;#039;outils d&amp;#039;animation et de communication ; Offre de services favorisant l&amp;#039;inclusion sociale de tous les publics en particuliers les séniors&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Cohésion sociale et inclusion
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P183" s="1" t="inlineStr">
+      <c r="P155" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q183" s="1" t="inlineStr">
+      <c r="Q155" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel, agriculteur dans le cadre de leur activité agricole &lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W183" s="1" t="inlineStr">
+      <c r="W155" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde-2/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>163088</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Moderniser les infrastructures touristiques, culturelles et patrimoniales</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Fiche action 3 - Attractivité touristique, culturelle et patrimoniale</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F184" s="1" t="inlineStr">
+      <c r="F156" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I156" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J184" s="1" t="inlineStr">
+      <c r="J156" s="1" t="inlineStr">
         <is>
           <t>Plancher 25 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif premier est de poursuivre le développement et la modernisation des infrastructures et services touristiques au travers du soutien aux équipements, à la création, réhabilitation, modernisation d’offres favorisant la valorisation touristique du patrimoine naturel, historique et / ou culturel. La valorisation des patrimoines matériels et immatériels est un des objectifs majeurs du territoire du Sud Gironde. La volonté est de mettre en avant le Sud Gironde comme destination touristique. Le territoire accompagnera donc des projets culturels et touristiques innovants ou favorisant un développement économique durable, des projets favorisant la structuration de la filière touristique, patrimoniale et / ou culturel, des projets favorisant la création et le renforcement de liens entre les acteurs et les structures dans le champ du tourisme culturel et du patrimoine.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M184" s="1" t="inlineStr">
+      <c r="M156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Actions d’animation et promotion des activités culturelles et touristiques du territoire ; Création, mise en place d’une signalétique commune ; Création d’itinéraires touristiques (Exemple : parcours pêche…) ; Rénovation et / ou aménagement de lieux culturels, patrimoniaux et touristiques ; Aménagements paysagers et renaturation de sites dégradés par les activités humaines, les événements naturels…&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P184" s="1" t="inlineStr">
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q156" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel, agriculteur dans le cadre de leur activité agricole &lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W184" s="1" t="inlineStr">
+      <c r="W156" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-touristique-culturelle-et-patrimoniale/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>163089</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Promouvoir une alimentation territoriale et durable</t>
         </is>
       </c>
-      <c r="C185" s="1" t="inlineStr">
+      <c r="C157" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Fiche action 5 - Alimentation territoriale et durable</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F185" s="1" t="inlineStr">
+      <c r="F157" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I185" s="1" t="inlineStr">
+      <c r="I157" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J185" s="1" t="inlineStr">
+      <c r="J157" s="1" t="inlineStr">
         <is>
           <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’action publique permettra de cibler des financements sur des thématiques de transitions, notamment alimentaires, ainsi que d’accompagner des initiatives de reterritorialisation de l’alimentation comme les projets alimentaires territoriaux (PAT). Le territoire du Sud Gironde souhaite également structurer le développement de filières territorialisées, d’outils collectifs de proximité et des débouchés associés. Enfin, la demande croissante d’une économie décarbonée offre des opportunités pour favoriser les initiatives et investissements dans le développement agro-alimentaire à partir des ressources locales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M185" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Actions de communication autour de l’alimentation saine et durable ; Création et développement d’outils favorisant l’alimentation territoriale et durable ; Nouvelles formes de pratiques agricoles ; Espaces tests agricoles ; Matériels favorisant le commerce et le e-commerce local, la transformation de produits alimentaires locaux ; Aménagements de locaux favorisant les pratiques de transformation et de commerce de produits alimentaires locaux &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P185" s="1" t="inlineStr">
+      <c r="P157" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q185" s="1" t="inlineStr">
+      <c r="Q157" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T185" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W185" s="1" t="inlineStr">
+      <c r="W157" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-des-pratiques-innovantes-et-leconomie-sociale-et-solidaire/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>163091</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Financer des actions en faveur de la santé environnementale</t>
         </is>
       </c>
-      <c r="C186" s="1" t="inlineStr">
+      <c r="C158" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Fiche action 7 - Santé environnementale</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F186" s="1" t="inlineStr">
+      <c r="F158" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I186" s="1" t="inlineStr">
+      <c r="I158" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J186" s="1" t="inlineStr">
+      <c r="J158" s="1" t="inlineStr">
         <is>
           <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La santé environnementale comprend les aspects de la santé humaine, y compris la qualité de la vie, qui sont déterminés par les facteurs physiques, chimiques, biologiques, sociaux, psychosociaux et esthétiques de notre environnement. Elle concerne également la politique et les pratiques de gestion, de résorption, de contrôle et de prévention des facteurs environnementaux susceptibles d’affecter la santé des générations actuelles et futures. Dans le cadre de la stratégie territoriale, il est souhaité une meilleure appréhension des enjeux de la santé environnementale, approche complexe et sensible de la santé basée sur l’environnement (biodiversité, problématiques climatiques, espaces socialisés, humains ...) par les collectivités, les professionnels de santé et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M186" s="1" t="inlineStr">
+      <c r="M158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Conception et développement d&amp;#039;outils d&amp;#039;animation et de communication ; Accompagnement des populations&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P186" s="1" t="inlineStr">
+      <c r="P158" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q186" s="1" t="inlineStr">
+      <c r="Q158" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W186" s="1" t="inlineStr">
+      <c r="W158" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>163093</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Financer de l'ingénierie thématique</t>
         </is>
       </c>
-      <c r="C187" s="1" t="inlineStr">
+      <c r="C159" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Fiche action 9 - Ingénierie thématique</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F187" s="1" t="inlineStr">
+      <c r="F159" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I187" s="1" t="inlineStr">
+      <c r="I159" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J187" s="1" t="inlineStr">
+      <c r="J159" s="1" t="inlineStr">
         <is>
           <t>Plancher 25 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le territoire du Sud Gironde soutiendra les actions d’ingénierie de projet thématique ou de coopération thématique (hors projets éligibles FA 11 : Coopération transnationale et interterritoriale) locale et interterritoriale permettant de mutualiser les moyens, de partager des objectifs communs et de mettre en réseau les acteurs. La thématique devra être rattachée à la stratégie DLAL du territoire et concerner tout le territoire du GAL (territoire du Syndicat Mixte du Sud Gironde : quatre Communautés de Communes (CdC Convergence Garonne, CdC du Sud Gironde, CdC du Réolais en Sud Gironde, CdC du Bazadais).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M187" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie et animation thématique en lien avec la stratégie et au minimum une fiche action de la stratégie DLAL du territoire du Sud Gironde, favorisant une mise en réseau d’acteurs à l’échelle de tout le Sud Gironde&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P187" s="1" t="inlineStr">
+      <c r="P159" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q187" s="1" t="inlineStr">
+      <c r="Q159" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel, agriculteur dans le cadre de leur activité agricole &lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T187" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W187" s="1" t="inlineStr">
+      <c r="W159" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-touristique-culturelle-et-patrimoniale-2/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>163140</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Développer des réseaux collaboratifs européens de centres d'excellence professionnelle</t>
         </is>
       </c>
-      <c r="C188" s="1" t="inlineStr">
+      <c r="C160" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>AP Centres d'Excellence Professionnelle Erasmus+ (Centres of Vocational Excellence- CoVE)</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I188" s="1" t="inlineStr">
+      <c r="I160" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J188" s="1" t="inlineStr">
+      <c r="J160" s="1" t="inlineStr">
         <is>
           <t>80%</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les projets de
 centres d’excellence professionnelle Erasmus&amp;#43; visent à répondre à la priorité
 sur l&amp;#039;excellence professionnelle en soutenant les réformes dans le secteur de
 l&amp;#039;Enseignement et Formation Professionnels (EFP) et en garantissant des
 aptitudes et des compétences de haute qualité et qui répondent aux besoins
 d’une économie innovante, inclusive et durable. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Cette action soutient
 la mise en place progressive et le développement de réseaux collaboratifs
 internationaux de centres d’excellence professionnelle.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Ces centres d’excellence professionnelle opéreront à
 deux niveaux :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;1.&lt;span&gt;      &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Au niveau national&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;, en associant un large éventail de parties prenantes locales, créant des
 écosystèmes de compétences pour l’innovation, le développement régional et
 l’inclusion sociale tout en collaborant avec les centres d&amp;#039;excellence
 professionnelle d’autres pays par l’intermédiaire de réseaux de collaboration
 internationaux&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;2.&lt;span&gt;      &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Au niveau européen/international&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;, en rassemblant les centres qui partagent un intérêt commun pour : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;des secteurs ou des écosystèmes
 industriels spécifiques,&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;ou des approches innovantes
 pour relever les défis économiques et sociétaux (par exemple le changement
 climatique, la numérisation, l’intelligence artificielle, les objectifs de développement
 durable, l’intégration des migrants et des groupes défavorisés, le
 développement des compétences des personnes ayant un niveau de qualification
 peu élevé, etc.)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les centres d’excellence professionnelle sont
 caractérisés par l’adoption d’une approche systémique qui reflète la mise en
 œuvre d’un large éventail d’activités réparties en 3 groupes (liste
 d’activités non exhaustive) :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
@@ -39073,202 +33124,202 @@
 l’EFP, concevoir des programmes d’études et des certifications d’EFP en
 permettant une certaine flexibilité et l’individualisation de l’enseignement,
 mettre au point du matériel et des méthodes d’enseignement et d’apprentissage
 innovants centrés sur l’apprenant, investir dans le développement professionnel
 initial et continu des enseignants et des formateurs,  mettre en place des
 mécanismes solides d’assurance de la qualité, mettre en place des mécanismes de
 retour d’informations efficaces et des systèmes de suivi des diplômés, fournir
 des services d’orientation…&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 2 / Coopérations et
 partenariats &lt;/span&gt;&lt;/strong&gt;&lt;span&gt;: établir des partenariats entre
 le monde des entreprises et l’enseignement, recherche appliquée et innovation,
 internationalisation de l’EFP et mobilité à l’étranger, encourager les
 compétences et les initiatives entrepreneuriales, améliorer l’attractivité de
 l’EFP...&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 3 / Gouvernance et
 financement&lt;/span&gt;&lt;/strong&gt;&lt;span&gt; : autonomie et gouvernance
 efficace en matière d’EFP, approche stratégique du développement et de la
 gouvernance des compétences, cocréer des écosystèmes de compétences, élaborer
 des modèles financiers durables, tirer pleinement parti des instruments
 financiers nationaux et de l’UE…&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Les activités proposées dans la
 candidature devront apporter une valeur ajoutée et auront un impact direct sur
 les résultats du projet. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Durée du projet : 4 ans&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Subvention maximale de l&amp;#039;UE: 4M€&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;font face="Gotham Rounded, Gotham Rounded Book"&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M188" s="1" t="inlineStr">
+      <c r="M160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Liste des projets CoVEs financés : &lt;a href="https://ec.europa.eu/social/BlobServlet?docId&amp;#61;27311&amp;amp;langId&amp;#61;en" target="_self"&gt;https://ec.europa.eu/social/BlobServlet?docId&amp;#61;27311&amp;amp;langId&amp;#61;en&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Site du projet &amp;#34;MOSAIC&amp;#34; coordonné par la SEPR à Lyon : &lt;a href="https://mosaiceuproject.eu/" target="_self"&gt;https://mosaiceuproject.eu/&lt;/a&gt;  &lt;/p&gt;&lt;p&gt;Vidéo de présentation des CoVEs :  &lt;a href="https://audiovisual.ec.europa.eu/en/video/I-191615?language&amp;#61;EN" target="_self"&gt;https://audiovisual.ec.europa.eu/en/video/I-191615?language&amp;#61;EN&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche
 International</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P188" s="1" t="inlineStr">
+      <c r="P160" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="Q188" s="1" t="inlineStr">
+      <c r="Q160" s="1" t="inlineStr">
         <is>
           <t>01/06/2026</t>
         </is>
       </c>
-      <c r="R188" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er juin demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025Pour être éligibles, les demandeurs doivent : &lt;/p&gt;&lt;p&gt;·       
 Être une entité juridique
 (organismes publics ou privés) active dans le domaine de l&amp;#039;enseignement et de
 la formation professionnels ou dans le monde du travail&lt;/p&gt;&lt;p&gt;·       
 Être établi dans un État membre
 de l&amp;#039;UE ou dans un pays tiers associé au programme.&lt;/p&gt;&lt;p&gt;Le partenariat doit
 comprendre au moins&lt;strong&gt; 8 partenaires à part entière issus d&amp;#039;au moins
 4 États membres de l’UE ou pays tiers associés au programme&lt;/strong&gt; avec :&lt;/p&gt;&lt;p&gt;·        &lt;strong&gt;Au moins une entreprise, une
 industrie ou une organisation représentative d’un secteur&lt;/strong&gt;, et&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;·       
 &lt;strong&gt;Au moins un prestataire
 d&amp;#039;enseignement et de formation professionnels &lt;/strong&gt;(au niveau secondaire et/ou supérieur).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T188" s="1" t="inlineStr">
+      <c r="T160" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/centres-vocational-excellence</t>
         </is>
       </c>
-      <c r="W188" s="1" t="inlineStr">
+      <c r="W160" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-VET&amp;#64;ec.europa.eu" target="_blank"&gt;&lt;span&gt;EACEA-EPLUS-VET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lexcellence-dans-la-formation-professionnelle/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>163199</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C189" s="1" t="inlineStr">
+      <c r="C161" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I189" s="1" t="inlineStr">
+      <c r="I161" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -39305,11046 +33356,9899 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q189" s="1" t="inlineStr">
+      <c r="Q161" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T161" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>163235</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la santé et du bien-être des habitants du territoire</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 1</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I162" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J190" s="1" t="inlineStr">
+      <c r="J162" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays de Ploërmel est engagé sur la santé depuis 2005 et dans un Contrat Local de Santé depuis 2013.&lt;/p&gt;&lt;p&gt;Pour rester attractif, le territoire a besoin d’adapter ses services aux besoins émergents de la population. Des faiblesses ont été identifiées sur le territoire du Pays de Ploërmel, en particulier sur l’offre de santé et l’habitat. Ces deux thèmes sont des facteurs incontournables de l’attractivité mais également du bien-être des habitants. Il est essentiel que chaque habitant comprenne les risques auxquels il s’expose afin de mieux se protéger et protéger son environnement. La crise sanitaire de la Covid-19 a par ailleurs rappelé les interactions fortes entre santé humaine et santé de l&amp;#039;environnement. Ainsi, il s’agit d’intégrer la santé dans les politiques publiques, et la mettre en oeuvre au niveau des territoires afin de réduire les inégalités sociales et territoriales de santé.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation aux déterminants de santé et à la citoyenneté en santé ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation à la santé mentale ;&lt;/li&gt;&lt;li&gt;Actions de dépistage et de prévention ;&lt;/li&gt;&lt;li&gt;Action de soutien à la parentalité ;&lt;/li&gt;&lt;li&gt;Actions de prévention et de promotion de la santé ;&lt;/li&gt;&lt;li&gt;Evènements pluridisciplinaires visant à élargir la représentation des déterminants de la santé à destination du grand public, des élus ou des professionnels ;&lt;/li&gt;&lt;li&gt;Actions visant à changer les habitudes et sensibiliser aux bonnes pratiques pour améliorer sa santé.&lt;/li&gt;&lt;li&gt;Actions de prévention et de promotion de la santé innovantes ;&lt;/li&gt;&lt;li&gt;Actions innovantes autour de la e-santé ou santé connectée ;&lt;/li&gt;&lt;li&gt;Actions visant l’accessibilité de la santé aux publics vulnérables ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’installation de professionnels de santé sur le territoire ;&lt;/li&gt;&lt;li&gt;Dispositif d’accompagnement des professionnels de santé ;&lt;/li&gt;&lt;li&gt;Actions visant à améliorer le bien-être des soignants ;&lt;/li&gt;&lt;li&gt;Actions visant à améliorer le bien-être des aidants ;&lt;/li&gt;&lt;li&gt;Actions valorisant les métiers du soin, du prendre soin et de l’accompagnement ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accès des jeunes aux formations des métiers du soin.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M190" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réunion d’information à destination des élus et des professionnels sur les dispositifs de santé ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur l’usage raisonné des écrans ;&lt;/li&gt;&lt;li&gt;Défi « famille à alimentation positive » ;&lt;/li&gt;&lt;li&gt;Défi « citoyen santé » ;&lt;/li&gt;&lt;li&gt;« Fresque One Health » ;&lt;/li&gt;&lt;li&gt;Point d’écoute et d’information santé mobile (van aménagé) ;&lt;/li&gt;&lt;li&gt;Borne de télémédecine ;&lt;/li&gt;&lt;li&gt;Logiciels d’aide à la prescription ;&lt;/li&gt;&lt;li&gt;Forum des métiers de la santé ;&lt;/li&gt;&lt;li&gt;Programme de tutorat entre jeunes dans les formations des métiers du soin ;&lt;/li&gt;&lt;li&gt;Dispositif d’accompagnement à l’installation des professionnels de santé ;&lt;/li&gt;&lt;li&gt;Guichet unique à destination des professionnels de santé ;&lt;/li&gt;&lt;li&gt;Cercle de paroles.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P190" s="1" t="inlineStr">
+      <c r="P162" s="1" t="inlineStr">
         <is>
           <t>27/02/2023</t>
         </is>
       </c>
-      <c r="Q190" s="1" t="inlineStr">
+      <c r="Q162" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne.&lt;/p&gt;&lt;p&gt;Quatre critères composent cette grille, donnant lieu à une note globale. Cette note définit ensuite si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De même, des critères supplémentaires sont à prendre en compte pour les projets de création ou réhabilitation de bâtiment :&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;li&gt;un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/li&gt;&lt;li&gt;de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/li&gt;&lt;li&gt;des émissions de gaz à effet de serre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;leader&amp;#64;pays-ploermel.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-sante-et-du-bien-etre-des-habitants-du-territoire/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>163236</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Oeuvrer pour un territoire de proximité, solidaire et inclusif</t>
         </is>
       </c>
-      <c r="C191" s="1" t="inlineStr">
+      <c r="C163" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 2</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I191" s="1" t="inlineStr">
+      <c r="I163" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J191" s="1" t="inlineStr">
+      <c r="J163" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000€ et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les modes de vie, les aspirations, les besoins de mobilité et d’habitat des habitants du territoire ont évolué ces dernières années sans qu’il n’y ait de changements dans la manière d’aménager les espaces urbains et ruraux. Les différentes crises et mutations sociétales invitent à repenser les espaces afin de prendre en compte les préoccupations et les besoins des citoyens du territoire.&lt;/p&gt;&lt;p&gt;L’offre de services et d’infrastructures doit répondre à la diversité des besoins de ses habitants.&lt;/p&gt;&lt;p&gt;A travers sa candidature, le GAL du PETR Pays de Ploërmel – Coeur de Bretagne souhaite développer des environnements physiques, numériques et sociaux réfléchis et accessibles pour toutes et tous.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La programmation viendra apporter son soutien aux projets favorisant une société solidaire et inclusive à travers divers enjeux :&lt;/li&gt;&lt;li&gt;La mobilité&lt;/li&gt;&lt;li&gt;L’accès au numérique, la création d’espace de coopération&lt;/li&gt;&lt;li&gt;L’habitat&lt;/li&gt;&lt;li&gt; L’aménagement du territoire et inclusion&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;De façon transversale, le PETR viendra soutenir l’expérimentation et l’innovation des projet. Il s’agira de travailler sur les questions d’accessibilité (physique, numérique, …), de lien (social, intergénérationnel), d’égalité (femme/homme) et de participation (démocratie participative) répondant à un objectif de développement durable et de cohésion sociale.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets de mobilité multimodale ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation et d’incitation des entreprises sur les alternatives au transport individuel ;&lt;/li&gt;&lt;li&gt;Aménagements en faveur des mobilités douces ;&lt;/li&gt;&lt;li&gt;Dispositifs de mobilités physiques alternatives ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions de moblités ;&lt;/li&gt;&lt;li&gt;Installation d’équipements permettant d’encourager la continuité des mobilités douces entre les arrêts de transports en commun et le domicile ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accessibilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions permettant l’accessibilité numérique à tous les publics ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité des personnes porteuses de handicap aux services ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité physique des services ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions d’accessibilité ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cohésion sociale :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, aménagement et équipement de locaux mutualisés ;&lt;/li&gt;&lt;li&gt;Rénovation ou création, aménagement et équipement de lieux favorisant le lien social ou intergénérationnel ;&lt;/li&gt;&lt;li&gt;Actions de démocratie participative ;&lt;/li&gt;&lt;li&gt;Dispositif visant à réduire les inégalités homme-femme ;&lt;/li&gt;&lt;li&gt;Action de sensibilisation et d’information sur l’égalité homme-femme ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux besoins de la population ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Habitat :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions favorisant l’émergence de nouveaux modes d’habitat ;&lt;/li&gt;&lt;li&gt;Actions en faveur des habitats inclusifs et habitats partagés ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions pour l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M191" s="1" t="inlineStr">
+      <c r="M163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositif d’auto-partage ;&lt;/li&gt;&lt;li&gt;Plan piéton ;&lt;/li&gt;&lt;li&gt;Carte des aménagements cyclables ;&lt;/li&gt;&lt;li&gt;Guide des mobilités douces ;&lt;/li&gt;&lt;li&gt;Formation à la pratique du vélo ;&lt;/li&gt;&lt;li&gt;Parking à vélo ;&lt;/li&gt;&lt;li&gt;Totem de réparation de vélo ;&lt;/li&gt;&lt;li&gt;Sites internet accessibles à tous ;&lt;/li&gt;&lt;li&gt;Transcription en braille d’une exposition pour le public malvoyant ;&lt;/li&gt;&lt;li&gt;Dispositif de transcription de la parole en direct pour le public sourd et malentendant ;&lt;/li&gt;&lt;li&gt;Guide sur l’égalité professionnelle homme-femme ;&lt;/li&gt;&lt;li&gt;Animation d’une concertation citoyenne pour l’élaboration d’une polique publique ;&lt;/li&gt;&lt;li&gt;Mise en place d’une convention citoyenne sur l’avenir du territoire ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mobilité fluviale
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P191" s="1" t="inlineStr">
+      <c r="P163" s="1" t="inlineStr">
         <is>
           <t>27/02/2023</t>
         </is>
       </c>
-      <c r="Q191" s="1" t="inlineStr">
+      <c r="Q163" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R191" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet devra faire l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Cette grille se compose de quatre critères qui donnent une note globale, laquelle définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus des critères complémentaires sont à prendre en compte pour les projets de&lt;span&gt; création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T191" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ploermel.fr/</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/oeuvrer-pour-un-territoire-de-proximite-solidaire-et-inclusif/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>163237</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un développement territorial sobre et résilient</t>
         </is>
       </c>
-      <c r="C192" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I192" s="1" t="inlineStr">
+      <c r="I164" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J192" s="1" t="inlineStr">
+      <c r="J164" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M192" s="1" t="inlineStr">
+      <c r="M164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P192" s="1" t="inlineStr">
+      <c r="P164" s="1" t="inlineStr">
         <is>
           <t>27/03/2023</t>
         </is>
       </c>
-      <c r="Q192" s="1" t="inlineStr">
+      <c r="Q164" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-[...157 lines deleted...]
-      <c r="A194" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>163266</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Renforcer les capacités des organisations d'Enseignement et de Formation Professionnels dans les pays hors Europe</t>
         </is>
       </c>
-      <c r="C194" s="1" t="inlineStr">
+      <c r="C165" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>AP Renforcement des capacités dans le domaine de l'Enseignement et la Formation Professionnels</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I165" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets de renforcement des
 capacités sont des projets de coopération internationale fondés sur des
 partenariats multilatéraux entre des organismes actifs dans le domaine de l’Enseignement
 et la Formation Professionnels (EFP) dans des États membres et des pays tiers
 associés au programme, et des pays tiers non associés au programme. Ils visent
 à soutenir la pertinence, l’accessibilité et la réactivité des établissements
 et systèmes d’EFP dans les pays tiers non associés au programme, en tant que
 catalyseurs du développement socio-économique durable.&lt;/p&gt;&lt;p&gt;Ces projets visent le renforcement
 des capacités dans les domaines de la gestion, de la gouvernance, de
 l’inclusion, de l’assurance de la qualité et de l’innovation.&lt;/p&gt;&lt;p&gt;Plus particulièrement, les
 projets de renforcement des capacités EFP visent à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcer les capacités des prestataires d’EFP
 pour améliorer la coopération entre les parties prenantes privées et publiques
 dans le domaine de l’enseignement et de la formation professionnels afin de
 concevoir des interventions axées sur la demande et sur les nouvelles
 perspectives dans le domaine de l’EFP&lt;/li&gt;&lt;li&gt;Améliorer la qualité et la réactivité de l’EFP
 face aux évolutions économiques et sociales afin d’accroître la pertinence de
 l’offre de compétences sur le marché du travail&lt;/li&gt;&lt;li&gt;Aligner l’offre d’EFP sur les stratégies de
 développement locales, régionales et nationales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Des objectifs par zone
 géographique (Balkans occidentaux, Voisinage Est, Pays du sud de la
 Méditerranée, Afrique subsaharienne, Amérique latine, Caraïbes) sont fixés pour
 cette action.&lt;/p&gt;&lt;p&gt;La durée du projet est de 1, 2 ou 3 ans.&lt;/p&gt;&lt;p&gt;La subvention de l&amp;#039;UE varie entre un minimum de 100 000€ et un maximum de 400 000€ &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M194" s="1" t="inlineStr">
+      <c r="M165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Liste des projets &amp;#34;Renforcement des Capacités dans le domaine de l&amp;#039;EFP&amp;#34; financés : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects" target="_self"&gt;https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P194" s="1" t="inlineStr">
+      <c r="P165" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="Q165" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025. &lt;/p&gt;&lt;p&gt;Tout organisme public ou privé
 actif dans le domaine de l’EFP et légalement établi dans un État membre de l’UE
 ou un pays tiers éligible associé au programme peut candidater. Les
 organisations participantes éligibles peuvent être des prestataires
 d’enseignement et de formation professionnels, d’autres organismes publics ou
 privé actif dans le domaine de l’EFP et sur le marché du travail et des
 partenaires associés du secteur public ou privé.&lt;/p&gt;&lt;p&gt;Les projets de renforcement des
 capacités sont transnationaux et associent au moins 4 organismes de 3 pays au
 minimum : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins deux États membres de l’UE ou pays
 tiers associé au programme. Chacun des pays participants doit associer au moins
 une organisation &lt;/li&gt;&lt;li&gt;Au moins un pays tiers éligible non associé au
 programme et au moins deux organisations issues du (ou des) pays tiers
 éligibles participants non associés au programme de la même région.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Le nombre d’organisations des
 États membres de l’UE et de pays tiers associés au programme ne doit pas être
 supérieur au nombre d’organisations de pays tiers éligibles non associés au
 programme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T165" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/programme-guide/part-b/key-action-2/capacity-building-vet</t>
         </is>
       </c>
-      <c r="W194" s="1" t="inlineStr">
+      <c r="W165" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu"&gt;&lt;span lang="EN-IE"&gt;EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-capacites-des-organisations-denseignement-et-de-formation-professionnels-dans-les-pays-hors-europe/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>163280</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Développer l'attractivité du territoire en dynamisant l'offre de services et le cadre de vie</t>
         </is>
       </c>
-      <c r="C195" s="1" t="inlineStr">
+      <c r="C166" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I195" s="1" t="inlineStr">
+      <c r="I166" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J195" s="1" t="inlineStr">
+      <c r="J166" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat cherche activement à renforcer son attrait et sa compétitivité en améliorant son cadre de vie et en dynamisant son offre de services.&lt;br /&gt;Maintenir la qualité de vie des habitants et accueillir les nouveaux arrivants nécessitent une offre et un maillage territorial solides en termes de services et d&amp;#039;équipements. Actuellement, l&amp;#039;organisation territoriale est principalement centralisée autour de Vitry-le-François. Il est donc crucial d&amp;#039;accompagner les collectivités et les acteurs privés pour développer ou maintenir un premier niveau de services marchands et non marchands (dans la sphère de l’économie sociale et solidaire), en particulier dans les bourgs relais, tout en facilitant leur accès. L&amp;#039;objectif est d&amp;#039;éviter que les habitants soient contraints de se déplacer systématiquement vers les territoires voisins, tels que Châlons-en-Champagne et Saint-Dizier.&lt;br /&gt;Un autre enjeu majeur concerne le domaine de la santé. Le Pays vitryat est confronté à un déficit de médecins généralistes et spécialistes, ainsi qu&amp;#039;à la menace de désertification médicale. Afin de remédier à cette situation, il est essentiel de créer des conditions favorables à l&amp;#039;installation de nouveaux praticiens de santé. Cela passe par le développement d&amp;#039;infrastructures telles que des maisons médicales ou des cabinets mutualisés, ainsi que par le soutien aux collectivités et aux associations de médecins dans leurs efforts de recrutement.&lt;br /&gt;Par ailleurs, pour renforcer l&amp;#039;attractivité résidentielle, il est important de proposer une offre sportive, culturelle et de loisirs attrayante.&lt;br /&gt;En mettant en oeuvre ces actions combinées, le Pays vitryat vise à créer un territoire attractif, dynamique et durable, capable d&amp;#039;attirer de nouveaux résidents, visiteurs et investisseurs, tout en offrant une qualité de vie élevée à ses habitants.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Développer la destination Pays Vitryat (destination résidentielle et touristique)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- L’augmentation du nombre et l’amélioration de la qualité des services à la population&lt;br /&gt;- L’installation de praticiens de santé sur le territoire&lt;br /&gt;- L’augmentation et/ou amélioration des pratiques sportives et culturelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;LEADER offre une valeur significative dans la présente fiche action. Un aspect essentiel de cette initiative est le renforcement du partenariat entre les acteurs publics et privés dans le domaine des services de proximité. Cette collaboration favorise une meilleure coordination des ressources et des expertises pour répondre aux besoins locaux de manière efficace.&lt;/p&gt;&lt;p&gt;Une autre idée clé est la mutualisation des compétences pour redynamiser les bourgs-centres. En rassemblant les forces de différents acteurs, LEADER stimule la vitalité économique des zones rurales, tout en préservant leur identité et leurs spécificités culturelles.&lt;br /&gt;Le renforcement de l&amp;#039;attractivité du territoire est également mis en avant grâce à l&amp;#039;amélioration et au développement de l&amp;#039;offre territoriale existante en matière de culture, services, commerces, tourisme et loisirs. LEADER soutient ainsi des projets visant à promouvoir les richesses culturelles et touristiques locales, tout en améliorant les infrastructures et les services disponibles pour les résidents et les visiteurs.&lt;br /&gt;En somme, LEADER offre une approche intégrée et synergique pour dynamiser le Pays Vitryat en favorisant la coopération entre les acteurs, en valorisant les atouts locaux et en développant une offre attrayante et diversifiée de services, de loisirs et de commerces. Ce programme constitue un levier puissant pour améliorer la qualité de vie de la population locale et pour renforcer l&amp;#039;attractivité globale du territoire.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M195" s="1" t="inlineStr">
+      <c r="M166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opération contribuant au développement des équipements et services de proximité&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et/ou à l’équipement des :&lt;br /&gt;→ Lieux d’accueil et de mutualisation*&lt;br /&gt;→ Services marchands de proximité : artisanat et commerces&lt;br /&gt;→ Services dans le champ de l’économie sociale et solidaire** et/ou liés à l’environnement et l’économie circulaire***&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Opération contribuant au maintien d’une offre de santé diversifiée et connectée&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, l’aménagement et l’équipement de maisons de santé pluridisciplinaires, maisons médicales ou cabinets mutualisés&lt;br /&gt;- Soutien aux actions d’animation, de promotion et/ou d’accompagnement des acteurs de la santé&lt;br /&gt;- Soutien au développement des e-services****&lt;br /&gt;- Soutien aux opérations permettant l’expérimentation d’outils et/ou actions innovantes dans le domaine de la santé au service des seniors et/ou des personnes en situation de handicap&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Opération contribuant au développement de l’offre sportive, culturelle ou de loisirs pour les habitants du territoire&lt;/strong&gt;&lt;br /&gt;- Soutien à l’équipement, à la mise en réseau, à la coordination, à la mobilité, à l’animation, à la communication favorisant la pratique culturelle et/ou sportive&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et à l’équipement des infrastructures culturelles, sportives et/ou de loisirs&lt;br /&gt;- Soutien à l’organisation de manifestations et d’évènements culturels, sportifs et/ou de loisirs&lt;/p&gt;&lt;p&gt;&lt;em&gt;*On entend par mutualisation, la mise en commun des moyens, qu&amp;#039;ils soient humains, financiers ou logistiques afin de réduire des coûts et de réaliser des économies.&lt;br /&gt;**Le concept d&amp;#039;économie sociale et solidaire (ESS) désigne un ensemble de structures, dont le fonctionnement interne et les activités sont fondés sur un principe de solidarité et d&amp;#039;utilité sociale.&lt;br /&gt;***L’économie circulaire consiste à produire des biens et des services de manière durable en limitant la consommation et le gaspillage des ressources et la production des déchets.&lt;br /&gt;****Les e-services désignent toutes les informations et services fournis sur Internet en lien avec la santé.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Santé
 Equipement public</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P195" s="1" t="inlineStr">
+      <c r="P166" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q195" s="1" t="inlineStr">
+      <c r="Q166" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R195" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique: Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;&lt;p&gt;3. Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T195" s="1" t="inlineStr">
+      <c r="T166" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W195" s="1" t="inlineStr">
+      <c r="W166" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X195" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>163581</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C196" s="1" t="inlineStr">
+      <c r="C167" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Financement européen LEADER</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>GAL du Plateau de Saclay</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I196" s="1" t="inlineStr">
+      <c r="I167" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez un projet sur le Plateau de Saclay ?&lt;/p&gt;&lt;p&gt;Le programme LEADER, un dispositif de l&amp;#039;Union européenne, vise à soutenir financièrement des initiatives locales sur le Plateau de Saclay pour la période 2023-2027. Le Groupe d&amp;#039;Action Locale (GAL) du Plateau de Saclay dispose d’une enveloppe de 1,4 million d’euros pour encourager le développement territorial à travers des thématiques variées : agriculture, recherche, pédagogie, innovation, environnement, etc.&lt;/p&gt;&lt;p&gt;Que vous soyez un acteur public ou privé (élus, collectivités, chambres consulaires, entreprises, associations, etc.), vous pouvez bénéficier d’un financement LEADER si votre projet se situe, en tout ou partie, sur le Plateau de Saclay.&lt;/p&gt;&lt;p&gt;Les projets éligibles sont examinés par un comité de programmation, qui se réunit 3 à 4 fois par an. Ce comité, composé d’élus et d’acteurs locaux, sélectionne les projets à soutenir.&lt;/p&gt;&lt;p&gt;Pour plus d’informations ou pour soumettre votre idée, n’hésitez pas à contacter l’équipe du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M196" s="1" t="inlineStr">
+      <c r="M167" s="1" t="inlineStr">
         <is>
           <t>&lt;blockquote&gt;&lt;p&gt;Voici quelques exemples de thématique accompagnés par le GAL du Plateau de Saclay :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1er thématique : Préserver les espaces agricoles et ruraux, essentiels pour l&amp;#039;équilibre territorial &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;- Sensibilisation aux enjeux de l&amp;#039;agriculture et à son fonctionnement en contexte périurbain&lt;/blockquote&gt;&lt;blockquote&gt;- Accompagnement et aménagement de l&amp;#039;espace pour maintenir et faciliter l&amp;#039;activité agricole&lt;/blockquote&gt;&lt;blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;2e thématique : Accompagner l&amp;#039;évolution de l&amp;#039;agriculture et des filières pour une alimentation locale, saine, de qualité et accessible à tous &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;- Installation, transmission et développement de nouvelles productions agricoles locales &lt;/span&gt;&lt;/blockquote&gt;&lt;blockquote&gt;- Transformation alimentaire de produits locaux et réduction du gaspillage &lt;/blockquote&gt;&lt;blockquote&gt;- Soutien à la structuration de filières et des circuits de distribution et de consommation des produits locaux&lt;/blockquote&gt;&lt;blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;3e thématique : Accompagner la transition pour répondre aux grands enjeux environnementaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- Valoriser et accompagner l&amp;#039;utilisation des espaces agricoles, naturels et forestiers dans la lutte contre le changement climatique&lt;/p&gt;&lt;p&gt;- Développer l&amp;#039;économie circulaire et le recyclage de la matière organique&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;4e thématique : Soutenir l&amp;#039;émergence de projets innovants qui répondent aux enjeux sociétaux en mobilisant la dynamique Paris-Saclay &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- Nourrir les synergies entre acteurs&lt;/p&gt;&lt;p&gt;- Construire de nouveaux espaces expérimentaux &lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Soutenir aux projets de recherche appliquée&lt;/p&gt;&lt;/blockquote&gt;&lt;p&gt;Ces thématiques montrent la diversité des initiatives soutenues, toutes centrées sur le développement local du Plateau de Saclay.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Forêts
 Sols
 Economie circulaire
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P167" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q196" s="1" t="inlineStr">
+      <c r="Q167" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La réalisation des dépenses de mon projet doit se situer sur le territoire du GAL, sauf cas exceptionnel ou projet de coopération.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mes dépenses prévisionnelles s’inscrivent dans la liste des coûts éligibles et je fais partie de la liste des bénéficiaires potentiels (voir page suivante).&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;J’ai au moins un autre cofinancement public. En effet, le soutien financier de l’Union Européenne vient en complément des aides nationales, régionales et locales.&lt;/li&gt;&lt;li&gt;Je n’ai pas commencé à engager le projet: factures payées, devis signés...&lt;/li&gt;&lt;li&gt;Mon projet n’est pas finançable par d’autresmesures ou dispositifs de subvention du FEADER* (contacter l’équipe technique pour plus d’informations).&lt;/li&gt;&lt;li&gt;Je dispose d’une trésorerie suffisante dans l’attente du versement de la subvention à la fin du projet sur présentation des factures acquittée.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T196" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>GAL Plateau de Saclay</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://terreetcite.org/concretiser-projets/avec-le-programme-leader/</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_self"&gt;leader&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank"&gt;sterenn.benoit&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>sterenn.benoit@terreetcite.org</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-liaison-entre-actions-de-developpement-de-leconomie-rurale/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>163589</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre la stratégie régionale de l'eau</t>
         </is>
       </c>
-      <c r="C197" s="1" t="inlineStr">
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E197" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Aides de la stratégie régionale de l&amp;apos;eau</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ampleur des enjeux identifiés par la Région dans sa Stratégie Régionale de l’Eau ainsi que l’urgence d’atteindre les objectifs fixés par la Directive Cadre sur l’Eau conduisent la Région à favoriser une approche intégrée de la ressource en eau à l’échelle de bassins versants, seule approche cohérente et efficace au regard des enjeux.&lt;/p&gt;&lt;p&gt; Aussi, afin d’inciter les acteurs de l’eau à s’organiser à cette échelle, la Région souhaite accentuer la sélectivité des projets soutenus. L’accompagnement de la Région au titre de sa politique de l’eau sera ainsi conditionné à : &lt;span&gt;La nécessité d’inscrire l’opération dans une démarche de gestion intégrée de l’eau (adéquation entre le milieu naturel, le développement local et l’aménagement du territoire) construite de manière concertée à une échelle géographique cohérente : le bassin versant. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Forte de ces éléments, la Région s’engage dans les démarches de contractualisation (Contrats territoriaux, …) à l’échelle de bassins versants au côté des agences de l’eau. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Cette politique de l’eau transversale se décline selon les quatre orientations stratégiques : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Accompagner les changements de pratiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Contribuer à la prise en compte des enjeux de l’eau dans l’aménagement du territoire et à la gestion des risques naturels &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Préserver les milieux aquatiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Développer et partager les connaissances &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; La mise en œuvre de cette politique de l’eau se fera en collaboration étroite avec les Agences de l’eau Adour-Garonne et Loire-Bretagne.
 Au-delà de l’intervention de la Région dans la mise en œuvre d’actions en faveur de la préservation de la ressources en eau (qualité et quantité) sur les bassins versants, la Région s’appuiera sur des partenaires afin notamment d’améliorer la connaissance, de la diffuser et de mettre en cohérence les actions à l’échelle de la Nouvelle-Aquitaine.&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; A cheval entre les bassins hydrographiques Adour-Garonne et Loire-Bretagne, la Région Nouvelle-Aquitaine se caractérise par la présence de différents types de ressources en eau (cours d’eau, nappes, étangs, zones humides, …), rencontrées de manière différenciée sur le territoire. Malgré leurs diversités, ces ressources sont soumises à des pressions et des sollicitations anthropiques variables selon l’occupation du territoire et les activités humaines présentes.
 Ces pressions se trouveront accentuées par le changement climatique qui impactera d’une manière significative, directement et indirectement, l’ensemble des écosystèmes et ressources en eau de la Nouvelle-Aquitaine, ainsi que les usages de l’eau associés.
 Les objectifs visés par la Région sont de pouvoir répondre aux différents enjeux liés à la ressource en eau. &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Transition énergétique
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités et leurs groupements &lt;/li&gt;&lt;li&gt;Collectivités porteuses des contrats territoriaux de gestion intégrée des bassins versants &lt;/li&gt;&lt;li&gt; Syndicats mixtes et établissements de coopération intercommunale&lt;/li&gt;&lt;li&gt; Collectivités productrices d’eau potable&lt;/li&gt;&lt;li&gt; Organisations professionnelles agricoles donnant du conseil sur le système des exploitations et les pratiques des agriculteurs présentes sur les zones à enjeu&lt;/li&gt;&lt;li&gt; Eau prioritaires bénéficiant d’un contrat territorial de bassin versant ou d’un contrat territorial Re-Sources &lt;/li&gt;&lt;li&gt; Entreprises &lt;/li&gt;&lt;li&gt; Groupements de collectivités (Communautés de Communes et Communautés d’Agglomération au titre de la GEMAPI, Etablissement Public Territoriaux de Bassin, Syndicats de Bassins Versants compétents)&lt;/li&gt;&lt;li&gt; Structures porteuses de SAGE
 	Associations créées sur la base de la Loi du 1er juillet 1901 &lt;/li&gt;&lt;li&gt; Propriétaires privés &lt;/li&gt;&lt;li&gt; Associations « migrateurs » : LOGRAMI, MIGADO, MIGRADOUR, Cellule migrateurs Charente Seudre  &lt;/li&gt;&lt;li&gt;Associations ayant une action significative sur les espèces exotiques envahissantes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les demandes de subvention seront traitées au fil de l’eau.
 &lt;/p&gt;&lt;p&gt;Pour les demandes de subvention pour travaux et/ou études, elles sont à déposer, avant leur démarrage, de préférence avant le 31 mars ou avant le 30 juin de chaque année, pour favoriser leur instruction en vue des commissions du 1er ou 2e semestre, en privilégiant un dépôt regroupé par tranche annuelle. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/aides-de-la-strategie-regionale-de-leau</t>
         </is>
       </c>
-      <c r="W197" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les modalités d&amp;#039;intervention sont différentes selon les projets, elles sont détaillées dans le règlement d&amp;#039;intervention ci-après.
 Les dossiers sont à transmettre par voie dématérialisée à l&amp;#039;adresse : &lt;a target="_self"&gt;eau&amp;#64;nouvelle-aquitaine.fr&lt;/a&gt;. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-de-la-strategie-regionale-de-leau/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>163591</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Accompagner les Villes et Pays d'Art et d'Histoire</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Villes et Pays d’Art et d’Histoire</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les Villes et Pays d&amp;#039;Art et d&amp;#039;Histoire dans la valorisation et l&amp;#039;animation du patrimoine, au plus près des citoyens, grâce à leurs programmes annuels d&amp;#039;actions de sensibilisation, de médiation et d&amp;#039;éducation au patrimoine et à l&amp;#039;architecture.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine reconnaît que le patrimoine culturel est un facteur essentiel de développement de ses territoires et qu’il reste, pour certains d’entre eux, la principale ressource disponible.&lt;/p&gt;&lt;p&gt;Dans une région caractérisée par sa grande superficie, la valorisation du patrimoine permet donc de promouvoir l’idée d’un aménagement raisonné de tous ses territoires. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M198" s="1" t="inlineStr">
+      <c r="M169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Date limite de dépôt du dossier : 1er avril de chaque année&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Coût du personnel gérant le label VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prestations extérieures (techniques, intellectuelles, cachets artistiques)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication sur les actions VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Location/achat de matériel pour réaliser les actions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Expositions, outils de médiation du patrimoine, valises pédagogiques, outils numériques d&amp;#039;aide à la visite.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Modalités de calcul de la subvention régionale &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Maximum de 20% du coût des dépenses éligibles avec une aide plafonnée à 15 000 € / an.&lt;/p&gt;&lt;p&gt;Une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (Cf. carte EPCI en annexe).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les gestionnaires du label (collectivités territoriales ou associations) des :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Villes d&amp;#039;art et d&amp;#039;histoire de moins de 50 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pays d&amp;#039;art et d&amp;#039;histoire de moins de 150 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programme d&amp;#039;actions équilibrées sur les publics touristiques, habitants et jeunes publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Convention de labellisation VPAH avec le Ministère de la Culture&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Équipe de valorisation du patrimoine professionnelle.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les dossiers éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les VPAH situés en territoires ruraux&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les VPAH mettant en œuvre des actions innovantes et importantes en direction du public jeune et scolaire, notamment dans le cadre de Parcours d&amp;#039;Éducation Artistique et Culturelle en partenariat avec l&amp;#039;Éducation Nationale, ou intégrant d’autres approches patrimoniales comme le patrimoine culturel immatériel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La valorisation des données de l&amp;#039;Inventaire Général du patrimoine culturel in situ&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions en faveur des publics en situation précaire et des publics en situation de handicap (accessibilité des contenus culturels, partenariats avec des structures gérant ces publics…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/villes-et-pays-dart-et-dhistoire</t>
         </is>
       </c>
-      <c r="W198" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?
 &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes les demandes devront faire l&amp;#039;objet d&amp;#039;une prise de contact via l&amp;#039;e-mail de contact ci-dessous, merci de préciser votre département.&lt;/p&gt;&lt;p&gt;Les demandes pendront en compte la programmation des projets &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programmation annuelle avec une date limite de dépôt des dossiers le 1er avril de chaque année.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets éligibles seront programmés en fonction de l&amp;#039;enveloppe budgétaire annuelle dévolue à ce dispositif.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre saisine motivant la demande&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Budget prévisionnel (en € HT) et décision (délibération de la collectivité, acte du conseil d’administration ou autre acte décisionnel)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Programme prévisionnel d&amp;#039;actions détaillé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fiche d&amp;#039;identité Siren&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Patrimoine et Inventaire - Unité Politiques Publiques et Budget&lt;/p&gt;&lt;p&gt;Direction de la Culture et du Patrimoine&lt;/p&gt;&lt;p&gt;15, rue de l’Ancienne Comédie&lt;/p&gt;&lt;p&gt;86021 Poitiers CS 70575&lt;/p&gt;&lt;p&gt;05 49 36 30 05&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/villes-et-pays-dart-et-dhistoire/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>163593</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Accompagner des projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dispositif d&amp;#039;accompagnement des projets collaboratifs de R&amp;amp;D portés par des entreprises. Les entreprises, positionnées sur leur marché et disposant d&amp;#039;une stratégie de R&amp;amp;D à long terme, décident, face à un verrou technologique ou scientifique, de s&amp;#039;adjoindre les compétences d&amp;#039;un laboratoire public, ou/et d&amp;#039;un centre de transfert de technologies et de méthodologies, dans le cadre d&amp;#039;un partenariat pour mettre en oeuvre un projet de R&amp;amp;D collaboratif.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif a pour objectif d’aider les entreprises régionales dans leurs démarches d’innovation, pour améliorer leur positionnement concurrentiel sur le marché et ainsi favoriser le développement économique du territoire.&lt;/p&gt;&lt;p&gt;Le dispositif d’accompagnement au transfert de technologies, cible les collaborations de R&amp;amp;D entre les entreprises et les centres de compétences en accord avec la priorité 2 du schéma régional de développement économique régional : renforcer notre souveraineté par l&amp;#039;innovation responsable, et ainsi s&amp;#039;appuyer sur la recherche pour dynamiser l&amp;#039;innovation, les sauts technologiques, et le transfert vers les entreprises.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M199" s="1" t="inlineStr">
+      <c r="M170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;assiette éligible comprend toutes les dépenses de l&amp;#039;entreprise liées au projet. &lt;/p&gt;&lt;p&gt;Le montant de l&amp;#039;aide sera calculé après instruction en fonction de la typologie de projet, de la typologie d&amp;#039;entreprise et de sa capacité financière.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts
 Innovation, créativité et recherche
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles localisées en Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entreprise devra :&lt;/p&gt;&lt;p&gt;être localisée en Nouvelle-Aquitaine (NA);&lt;/p&gt;&lt;p&gt;avoir un projet de partenariat R&amp;amp;D avec un centre de compétences situé dans ou hors du territoire de NA ;&lt;/p&gt;&lt;p&gt;avoir un niveau de fonds propres en adéquation avec sa demande d&amp;#039;aide ;&lt;/p&gt;&lt;p&gt;respecter les règles d&amp;#039;éco-socio conditionnalités mises en place par la Région ;&lt;/p&gt;&lt;p&gt;ne pas distribuer de dividendes issus de la subvention ;&lt;/p&gt;&lt;p&gt;signer un accord de partenariat définissant notamment les règles de confidentialité, de répartition/protection et d&amp;#039;exploitation des résultats issus du projet collaboratif.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La demande devra être faite directement auprès du service concerné, avant le début du projet qui fait l&amp;#039;objet de la demande de subvention. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction de l’enseignement supérieur recherche et transfert de technologie&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;/p&gt;&lt;p&gt;Du lundi au vendredi de 9h à 18h sans interruption&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de-technologies-et-de-methodologies-et-ou-laboratoires-publics/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>163639</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les énergies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Energies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M200" s="1" t="inlineStr">
+      <c r="M171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements.&lt;/p&gt;&lt;p&gt;1. Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;2. Aide à l&amp;#039;investissement&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q200" s="1" t="inlineStr">
+      <c r="Q171" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T200" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants</t>
         </is>
       </c>
-      <c r="W200" s="1" t="inlineStr">
+      <c r="W171" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/system/files/specific_pj_files/Dossier_candidatureAAPtechnologies2025_2026_VF%20%281%29.docx</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En amont du dépôt de candidature à une aide aux études et/ou à l’investissement, le maître d’ouvrage devra contacter le coordinateur de l’appel à projets afin d’échanger sur la nature du projet, l’éligibilité des dépenses, les modalités de l’appel à projets et sur les éléments attendus.&lt;/p&gt;&lt;p&gt;Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>163650</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Soutenir les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Pêche et aquaculture - FEAMPA 2021/2027</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
 Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
 	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
 	la protection et la restauration des écosystèmes marins et littoraux,
 	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
 	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
 	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M201" s="1" t="inlineStr">
+      <c r="M172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères seront précisés suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Transition énergétique
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Biodiversité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
 Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
 	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
 	la protection et la restauration des écosystèmes marins et littoraux,
 	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
 	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
 	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/peche-et-aquaculture-feampa-20212027</t>
         </is>
       </c>
-      <c r="W201" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
 Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
 	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
 	la protection et la restauration des écosystèmes marins et littoraux,
 	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
 	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
 	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/peche-et-aquaculture-feampa-2021-2027/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>163652</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Accompagner les industriels de Nouvelle-Aquitaine pour définir et mettre en oeuvre une stratégie pour sortir de leur dépendance aux énergies fossiles</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Industriels : Sortez des énergies fossiles</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet AMI vise à accompagner les industriels de Nouvelle-Aquitaine pour définir et mettre en oeuvre une stratégie pour sortir de leur dépendance aux énergies fossiles et à la volatilité de leurs coûts.
 Il est réservé à l&amp;#039;optimisation des consommations d&amp;#039;énergie fossile &amp;#34;hors réseau&amp;#34; les plus polluantes : charbon, fioul, propane, ... L’objectif de cet AMI est avant tout d’aider les entreprises à identifier les possibilités de « Sortie du fossile » les plus pertinentes d’un point de vue économique pour leur site.
 Trois types d&amp;#039;aides sont mises en place :
 	Etudes d&amp;#039;opportunité
 	Etudes de faisabilité
 	Financement des investissements visant la sortie des énergies fossiles (équipements de production ou utilités)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M202" s="1" t="inlineStr">
+      <c r="M173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Etudes d’opportunité
 Les frais d’étude seront intégralement pris en charge par la Région Nouvelle-Aquitaine. L’accompagnement se fera par une structure spécialisée, missionnée par la Région Nouvelle-Aquitaine.
 Etudes de faisabilité
 L&amp;#039;aide publique régionale relative aux projets en lien avec la protection de l&amp;#039;environnement est encadrée par le régime notifié SA.59108. Elle prendra la forme d’une subvention dans la limite des taux plafonds d’aides publiques autorisés par la réglementation en vigueur, soit 50% d’aides sur le montant de l’étude, dans la limite de 50 000 € par lauréat.
 Financement des investissements visant la sortie du fossile
 L&amp;#039;aide publique régionale relative aux projets en lien avec la protection de l&amp;#039;environnement est encadrée par le régime notifié SA.59108. Elle prendra la forme d’une subvention dans la limite des taux plafonds d’aides publiques autorisés par la réglementation en vigueur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q202" s="1" t="inlineStr">
+      <c r="Q173" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R202" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet AMI est ouvert à tout site industriel situé en Nouvelle-Aquitaine et présentant une consommation d&amp;#039;énergie fossile &amp;#34;hors réseau&amp;#34; pour son usage &amp;#34;process&amp;#34;.
 Les usages de combustibles fossiles &amp;#34;hors réseau&amp;#34; pour des applications tertiaires (chauffage de locaux, etc.) ou pour des véhicules sont exclus de cet AMI.&lt;br /&gt;Critères obligatoires
 Etudes d’opportunité
 Les bénéficiaires éligibles devront être des sites industriels consommant au moins une énergie fossile «hors réseau» pour les besoins de leur process. Les sites consommant une énergie fossile « hors réseau » uniquement pour leurs besoins tertiaires ne sont pas éligibles.
 Etudes de faisabilité
 Les bénéficiaires éligibles devront être des sites industriels consommant au moins une énergie fossile «hors réseau» pour les besoins de leur process. Les sites consommant une énergie fossile « hors réseau » uniquement pour leurs besoins tertiaires ne sont pas éligibles.
 L’entreprise devra justifier, pour le site faisant l’objet de la candidature, d’un audit énergétique de moins de 2 ans. Le prestataire en charge de l’étude devra détenir un référencement attestant de sa capacité à réaliser la mission (ex : qualification OPQIBI 17.17 ou équivalent pour des actions d’efficacité énergétique ; qualification OPQIBI 20.08 ou équivalent pour des études de faisabilité chaufferie biomasse,…) et devra respecter le cahier des charges de l’ADEME correspondant.
 Financement des investissements visant la sortie du fossile
 Les projets éligibles seront les sites industriels consommant au moins une énergie fossile «hors réseau» pour les besoins de leur process. Les sites consommant une énergie fossile « hors réseau » uniquement pour leurs besoins tertiaires ne sont pas éligibles.
 Le bouquet d’investissement envisagé devra permettre une réduction minimum de 70% de la consommation d’énergie fossile « hors réseau » du site.
 L’entreprise devra justifier, pour le site faisant l’objet de la candidature :
 	d’un audit énergétique de moins de 2 ans.
 	d’une étude de faisabilité technico-économique pour les actions envisagées. Dans le cas d’une demande de financement d’équipement consommant du gaz « réseau », il sera également demandé de produire une étude de faisabilité portant sur une solution biomasse équivalente.
 Critères facultatifs et priorisation
 Les aides allouées seront modulées en fonction des différents critères de notation du projet dont notamment :
 	La rentabilité économique des actions : seront étudiés notamment les temps de retour brut des actions menées, en prenant en compte l’ensemble des aides disponibles (notamment les Certificats d’Economie d’Energie)
 	Le pourcentage de sortie du fossile visé
 	La réduction des émissions de gaz à effet de serre induite par le projet
 Les aides prévues pourront être cumulables avec les CEE et d&amp;#039;autres aides (FEDER, ADEME) sous réserve du respect des règles et des encadrements en vigueur. Dans tous les cas et fonction de la qualité des projets et de la disponibilité budgétaire, la Région est seule arbitre pour valider l’opportunité d’un projet, en attribuer une aide et en définir son montant.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/industriels-sortez-des-energies-fossiles</t>
         </is>
       </c>
-      <c r="W202" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet AMI vise à accompagner les industriels de Nouvelle-Aquitaine pour définir et mettre en oeuvre une stratégie pour sortir de leur dépendance aux énergies fossiles et à la volatilité de leurs coûts.
 Il est réservé à l&amp;#039;optimisation des consommations d&amp;#039;énergie fossile &amp;#34;hors réseau&amp;#34; les plus polluantes : charbon, fioul, propane, ... L’objectif de cet AMI est avant tout d’aider les entreprises à identifier les possibilités de « Sortie du fossile » les plus pertinentes d’un point de vue économique pour leur site.
 Trois types d&amp;#039;aides sont mises en place :
 	Etudes d&amp;#039;opportunité
 	Etudes de faisabilité
 	Financement des investissements visant la sortie des énergies fossiles (équipements de production ou utilités)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/industriels-sortez-des-energies-fossiles/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>163669</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Transformer son système d'information : Les Défis Numériques des TPE</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Programme : Les Défis Numériques des TPE</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à l’entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final. Elle propose un parcours d’accompagnement des très petites entreprises (TPE) à la transformation numérique intitulé « Défis numériques ».&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 1 : Conquérir le WEB&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : créer votre première vitrine Google&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : déployer votre présence digitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : créer mon site vitrine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 2 : Rayonner en ligne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : optimiser votre présence naturelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : créer votre stratégie de contenus&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : lancer vos premières campagnes d’acquisition&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 3 : Transformer le digital en business&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : vendre via les plateformes existantes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : lancer votre boutique digitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : créer une expérience d’achat unique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 4 : Établir une bonne relation clients&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : dialoguer avec vos clients&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : construire votre communauté&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : développer votre programme relationnel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 5 : Propulser votre entreprise avec le numérique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : digitaliser vos opérations essentielles&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : piloter grâce à des tableaux de bord et indicateurs clés&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : unifier votre gestion digitale adaptée à votre taille&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 6 : Sécuriser votre environnement digital&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : adopter les réflexes cyber&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : cartographier vos risques&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : mettre en conformité votre environnement numérique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 7 : Tendre vers la sobriété numérique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : comprendre votre impact&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : mesurer votre empreinte&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : construire votre transition écodigitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q203" s="1" t="inlineStr">
+      <c r="Q174" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R203" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE de moins de 10 salariés&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE réalisant moins de 2 millions de chiffre d&amp;#039;affaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;1Pour entrer dans le programme régional, le chef d’entreprise recevra de son conseiller numérique un lien pour saisir sa demande sur « Mes Démarches Simplifiées » (MDS).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Saisie de la demande sur mes démarches simplifiées et entrée dans le parcours.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le parcours se déroule en deux phases :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;une première phase comprenant un diagnostic et un plan d’action,&lt;br /&gt;&lt;/p&gt;&lt;p&gt;une deuxième phase comprenant l’accompagnement dans la mise en œuvre du projet.&lt;/p&gt;&lt;p&gt;   3. Réalisation d’un diagnostic et une définition des défis numériques (1 jour)&lt;/p&gt;&lt;p&gt;A minima, à la fin du diagnostic et avant le démarrage ou non de la deuxième phase (accompagnement), un échange entre le conseiller numérique et le chargé de mission référent de l’économie territoriale sera réalisé sur les modalités de poursuite dans le programme du dirigeant selon plusieurs cas de figure :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pas d’accompagnement post diagnostic,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagnement post diagnostic court ou long sans demande de subvention,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagnement post diagnostic court ou long avec une demande de subvention&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;  4. Accompagnement à la réalisation des défis numériques (1 à 3 jours) selon les besoins identifiés dans le plan d’action.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Soit un parcours global (diagnostic et accompagnement) de 2 à 4 jours comprenant l’administratif dont la saisie sur MDS et le Reporting. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/programme-les-defis-numeriques-des-tpe</t>
         </is>
       </c>
-      <c r="W203" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour bénéficier d’un accompagnement à la transformation numérique, le chef d’entreprise doit contacter le conseiller numérique de la chambre consulaire (Chambre de Métiers et de l&amp;#039;Artisanat ou Chambre de Commerce et d&amp;#039;Industrie) de son département (voir &lt;a href="https://les-aides.nouvelle-aquitaine.fr/system/files/specific_pj_files/DéfiNum_liste%20des%20conseillers%20numériques%20CMA-Maj02-2025_1.xlsx" target="_self"&gt;la liste des conseillers numériques disponible&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;Après échange et présentation des besoins, il sera proposé au dirigeant :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;soit d’entrer dans le dispositif régional,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;soit un accompagnement autre (formations, prestations etc…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-les-defis-numeriques-des-tpe/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>163681</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Aider la transformation numérique des TPE</t>
         </is>
       </c>
-      <c r="C204" s="1" t="inlineStr">
+      <c r="C175" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Aide à la transformation numérique des TPE</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à la très petite entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final.
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;L’aide à la transformation numérique vise à soutenir des entreprises dans le cadre d&amp;#039;un projet de refonte global et stratégique, tenant compte des enjeux de sobriété et de sécurité numériques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q204" s="1" t="inlineStr">
+      <c r="Q175" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE artisanale ou de production ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprise (TPE) &amp;lt; 10 Équivalents Temps Plein (ETP) et CA ou bilan &amp;lt; 2 M€ ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plancher de 10 000 € HT d’investissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Eligibilité selon les codes d&amp;#039;indentification Activités Principales Exercées (APE, NAF) ou secteurs d’activités éligibles au règlement d&amp;#039;intervention relatif à l&amp;#039;aide à la transformation numérique des TPE.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour solliciter l’aide, le ou la dirigeante d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Réaliser un accompagnement préalable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser un diagnostic de maturité cyber sécurité (équivalence au défi numérique n°6 - niveau 2 du programme régional « Défi numérique ») ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Déposer la fiche de pré-demande auprès de la Région à l&amp;#039;adresse correspondante, indiquée sur la fiche de pré-demande disponible en bas de cette page.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T204" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/aide-la-transformation-numerique-des-tpe</t>
         </is>
       </c>
-      <c r="W204" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour solliciter l’aide, le ou la dirigeante d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Réaliser un accompagnement préalable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser un diagnostic de maturité cyber sécurité (équivalence au défi numérique n°6 - niveau 2 du programme régional « Défi numérique ») ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Déposer la fiche de pré-demande auprès de la Région à l&amp;#039;adresse correspondante, indiquée sur la fiche de pré-demande disponible en bas de cette page.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-transformation-numerique-des-tpe/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="E205" s="1" t="inlineStr">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>163733</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le renouvellement des forêts et l'adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le renouvellement des forêts et l&amp;apos;adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
-[...108 lines deleted...]
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous êtes propriétaire forestier en Nouvelle-Aquitaine ? La Region vous accompagne dans vos investissements en faveur du boisement, du renouvellement et de l’amélioration de vos peuplements.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Améliorer la résilience et la valeur environnementale des peuplements,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir la régénération naturelle et les enrichissements en cas de régénération partielle ou au milieu de peuplements déjà constitués,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Améliorer la qualité des peuplements et des bois produits pour répondre à la demande de la filière,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser les premières interventions d’amélioration de suberaies permettant la production de liège de meilleure qualité,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place de nouvelles peupleraies et développer la qualité des peupleraies existantes afin de répondre à la demande croissante des industriels régionaux.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M206" s="1" t="inlineStr">
+      <c r="M176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Le taux de base est fixé à 40 %.&lt;/p&gt;&lt;p&gt;Des bonifications éventuelles peuvent être apportées pour :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Regroupement de chantiers géographiquement proches,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Diversification d’essences et maintien / entretien d’éléments de biodiversité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le taux maximum d’aide publique est de 65 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Forêts</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R206" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les propriétaires privés (personnes morales ou physiques), individuels ou regroupés,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les structures de regroupement des investissements telles que les OGEC (coopératives forestières), les associations syndicales autorisées (ASA), les associations syndicales libres (ASL, ASLGF…), ainsi que les GIEEF (Groupement d&amp;#039;Intérêt Economique et Environnemental Forestier), si elles sont titulaires des engagements liés à la réalisation des opérations,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les propriétaires de forêts publiques autres que les forêts domaniales.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/investir-dans-le-renouvellement-des-forets-et-ladaptation-au-changement-climatique</t>
         </is>
       </c>
-      <c r="W206" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Le formulaire de demande d’aide publique accompagné des pièces justificatives et des annexes doit être déposé sur la plateforme MDNA (Mes démarches en Nouvelle-Aquitaine, en cliquant sur le bouton rouge, dessous &amp;#34;Déposer ma demande&amp;#34;).&lt;/p&gt;&lt;p&gt;Vous trouverez ces documents sur ce lien Vous avez un projet concernant l&amp;#039;agriculture, la forêt ou Natura 2000 | Europe (europe-en-nouvelle-aquitaine.eu). (Le renouvellement des forêts 73.08.01)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après le dépôt, un accusé de recevabilité sera transmis au demandeur dans les conditions mentionnées au 1.3.2 du cahier des charges.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après instruction, les dossiers feront l’objet d’un passage en Commission Permanente de la Région Nouvelle-Aquitaine puis en Instance de Consultation des Partenaires, instance de décision du FEADER. Le porteur de projet sera informé de la décision globale.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/investir-dans-le-renouvellement-des-forets-et-ladaptation-au-changement-climatique/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>163734</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Investir pour la prévention des risques pour forêts – Volet DFCI</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Prévention des risques pour forêts – Volet DFCI</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous êtes propriétaire forestier en Nouvelle-Aquitaine ? La Region vous accompagne dans vos investissements qui concourent à la mise en sécurité des massifs et à la défense des forêts contre le risque incendie (DFCI). &lt;/p&gt;&lt;p&gt;Objectifs : &lt;/p&gt;&lt;p&gt;Peut faire l’objet d’une aide tous travaux au sein des massifs forestiers visant à : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer des ouvrages ou des équipements pérennes de prévention pour la défense des forêts contre l’incendie, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Remettre à niveau opérationnel les ouvrages ou équipements existants de prévention pour la défense des forêts contre l’incendie.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M207" s="1" t="inlineStr">
+      <c r="M177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Le taux d’aide publique s’applique au montant HT des dépenses éligibles.&lt;/p&gt;&lt;p&gt;Il est fixé à 80 % sauf en cas de catastrophe naturelle où le taux peut être modulé de 20 % supplémentaire.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Forêts</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Propriétaires forestiers privés et leurs associations, structures de regroupement,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Personnes morales de droit public ou leurs groupements : service départemental d’incendie et de secours (SDIS), associations syndicales autorisées de DFCI (Défense des Forêts Contre les Incendies),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; L’Office National des Forêts (ONF) pour les forêts domaniales.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/prevention-des-risques-pour-forets-volet-dfci</t>
         </is>
       </c>
-      <c r="W207" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Le formulaire de demande d’aide publique accompagné des pièces justificatives et des annexes doit être déposé sur la plateforme MDNA (Mes démarches en Nouvelle-Aquitaine, en cliquant sur le bouton rouge, en bas de page : &amp;#34;Déposer ma demande&amp;#34;).&lt;/p&gt;&lt;p&gt;Vous trouverez ces documents sur ce lien Vous avez un projet concernant l&amp;#039;agriculture, la forêt ou Natura 2000 | Europe (europe-en-nouvelle-aquitaine.eu). (La prévention des risques pour les forets : mesure 73.04.05)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après le dépôt, un accusé de recevabilité sera transmis au demandeur dans les conditions mentionnées au 4.1 du cahier des charges.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après instruction, les dossiers feront l’objet d’un passage en Commission Permanente de la Région Nouvelle-Aquitaine puis en Instance de Consultation des Partenaires, instance de décision du FEADER. Le porteur de projet sera informé de la décision globale.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prevention-des-risques-pour-forets-volet-dfci/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>163735</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Investir dans l’équipement des massifs forestiers</t>
         </is>
       </c>
-      <c r="C208" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Investir dans l’équipement des massifs forestiers</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif, cadre de mobilisation du Fonds européen agricole pour le développement rural (FEADER), a pour objectif le développement de la desserte forestière pour faciliter l’exploitation et la gestion des massifs forestiers et améliorer l’approvisionnement de la filière avale. &lt;/p&gt;&lt;p&gt;Objectifs : &lt;/p&gt;&lt;p&gt;Peuvent faire l’objet d’une aide : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Travaux au sein des massifs forestiers visant àcréer des ouvrages ou des équipements pérennes favorisant la desserte forestière, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Remise à niveau opérationnel des ouvrages ou des équipements existants afin de pouvoir accéder aux massifs forestiers en vue de la réalisation de travaux sylvicoles ou d’exploitation.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M208" s="1" t="inlineStr">
+      <c r="M178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;50 % pour les dossiers présentés à titre individuel,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;65 % pour les dossiers collectifs ou portés par une structure de regroupement,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;80 % pour la réalisation des schémas de desserte.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les investissements ouverts gratuitement au public et contribuant à la multifonctionnalité du massif, le taux d’aide publique (hors auto-financement des maîtres d’ouvrage publics) est fixé à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;80 % pour les dossiers s&amp;#039;inscrivant dans un schéma de desserte et portés par les personnes morales reconnues en qualité de GIEEF et pour les dossiers collectifs portés par des collectivités territoriales (ou leurs groupements), par des syndicats mixtes ou intercommunaux ou Associations Syndicales Autorisées (ASA) ayant une compétence en amélioration de la sylviculture.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le taux d’aide publique s’applique au montant HT des dépenses éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Forêts</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R208" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Propriétaires forestiers privés et leurs associations, structures de regroupement :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- groupements forestiers,&lt;/p&gt;&lt;p&gt;- organismes de gestion et d’exploitation en commun (OGEC),&lt;/p&gt;&lt;p&gt;- groupements d’intérêt économique et environnemental forestiers (GIEEF),&lt;/p&gt;&lt;p&gt;- coopératives,&lt;/p&gt;&lt;p&gt;- associations syndicales autorisées (ASA),&lt;/p&gt;&lt;p&gt;- associations syndicales libres (ASL),&lt;/p&gt;&lt;p&gt;- groupements de propriétaires dans le cadre d’une convention de partenariat avec désignation d’un chef de file ;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Collectivités territoriales, leurs groupements et leurs organismes associés.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les forêts, propriétés de l’État, ne sont pas éligibles à ce dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T208" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/investir-dans-lequipement-des-massifs-forestiers</t>
         </is>
       </c>
-      <c r="W208" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Le formulaire de demande d’aide publique accompagné des pièces justificatives et des annexes doit être déposé sur la plateforme MDNA (Mes démarches en Nouvelle-Aquitaine, en cliquant sur le bouton rouge, en base de page : &amp;#34;Déposer mon dossier&amp;#34;).&lt;/p&gt;&lt;p&gt;Vous trouverez ces documents sur ce lien Vous avez un projet concernant l&amp;#039;agriculture, la forêt ou Natura 2000 | Europe (europe-en-nouvelle-aquitaine.eu). (Le renouvellement des forêts 73.06.01)&lt;/p&gt;&lt;p&gt;Après le dépôt, un accusé de recevabilité sera transmis au demandeur dans les conditions mentionnées au 4.1 du cahier des charges.&lt;/p&gt;&lt;p&gt;Après instruction, les dossiers feront l’objet d’un passage en Commission Permanente de la Région Nouvelle-Aquitaine puis en Instance de Consultation des Partenaires, instance de décision du FEADER. Le porteur de projet sera informé de la décision globale.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/investir-dans-lequipement-des-massifs-forestiers/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>163753</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Aider à l'installation de production de chaleur à partir de la géothermie de surface - Fonds Chaleur</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E209" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;installation de production de chaleur à partir de la géothermie de surface - Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En France, la chaleur représente 45% de la consommation énergétique et seulement 21% est d’origine renouvelable. Décarboner la production de chaleur à l’aide des énergies renouvelables est un enjeu majeur qui s&amp;#039;inscrit dans le cadre de la feuille de route régionale NéoTerra.
 Adaptée pour des usages importants de chaleur à très basse température, la géothermie de surface permet aussi de produire du froid à l&amp;#039;aide de pompe à chaleur.
 Afin de soutenir l’émergence de projets de chaleur renouvelable par les entreprises, la Région bénéficie d’une délégation d’une partie du Fonds Chaleur de l’ADEME. Cette délégation intervient en complémentarité des autres dispositifs de la Région, lui permettant ainsi de soutenir un ensemble d’actions de décarbonation des entreprises. &lt;/p&gt;&lt;p&gt;Objectifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Répondre aux objectifs du développement de la chaleur renouvelable et de réduction des Gaz à effet de serre (GES). &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager le remplacement d’installations utilisant des énergies fossiles par la mise en place d’équipements de production de chaleur et/ou de froid renouvelable. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre à la chaleur renouvelable d’être compétitive par rapport à celle produite à partir d’énergies fossiles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M209" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Aides financières à l&amp;#039;investissement.&lt;/p&gt;&lt;p&gt;Aide par tranche marginale de MWh EnR produits sur 20 ans en fonction de la technologie utilisée : de 6€ à 50€ /MWh EnR.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Nous pouvons également mobiliser les fonds régionaux et/ou les fonds FEDER lorsque les projets le nécessitent, dans la limite du respect des régimes d’aide d’Etat.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q209" s="1" t="inlineStr">
+      <c r="Q179" s="1" t="inlineStr">
         <is>
           <t>30/06/2027</t>
         </is>
       </c>
-      <c r="R209" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises de toutes tailles et de toutes natures.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection :&lt;/p&gt;&lt;p&gt;Projets éligibles :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Opérations de géothermie de surface ou d’aérothermie assistée par PAC (sauf PAC air/air) et ayant une production d’EnR&amp;amp;R minimum de 25 MWh /an.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Opérations permettant la production de froid renouvelable répondant à des usages nécessaires de froid et ayant une production d’EnR&amp;amp;R minimum de 25 MWh /an.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Critères d&amp;#039;éligibilité : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Réalisation d&amp;#039;une étude préalable. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Respect des exigences sur le dimensionnement et les équipements de production et de captage de la ressource EnR.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Respect des dispositions réglementaires.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/aide-linstallation-de-production-de-chaleur-partir-de-la-geothermie-de-surface-fonds-chaleur</t>
         </is>
       </c>
-      <c r="W209" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>En France, la chaleur représente 45% de la consommation énergétique et seulement 21% est d’origine renouvelable. Décarboner la production de chaleur à l’aide des énergies renouvelables est un enjeu majeur qui s&amp;#039;inscrit dans le cadre de la feuille de route régionale NéoTerra.
 Adaptée pour des usages importants de chaleur à très basse température, la géothermie de surface permet aussi de produire du froid à l&amp;#039;aide de pompe à chaleur.
 Afin de soutenir l’émergence de projets de chaleur renouvelable par les entreprises, la Région bénéficie d’une délégation d’une partie du Fonds Chaleur de l’ADEME. Cette délégation intervient en complémentarité des autres dispositifs de la Région, lui permettant ainsi de soutenir un ensemble d’actions de décarbonation des entreprises. Répondre aux objectifs du développement de la chaleur renouvelable et de réduction des Gaz à effet de serre (GES).
 	Encourager le remplacement d’installations utilisant des énergies fossiles par la mise en place d’équipements de production de chaleur et/ou de froid renouvelable.
 	Permettre à la chaleur renouvelable d’être compétitive par rapport à celle produite à partir d’énergies fossiles.</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linstallation-de-production-de-chaleur-a-partir-de-la-geothermie-de-surface-fonds-chaleur/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>163754</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Aider à l'installation de système de récupération de chaleur fatale - Fonds Chaleur</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E210" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;installation de système de récupération de chaleur fatale - Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En France, la chaleur représente 45% de la consommation énergétique et seulement 21% est d’origine renouvelable. Décarboner la production de chaleur à l’aide des énergies renouvelables est un enjeu majeur qui s&amp;#039;inscrit dans le cadre de la feuille de route régionale NéoTerra.
 De nombreux processus industriels émettent de la chaleur qui n’est pas utilisée. Pour la valoriser en interne ou vers l&amp;#039;extérieur, le dispositif Fonds chaleur finance des installations de récupération de chaleur fatale.
 Afin de soutenir l’émergence de projets de chaleur renouvelable par les entreprises, la Région bénéficie d’une délégation d’une partie du Fonds Chaleur de l’ADEME. Cette délégation intervient en complémentarité des autres dispositifs de la Région, lui permettant ainsi de soutenir un ensemble d’actions de décarbonation des entreprises.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Répondre aux objectifs du développement de la chaleur renouvelable et de réduction des gaz à effet de serre (GES). &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager le remplacement d’installations utilisant des énergies fossiles par la mise en place d’équipements de production de chaleur et/ou de froid renouvelable.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre à la chaleur renouvelable d’être compétitive par rapport à celle produite à partir d’énergies fossiles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M210" s="1" t="inlineStr">
+      <c r="M180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Aides financières à l&amp;#039;investissement.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les opérations dont la surface de capteurs solaires est comprise entre 25 m² et 500 m² : aide comprise entre 50€ et 63€ selon le lieu d’implantation du projet. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les opérations sur réseau de chaleur dont la surface de capteurs solaires est supérieure ou égale à 500 m² : aide indicative comprise entre 25€ et 40€.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Nous pouvons également mobiliser les fonds régionaux et/ou les fonds FEDER lorsque les projets le nécessitent, dans la limite du respect des régimes d’aide d’Etat.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q210" s="1" t="inlineStr">
+      <c r="Q180" s="1" t="inlineStr">
         <is>
           <t>30/06/2027</t>
         </is>
       </c>
-      <c r="R210" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles et de toutes natures.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Opérations utilisant des capteurs solaires thermiques à circulation de liquide pour la production d’eau chaude, à destination de logements collectifs, des secteurs tertiaire, industriel et agricole et des opérations couplées à des réseaux de chaleur urbains dont la surface utile des capteurs est comprise :&lt;/p&gt;&lt;p&gt;entre 25 m² et 500 m² pour les opérations dédiées &lt;br /&gt;&lt;/p&gt;&lt;p&gt;entre 25 m² et 1 500 m² pour les réseaux de chaleur&lt;/p&gt;&lt;p&gt; &lt;strong&gt;Critères d’éligibilité : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Réalisation d’une étude de faisabilité préalable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Respect des exigences sur le dimensionnement et sur les équipements de production&lt;/p&gt;&lt;p&gt;Atteinte d’un niveau de productivité minimum&lt;/p&gt;&lt;p&gt;Respect des exigences de suivi des performances et de maintenance&lt;/p&gt;&lt;p&gt;Respect des exigences réglementaires et normatives&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Méthanisation : opération d&amp;#039;injection de biométhane supérieure à 25 GWh/an.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T210" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/aide-linstallation-de-systeme-de-recuperation-de-chaleur-fatale-fonds-chaleur</t>
         </is>
       </c>
-      <c r="W210" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour déposer une demande de subvention et recevoir le dossier de candidature détaillé, l&amp;#039;entreprise devra :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renseigner la &amp;#34;Fiche de demande préalable&amp;#34; : document à télécharger ci-dessous&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer la fiche de demande préalable à l&amp;#039;adresse suivante : fondschaleur&amp;#64;nouvelle-aquitaine.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linstallation-de-systeme-de-recuperation-de-chaleur-fatale-fonds-chaleur/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>163755</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Aider à l'installation de production d'eau chaude solaire thermique - Fonds Chaleur</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E211" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;installation de production d&amp;apos;eau chaude solaire thermique - Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En France, la chaleur représente 45% de la consommation énergétique et seulement 21% est d’origine renouvelable. Décarboner la production de chaleur à l’aide des énergies renouvelables est un enjeu majeur qui s&amp;#039;inscrit dans le cadre de la feuille de route régionale NéoTerra.
 Le solaire thermique est une ressource gratuite, inépuisable et locale qui peut être adaptée à tous les niveaux de température de besoins et à toutes les tailles de projets.
 Afin de soutenir l&amp;#039;émergence de projets de chaleur renouvelable par les entreprises, la Région bénéficie d&amp;#039;une délégation d&amp;#039;une partie du Fonds Chaleur de l&amp;#039;ADEME. 
 Cette délégation intervient en complémentarité des autres dispositifs de la Région, lui permettant de soutenir un ensemble d&amp;#039;actions de décarbonation des entreprises. &lt;/p&gt;&lt;p&gt;Objectifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Répondre aux objectifs du développement de la chaleur renouvelable et de réduction des gaz à effet de serre (GES). &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager le remplacement d’installations utilisant des énergies fossiles par la mise en place d’équipements de production de chaleur et/ou de froid renouvelable.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre à la chaleur renouvelable d’être compétitive par rapport à celle produite à partir d’énergies fossiles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M211" s="1" t="inlineStr">
+      <c r="M181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Aides financières à l&amp;#039;investissement.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les opérations dont la surface de capteurs solaires est comprise entre 25 m² et 500 m² : aide comprise entre 50€ et 63€ selon le lieu d’implantation du projet. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les opérations sur réseau de chaleur dont la surface de capteurs solaires est supérieure ou égale à 500 m² : aide indicative comprise entre 25€ et 40€.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nous pouvons également mobiliser les fonds régionaux et/ou les fonds FEDER lorsque les projets le nécessitent, dans la limite du respect des régimes d’aide d’Etat.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q211" s="1" t="inlineStr">
+      <c r="Q181" s="1" t="inlineStr">
         <is>
           <t>30/06/2027</t>
         </is>
       </c>
-      <c r="R211" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles et de toutes natures.&lt;/p&gt;&lt;p&gt;Critères de sélection :&lt;/p&gt;&lt;p&gt;Opérations utilisant des capteurs solaires thermiques à circulation de liquide pour la production d’eau chaude, à destination de logements collectifs, des secteurs tertiaire, industriel et agricole et des opérations couplées à des réseaux de chaleur urbains dont la surface utile des capteurs est comprise :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;entre 25 m² et 500 m² pour les opérations dédiées &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;entre 25 m² et 1 500 m² pour les réseaux de chaleur&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Critères d’éligibilité : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Réalisation d’une étude de faisabilité préalable&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Respect des exigences sur le dimensionnement et sur les équipements de production&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Atteinte d’un niveau de productivité minimum&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Respect des exigences de suivi des performances et de maintenance&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Respect des exigences réglementaires et normatives&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Méthanisation : opération d&amp;#039;injection de biométhane supérieure à 25 GWh/an.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T211" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/aide-linstallation-de-production-deau-chaude-solaire-thermique-fonds-chaleur</t>
         </is>
       </c>
-      <c r="W211" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour déposer une demande de subvention et recevoir le dossier de candidature détaillé, l&amp;#039;entreprise devra :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renseigner la &amp;#34;Fiche de demande préalable&amp;#34; : document à télécharger ci-dessous&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer la fiche de demande préalable à l&amp;#039;adresse suivante : fondschaleur&amp;#64;nouvelle-aquitaine.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linstallation-de-production-deau-chaude-solaire-thermique-fonds-chaleur/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-      <c r="A212" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>163770</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Se former à l'étranger - Projet de mobilité de courte durée</t>
         </is>
       </c>
-      <c r="C212" s="1" t="inlineStr">
+      <c r="C182" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Projet de mobilité de courte durée - Action Clé 1</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H212" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I212" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J212" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés.</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de mobilité dans les domaines de l’éducation et de la formation. Il est possible de partir en mobilité en Europe et au-delà pour se former, découvrir des systèmes éducatifs différents, de nouvelles approches et méthodes de travail, approfondir ses compétences linguistiques et professionnelles, ou tout simplement s’ouvrir à une autre culture. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le projet de mobilité de courte durée est un moyen simple et direct de permettre à des organismes de bénéficier d’une subvention Erasmus&amp;#43; pour faire partir personnels et apprenants (usagers) vers un pays membre du programme Erasmus&amp;#43;. L’objectif principal est d&amp;#039;organiser facilement des activités de mobilité et d&amp;#039;acquérir ainsi de l&amp;#039;expérience dans le programme Erasmus&amp;#43;. Ces projets concernent aussi bien les secteurs de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et celui de l&amp;#039;éducation tout au long de la vie des adultes.&lt;/p&gt;&lt;p&gt;Ces projets de mobilité de courte durée limitent le nombre de participants (30 mobilités maximum) et la durée du projet (de 6 à 18 mois). Un seul organisme peut organiser des mobilités pour ses personnels ou ses apprenants/usagers.&lt;/p&gt;&lt;p&gt;Le financement Erasmus&amp;#43; couvre les frais de déplacement, les frais d’hébergement, de restauration et de transport sur place. Ils peuvent également prendre en charge les frais d’inscription à des cours ou à des séminaires de formation. Un montant forfaitaire soutient par ailleurs les dépenses de la collectivité territoriale pour la gestion administrative et financière du projet européen.&lt;/p&gt;&lt;p&gt;Les cofinancements ne sont pas obligatoires mais sont à privilégier. Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides, nationales ou locales.&lt;/p&gt;&lt;p&gt;Pour chaque appel à propositions, un seul projet de mobilité de courte durée peut être porté par un organisme candidat pour un même secteur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M212" s="1" t="inlineStr">
+      <c r="M182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Avec son projet &amp;#34;Repenser l&amp;#039;attractivité dans les périphéries des métropoles&amp;#34;, &lt;strong&gt;la ville d&amp;#039;Evry-Courcouronnes&lt;/strong&gt; &lt;span&gt;souhaite prendre appui sur une meilleure connaissance
 d’autres villes européennes afin d’y puiser de l’inspiration,
 créer des contacts et des échanges et ainsi jeter les bases d’un réseau européen
 de villes partageant des problématiques d’attractivité plus ou moins similaires. Les participants
 concernés par les mobilités sont de deux catégories : des agents de la
 commune, travaillant dans divers services en lien avec la notion d’attractivité, voire certains habitants, membres de conseils citoyens, de tous âges,
 genres, quartiers de résidence et d’origines diverses. Pour en savoir plus : &lt;/span&gt;&lt;span&gt;&lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2022-1-FR01-KA122-ADU-000070697" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;commune de Toulouges&lt;/strong&gt; (7255 habitants) porte un projet
 Erasmus&amp;#43; au bénéfice de 11 Agents Territoriaux Spécialisés des Ecoles. L&amp;#039;équipe
 d&amp;#039;ATSEM souhaite faire évoluer ses pratiques, ses connaissances, ses
 compétences dans le but d&amp;#039;améliorer leur école. Pour la réussite des élèves,
 elle entend observer de nouvelles pratiques éducatives italiennes et espagnoles
 afin d&amp;#039;en transposer les plus pertinentes au sein de leur établissement, tout
 en visant l&amp;#039;inclusion des élèves dans un parcours éducatif de qualité. Pour en savoir plus : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2023-1-FR01-KA122-SCH-000120068" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour consultez d&amp;#039;autres exemples de projets, consultez &lt;a href="https://agence.erasmusplus.fr/publications/recueil-de-projets-erasmus-collectivites-territoriales/" target="_self"&gt;le recueil de projets Erasmus&amp;#43; portés par des collectivités territoriales&lt;/a&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q212" s="1" t="inlineStr">
+      <c r="Q182" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date &lt;span&gt;précise &lt;/span&gt;&lt;span&gt;de clôture  de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T212" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/mobilite</t>
         </is>
       </c>
-      <c r="W212" s="1" t="inlineStr">
+      <c r="W182" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger-1/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-      <c r="A213" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>163771</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Echanger des pratiques et découvrir la coopération européenne</t>
         </is>
       </c>
-      <c r="C213" s="1" t="inlineStr">
+      <c r="C183" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Projets de partenariats simplifiés AC210</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France Jeunesse et Sport
 Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H213" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I213" s="1" t="inlineStr">
+      <c r="I183" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J213" s="1" t="inlineStr">
+      <c r="J183" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats simplifiés dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats simplifiés sont conçus pour
 faciliter l’accès au programme Erasmus&amp;#43; en s’adressant notamment aux
 organisations peu expérimentées. Ils permettent de découvrir la coopération
 européenne et d’échanger des pratiques avec des partenaires localisés dans les
 pays du programme Erasmus&amp;#43;. Les collaborations et les échanges peuvent porter
 sur de multiples sujets. Ces projets sont composés d’au moins deux
 organisations issues de deux pays du programme Erasmus&amp;#43; et peuvent durer de 6 à
 24 mois.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe deux forfaits
 au choix : 30 000€ ou 60 000€. &lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, à l&amp;#039;échange de pratiques, aux visites apprenantes, à la publication d&amp;#039;une page web par exemple.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M213" s="1" t="inlineStr">
+      <c r="M183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet de la Commune de Rennes qui s&amp;#039;intitule « &lt;em&gt;Plus de nature dans les crèches&lt;/em&gt; » cible le secteur de la petite enfance, et plus spécifiquement la pédagogie centrée sur la nature. Il consiste en un échange de bonnes pratiques avec deux partenaires situés à Erlangen (Allemagne) et Brno (Tchéquie), ces deux villes étant jumelées avec la Ville de Rennes. Il repose sur des visites d’étude de personnels, de cadres du secteur de l’enfance et d’élus, dans chacun des trois pays. A travers ce projet, les partenaires souhaitent partager leurs pratiques d’accueil des enfants, différentes selon les pays, et ainsi enrichir leurs compétences au service des plus jeunes. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR01-KA210-SCH-000243744" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet “&lt;em&gt;Tomorrow is built today&lt;/em&gt;” vise à sensibiliser les élu·es, les agent·es et les habitant·es de la ville de Billère et des villes jumelles, Petersberg et Sabiñanigo, aux enjeux du Développement durable et les leviers d’actions possibles pour atteindre les 17 objectifs fixés par l’ONU. Fin janvier 2024, des délégations allemandes et espagnoles sont venues travailler avec des technicien·nes et des élu·es billérois. En juin, tout le monde se retrouvera en Allemagne, puis en novembre en Espagne. Ces ateliers déboucheront, en 2025, sur une campagne de communication déclinée dans les trois villes. Pour en savoir plus, &lt;a href="https://www.billere.fr/actualite/demain-se-construit-aujourdhui/" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet YouthPlayInclusive porté par la Métropole
 de Lyon a pour objectifs de faire connaître à l’échelle européenne les
 activités sportives inclusives, de recenser les conditions d’inclusion durable
 des jeunes en situation de handicap au sein des organismes de jeunesse
 (associations sportives, centres sociaux, etc.), d’écouter et de donner la
 parole à ces jeunes, d’accompagner la montée en compétences des éducateurs
 jeunesse et de poser les fondements d’un réseau européen dédié à la jeunesse,
 au sport et à l’inclusion. Le projet vise à produire un recueil d’activités
 sportives inclusives et des bonnes pratiques associées, un livret de
 recommandations de la jeunesse, des capsules vidéo mêlant activités et
 témoignages afin de poser les bases d’un réseau européen Jeunesse, Inclusion,
 Sport. Ce projet est mené conjointement avec la Ville de Francfort-sur-le-Main
 (Allemagne). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA210-YOU-000253102"&gt;cliquez
 ici &lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q213" s="1" t="inlineStr">
+      <c r="Q183" s="1" t="inlineStr">
         <is>
           <t>01/03/2026</t>
         </is>
       </c>
-      <c r="R213" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date &lt;span&gt;précise &lt;/span&gt;&lt;span&gt;de clôture  de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er mars demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T213" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/small-scale-partnerships</t>
         </is>
       </c>
-      <c r="W213" s="1" t="inlineStr">
+      <c r="W183" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse : &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/echanger-des-pratiques-et-decouvrir-la-cooperation-europeenne/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>163772</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Développer des outils innovants et renforcer son réseau de partenaires européens</t>
         </is>
       </c>
-      <c r="C214" s="1" t="inlineStr">
+      <c r="C184" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Partenariats de coopération - Action clé 2</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France Jeunesse et Sport
 Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H214" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I214" s="1" t="inlineStr">
+      <c r="I184" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J214" s="1" t="inlineStr">
+      <c r="J184" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats de coopération dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats de coopération offrent la possibilité de développer des collaborations avec des organismes travaillant dans les champs de l&amp;#039;éducation, de la formation, de la jeunesse et du sport en Europe et parfois au delà. Ces partenariats peuvent impliquer des acteurs de tout type : entreprises, associations, ONG, établissements et organismes d’éducation et de formation, collectivités, etc.&lt;/p&gt;&lt;p&gt;Ces projets permettent aux organisations participantes de mettre en œuvre leur stratégie de coopération internationale en développant leur réseau et de renforcer leurs capacités par la construction d&amp;#039;outils ou de méthodes innovantes d&amp;#039;éducation, de formation ou d&amp;#039;accompagnement.&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe trois forfaits au choix : 120 000€, 250 000€ ou 400 000€.&lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, au développement et à l&amp;#039;expérimentation d&amp;#039;outils pédagogiques, à la construction d&amp;#039;une plateforme en ligne par exemple.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M214" s="1" t="inlineStr">
+      <c r="M184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet de la &lt;strong&gt;ville de Saint-Denis&lt;/strong&gt; a pour objectif d’apporter des solutions au problème de surexposition aux écrans chez les enfants, particulièrement présent dans les quartiers défavorisés. Le projet regroupe différents partenaires issus de 5 pays européens et se proposent développer des outils de formation innovants dédiés aux éducateurs qui travaillent avec les jeunes parents vivant dans les zones urbaines périphériques des grandes villes et dans des situations précaires. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2021-1-FR01-KA220-ADU-000033578" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet Street
 for the youth de Saint-Brieuc Armor Agglomération, porté par la Direction
 Prospective, vise à favoriser la participation des jeunes européens de 15 à 20
 ans à la construction de la ville de demain ; une ville adaptable,
 accueillante et résiliente,  qui répond aux besoins des usagers. Le projet
 créera des liens entre les jeunes, les professionnels de l’urbanisme et les
 élus locaux et leur permettra de co-construire et tester des méthode innovantes
 d’implication des jeunes dans le développement et l’aménagement d’espaces
 urbains. Ce projet rassemble quatre collectivités locales de quatre pays
 européens (France, Pologne, Belgique, Portugal). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA220-YOU-000245435"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q214" s="1" t="inlineStr">
+      <c r="Q184" s="1" t="inlineStr">
         <is>
           <t>01/03/2026</t>
         </is>
       </c>
-      <c r="R214" s="1" t="inlineStr">
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er mars demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S214" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T214" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/cooperation-partnerships</t>
         </is>
       </c>
-      <c r="W214" s="1" t="inlineStr">
+      <c r="W184" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse :  &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-outils-innovants-et-renforcer-son-reseau-de-partenaires-europeens/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>163815</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Mieux-vivre ensemble dans une ruralité attractive et dynamique</t>
         </is>
       </c>
-      <c r="C215" s="1" t="inlineStr">
+      <c r="C185" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Programme Leader du GAL Beauce Dunois</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Pays Dunois
 Communauté Coeur de Beauce</t>
         </is>
       </c>
-      <c r="F215" s="1" t="inlineStr">
+      <c r="F185" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H215" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I215" s="1" t="inlineStr">
+      <c r="I185" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 80</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;LEADER est un programme européen de développement rural, destiné à soutenir des projets portés par les acteurs locaux.&lt;/p&gt;&lt;p&gt;Il a été attribué une enveloppe de 1,2 millions d&amp;#039;euros sur la période 2023-2027 pour financer son programme d&amp;#039;actions.&lt;/p&gt;&lt;p&gt;La stratégie se décline en trois axes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1- Vivre ensemble dans une ruralité attentive aux liens sociaux &lt;/strong&gt;(lien social et intergénérationnel citoyenneté, actions culturelles participatives)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2- Mieux vivre dans une ruralité au cadre de vie préservé &lt;/strong&gt;(transition écologique, santé)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3- Vivre dans une ruralité attractive, accessible et aux filières dynamiques &lt;/strong&gt;(mobilité, nouvelles filières économiques, actions touristiques)&lt;/p&gt;&lt;p&gt;Les projets présentés doivent s&amp;#039;inscrire dans un ou plusieurs de ces axes et se dérouler sur le périmètre du GAL (Pays Dunois / Communauté de communes coeur de beauce) pour être éligibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M215" s="1" t="inlineStr">
+      <c r="M185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples de projets soutenus sur le précédent programme Leader :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur d&amp;#039;une solidarité territoriale : pôle multi-activités pour une association d&amp;#039;aides à domicile, habitat inclusif &lt;/li&gt;&lt;li&gt;Aménagements d&amp;#039;espaces naturels à vocation pédagogique / artistique&lt;/li&gt;&lt;li&gt;Recrutement de personnel sur des thématiques innovantes : manager de commerce, chargé de projet alimentaire&lt;/li&gt;&lt;li&gt;Développement touristique et culturel : outils de visite d&amp;#039;un musée, valorisation d&amp;#039;un itinéraire cyclotouristique, festival culturel itinérant&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Transition énergétique
 Personnes âgées
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Paysage
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R215" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les seuils d&amp;#039;éligibilité (dépenses comprises entre 7815 et 156 250 € pour un privé et entre 6250 € et 125 000 € pour un public)&lt;/li&gt;&lt;li&gt;Répondre aux critères de sélection du GAL Beauce Dunois : Caractère pilote, lien avec la stratégie, prise en compte des priorités de l&amp;#039;UE, partenariats, participation des bénéficiaires, cohérence technique et financière&lt;/li&gt;&lt;li&gt;Être auditionnés et retenus par le comité de programmation du GAL Beauce Dunois sur la base de ces critères de sélection&lt;/li&gt;&lt;li&gt;Obtenir un autre financement national (Commune, Département, Région, Etat..)&lt;/li&gt;&lt;li&gt;Ne pas avoir commencé avant le dépôt de la demande&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S215" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T215" s="1" t="inlineStr">
+      <c r="T185" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>GAL Beauce Dunois</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://pays-dunois.fr/</t>
         </is>
       </c>
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Assistante administrative : &lt;a target="_self"&gt;secretaire&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Animatrice Leader :&lt;a target="_self"&gt;galbeaucedunois&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 37 96 63 96&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>secretaire@pays-dunois.fr</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mieux-vivre-ensemble-dans-une-ruralite-attractive-et-dynamique-leurope-soutient-les-projets-en-milieu-rural/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>163831</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Préserver les patrimoines et conforter l’offre touristique</t>
         </is>
       </c>
-      <c r="C216" s="1" t="inlineStr">
+      <c r="C186" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I216" s="1" t="inlineStr">
+      <c r="I186" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J216" s="1" t="inlineStr">
+      <c r="J186" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat est un territoire riche en patrimoines bâti, historique, naturel et culturel. Toutefois, on constate leur dégradation, ce qui rend nécessaire d&amp;#039;y apporter des solutions.&lt;br /&gt;Le diagnostic territorial a mis en exergue que la stratégie touristique, définie comme trop généraliste, est à retravailler. De plus, l&amp;#039;offre touristique apparaît limitée au sud du territoire, et il y a un manque de notoriété des coteaux vitryats et du lac du Der.&lt;br /&gt;Ce diagnostic a identifié 4 enjeux pour développer la destination du Pays vitryat que ce soit pour les touristes ou pour les nouveaux habitants :&lt;br /&gt;- valoriser et pérenniser le patrimoine&lt;br /&gt;- organiser la stratégie touristique&lt;br /&gt;- accueillir de nouvelle populations&lt;br /&gt;- développer une identité locale forte&lt;br /&gt;En adoptant une approche ciblée et en investissant dans la mise en valeur du patrimoine et du tourisme, le Pays Vitryat pourra renforcer son attractivité, améliorer la perception de son territoire et stimuler son développement économique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Développer la destination Pays Vitryat (touristique et résidentielle)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- Des actions de préservation des milieux naturels et du patrimoine bâti menées&lt;br /&gt;- Un accroissement de la durée de séjour / Le slow tourisme encouragé&lt;br /&gt;- Des sites patrimoniaux réhabilités&lt;br /&gt;- Une professionnalisation des acteurs du tourisme&lt;br /&gt;- Une offre d’activité diversifiée sur le territoire grâce à la rénovation et l’amélioration de la qualité des lieux à valeur patrimoniale et touristique ;&lt;br /&gt;- Une offre d’hébergement et de restauration améliorée et de meilleure qualité&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;LEADER favorise la conservation des sites naturels, la réhabilitation des bâtiments historiques, la valorisation du patrimoine culturel, et incite à une approche durable de la préservation en intégrant des pratiques respectueuses de l&amp;#039;environnement.&lt;/p&gt;&lt;p&gt;Il encourage le développement du slow tourisme, qui met l&amp;#039;accent sur la qualité de l&amp;#039;expérience touristique et favorise des séjours plus longs, ce qui génère des retombées économiques plus durables.&lt;/p&gt;&lt;p&gt;LEADER soutient la formation et la professionnalisation des acteurs du tourisme. Il peut financer des programmes de formation, des actions de sensibilisation à l&amp;#039;accueil et à la qualité des services touristiques, et favoriser les échanges de bonnes pratiques et la mise en réseau des acteurs publics et privés du territoire. Cela contribue à améliorer la qualité des services offerts aux visiteurs, renforce la compétitivité des acteurs locaux et favorise le développement d&amp;#039;un tourisme durable et de qualité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cela permet de renforcer l&amp;#039;attractivité du territoire, de préserver son identité culturelle et naturelle, et de stimuler le développement économique local de manière durable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M216" s="1" t="inlineStr">
+      <c r="M186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Actions de promotion, de mise en valeur, de sauvegarde des patrimoines (culturel, historique, naturel, bâti)&lt;/strong&gt;&lt;br /&gt;- Soutien aux études, opérations de promotion, de valorisation, de communication, de création et/ou de développement d’évènementiels&lt;br /&gt;- Professionnalisation des acteurs du tourisme&lt;br /&gt;- Création, rénovation et aménagement des sites patrimoniaux et/ou de valorisation du patrimoine&lt;br /&gt;- Rénovation du petit patrimoine*&lt;br /&gt;- Reboisement de parcelles boisées&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Conforter l’offre touristique&lt;/strong&gt;&lt;br /&gt;- Conception et mise en place de nouveaux produits touristiques sur le territoire (n’existant pas dans une zone de chalandise de 30 kms)&lt;br /&gt;- Développement, modernisation, réhabilitation, aménagement et/ou équipement des activités touristiques et de loisirs existantes&lt;br /&gt;- Soutien aux études, aux opérations d’animation, de mise en réseau des sites et des acteurs et/ou de coordination visant les activités touristiques et de loisirs&lt;br /&gt;- Soutien aux actions d’animation, de communication, de valorisation, de création, de modernisation et/ou développement d’infrastructures en lien avec l’oenotourisme&lt;br /&gt;- Création, modernisation, aménagement et/ou équipement des aires de camping-cars&lt;br /&gt;- Aménagement de circuits d’itinérance douce (cyclisme, équestre, pédestre ou fluviale) entre les différents sites touristiques ou patrimoniaux&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Amélioration de l’offre d’hébergement et de restauration&lt;/strong&gt;&lt;br /&gt;- Etudes, création, réhabilitation, aménagement, modernisation et/ou développement des hôtels, des gîtes, les chambres d’hôtes, des hébergements de groupe (supérieurs à 12 lits), campings, des restaurants&lt;br /&gt;- Création d’hébergements insolites**&lt;/p&gt;&lt;p&gt;*On entend par petit patrimoine l&amp;#039;ensemble des monuments qui ne sont pas classés ou inscrits comme Monuments Historiques&lt;br /&gt;**Un hébergement insolite se caractérise par son côté atypique et non conventionnel, tant au niveau de sa forme et/ou de son emplacement, que des services qui lui sont associés.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Commerces et services
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P216" s="1" t="inlineStr">
+      <c r="P186" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q216" s="1" t="inlineStr">
+      <c r="Q186" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R216" s="1" t="inlineStr">
+      <c r="R186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;&lt;p&gt;3. Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;p&gt;4. Hébergement touristique : Au stade du dépôt de la demande de paiement, obtention ou amélioration d’un classement&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T216" s="1" t="inlineStr">
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W216" s="1" t="inlineStr">
+      <c r="W186" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-1/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>163832</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
         </is>
       </c>
-      <c r="C217" s="1" t="inlineStr">
+      <c r="C187" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I217" s="1" t="inlineStr">
+      <c r="I187" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J217" s="1" t="inlineStr">
+      <c r="J187" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M217" s="1" t="inlineStr">
+      <c r="M187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Consommation et production
 Qualité de l'air
 Réhabilitation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P217" s="1" t="inlineStr">
+      <c r="P187" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q217" s="1" t="inlineStr">
+      <c r="Q187" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R217" s="1" t="inlineStr">
+      <c r="R187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S217" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T217" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W217" s="1" t="inlineStr">
+      <c r="W187" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>163833</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’économie locale</t>
         </is>
       </c>
-      <c r="C218" s="1" t="inlineStr">
+      <c r="C188" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G218" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I218" s="1" t="inlineStr">
+      <c r="I188" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J218" s="1" t="inlineStr">
+      <c r="J188" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K218" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat est un territoire où l’agriculture et les entreprises artisanales participent encore majoritairement aux fondements de l’économie locale. Pour maintenir et développer l’activité, les acteurs veulent travailler sur la valorisation des savoir-faire et des produits auprès de la population et des visiteurs.&lt;br /&gt;Pour cela, les opérations liées à cette fiche permettront le développement des circuits de proximité et la commercialisation de produits de terroir et artisanaux ainsi que la construction d’une identité territoriale cohérente et complète.&lt;br /&gt;Par ailleurs, les résultats du diagnostic territorial montrent que les évolutions des habitudes d’achat nuisent aux commerces de proximité. On constate également une baisse de fréquentation des marchés et l’essoufflement des Unions Commerciales qui animaient les centre villes. Le tissu artisanal et commercial reste fragile (reprises et créations en perte de vitesse).&lt;br /&gt;Dans ce contexte, le Pays Vitryat désire redynamiser l’artisanat et le commerce&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Valoriser le patrimoine alimentaire/ développer une identité alimentaire&lt;br /&gt;- Mettre en valeur les productions locales et promouvoir les marchés locaux&lt;br /&gt;- Remobiliser les réseaux de commerçants&lt;br /&gt;- Structurer et renforcer l’offre commerciale existante&lt;br /&gt;- Faciliter l’accès à l’emploi et à la formation&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- Augmentation du nombre de producteurs locaux et/ ou artisans impliqués dans une démarche de valorisation au titre de la présente fiche action&lt;br /&gt;- Ouverture de nouveaux commerces&lt;br /&gt;- Augmentation du nombre de création d’entreprises&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER offre une précieuse plus-value en soutenant efficacement l&amp;#039;économie locale à travers diverses actions, notamment en favorisant la structuration de filières courtes par la mise en réseau des acteurs. Cette approche facilite la collaboration entre les différents acteurs impliqués dans les filières, tels que les producteurs, les transformateurs et les distributeurs, créant ainsi une chaîne d&amp;#039;approvisionnement plus efficace et responsable.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par la promotion des filières courtes, le programme LEADER contribue à réduire l&amp;#039;empreinte écologique en diminuant les distances parcourues par les produits, ce qui permet une gestion plus durable des ressources et une réduction des émissions de carbone. De plus, cette approche renforce la résilience des économies locales en limitant leur dépendance vis-à-vis des marchés internationaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En mettant en réseau les artisans et les commerçants, LEADER stimule la coopération et l&amp;#039;échange d&amp;#039;expertise entre ces professionnels locaux. Cette mise en relation favorise l&amp;#039;émergence de synergies, encourageant ainsi l&amp;#039;innovation et la création de nouvelles opportunités commerciales.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le soutien de LEADER aux initiatives locales renforce la visibilité des produits et services artisanaux, favorisant ainsi la préservation des savoir-faire traditionnels et la transmission des métiers ancestraux. Cela permet également de préserver le patrimoine culturel tout en dynamisant le tissu économique local.&lt;/p&gt;&lt;p&gt;En consolidant les réseaux d&amp;#039;acteurs locaux, le programme LEADER contribue à créer des emplois durables et à renforcer la cohésion sociale dans le Pays Vitryat. La mutualisation des ressources et des compétences offre des opportunités de croissance économique plus équitables et inclusives.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M218" s="1" t="inlineStr">
+      <c r="M188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La valorisation des savoir-faire, du patrimoine alimentaire, des filières courtes et la redynamisation de l’artisanat et du commerce du Pays Vitryat : &lt;/p&gt;&lt;p&gt;- Actions d’information, d’animation, de communication, de sensibilisation et/ou de développement d’évènementiels&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisation&lt;br /&gt;- Toute étude sur l’offre et les besoins des consommateurs, des usagers et des entreprises&lt;br /&gt;- Création et développement de points de vente fixes ou itinérants (dont acquisition et aménagement de véhicules professionnels) destinés à maintenir ou compléter l&amp;#039;offre de commerces du territoire&lt;br /&gt;- Soutien au développement d’une offre d’approvisionnement de la restauration collective&lt;br /&gt;- Investissements permettant la production et la transformation de produits alimentaires hors agriculteur et groupement d’agriculteur&lt;br /&gt;- Soutien à la création, à la réhabilitation et à l’aménagement de potagers et vergers collectifs&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N218" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie locale et circuits courts
 Artisanat</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P218" s="1" t="inlineStr">
+      <c r="P188" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q218" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R218" s="1" t="inlineStr">
+      <c r="R188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T218" s="1" t="inlineStr">
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W218" s="1" t="inlineStr">
+      <c r="W188" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X218" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-3/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-      <c r="A219" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>163834</v>
       </c>
-      <c r="B219" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Soutenir des projet de coopération</t>
         </is>
       </c>
-      <c r="C219" s="1" t="inlineStr">
+      <c r="C189" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I219" s="1" t="inlineStr">
+      <c r="I189" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J219" s="1" t="inlineStr">
+      <c r="J189" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTRIBUTIONS AUX OBJECTIFS DE LA STRATEGIE :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La coopération constitue l’un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d’innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d’autres territoires, nationaux ou européens, et à favoriser les recherches d’expériences, de pratiques, de savoir-faire.&lt;br /&gt;La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s’enrichir de l’expérience de partenaires, acquérir de nouvelles compétences, favoriser l’échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.&lt;br /&gt;Les effets attendus sont d’apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l’ouverture vers l’extérieur.&lt;br /&gt;La coopération peut prendre les formes suivantes :&lt;br /&gt;- La coopération « interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;br /&gt;- La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu’avec des territoires de pays tiers (hors UE)&lt;strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M219" s="1" t="inlineStr">
+      <c r="M189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en oeuvre d’actions de coopération doit constituer un levier pour répondre à l’ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d’action.&lt;/p&gt;&lt;p&gt;Seront soutenues :&lt;/p&gt;&lt;p&gt;- La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d’actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d’un partenariat, organisation de réunions…&lt;/p&gt;&lt;p&gt;- La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire&lt;/p&gt;&lt;p&gt;Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en oeuvre conjointement par les partenaires, assorties d’objectifs de résultats clairement définis pour les partenaires et les territoires concernés.&lt;/p&gt;&lt;p&gt;Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :&lt;/p&gt;&lt;p&gt;Services et équipements de proximité, sport, culture, loisirs, santé, patrimoine, tourisme, mobilité, circuits de proximité, transition énergétique et économie locale.&lt;/p&gt;&lt;p&gt;La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s’ouvrir à d’autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N219" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Transition énergétique
 Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Biodiversité
 International
 Attractivité économique
 Artisanat
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P219" s="1" t="inlineStr">
+      <c r="P189" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q219" s="1" t="inlineStr">
+      <c r="Q189" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R219" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;Un accord de partenariat (ou projet d’accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S219" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T219" s="1" t="inlineStr">
+      <c r="T189" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V219" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W219" s="1" t="inlineStr">
+      <c r="W189" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X219" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-locale/</t>
         </is>
       </c>
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-      <c r="A220" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>163892</v>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Soutenir les manifestations culturelles à vocation touristiques sur la destination Blois - Chambord - Val de Loire</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Fonds de soutien aux manifestations culturelles à vocation touristique</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J220" s="1" t="inlineStr">
+      <c r="J190" s="1" t="inlineStr">
         <is>
           <t>Le taux d'aide est variable en fonction des dépenses prévisionnelles</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le fonds de soutien aux manifestations touristiques du Pays des Châteaux aide à soutenir les manifestations publiques ou privées, qui concourent à l’attractivité et au rayonnement du territoire du Pays des Châteaux. Les recettes de ce fonds de soutien proviennent de la collecte de la taxe de séjour, les évènement soutenus doivent donc être à vocation principalement touristique, et mettre en valeur un ou des patrimoines (culturel, naturel, historique, gastronomique, savoir-faire…)&lt;/p&gt;&lt;p&gt;Cette aide s’adresse à tous types de maîtres d’ouvrage dont la manifestation se déroule sur le périmètre du Pays des Châteaux : associations, porteurs de projets privés, collectivités territoriales et groupements (EPCI).&lt;/p&gt;&lt;p&gt;Les évènement sont éligibles toute l&amp;#039;année. Attention a bien respecter les périodes de dépôt des dossiers.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avril : Vote des subventions pour les événements d’Avril à Octobre : dossiers déposés avant le 15 février&lt;/li&gt;&lt;li&gt;Septembre : Vote des subventions pour les évènements d’Octobre à Avril : dossiers déposés avant le 15 juillet&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;enveloppe globale du dispositif est voté en Mars (Vote du Budget du Pays des Châteaux par le Comité Syndical), les dossiers  sont instruits par le Bureau du Pays des Châteaux.&lt;/p&gt;&lt;p&gt;L’aide est versée à l’issue de la manifestation, sur présentation du bilan de la manifestation et du bilan comptable. Dans l’hypothèse où les réalisations seraient inférieures aux prévisions, la subvention serait réduite au prorata.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M220" s="1" t="inlineStr">
+      <c r="M190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Festival de musique ou de théâtre en plein air, concert, exposition, etc...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N220" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O220" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R220" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Critères d’éligibilité : &lt;span&gt;Pour bénéficier d’une subvention du Pays des Châteaux, les manifestations doivent impérativement répondre aux critères suivants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;manifestation se déroulant sur minimum une des 89 communes du Pays des Châteaux&lt;/li&gt;&lt;li&gt;bénéficier obligatoirement du concours d’autres collectivités, institutions ou programmes…&lt;/li&gt;&lt;li&gt;manifestation mettant en valeur un ou des patrimoines (culturel, naturel, historique, gastronomique, savoir-faire…)&lt;/li&gt;&lt;li&gt;manifestation qui vise à la fois un public touristique et local&lt;/li&gt;&lt;li&gt;importance de la stratégie de communication et du relais-média (au minimum avoir une stratégie régionale)&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Critères supplémentaires d’appréciation des dossiers : Au-delà des critères d’éligibilité obligatoires ci-dessus, les élus valoriseront plusieurs aspects, notamment :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Les événements se déroulant sur plusieurs jours générant des nuitées touristiques&lt;/li&gt;&lt;li&gt;Les événements mettant en avant plusieurs communes du Pays des Châteaux permettant de mieux diffuser les flux touristiques&lt;/li&gt;&lt;li&gt;Les éco-manifestations répondant aux chartes mise en place sur chaque territoire, proposant des produits locaux et mettant en place un système de tri des déchets ou du co-voiturage&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Critères d’exclusion :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Les manifestations à caractère philanthropique ou caritatif sont exclues.&lt;/li&gt;&lt;li&gt;Les manifestations d’ores et déjà soutenues financièrement par l’Office de Tourisme Intercommunautaire de Blois – Chambord – Val de Loire sont exclues.&lt;/li&gt;&lt;li&gt;Les manifestations votives (ou assimilées) ainsi que les manifestations à caractère prioritairement commercial (marchés, foires…) sont exclues.&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="S220" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T220" s="1" t="inlineStr">
+      <c r="T190" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V220" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/tourisme/les-manifestations</t>
         </is>
       </c>
-      <c r="X220" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Lucie MORIN&lt;/p&gt;&lt;p dir="ltr"&gt;Chargée de mission Tourisme &lt;/p&gt;&lt;p dir="ltr"&gt;Tél. : 02 54 46 09 10 ou 06 88 22 65 34              &lt;/p&gt;&lt;p dir="ltr"&gt;Courriel : &lt;a target="_self"&gt;tourisme&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>developpement@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-manifestations-culturelles-a-vocation-touristiques-sur-la-destination-blois-chambord-val-de-loire/</t>
         </is>
       </c>
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-      <c r="A221" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>163926</v>
       </c>
-      <c r="B221" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C221" s="1" t="inlineStr">
+      <c r="C191" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°1 - Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture, pour en faire un atout environnemental, économique, culturel et touristique</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G221" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H221" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I221" s="1" t="inlineStr">
+      <c r="I191" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J221" s="1" t="inlineStr">
+      <c r="J191" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K221" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette aide met l’accent sur la promotion des métiers de la mer et des
 produits, un pilier incontournable pour garder un territoire vivant et attractif. Il vise
 à créer de la richesse économique, environnementale et sociale par la valorisation
 conjointe de produits de qualité du territoire, les métiers et le tourisme. Cette fiche
 action contribue à revitaliser la filière pêche et aquaculture, nos territoires littoraux
 et contribuer à améliorer l’image des gens de mer. Cette image vivante du
 territoire, associée à la richesse de son passé halieutique, est au centre de
 l’attractivité du territoire et de son potentiel d’attractivité. Il est donc important de
 structurer l’offre touristique bleue et durable, pour attirer les touristes sur notre
 territoire.
 En parallèle, le nombre de professionnels de la pêche et de l’aquaculture, que ce
 soit en mer comme à terre a fortement baissé depuis ces dernières années, et la
 moyenne d’âge des pêcheurs est élevée. L’attrait des métiers est de plus en plus
 difficile, et la transmission des entreprises, notamment pour les marins-pêcheurs
 devient un problème primordial pour les années à venir. Il est nécessaire de donner
 les moyens à la mise en avant des métiers et des formations liés à la pêche et à
 l’aquaculture (y compris le mareyage, la vente, la poissonnerie, etc.) afin d’attirer
 de nouveaux professionnels, en reconversion professionnelle ou en formation
 initiale et de permettre à chacun de se faire sa propre opinion sur les métiers de la
 pêche et de l’aquaculture.
 Il s’agira également d’enrichir et diversifier l’offre de produit de qualité à partir des
 ressources halieutiques pêchées et élevées sur notre territoire… qui ne sont pas
 encore valorisées. Il s’agira de soutenir les démarches collectives de promotion qui
 visent en particulier à développer les liens entre produits, savoir-faire et territoire
 et donc à renforcer la notoriété conjointe des produits et du territoire. Des efforts
 spécifiques de communication et sensibilisation doivent ainsi permettre de faire
 connaître et comprendre aux consommateurs la singularité et la spécificité de ses
 produits (qui combinent leur qualité à un lieu singulier)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter la population à s’orienter vers
 les métiers de la pêche et de l’aquaculture, valorisant l’image des gens de mer&lt;/li&gt;&lt;li&gt; Soutenir les démarches collectives de
 valorisation et promotion des produits de la pêche et de l’aquaculture &lt;/li&gt;&lt;li&gt;Développer une offre touristique bleue et
 durable, de découverte des activités maritimes&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accroissement des formations maritimes
 dans l’orientation des jeunes, des femmes et des personnes en réinsertion &lt;/li&gt;&lt;li&gt;&lt;span&gt;Amélioration de l’environnement
 économique de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accroissement des démarches de qualité
 (label, IGP, promotion) pour les produits de la mer locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’une offre touristique
 bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M221" s="1" t="inlineStr">
+      <c r="M191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de sensibilisation et de communication aux métiers en mer comme à
 terre&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 de partenariats entre les acteurs socio-professionnels de la filière pêche et
 aquaculture, la formation et l’emploi&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien
 des savoir-faire et des compétences de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coordination
 entre le secteur de la pêche et le tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’une identité touristique « Côte d’Albâtre » en lien avec la filière pêche et
 aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de valorisation et promotions des produits de la mer locaux (label,
 IGP, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la création de nouvelles filières de valorisation et de promotion de produits
 de la mer « méconnus »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la mise en place de concours culinaire visant à promouvoir les métiers
 et  des produits&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre
 en valeur les savoir-faire locaux et artisanaux de l’ensemble de la filière&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N221" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P221" s="1" t="inlineStr">
+      <c r="P191" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q221" s="1" t="inlineStr">
+      <c r="Q191" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R221" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S221" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T221" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V221" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X221" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture-pour-en-faire-un-atout-environnemental-economique-culturel-et-touristique/</t>
         </is>
       </c>
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="222" spans="1:27" customHeight="0">
-      <c r="A222" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>163961</v>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C222" s="1" t="inlineStr">
+      <c r="C192" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°2 - Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G222" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H222" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I222" s="1" t="inlineStr">
+      <c r="I192" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J222" s="1" t="inlineStr">
+      <c r="J192" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K222" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L222" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Face
 à une demande des consommateurs pour les produits et services de qualité, cette
 2ème fiche action est indissociable de
 la première pour garantir et maintenir la qualité de notre territoire. Elle
 repose donc sur l’offre de commercialisation et de consommation avec le
 développement de synergies et de mise en réseau entre les acteurs et filières à
 l’intérieur comme à l’extérieur du territoire.&lt;/p&gt;&lt;p&gt;Il
 s’agira de conforter et animer la démarche de circuits courts existante en
 augmentant le nombre de producteurs concernés et le nombre de lieux. La vente
 directe est un réel moyen de valoriser les produits, mais aussi le savoir-faire
 et les métiers, auprès de consommateurs friands des produits locaux. Afin de
 faciliter la vente directe, il sera nécessaire d’améliorer les conditions de
 vente en matière de structuration des étals, qui protégeront les vendeurs,
 consommateurs et produits. &lt;/p&gt;&lt;p&gt;Premier
 metteur en marchés des espèces halieutiques locales, la Criée de Fécamp Côte
 d’Albâtre organise des ramasses sur l’ensemble du littoral Normand. Il s’agit
 ainsi d’assurer la cohésion dans les sites de débarquement, à l’échelle de
 Fécamp et du Tréport, et bien au-delà avec un partenariat possible entre les
 criées normandes. Au-delà, il s’agira de structurer une offre de
 commercialisation globale sur notre territoire, pour élargir la vente et
 valoriser les produits de la mer. En partenariat avec les organismes de
 formation, des compétences spécifiques liées à la vente et à la préparation du
 produit pourraient être développés afin de permettre une montée en puissance du
 secteur. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;D’un
 point de vue de la consommation de produits locaux issus de la pêche et de
 l’aquaculture, elle est assez basse sur notre territoire. Il est primordial de
 faire découvrir nos produits aux consommateurs locaux en coordonnant le secteur
 de la pêche avec la restauration collective des structures publiques pour
 mettre à l’honneur les poissons locaux dans leurs cuisines. À cela, s’ajoute
 une volonté de faire mettre en avant par les chefs cuisiniers locaux les
 produits de la mer, avec la création de recettes emblématiques de notre
 territoire.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Renforcer
 les circuits courts et la vente directe&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Accompagner
 les restaurateurs locaux dans l’utilisation de produits de la mer locaux&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Améliorer
 la commercialisation des espèces locales&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Augmentation
 des points de vente des produits de la mer locaux &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
 de l’offre de commercialisation des produits de la mer sur notre territoire&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
 de la consommation locale des produits issus de la filière pêche et aquaculture
 locale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la visibilité des produits de la mer sur le territoire&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M222" s="1" t="inlineStr">
+      <c r="M192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Progression
 des conditions de vente directe de produits halieutiques en matière de
 structuration des étals, notamment avec des étals/halles à poissons&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
 de partenariats avec des chefs cuisiniers reconnus autour d’un produit de la
 mer &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
 de la part de produits locaux issus de la pêche et aquaculture dans la
 préparation des restaurants et de la restauration collective.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
 des sites de débarquement liée à la commercialisation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la visibilité auprès du consommateur la vente directe et les circuits courts&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N222" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Artisanat
 Mers et océans</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P222" s="1" t="inlineStr">
+      <c r="P192" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q222" s="1" t="inlineStr">
+      <c r="Q192" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R222" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S222" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T222" s="1" t="inlineStr">
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U222" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V222" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X222" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y222" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z222" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture/</t>
         </is>
       </c>
-      <c r="AA222" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="223" spans="1:27" customHeight="0">
-      <c r="A223" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>163962</v>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Prévenir les impacts des activités maritimes et littorales dans une démarche d'économie circulaire</t>
         </is>
       </c>
-      <c r="C223" s="1" t="inlineStr">
+      <c r="C193" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°3 - Adapter, gérer et prévenir les impacts des activités maritimes et littorales dans une démarche d’économie circulaire avec des pratiques durables et respectueuses</t>
         </is>
       </c>
-      <c r="E223" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G223" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H223" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I223" s="1" t="inlineStr">
+      <c r="I193" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J223" s="1" t="inlineStr">
+      <c r="J193" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K223" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L223" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La
 pêche et l’aquaculture contribuant aux déchets générés, le GALPA a un rôle à
 jouer en favorisant la transition vers une économie circulaire. Ce type
 d’économie peut leur apporter de nombreux bénéfices, non seulement grâce à
 l’utilisation plus efficace des ressources locales, à la meilleure santé des
 écosystèmes aquatiques et à l’augmentation de la résilience de l’économie, mais
 aussi par les possibilités de créer plus de valeur ajoutée, ainsi que de
 nouveaux emplois qualifiés. &lt;/p&gt;&lt;p&gt;La
 lutte contre les déchets marins passe principalement par des actions de
 prévention des déchets à la source, mais aussi par une meilleure gestion des
 déchets terrestres. D’un point de vue recyclage des engins de pêche, la Loi
 Anti-Gaspillage concourt à notre participation à l’application de cette
 nécessaire « écologisation » de la filière pêche et aquaculture, sur le
 principe des 3 R : &lt;/p&gt;&lt;p&gt;•Réduire
 : limiter les apports de plastiques dans les milieux marins. •Réutiliser
 : les différents filets et poches à huîtres. Il s’agit ainsi de trouver des
 solutions de réutilisation de ces différents matériaux pour d’autres usages•Recycler
 : étudier l’ensemble des métiers utilisés par nos pêcheurs et ostréiculteurs,
 des différents matériaux et types de plastiques, afin de valoriser ce « déchet
 ». •&lt;/p&gt;&lt;p&gt;Avec
 l’entrée en vigueur progressive de l’obligation de débarquement de toutes les
 captures, dans le but de limiter au maximum le rejet de poissons non désirés.,
 l’objectif est donc de trouver, dans une approche partenariale, une filière de
 valorisation de ces captures à l’échelle locale. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;La
 filière pêche et aquaculture, de l’aval à l’amont, est aujourd’hui forte
 utilisatrice de matériaux plastiques, carburants et autres produits chimiques.
 Il s’agira de trouver des solutions éco-responsables pour limiter les déchets
 issus des activités de la filière pêche et aquaculture, rechercher des
 solutions alternatives à l’utilisation de polystyrène pour la vente et la
 transformation des poissons, et réduire la consommation d’énergie et les
 émissions de carbone et soutenir des modes de production durables.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Développer
 des outils de gestion, de sensibilisation aux bonnes pratiques&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutenir
 des modes de production durables et rechercher des solutions alternatives aux
 matériaux utilisés&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Rechercher
 des potentiels de valorisation des coproduits de poissons et fruits de mer&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Engager
 une démarche d’économie circulaire des engins de pêche et du matériel
 ostréicole&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Développement
 d’une filière de recyclage des engins de pêche&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Sensibilisation
 aux bonnes pratiques afin de diminuer les déchets marins &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
 des solutions éco-responsables pour limiter les déchets&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
 en place une filière à haute valeur des coproduits des poissons et fruits de
 mer&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M223" s="1" t="inlineStr">
+      <c r="M193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Lutte
 et prévention des pollutions visibles, et également invisibles (produits
 chimiques) des cours d’eau et de la mer. &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Conception
 de solutions éco-responsables pour limiter les déchets issus de la filière
 pêche et aquaculture.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
 d’une pêche propre (biocarburants, hydrogène) &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutien
 à la création d’une filière de traitement des coproduits en partenariat avec
 les usines de transformation de notre territoire pour exploiter leurs
 coproduits en valorisant leurs propriétés nutritives, cosmétiques,
 pharmaceutiques des viscères, arrêtes, peaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
 d’une filière à haute valeur ajoutée des coproduits des produits de la mer et
 captures non-désirées&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
 de nouvelles filières de recyclage, réutilisation et réduction des engins de
 pêche usagés&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N223" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Mers et océans
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O223" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P223" s="1" t="inlineStr">
+      <c r="P193" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q223" s="1" t="inlineStr">
+      <c r="Q193" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R223" s="1" t="inlineStr">
+      <c r="R193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S223" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T223" s="1" t="inlineStr">
+      <c r="T193" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U223" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V223" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X223" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y223" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z223" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-accompagner-la-commercialisation-et-la-consommation-des-produits-locaux-issus-de-la-peche-et-de-laquaculture/</t>
         </is>
       </c>
-      <c r="AA223" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="224" spans="1:27" customHeight="0">
-      <c r="A224" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>163963</v>
       </c>
-      <c r="B224" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Restaurer les milieux et développer nos connaissances sur la biodiversité marine</t>
         </is>
       </c>
-      <c r="C224" s="1" t="inlineStr">
+      <c r="C194" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°4 - Impulser une dynamique partenariale pour restaurer les milieux et développer nos connaissances sur la biodiversité marine et les conséquences du changement climatique</t>
         </is>
       </c>
-      <c r="E224" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G224" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H224" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I224" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J224" s="1" t="inlineStr">
+      <c r="J194" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K224" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L224" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette
 fiche action est aujourd’hui un pilier incontournable pour garder une filière
 pêche et aquaculture attractive et en bon état écologique. Elle repose sur une
 volonté collective d’améliorer les connaissances du milieu marin, sa
 biodiversité et d’améliorer l’état écologique de nos littoraux, afin de
 préserver les ressources halieutiques. Il s’agit ainsi de s’appuyer sur
 l’Agenda 2030, notamment l’objectif 14 sur la vie aquatique « conserver et
 exploiter de manière durable les océans, les mers et les ressources marines aux
 fins du développement durable ». &lt;/p&gt;&lt;p&gt;En
 outre, il est nécessaire de pouvoir connaitre les conséquences du changement
 climatique sur la biodiversité, la faune et la flore, afin de pouvoir au mieux
 anticiper l’avenir de la filière pêche seinomarine, notamment les espèces qui y
 seront pêchées. Il s’agit donc de pouvoir identifier l’impact du changement
 climatique sur les espèces halieutiques et aquacoles locales pour s’y adapter,
 notamment en renforçant la coopération scientifique. On doit être en capacité
 de pouvoir vulgariser la connaissance du milieu marin pour une meilleure
 appropriation par les acteurs au niveau local des caractéristiques et des
 évolutions de nos eaux côtières. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;Le
 développement d’une conscience maritime suppose la sensibilisation et
 l’éducation de l’ensemble des publics (scolaires, grand public, élus, etc.), à
 la fois sur les aspects environnemental, économique, social et de gouvernance.
 Il est aujourd’hui important de développer une offre pédagogique à destination
 du grand public, des scolaires, des touristes. Ces actions d’éducation à
 l’environnement ont pour objectif de faire découvrir le monde de la mer,
 attirer les populations, même à proximité, à découvrir l’importance de
 l’écosystème marin, en mettant davantage l’accent sur la biodiversité et le
 caractère unique du littoral pour attirer les touristes. Plus spécifiquement, à
 destination du jeune public, il s’agira de développer l’éducation à la mer et une
 meilleure connaissance du milieu marin par le développement de projets
 éducatifs liés à la mer en particulier avec les lycées et les CFA.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Faire
 émerger des dynamiques collectives innovantes, expérimentales, partenariales
 (public/privé) pour une meilleure connaissance du milieu marin&lt;/li&gt;&lt;li&gt;Promouvoir
 l’excellence environnementale et assurer la protection des écosystèmes marins
 et côtiers&lt;/li&gt;&lt;li&gt;Développer
 une offre pédagogique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Prise
 en compte de l’environnement dans les actions de la filière pêche et
 aquaculture&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
 de l’excellence environnementale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la biodiversité marine, des milieux aquatiques et marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Approfondissement
 des connaissances des milieux marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Gestion
 durable des écosystèmes marins et côtiers&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M224" s="1" t="inlineStr">
+      <c r="M194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Planification
 d’actions sur la conservation des ressources halieutiques et la protection des
 écosystèmes marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Séjour
 de classe de mer non prévu aux programmes de formation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Atlas
 de la biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
 d’une aire marine éducative&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
 d’une offre pédagogique&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
 en place de nurseries et récifs artificiels&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Restauration
 des milieux et actions de préservation, repeuplements des eaux estuariennes et
 côtières&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
 en place d’une école de biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Étude
 sur l’avenir de la filière pêche seinomarine et les conséquences du changement
 climatique&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N224" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O224" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P224" s="1" t="inlineStr">
+      <c r="P194" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q224" s="1" t="inlineStr">
+      <c r="Q194" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R224" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S224" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T224" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U224" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V224" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X224" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y224" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z224" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-les-impacts-des-activites-maritimes-et-littorales-dans-une-demarche-deconomie-circulaire/</t>
         </is>
       </c>
-      <c r="AA224" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="225" spans="1:27" customHeight="0">
-      <c r="A225" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>164008</v>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Gérer ses projets de mobilité en groupe d'établissements d'enseignement supérieur</t>
         </is>
       </c>
-      <c r="C225" s="1" t="inlineStr">
+      <c r="C195" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D225" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Accréditation Erasmus des consortia de mobilité dans l'enseignement supérieur (Action-Clé 130 / AC130)</t>
         </is>
       </c>
-      <c r="E225" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G225" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H225" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K225" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L225" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Un groupe d&amp;#039;établissements d&amp;#039;enseignement supérieur, du même pays et titulaires de la  &lt;a href="https://monprojet.erasmusplus.fr/eche"&gt;Charte Erasmus pour l’enseignement supérieur (ECHE)&lt;/a&gt; peut gérer de manière collective ses projets de mobilité Erasmus&amp;#43; de l&amp;#039;enseignement supérieur. Ce groupe d&amp;#039;établissements est appelé &amp;#34;consortium de mobilité&amp;#34;. Il faut au préalable obtenir une &amp;#34;accréditation Erasmus pour consortium de mobilité de l&amp;#039;enseignement supérieur&amp;#34;. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Être
  membre d’un consortium est un moyen pour des établissements de confier 
 l’organisation des mobilités et la gestion administrative et financière à
  un établissement ou organisme disposant des ressources pour le faire. 
 Mais c’est aussi la possibilité de s’organiser par territoire, cursus 
 spécifique ou thématique, et avoir ainsi une meilleure visibilité 
 internationale.&lt;/p&gt;&lt;p&gt;De
  nombreuses organisations peuvent assurer le rôle de coordinateur : 
 établissement d&amp;#039;enseignement supérieur, regroupement d’établissements 
 d’enseignement supérieur (COMUE ou EPE), 
 association, chambre de commerce et d’industrie, fédération professionnelle, etc., et bien évidemment collectivité territoriale.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La
  structure coordinatrice candidate à l’accréditation de 
 consortium auprès de l’Agence Erasmus&amp;#43; France / Education Formation, au nom de ses différents membre et en 
 regroupant leurs objectifs partagés. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une fois obtenue, l&amp;#039;accréditation de consortium permet d&amp;#039;organiser toutes les formes de mobilités prévues par le Guide du programme Erasmus&amp;#43; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilités
 d&amp;#039;études et de stage pour les étudiants&lt;/li&gt;&lt;li&gt;Mobilités d&amp;#039;enseignement et de formation pour les personnels de l&amp;#039;enseignement
 supérieur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour ce faire, il faudra déposer une demande de financement de projets de mobilité de l&amp;#039;enseignement supérieur (Action-Clé 131 / AC131). Autrement dit, l&amp;#039;obtention de l&amp;#039;accréditation de consortium n&amp;#039;emporte pas la perception automatique d&amp;#039;un financement pour organiser ses projets de mobilité ; il s&amp;#039;agit d&amp;#039;une candidature distincte.&lt;/p&gt;&lt;p&gt;Enfin, une fois obtenue, l&amp;#039;accréditation de consortium est valable jusqu&amp;#039;à la fin de la programmation Erasmus&amp;#43; en cours (2027).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M225" s="1" t="inlineStr">
+      <c r="M195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La &lt;strong&gt;région Bretagne&lt;/strong&gt; coordonne un consortium d&amp;#039;établissements proposant des formations sanitaires et sociales de l&amp;#039;enseignement supérieur (IFPS, IRFSS, IFSI, etc.), répartis sur l&amp;#039;ensemble du territoire breton. A travers ce consortium, les établissements ont pour stratégie d&amp;#039;améliorer leur visibilité et attractivité internationale, ainsi que l&amp;#039;employabilité des étudiants formés.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;région Nouvelle Aquitaine&lt;/strong&gt; coordonne un consortium d&amp;#039;établissements d&amp;#039;enseignement supérieur opérant sur divers domaines et filières de formation (Universités, écoles de commerce, écoles d&amp;#039;ingénieurs, etc.). L&amp;#039;objectif de ce consortium est d&amp;#039;optimiser l&amp;#039;organisation et la gestion des mobilités de stage étudiants, et ce en rendant cette expérience financièrement et socialement ouverte à tous.&lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;CNEAP Hauts-de-France&lt;/strong&gt; coordonne un consortium de lycées agricoles proposant des formations de BTSA. Il s&amp;#039;agit ici de mutualiser les procédures de gestion des mobilités d&amp;#039;études et de stage des étudiants inscrits dans ces formations, afin de s&amp;#039;adapter à leurs enjeux communs.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N225" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O225" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q225" s="1" t="inlineStr">
+      <c r="Q195" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R225" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date de clôture précise de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025. &lt;/p&gt;&lt;p&gt;Le
  consortium se compose au minimum de 3 organisations éligibles établies 
 en France, dont au moins 2 établissements d’enseignement supérieur titulaires de la Charte Erasmus pour l&amp;#039;enseignement supérieur (ECHE). &lt;/p&gt;&lt;p&gt;Comme indiqué précédemment, le coordinateur peut être une collectivité territoriale, un établissement d&amp;#039;enseignement supérieur ou un regroupement d’établissements 
 d’enseignement supérieur (COMUE ou EPE), une association, une chambre de commerce et d’industrie, une fédération professionnelle, etc. Si le coordinateur est un organisme autre qu&amp;#039;un établissement d&amp;#039;enseignement supérieur, il ne lui est pas demandé d&amp;#039;être titulaire de la Charte ECHE.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous les membres du consortium national de mobilité doivent être identifiés dès la candidature à l’accréditation.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S225" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T225" s="1" t="inlineStr">
+      <c r="T195" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U225" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V225" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/fiche-action/appel=2025&amp;codeAction=KA130-HED</t>
         </is>
       </c>
-      <c r="X225" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe du Département Promotion - Pôle Enseignement supérieur de l&amp;#039;Agence Erasmus&amp;#43; France / Education Formation : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y225" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z225" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-ses-projets-de-mobilite-en-groupe-detablissements-denseignement-superieur/</t>
         </is>
       </c>
-      <c r="AA225" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="226" spans="1:27" customHeight="0">
-      <c r="A226" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>164009</v>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Renforcer les capacités des organisations d'enseignement supérieur dans les pays hors Europe</t>
         </is>
       </c>
-      <c r="C226" s="1" t="inlineStr">
+      <c r="C196" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D226" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Renforcement des capacités dans l'enseignement supérieur / Capacity Building in Higher Education (CBHE)</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H226" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I226" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
         <is>
           <t> Max : 90</t>
         </is>
       </c>
-      <c r="K226" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L226" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets de renforcement des capacités de l&amp;#039;enseignement supérieur sont des projets de coopération transnationale, basés sur des partenariats multilatéraux entre des établissements d&amp;#039;enseignement supérieur issus de &lt;a href="https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-a/eligible-countries" target="_self"&gt;pays membres du programme Erasmus&amp;#43; et de pays tiers non associés&lt;/a&gt;. &lt;/p&gt;&lt;p&gt;Ces projets ont pour objectif de soutenir la pertinence, la modernisation, la réforme et la capacité de réaction de l&amp;#039;enseignement supérieur - ses établissements, ses systèmes - dans les pays tiers non associés. La formation et notamment l&amp;#039;enseignement supérieur sont considérés comme un moyen essentiel pour faire face aux grands défis socio-économiques.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ces projets sont mis en œuvre dans le cadre de la dimension internationale du programme Erasmus&amp;#43;, financée par l&amp;#039;action extérieure de l&amp;#039;Union européenne, via deux instruments financiers : &lt;a href="https://ec.europa.eu/commission/presscorner/detail/fr/ip_21_2885"&gt;l’Instrument de voisinage, de coopération au développement et
 de coopération internationale (NDICI)&lt;/a&gt; et &lt;a href="https://ec.europa.eu/commission/presscorner/detail/fr/ip_21_2810"&gt;l’Instrument d’aide de pré-adhésion (IPA III)&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Si les établissements d&amp;#039;enseignement supérieur sont évidemment les principaux protagonistes de ces projets, les collectivités territoriales peuvent être impliquées en tant que partenaire à part entière ou partenaire associé. En revanche, elles ne peuvent pas être coordinatrices.&lt;/p&gt;&lt;p&gt;Les projets doivent répondre aux besoins identifiés dans les pays tiers non associés mais également s&amp;#039;inscrire dans les priorités thématiques et/ou régionales identifiées par la Commission européenne.&lt;/p&gt;&lt;p&gt;Les priorités thématiques sont les suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pacte vert&lt;/li&gt;&lt;li&gt;Transformation numérique&lt;/li&gt;&lt;li&gt;Intégration des migrants&lt;/li&gt;&lt;li&gt;Gouvernance, paix, sécurité et développement humain&lt;/li&gt;&lt;li&gt;Croissance et emplois durables&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces priorités sont ensuite déclinées pour chaque région du monde éligible à cet appel à projets.&lt;/p&gt;&lt;p&gt;La &lt;a href="https://international-partnerships.ec.europa.eu/erasmus-capacity-building-higher-education-priorities_en" target="_self"&gt;stratégie &amp;#34;Global Gateway&amp;#34;&lt;/a&gt; est également un fil conducteur de l&amp;#039;impact des projets de renforcement des capacités. Les candidats doivent donc expliciter en quoi leur projet permettra de faire avancer cette stratégie européenne.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N226" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O226" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q226" s="1" t="inlineStr">
+      <c r="Q196" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R226" s="1" t="inlineStr">
+      <c r="R196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025. &lt;/p&gt;&lt;p&gt;Les projets de renforcement des capacités doivent réunir &lt;em&gt;a minima&lt;/em&gt; 4 organisations participantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins 2 établissements d&amp;#039;enseignement supérieur de 2 pays membres du programme Erasmus&amp;#43; (autrement dit, 1 établissement d&amp;#039;enseignement supérieur par pays programme)&lt;/li&gt;&lt;li&gt;Au moins 2 établissements d&amp;#039;enseignement supérieur de chacun des pays tiers non associés impliqué dans le projet&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le coordinateur peut tout autant être un établissement d&amp;#039;un pays programme ou d&amp;#039;un pays tiers non associé.&lt;/p&gt;&lt;p&gt;Il existe 3 types de projets, qui dépendent du niveau d&amp;#039;ambition et de l&amp;#039;impact attendu.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Volet 1 : Promouvoir l&amp;#039;accès à la coopération dans l&amp;#039;enseignement supérieur&lt;/li&gt;&lt;li&gt;Volet 2 : Partenariat pour la transformation dans l&amp;#039;enseignement supérieur&lt;/li&gt;&lt;li&gt;Volet 3 : Projet de réforme structurelle&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon le volet sélectionné, le projet peut durer de 24 à 48 mois et 
 percevoir un budget Erasmus&amp;#43; allant de 200 000€ à 1 000 000€.&lt;/p&gt;&lt;p&gt;Il existe également une dimension géographique pour construire son partenariat. Les projets de renforcement des capacités peuvent donc être :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;nationaux : implication d&amp;#039;établissements d&amp;#039;enseignement supérieur d&amp;#039;un seul pays tiers non associé&lt;br /&gt;&lt;/li&gt;&lt;li&gt;plurinationaux au sein d&amp;#039;une seule région du monde : implication d&amp;#039;établissements d&amp;#039;enseignement supérieur d&amp;#039;au moins deux pays tiers non associés au sein d&amp;#039;une même région&lt;/li&gt;&lt;li&gt;plurinationaux couvrant plusieurs régions du monde : implication d&amp;#039;établissements d&amp;#039;enseignement supérieur d&amp;#039;au moins un pays tiers non associé de chaque région concernée&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour en savoir plus sur les attendus de chacun de ces volets et la constitution des partenariats, consultez la page dédiée : &lt;a href="https://monprojet.erasmusplus.fr/renforcement-des-capacites-es" target="_self"&gt;https://monprojet.erasmusplus.fr/renforcement-des-capacites-es&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S226" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T226" s="1" t="inlineStr">
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U226" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V226" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/renforcement-des-capacites-es</t>
         </is>
       </c>
-      <c r="X226" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe du Département Promotion - Pôle Enseignement supérieur, de l&amp;#039;Agence Erasmus&amp;#43; France / Education Formation : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Equipe dédiée au sein de l&amp;#039;Agence exécutive européenne Education et Culture (EACEA) : &lt;a href="mailto:EACEA-EPLUS-CBHE&amp;#64;ec.europa.eu"&gt;EACEA-EPLUS-CBHE&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y226" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z226" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-capacites-des-organisations-denseignement-superieur-dans-les-pays-hors-europe/</t>
         </is>
       </c>
-      <c r="AA226" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="227" spans="1:27" customHeight="0">
-      <c r="A227" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>164078</v>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Renforcer la capacité d'innovation de l'Europe en associant les acteurs de l'éducation aux acteurs socio-économiques</t>
         </is>
       </c>
-      <c r="C227" s="1" t="inlineStr">
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D227" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Alliances pour l'innovation</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G227" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H227" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I227" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K227" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L227" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les alliances pour l&amp;#039;innovation visent à renforcer la capacité d&amp;#039;innovation de l&amp;#039;Europe par la coopération et le partage de connaissances entre les secteurs de l&amp;#039;enseignement supérieur et de l&amp;#039;enseignement et la formation professionnels - tant initial que continu - et l&amp;#039;ensemble des acteurs socio-économiques, y compris le monde de la recherche (exemple : entreprises, organismes de certification, opérateurs de compétences, agences régionales pour le développement et l&amp;#039;innovation, branches professionnelles, opérateurs de l&amp;#039;emploi, etc.).&lt;/p&gt;&lt;p&gt;Ces alliances visent également à stimuler la création de programmes de formation sectoriels transnationaux pour répondre aux évolutions du marché du travail.&lt;/p&gt;&lt;p&gt;Les alliances pour l&amp;#039;innovation se divisent plus précisément en deux appels à projets ou deux &amp;#34;lots&amp;#34; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lot 1 : Alliances pour l&amp;#039;éducation et les entreprises&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce type d&amp;#039;alliances vise à stimuler le déploiement de nouvelles approches multidisciplinaires de l&amp;#039;enseignement pour encourager l&amp;#039;innovation, renforcer l&amp;#039;engagement socialement responsable et développer l&amp;#039;esprit entrepreneurial des apprenants et du personnel éducatif.&lt;/p&gt;&lt;p&gt;La durée de ces projets est de 24 ou 36 mois pour un budget Erasmus&amp;#43; pouvant aller jusqu&amp;#039;à 1,5 million d&amp;#039;euros.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lot 2 : Alliances pour la coopération sectorielle en matière de compétences&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce type d&amp;#039;alliances vise à élaborer des stratégies et des référentiels de compétences, à concevoir et déployer des programmes de formation professionnelle, ce dans les 14 écosystèmes industriels identifiés dans la &lt;a href="https://eur-lex.europa.eu/legal-content/FR/TXT/?uri&amp;#61;CELEX:52020DC0102" target="_self"&gt;nouvelle stratégie industrielle pour l&amp;#039;Europe&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La durée de ces projets est de 48 mois pour un budget Erasmus&amp;#43; pouvant aller jusqu&amp;#039;à 4 millions d&amp;#039;euros.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M227" s="1" t="inlineStr">
+      <c r="M197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La région Auvergne Rhône-Alpes est partenaire d&amp;#039;un projet d&amp;#039;alliance pour l&amp;#039;innovation sur le lot 2, intitulé &amp;#34;&lt;a href="https://greenskillsforhydrogen.eu/" target="_self"&gt;GreenSkills4H2 - The European Hydrogen Skills Alliance&lt;/a&gt;&amp;#34;. Ce projet a pour objectif de répondre aux besoins du marché du travail dans le secteur de l&amp;#039;hydrogène, celui-ci étant un pilier essentiel de la stratégie de l&amp;#039;UE pour atteindre ses objectifs de décarbonation d&amp;#039;ici 2030. GreenSkills4H2 est composé d&amp;#039;acteurs industriels, éducatifs et politiques qui visent à créer, tester et déployer des programmes d&amp;#039;enseignement et de formation professionnels conformes aux besoins en compétences des travailleurs des secteurs en déclin et des régions en transition, afin de leur offrir des possibilités de perfectionnement et de recyclage qui leur permettront d&amp;#039;accéder à de nouvelles possibilités d&amp;#039;emploi dans le secteur de l&amp;#039;hydrogène.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N227" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O227" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q227" s="1" t="inlineStr">
+      <c r="Q197" s="1" t="inlineStr">
         <is>
           <t>01/03/2026</t>
         </is>
       </c>
-      <c r="R227" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er mars demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Concernant le Lot 1 : Alliances pour l&amp;#039;éducation et les entreprises&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets d&amp;#039;alliances du Lot 1 doivent réunir &lt;em&gt;a minima&lt;/em&gt; 8 structures de 4 pays membres du programme Erasmus&amp;#43;. Parmi ces structures partenaires, il faut au moins :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3 prestataires d&amp;#039;enseignement et de formation (dont au moins 1 établissement d&amp;#039;enseignement supérieur et 1 organisme de l&amp;#039;enseignement et la formation professionnels), et ;&lt;/li&gt;&lt;li&gt;3 acteurs du marché du travail&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Concernant le Lot 2 : Alliances pour la coopération sectorielle en matière de compétences&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets d&amp;#039;alliances du Lot 2 doivent réunir a minima 12 structures de 8 pays membres du programme Erasmus&amp;#43;. Parmi ces structures partenaires, il faut au moins :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 prestataires d&amp;#039;enseignement et de formation (dont au moins 1 établissement d&amp;#039;enseignement supérieur et 1 organisme de l&amp;#039;enseignement et la formation professionnels), et ;&lt;/li&gt;&lt;li&gt;5 acteurs du marché du travail&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;Il est attendu une forte complémentarité des partenaires afin d&amp;#039;obtenir des résultats de haute qualité.&lt;/p&gt;&lt;p&gt;Rappel : comme pour tout appel à projets Erasmus&amp;#43;, les établissements d&amp;#039;enseignement supérieur doivent être titulaires de la &lt;a href="https://monprojet.erasmusplus.fr/eche" target="_self"&gt;Charte Erasmus de l&amp;#039;enseignement supérieur (Charte ECHE)&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S227" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T227" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U227" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V227" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/alliance-pour-l-innovation</t>
         </is>
       </c>
-      <c r="X227" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe du Département Promotion - Pôle Enseignement supérieur, de l&amp;#039;Agence Erasmus&amp;#43; France / Education Formation : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Equipe dédiée au sein de l&amp;#039;Agence exécutive européenne Education et Culture (EACEA) : &lt;a target="_self"&gt;EACEA-EPLUS-ALLIANCES&amp;#64;ec.europa.eu&lt;/a&gt; &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y227" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z227" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-la-capacite-dinnovation-de-leurope-en-associant-les-acteurs-de-leducation-aux-acteurs-socio-economiques/</t>
         </is>
       </c>
-      <c r="AA227" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="228" spans="1:27" customHeight="0">
-      <c r="A228" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>164097</v>
       </c>
-      <c r="B228" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'économie de proximité dans le contexte de mutation socio-économiques du territoire</t>
         </is>
       </c>
-      <c r="C228" s="1" t="inlineStr">
+      <c r="C198" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche Action 4</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G228" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H228" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I228" s="1" t="inlineStr">
+      <c r="I198" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K228" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L228" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention européenne .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;plancher d&amp;#039;aide : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Plafond d&amp;#039;aide : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Stimuler les démarches de modernisation des entreprises &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faciliter la création, les cessions et les reprises d’entreprises du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accroître le poids de l’Economie Sociale et Solidaire dans l’économie locale&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnel&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire de chefs d’entreprises et salariés formés &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’ingénierie de proximité en termes d’aides aux entreprises dans le cadre d’un développement, d’une création, d’une transmission ou d’une reprise d’entreprises &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Permettre aux entreprises d’anticiper les mutations socio-économiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’image des activités commerciales et des savoir-faire locaux &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Accompagner le développement et la consolidation des associations et des entreprises de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager l’entreprenariat chez les jeunes de moins de 30 ans&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer et maintenir de l’emploi non délocalisable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter le taux de création et de reprise d’entreprises sur le territoire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M228" s="1" t="inlineStr">
+      <c r="M198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 4&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N228" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O228" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q228" s="1" t="inlineStr">
+      <c r="Q198" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R228" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour être éligible, le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement du Pays du Calaisis et répondre aux critères de la grille de sélection: partenariats et mise en réseau, impact géographique, niveau d&amp;#039;innovation, effet du projet, emploi, transition décarbonée et durable , formation du chef d&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S228" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T228" s="1" t="inlineStr">
+      <c r="T198" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U228" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V228" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X228" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y228" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z228" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-deconomie-de-proximite-dans-le-contexte-de-mutation-socio-economiques-du-territoire/</t>
         </is>
       </c>
-      <c r="AA228" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="229" spans="1:27" customHeight="0">
-      <c r="A229" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>164099</v>
       </c>
-      <c r="B229" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Accompagner le renforcement et la structuration de l'offre touristique durable du Calaisis</t>
         </is>
       </c>
-      <c r="C229" s="1" t="inlineStr">
+      <c r="C199" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D229" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche action  5</t>
         </is>
       </c>
-      <c r="E229" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G229" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H229" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I229" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K229" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L229" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer l’attractivité touristique du territoire tout au long de l’année&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer les coopérations et les échanges entre les territoires de la zone littorale et l’arrière-pays du Calaisis&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’émergence d’offres touristiques durables sur le territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer de l’emploi et de l’activité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Attirer la clientèle locale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Capter la clientèle de passage et prolonger le séjour des touristes&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner l’obtention de distinctions et labels des professionnels et des lieux d’hébergement&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer l’offre d’activités de plein air (vélo, marche à pied, randonnées, activités équestres et fluvestres)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter la visibilité des lieux d’accueil touristique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Améliorer la qualité de l’accueil touristique et de la promotion du territoire par la mise en réseau de professionnels &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Monter des projets de coopérations inter territoires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Expérimenter des formes d’accueil touristique et de loisirs&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M229" s="1" t="inlineStr">
+      <c r="M199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/971973b9-b8e7-4b9d-af73-ee3e702d9f30/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 5&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N229" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Tourisme</t>
         </is>
       </c>
-      <c r="O229" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q229" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R229" s="1" t="inlineStr">
+      <c r="R199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour être éligible le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour être éligible le porteur de projet doit être accompagné par une structure d&amp;#039;accompagnement type Chambres consulaires, BGE, Galillée...&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/53ad699c-2195-48e3-8c6f-ae830225e274/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 5&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S229" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T229" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U229" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V229" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X229" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y229" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z229" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-accompagner-le-renforcement-et-la-structuration-de-loffre-touristique-durable-du-calaisis/</t>
         </is>
       </c>
-      <c r="AA229" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="230" spans="1:27" customHeight="0">
-      <c r="A230" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>164100</v>
       </c>
-      <c r="B230" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Accompagner la mise en oeuvre de la transition alimentaire</t>
         </is>
       </c>
-      <c r="C230" s="1" t="inlineStr">
+      <c r="C200" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D230" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche action 6</t>
         </is>
       </c>
-      <c r="E230" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G230" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H230" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I230" s="1" t="inlineStr">
+      <c r="I200" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K230" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L230" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Objectifs stratégiques&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	Encourager le déploiement de système globaux en matière de stratégies alimentaires locales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Conforter, développer l’agriculture locale et valoriser les nouveaux modes de production agroécologiques dans une optique de préservation du climat, de l’air, des sols, de l’eau et de la biodiversité &lt;/span&gt;&lt;br /&gt;&lt;span&gt; Encourager les changements de comportements alimentaires et favoriser la saisonnalité et le « bien manger »&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la valorisation du potentiel nourricier des espaces publics et privés&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la consommation des produits agricoles du territoire sur le territoire par les habitants du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Valoriser et diffuser les savoir-faire des exploitations aux pratiques agroécologiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les restaurants collectifs vers un approvisionnement local et issu d’une activité raisonnée&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Lutter contre le gaspillage alimentaire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager l’animation territoriale, la coopération, la mobilisation des partenaires et encourager les professionnels à s’organiser entre eux pour valoriser les circuits courts et le « bien-manger »&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Amplifier le recours aux circuits de proximité &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner la mise en œuvre de filières locales de déchets fermentescibles &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M230" s="1" t="inlineStr">
+      <c r="M200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/eb31d09f-d0e4-40f6-a1f9-9b34f97c23aa/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N230" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Lutte contre la précarité
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O230" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q230" s="1" t="inlineStr">
+      <c r="Q200" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R230" s="1" t="inlineStr">
+      <c r="R200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour être éligible le Projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour être éligible le porteur de projet doit être accompagné par une structure d&amp;#039;accompagnement type Chambres consulaires, BGE, Galillée....&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/d0ce306f-8a3f-469e-bed9-326d092a6f68/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S230" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T230" s="1" t="inlineStr">
+      <c r="T200" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U230" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V230" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X230" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y230" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z230" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-accompagner-la-mise-en-oeuvre-de-la-transition-alimentaire/</t>
         </is>
       </c>
-      <c r="AA230" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="231" spans="1:27" customHeight="0">
-      <c r="A231" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>164101</v>
       </c>
-      <c r="B231" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
         </is>
       </c>
-      <c r="C231" s="1" t="inlineStr">
+      <c r="C201" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>LEADER- fiche action 7</t>
         </is>
       </c>
-      <c r="E231" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G231" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H231" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I231" s="1" t="inlineStr">
+      <c r="I201" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K231" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L231" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M231" s="1" t="inlineStr">
+      <c r="M201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N231" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O231" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q231" s="1" t="inlineStr">
+      <c r="Q201" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R231" s="1" t="inlineStr">
+      <c r="R201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S231" s="1" t="inlineStr">
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T231" s="1" t="inlineStr">
+      <c r="T201" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U231" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V231" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X231" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y231" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z231" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
         </is>
       </c>
-      <c r="AA231" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="232" spans="1:27" customHeight="0">
-      <c r="A232" s="1">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
         <v>164102</v>
       </c>
-      <c r="B232" s="1" t="inlineStr">
+      <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C232" s="1" t="inlineStr">
+      <c r="C202" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E232" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G232" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H232" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I232" s="1" t="inlineStr">
+      <c r="I202" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K232" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L232" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M232" s="1" t="inlineStr">
+      <c r="M202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N232" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O232" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q232" s="1" t="inlineStr">
+      <c r="Q202" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R232" s="1" t="inlineStr">
+      <c r="R202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S232" s="1" t="inlineStr">
+      <c r="S202" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T232" s="1" t="inlineStr">
+      <c r="T202" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U232" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V232" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X232" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y232" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z232" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA232" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="233" spans="1:27" customHeight="0">
-      <c r="A233" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>164103</v>
       </c>
-      <c r="B233" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Dynamiser le territoire par l'offre de services à la population et les initiatives solidaires//</t>
         </is>
       </c>
-      <c r="C233" s="1" t="inlineStr">
+      <c r="C203" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche action  9</t>
         </is>
       </c>
-      <c r="E233" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G233" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H233" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I233" s="1" t="inlineStr">
+      <c r="I203" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K233" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L233" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Aide plafond:  30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer une offre de services en adéquation avec les besoins préalablement identifiés de la population locale tout en réduisant l’impact sur l’environnement &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir et conforter les services à la population existants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer la coopération et la solidarité entre les territoires du Calaisis&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir les initiatives permettant d&amp;#039;accroître et de consolider une offre de services sur la santé &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Faciliter l’accès pour tous aux services publics, aux services de soins et aux services de préventions sanitaires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser, communiquer sur les dispositifs sociaux existants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les actions de mutualisation, de partenariats, de mise en réseau des structures sur les politiques jeunesse &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir les initiatives solidaires  &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Proposer des solutions de mobilité durable, alternatives à la voiture individuelle&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M233" s="1" t="inlineStr">
+      <c r="M203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/87855c78-6497-4672-b568-576afb84dfe5/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 9&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N233" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Lutte contre la précarité
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Inclusion numérique
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O233" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q233" s="1" t="inlineStr">
+      <c r="Q203" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R233" s="1" t="inlineStr">
+      <c r="R203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/cff056a0-dca4-4a03-8b5a-46727b5d1995/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 9&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S233" s="1" t="inlineStr">
+      <c r="S203" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T233" s="1" t="inlineStr">
+      <c r="T203" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U233" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Calaisis</t>
         </is>
       </c>
-      <c r="V233" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X233" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y233" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z233" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-dynamiser-le-territoire-par-loffre-de-services-a-la-population-et-les-initiatives-solidaires/</t>
         </is>
       </c>
-      <c r="AA233" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="234" spans="1:27" customHeight="0">
-      <c r="A234" s="1">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
         <v>164104</v>
       </c>
-      <c r="B234" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Encourager les initiatives locales, culturelles, patrimoniales et citoyennes</t>
         </is>
       </c>
-      <c r="C234" s="1" t="inlineStr">
+      <c r="C204" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche action  10</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G234" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H234" s="1" t="inlineStr">
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I234" s="1" t="inlineStr">
+      <c r="I204" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K234" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L234" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher: 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs Stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Valoriser l’identité territoriale plurielle autour d’initiatives culturelles, patrimoniales ou citoyennes &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer de la cohésion sociale sur le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir le modèle associatif&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Qualifier et valoriser le patrimoine naturel et culturel local, participant à l’identité du territoire du Calaisis (bâti et non bâti)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Conforter l’offre culturelle et la création artistique, vectrice d’attractivité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Former des ambassadeurs du territoire du GAL&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Améliorer la diffusion de l’offre culturelle&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager les actions de mutualisation, de partenariats, de mise en réseau des structures à vocation artistiques, culturelles, citoyennes ou patrimoniales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Impliquer les habitants dans les projets associatifs &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser la population locale à son environnement proche&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir la création d’associations à vocation artistique, culturelle, citoyenne ou patrimoniales  &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M234" s="1" t="inlineStr">
+      <c r="M204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a71c0522-cf33-4d6c-8a23-b2e9d2e1a5a8/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N234" s="1" t="inlineStr">
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O234" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q234" s="1" t="inlineStr">
+      <c r="Q204" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R234" s="1" t="inlineStr">
+      <c r="R204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/725ad43d-eaa8-4c22-b568-02eefef89ed9/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S234" s="1" t="inlineStr">
+      <c r="S204" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T234" s="1" t="inlineStr">
+      <c r="T204" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U234" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Calaisis</t>
         </is>
       </c>
-      <c r="V234" s="1" t="inlineStr">
+      <c r="V204" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X234" s="1" t="inlineStr">
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y234" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z234" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-encourager-les-initiatives-locales-culturelles-patrimoniales-et-citoyennes/</t>
         </is>
       </c>
-      <c r="AA234" s="1" t="inlineStr">
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="235" spans="1:27" customHeight="0">
-      <c r="A235" s="1">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
         <v>164110</v>
       </c>
-      <c r="B235" s="1" t="inlineStr">
+      <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de développement et d'attractivité économique locale</t>
         </is>
       </c>
-      <c r="C235" s="1" t="inlineStr">
+      <c r="C205" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D235" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
         </is>
       </c>
-      <c r="E235" s="1" t="inlineStr">
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G235" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H235" s="1" t="inlineStr">
+      <c r="H205" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I235" s="1" t="inlineStr">
+      <c r="I205" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J235" s="1" t="inlineStr">
+      <c r="J205" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K235" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L235" s="1" t="inlineStr">
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M235" s="1" t="inlineStr">
+      <c r="M205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N235" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Information voyageur, billettique multimodale
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O235" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R235" s="1" t="inlineStr">
+      <c r="R205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S235" s="1" t="inlineStr">
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T235" s="1" t="inlineStr">
+      <c r="T205" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U235" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V235" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X235" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y235" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z235" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
         </is>
       </c>
-      <c r="AA235" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="236" spans="1:27" customHeight="0">
-      <c r="A236" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
         <v>164111</v>
       </c>
-      <c r="B236" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C236" s="1" t="inlineStr">
+      <c r="C206" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D236" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E236" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G236" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H236" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I236" s="1" t="inlineStr">
+      <c r="I206" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J236" s="1" t="inlineStr">
+      <c r="J206" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K236" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L236" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M236" s="1" t="inlineStr">
+      <c r="M206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N236" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O236" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R236" s="1" t="inlineStr">
+      <c r="R206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S236" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T236" s="1" t="inlineStr">
+      <c r="T206" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U236" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V236" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X236" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y236" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z236" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA236" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="237" spans="1:27" customHeight="0">
-      <c r="A237" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>164121</v>
       </c>
-      <c r="B237" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transformation numérique des Très Petites Entreprises (TPE)</t>
         </is>
       </c>
-      <c r="D237" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Transformation numérique des Très Petites Entreprises (TPE)</t>
         </is>
       </c>
-      <c r="E237" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G237" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H237" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K237" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L237" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à la très petite entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final. L’aide à la transformation numérique vise à soutenir des entreprises dans le cadre d&amp;#039;un projet de refonte global et stratégique, tenant compte des enjeux de sobriété et de sécurité numériques.</t>
         </is>
       </c>
-      <c r="M237" s="1" t="inlineStr">
+      <c r="M207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;
 &lt;/p&gt;&lt;p&gt;Coûts d’investissements dans les actifs corporels ou incorporels ;&lt;/p&gt;&lt;p&gt;Dépenses liées au conseil et au recrutement directement liées à la réalisation du projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les dépenses liées au conseil et au recrutement doivent avoir un caractère accessoire et ne pas représenter plus de la moitié des dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Taux 50 % maximum ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plancher de l’aide : 5 000 € ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plafond de l’aide : 50 000 € ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Modulation du taux : entreprises situées sur les territoires prioritaires régionaux (territoires d’industrie, CADET, QPV…), projet générateur de création d’emplois et/ou projets en lien avec les ambitions de la feuille de route Néo Terra.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N237" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O237" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q237" s="1" t="inlineStr">
+      <c r="Q207" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R237" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE artisanale ou de production ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprise (TPE) &amp;lt; 10 Équivalents Temps Plein (ETP) et CA ou bilan &amp;lt; 2 M€ ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plancher de 10 000 € HT d’investissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Eligibilité selon les codes d&amp;#039;indentification Activités Principales Exercées (APE, NAF) ou secteurs d’activités éligibles au règlement d&amp;#039;intervention relatif à l&amp;#039;aide à la transformation numérique des TPE.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Avoir un projet global de transformation numérique dans l&amp;#039;entreprise tenant compte des enjeux de sobriété et de sécurité numériques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T237" s="1" t="inlineStr">
+      <c r="T207" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U237" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V237" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/transformation-numerique-des-tres-petites-entreprises-tpe</t>
         </is>
       </c>
-      <c r="W237" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X237" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Pour solliciter l’aide, le ou la dirigeante d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Réaliser un accompagnement préalable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser un diagnostic de maturité cyber sécurité (équivalence au défi numérique n°6 - niveau 2 du programme régional « Défi numérique ») ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Déposer la fiche de pré-demande auprès de la Région à l&amp;#039;adresse correspondante, indiquée sur la fiche de pré-demande disponible en bas de cette page.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="Y237" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z237" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/transformation-numerique-des-tres-petites-entreprises-tpe/</t>
         </is>
       </c>
-      <c r="AA237" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="238" spans="1:27" customHeight="0">
-      <c r="A238" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>164168</v>
       </c>
-      <c r="B238" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Soutenir la dynamique agricole et valoriser l’alimentation locale</t>
         </is>
       </c>
-      <c r="C238" s="1" t="inlineStr">
+      <c r="C208" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D238" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Agriculture et Alimentation : Fiche-action 1 du programme LEADER</t>
         </is>
       </c>
-      <c r="E238" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G238" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H238" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I238" s="1" t="inlineStr">
+      <c r="I208" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J238" s="1" t="inlineStr">
+      <c r="J208" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K238" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L238" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;/strong&gt;&lt;br /&gt;Le
 territoire du GAL Forêt d&amp;#039;Orléans-Loire-Sologne présente une diversité de productions agricoles, à préserver et
 valoriser dans un contexte de dérèglement climatique. Consommer local, de
 saison, de qualité est à développer en agissant de manière cohérente et
 inclusive sur toute la chaîne du producteur au consommateur.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Objectifs &lt;/strong&gt;&lt;br /&gt;- Conserver et valoriser la diversité des productions
 agricoles et alimentaires du territoire&lt;br /&gt;- Développer les circuits courts alimentaires de
 proximité&lt;br /&gt;- Renforcer l’accessibilité sociale à une alimentation
 de qualité et les actions locales de santé/alimentation&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux de
 transitions agricoles et alimentaires&lt;br /&gt;- Fédérer les maillons de la chaîne alimentaire autour
 de projets communs coordonnés à l’échelle du PETR&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Actions de préservation du foncier agricole :
 étude, sensibilisation…&lt;br /&gt;- Actions d’appui à l’installation et à la transmission
 des exploitations agricoles&lt;br /&gt;- Actions visant à faciliter la mobilité et l’hébergement
 des travailleurs agricoles saisonniers&lt;br /&gt;&lt;br /&gt;- Réalisation d’études, actions d’animation, de
 sensibilisation et de communication sur l’alimentation locale et durable et
 les changements de pratique : produits locaux, de saison, de qualité, équilibre
 nutritionnel, limitation du gaspillage, zéro déchets…&lt;br /&gt;- Actions de sensibilisation des habitants aux
 productions agricoles locales&lt;br /&gt;- Réalisation d’études, d’expérimentations ; actions
 d’animation, de sensibilisation et de communication sur l’adaptation de
 l’agriculture au changement climatique&lt;br /&gt;&lt;br /&gt;- Actions en faveur de l’accessibilité sociale à une
 alimentation de qualité : création/développement d’épiceries sociales, jardins
 partagés, approvisionnement en produits locaux de l’aide alimentaire, services
 itinérants…&lt;br /&gt;- Soutien aux outils logistiques et de distribution de
 produits agricoles, de la chasse, de la pêche&lt;br /&gt;- Appui aux démarches d’approvisionnement local de la
 restauration et du commerce&lt;br /&gt;- Soutien aux projets collectifs de vente de produits
 agricoles et alimentaires hors commercialisation à la ferme&lt;br /&gt;- Soutien aux actions collectives de valorisation des
 biodéchets (restauration collective, exploitations agricoles…)&lt;br /&gt;- Réalisation d’études ; actions d’animation, de
 communication et d’évaluation relatives au Projet Alimentaire Territorial ;
 mise en réseau des acteurs locaux de l’agriculture et de l’alimentation&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N238" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production</t>
         </is>
       </c>
-      <c r="O238" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q238" s="1" t="inlineStr">
+      <c r="Q208" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R238" s="1" t="inlineStr">
+      <c r="R208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se
 dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la
 mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir
 fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout
 commencement d’exécution d’une dépense avant l’accusé de réception de la
 demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements, matériels, mobiliers, panneaux,
 signalétique, achat de véhicule&lt;br /&gt;- Dépenses de construction, d’aménagement de locaux&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Aménagement et acquisition d&amp;#039;équipements de
 valorisation des biodéchets : travaux de construction de plate-forme,
 équipement de broyage, de manutention, de stockage, de compost&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S238" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T238" s="1" t="inlineStr">
+      <c r="T208" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U238" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V238" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X238" s="1" t="inlineStr">
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y238" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z238" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-dynamique-agricole-et-valoriser-lalimentation-locale/</t>
         </is>
       </c>
-      <c r="AA238" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="239" spans="1:27" customHeight="0">
-      <c r="A239" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>164170</v>
       </c>
-      <c r="B239" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
         </is>
       </c>
-      <c r="C239" s="1" t="inlineStr">
+      <c r="C209" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D239" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
-      <c r="E239" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G239" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H239" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I239" s="1" t="inlineStr">
+      <c r="I209" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J239" s="1" t="inlineStr">
+      <c r="J209" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K239" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L239" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N239" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O239" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q239" s="1" t="inlineStr">
+      <c r="Q209" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R239" s="1" t="inlineStr">
+      <c r="R209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S239" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T239" s="1" t="inlineStr">
+      <c r="T209" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U239" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V239" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X239" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y239" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z239" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
         </is>
       </c>
-      <c r="AA239" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="240" spans="1:27" customHeight="0">
-      <c r="A240" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>164171</v>
       </c>
-      <c r="B240" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Développer et valoriser le territoire par le Slow Tourisme</t>
         </is>
       </c>
-      <c r="C240" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D240" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Slow Tourisme : Fiche-action 3 du programme LEADER</t>
         </is>
       </c>
-      <c r="E240" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G240" s="1" t="inlineStr">
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H240" s="1" t="inlineStr">
+      <c r="H210" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I240" s="1" t="inlineStr">
+      <c r="I210" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J240" s="1" t="inlineStr">
+      <c r="J210" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K240" s="1" t="inlineStr">
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L240" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;/strong&gt;&lt;br /&gt;Le
 territoire du GALest propice au développement d&amp;#039;un tourisme &amp;#34;différent&amp;#34; qui
 propose une découverte des milieux naturels, des produits locaux, du patrimoine
 et de ses habitants... Il s&amp;#039;agit d&amp;#039;un tourisme respectueux du territoire, qui
 favorise l&amp;#039;itinérance douce et qui invite à regarder, à prendre son temps. Ce
 type de tourisme est favorable à l’épanouissement, au bien-être, des touristes
 comme des habitants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;br /&gt;&lt;/strong&gt;- Favoriser l’itinérance douce pour relier les sites
 touristiques du territoire&lt;br /&gt;- Développer des actions permettant l’immersion,
 l’initiation, la découverte du territoire, de son histoire, de sa culture&lt;br /&gt;- Être un territoire plus inclusif par les vecteurs
 touristiques et culturels&lt;br /&gt;- Sensibiliser les acteurs locaux aux enjeux du tourisme
 durable&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Etudes préalables, aménagements d’itinéraires doux
 touristiques, services et équipements liés&lt;br /&gt;- Equipements, services et aménagements pour favoriser
 la pratique d’activités en lien avec les milieux naturels du type pêche,
 navigation…&lt;br /&gt;- Actions de découverte insolite / innovante,
 pédagogiques, du territoire, de son histoire et de ses savoir-faire (y compris
 l’agriculture, l’artisanat et l’industrie locale)&lt;br /&gt;- Actions d’animation et aménagements de sites
 touristiques inclusifs : personnes en situation de handicap, publics
 vulnérables (personnes âgées, jeunes enfants, familles aux revenus modestes…)&lt;br /&gt;- Actions culturelles (animation, médiation) liées aux
 thématiques de la résilience&lt;br /&gt;- Projets mêlant différentes sphères (artistique,
 culturelle, loisir, environnementale…), différents types d’activités (agricole,
 artisanat, ressourcerie…)&lt;br /&gt;- Actions de formation et d’information des prestataires
 et de la clientèle au tourisme durable&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N240" s="1" t="inlineStr">
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O240" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q240" s="1" t="inlineStr">
+      <c r="Q210" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R240" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements,
 matériels, mobiliers, panneaux et signalétiques dédiés à l’opération&lt;br /&gt;- Travaux
 d&amp;#039;aménagement et de réhabilitation d’itinéraires et de sites touristiques&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S240" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T240" s="1" t="inlineStr">
+      <c r="T210" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U240" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V240" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X240" s="1" t="inlineStr">
+      <c r="X210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y240" s="1" t="inlineStr">
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z240" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-valoriser-le-territoire-par-le-slow-tourisme/</t>
         </is>
       </c>
-      <c r="AA240" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="241" spans="1:27" customHeight="0">
-      <c r="A241" s="1">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>164173</v>
       </c>
-      <c r="B241" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>S'enrichir aux regards des autres par la coopération nationale ou transnationale</t>
         </is>
       </c>
-      <c r="C241" s="1" t="inlineStr">
+      <c r="C211" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D241" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Coopération nationale ou transnationale : Fiche-action 5 du programme LEADER</t>
         </is>
       </c>
-      <c r="E241" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G241" s="1" t="inlineStr">
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H241" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I241" s="1" t="inlineStr">
+      <c r="I211" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J241" s="1" t="inlineStr">
+      <c r="J211" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K241" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L241" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;La
 coopération est une réelle opportunité pour enrichir la stratégie LEADER du
 territoire du GAL et ouvrir de nouvelles perspectives. Cette ouverture revêt un enjeu
 d’autant plus important que la stratégie est orientée vers le changement de
 modèles et de pratiques. Elle nécessite de s’intéresser à d’autres modes de
 réflexion et d’organisation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;br /&gt;&lt;/strong&gt;- Développer des nouvelles approches en matière de
 développement territorial&lt;br /&gt;- Mutualiser les moyens pour répondre à des enjeux
 communs à plusieurs territoires&lt;br /&gt;- Développer des réseaux d&amp;#039;acteurs à l&amp;#039;échelle nationale
 et européenne&lt;br /&gt;- Apporter une plus-value aux actions du territoire&lt;br /&gt;- Donner une dimension européenne au territoire&lt;br /&gt;- Renforcer la cohésion, l&amp;#039;identité et l&amp;#039;image du
 territoire par effet &amp;#34;miroir&amp;#34;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;strong&gt;Coopération « Conduite du
 changement »&lt;/strong&gt;&lt;br /&gt;&lt;/em&gt;- Actions d&amp;#039;information, de sensibilisation,
 d’accompagnement des collectivités sur des sujets expérimentaux en lien avec
 l’aménagement, l’urbanisme durable (réemploi, densification, mobilisation des friches…)&lt;br /&gt;- Actions de recherche-action et de sensibilisation sur
 la résilience territoriale, les dynamiques de villes ou territoires en
 transition, l’adaptation de l’agriculture/forêt au dérèglement climatique, la
 préservation de la ressource en eau&lt;br /&gt;- Actions de sensibilisation et de transferts
 d’expériences sur la sobriété énergétique, le développement des énergies
 renouvelables, l’économie circulaire&lt;br /&gt;- Actions de sensibilisation et de recherche sur le
 vieillissement de la population&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « démarche
 Projet Alimentaire Territorial »&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions de transfert d’expériences, visite de terrain,
 sensibilisation, formation, étude avec des territoires nationaux ou européens
 plus avancés dans leurs démarches de structuration de leurs systèmes
 alimentaires territoriaux ou sur des problématiques spécifiques (préservation
 du foncier agricole, adaptation de l’agriculture aux enjeux climat, eau,
 biodiversité…)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « Biodiversité
 »&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions liées au développement et à la préservation
 des Trames Vertes et Bleues, à la mise en place de Trames Noires…&lt;br /&gt;- Actions sur le volet santé/environnement (cours
 d’écoles résilientes…)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « Slow Tourisme » &lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions
 de valorisation des produits identitaires du territoire (produits alimentaires,
 produits agricoles, savoir-faire…) en lien avec la dynamique PAT et le Slow
 Tourisme. Projet en cours avec deux GAL portugais (IN LOCO et ALENTEJO
 XXI) et un GAL régional (Pays de la Vallée du Cher et du Romorantinais)&lt;br /&gt;- Poursuite
 du déploiement de l’itinéraire européen de la route d’Artagnan, à l’échelle
 nationale voire européenne : animation, communication, actions culturelles…&lt;br /&gt;- Actions
 mutualisées en lien avec les marques et réseaux touristiques&lt;br /&gt;- Actions
 liant tourisme et biodiversité en forêt&lt;br /&gt;- Actions
 de découverte insolite / innovante des territoires, actions favorisant
 l’inclusion sociale, actions culturelles liées aux thématiques de la
 résilience, développées avec d’autres GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N241" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Personnes âgées
 Alimentation
 Economie circulaire
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O241" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q241" s="1" t="inlineStr">
+      <c r="Q211" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R241" s="1" t="inlineStr">
+      <c r="R211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire. Dans
 le cadre d’actions de coopération, celles-ci pourront avoir lieu en dehors du
 territoire régional.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements,
 matériels, mobiliers, panneaux, signalétique, achat de véhicule&lt;br /&gt;- Dépenses
 de construction, d’aménagement de locaux pour la logistique, la transformation,
 la conservation, la distribution, la vente de produits locaux en circuit court
 de proximité.&lt;br /&gt;- Investissements
 matériels scientifiques, techniques et pédagogiques&lt;br /&gt;- Travaux
 d&amp;#039;aménagement et de réhabilitation d’espaces, de plantation&lt;br /&gt;- Travaux
 d&amp;#039;aménagement et de réhabilitation d’itinéraires et de sites touristiques&lt;br /&gt;- Achats
 de fournitures liées à l’opération&lt;br /&gt;- Aménagement
 et acquisition d&amp;#039;équipements de valorisation des biodéchets : travaux de
 construction de plate-forme, équipement de broyage, de manutention, de
 stockage, de compost&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S241" s="1" t="inlineStr">
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T241" s="1" t="inlineStr">
+      <c r="T211" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U241" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V241" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X241" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y241" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z241" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/senrichir-aux-regards-des-autres-par-la-cooperation-nationale-ou-transnationale/</t>
         </is>
       </c>
-      <c r="AA241" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="242" spans="1:27" customHeight="0">
-      <c r="A242" s="1">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>164228</v>
       </c>
-      <c r="B242" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action 4 : Devenir un territoire exemplaire qui consomme moins et mieux</t>
         </is>
       </c>
-      <c r="C242" s="1" t="inlineStr">
+      <c r="C212" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D242" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>GAL SUD 77 / LEADER  2023-2027</t>
         </is>
       </c>
-      <c r="E242" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne Attractivité
 Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G242" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H242" s="1" t="inlineStr">
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J242" s="1" t="inlineStr">
+      <c r="J212" s="1" t="inlineStr">
         <is>
           <t>Taux de subvention variable en fonction du projet</t>
         </is>
       </c>
-      <c r="K242" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L242" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qu’est-ce que le LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LEADER (Liaison Entre Actions de Développement de l’Economie
 Rurale)&lt;/strong&gt; est un programme Européen qui s’inscrit dans le second pilier de la
 Politique Agricole Commune / Fonds FEADER.&lt;/p&gt;&lt;p&gt;Son objectif est de &lt;strong&gt;soutenir le développement de projets en
 milieu rural qui dynamisent le territoire&lt;/strong&gt;. Les territoires éligibles au
 programme LEADER sont appelés GAL (Groupe d’Action Locale). Seine-et-Marne
 Attractivité anime et gère le programme LEADER du GAL SUD 77. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL est l’interlocuteur de proximité des porteurs de
 projets &lt;/strong&gt;: il assure l’accompagnement technique et administratif de leur
 dossier. C’est une instance de concertation qui rassemble des acteurs publics
 et privés représentatifs du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les critères d’attribution de l’aide du
 programme LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’inscrire dans l’une des fiches-actions du
 programme LEADER.&lt;/p&gt;&lt;p&gt;L’attribution d’une aide LEADER est soumise à l’obtention
 d’un co-financement public (Etat, Région, commune …) : 20% minimum du montant
 éligible. Un projet peut être subventionné dans la limite du taux d’aide
 publique défini pour l’opération. Les frais et les travaux ne doivent pas être
 engagés avant que l’autorité de gestion (Région IDF) délivre un accusé de
 réception de dossier complet.&lt;/p&gt;&lt;p&gt;Les projets susceptibles d’être financés par d’autres
 dispositifs du FEADER en Île-de-France ne pourront pas l’être par le LEADER
 (cela concerne majoritairement les projets agricoles).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les différentes étapes qui suivent le dépôt
 d’un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;ol start="5" type="1"&gt;
  &lt;li&gt;Le dossier passe devant
      deux comités pour être voté en opportunité&lt;/li&gt;
  &lt;li&gt;Le dossier est ensuite
      déposé sur le site « Mes démarches » de la Région IDF pour instruction&lt;/li&gt;
  &lt;li&gt;Une fois le dossier
      validé par la Région, il repasse en comité pour programmation&lt;/li&gt;
  &lt;li&gt;Une demande de paiement
      est déposée&lt;/li&gt;&lt;li&gt;Le versement est ensuite
      effectué&lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N242" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique</t>
         </is>
       </c>
-      <c r="O242" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P242" s="1" t="inlineStr">
+      <c r="P212" s="1" t="inlineStr">
         <is>
           <t>23/04/2024</t>
         </is>
       </c>
-      <c r="Q242" s="1" t="inlineStr">
+      <c r="Q212" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R242" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Dépenses directes de personnel ;&lt;/li&gt;&lt;li&gt;Frais de déplacement, de restauration, d&amp;#039;hébergements ; &lt;/li&gt;&lt;li&gt;Etudes ; &lt;/li&gt;&lt;li&gt;Investissements matériels et immatériels ; &lt;/li&gt;&lt;li&gt;Prestation de service.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles tous types d&amp;#039;actions confondus : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs groupements ;&lt;/li&gt;&lt;li&gt;Etablissements publics dont les chambres consulaires et établissements de coopération, administratifs, industriels et commercial d&amp;#039;enseignement de santé ;&lt;/li&gt;&lt;li&gt;Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte) ;&lt;/li&gt;&lt;li&gt;PME / TPE au sens communautaire, dont les entreprises individuelles ; &lt;/li&gt;&lt;li&gt;Propriétaires de forêt et leurs groupements ;&lt;/li&gt;&lt;li&gt;Agriculteurs actifs dont les regroupements agricoles ;&lt;/li&gt;&lt;li&gt;Groupement d&amp;#039;intérêt économique ; &lt;/li&gt;&lt;li&gt;Associations, leurs groupements et leurs fédérations ; &lt;/li&gt;&lt;li&gt;Fondations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Exemples de projets réalisables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Réduire les consommations d&amp;#039;énergie et mobiliser les basses technologies et les mobilités alternatives : &lt;/strong&gt;travaux d&amp;#039;amélioration énergétique bâtiments avec des matériaux biosourcés, développement de la trame noire en ville et à la campagne… &lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Intensifier la production d&amp;#039;énergie locale : &lt;/strong&gt;développement du chauffage collectif bois et solaire, actions d&amp;#039;expérimentations et aux productions d&amp;#039;énergies renouvelables…&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Mettre en place des principes de l&amp;#039;économie circulaire et former les acteurs du territoire :&lt;/strong&gt; mise en place de circuits de récupération d&amp;#039;eau de pluie et de réutilisation à usage domestique et industriel, développement des emballages vertueux...&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S242" s="1" t="inlineStr">
+      <c r="S212" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T242" s="1" t="inlineStr">
+      <c r="T212" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U242" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V242" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://invest.seineetmarnevivreengrand.fr/financement-leader/gal-sud-77/</t>
         </is>
       </c>
-      <c r="X242" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lucie HUGUET &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:albane.morel&amp;#64;safer-idf.com" rel="noopener" target="_blank"&gt;
   lucie.huguet&amp;#64;attractivite77.fr  &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Animatrice LEADER Sud 77
 &lt;/p&gt;
 &lt;p&gt;
  06 31 51 23 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y242" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>lucie.huguet@attractivite77.fr</t>
         </is>
       </c>
-      <c r="Z242" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/federer-des-acteurs-et-des-projets-pour-une-valorisation-raisonnee-de-la-ressource-foret-leader-fiche-action-3/</t>
         </is>
       </c>
-      <c r="AA242" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="243" spans="1:27" customHeight="0">
-      <c r="A243" s="1">
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
         <v>164285</v>
       </c>
-      <c r="B243" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Développer les services à la population</t>
         </is>
       </c>
-      <c r="C243" s="1" t="inlineStr">
+      <c r="C213" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D243" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
         </is>
       </c>
-      <c r="E243" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G243" s="1" t="inlineStr">
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H243" s="1" t="inlineStr">
+      <c r="H213" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I243" s="1" t="inlineStr">
+      <c r="I213" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K243" s="1" t="inlineStr">
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L243" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1.1     
 Renforcer l’offre
 de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
 Améliorer l’accès
 aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
 Faciliter les
 déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
 Créer des services
 de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
 Renforcer la
 cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
 Promouvoir les
 atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
 initiatives contribuant au lien social, l’interconnaissance et   l’implication
 des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
 Adapter l’offre de
 logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
 les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
 modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M243" s="1" t="inlineStr">
+      <c r="M213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
 etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
 transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
 etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N243" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O243" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q243" s="1" t="inlineStr">
+      <c r="Q213" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R243" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
 ce projet porte sur un équipement, seules les opérations présentant un
 financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S243" s="1" t="inlineStr">
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T243" s="1" t="inlineStr">
+      <c r="T213" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U243" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V243" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader/</t>
         </is>
       </c>
-      <c r="X243" s="1" t="inlineStr">
+      <c r="X213" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
 97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y243" s="1" t="inlineStr">
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z243" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
         </is>
       </c>
-      <c r="AA243" s="1" t="inlineStr">
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="244" spans="1:27" customHeight="0">
-      <c r="A244" s="1">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
         <v>164286</v>
       </c>
-      <c r="B244" s="1" t="inlineStr">
+      <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
         </is>
       </c>
-      <c r="C244" s="1" t="inlineStr">
+      <c r="C214" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D244" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
         </is>
       </c>
-      <c r="E244" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G244" s="1" t="inlineStr">
+      <c r="G214" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H244" s="1" t="inlineStr">
+      <c r="H214" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I244" s="1" t="inlineStr">
+      <c r="I214" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K244" s="1" t="inlineStr">
+      <c r="K214" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L244" s="1" t="inlineStr">
+      <c r="L214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;2.1     
 Créer du lien et
 de l’interrelation : « faire territoire ensemble »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.1.1    
 Mettre en réseau
 les acteurs&lt;/p&gt;&lt;p&gt;2.1.2    Améliorer la
 communication pour rendre l’offre accessible à tous&lt;/p&gt;&lt;p&gt;2.1.3    Encourager et
 valoriser le bénévolat par la formation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.2     
 Développer l’offre
 culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk155954921"&gt;&lt;strong&gt;2.3     
 Renforcer le
 maillage des équipements culturels&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.4     
 Préserver,
 valoriser, transmettre les patrimoines et matrimoines&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.4.1     Sauvegarder le patrimoine emblématique,
 remarquable, rare et favoriser sa découverte&lt;/p&gt;&lt;p&gt;2.4.2     Favoriser la transmission intergénérationnelle et
 la collecte de mémoires&lt;/p&gt;&lt;p&gt;2.4.3  Créer, accompagner et mettre en réseau les lieux
 d’interprétation, de conservation et de découverte&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.5     
 Créer des
 aménagements paysagers et accompagner les réseaux paysagers&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M244" s="1" t="inlineStr">
+      <c r="M214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création d’outils de communication, etc. ;&lt;/li&gt;&lt;li&gt;Résidence contextuelle, pratique artistique,
 création participative, offre/spectacles          itinérants, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’une salle
 culturelle, achat d’une scène mobile, etc. ;&lt;/li&gt;&lt;li&gt;Création et aménagement de
 lieux d’interprétation, montage d’expositions, etc. ;&lt;/li&gt;&lt;li&gt;Aménagement de points de
 vue, journées de sensibilisation, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N244" s="1" t="inlineStr">
+      <c r="N214" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Paysage
 Animation et mise en réseau
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O244" s="1" t="inlineStr">
+      <c r="O214" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q244" s="1" t="inlineStr">
+      <c r="Q214" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R244" s="1" t="inlineStr">
+      <c r="R214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les festivals, saisons
 et événements culturels pourront être aidés 2 ans maximum (soit un projet
 sur 2 ans ou 2 mêmes projets d’un an), pendant la durée du programme. Seules les opérations présentant un financement d’un EPCI
 seront éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S244" s="1" t="inlineStr">
+      <c r="S214" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T244" s="1" t="inlineStr">
+      <c r="T214" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U244" s="1" t="inlineStr">
+      <c r="U214" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V244" s="1" t="inlineStr">
+      <c r="V214" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader/</t>
         </is>
       </c>
-      <c r="X244" s="1" t="inlineStr">
+      <c r="X214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
 des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
 Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
 - 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y244" s="1" t="inlineStr">
+      <c r="Y214" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z244" s="1" t="inlineStr">
+      <c r="Z214" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-patrimoine/</t>
         </is>
       </c>
-      <c r="AA244" s="1" t="inlineStr">
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="245" spans="1:27" customHeight="0">
-      <c r="A245" s="1">
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
         <v>164287</v>
       </c>
-      <c r="B245" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Développer l'économie</t>
         </is>
       </c>
-      <c r="C245" s="1" t="inlineStr">
+      <c r="C215" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D245" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Favoriser le développement des petites entreprises et de l'emploi</t>
         </is>
       </c>
-      <c r="E245" s="1" t="inlineStr">
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G245" s="1" t="inlineStr">
+      <c r="G215" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H245" s="1" t="inlineStr">
+      <c r="H215" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I245" s="1" t="inlineStr">
+      <c r="I215" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K245" s="1" t="inlineStr">
+      <c r="K215" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L245" s="1" t="inlineStr">
+      <c r="L215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;3.1   Contribuer à la pérennité et au développement du tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.1.1 Accompagner les entreprises et les associations
 dans les domaines des ressources humaines et des conditions de travail&lt;/p&gt;&lt;p&gt;3.1.2  Promouvoir les métiers et les savoir-faire &lt;/p&gt;&lt;p&gt;3.1.3  Accueillir des entreprises et des nouvelles activités &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.2  
 Soutenir le développement de la filière
 bois et des éco-matériaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.2.1   Accompagner les démarches développant et valorisant
 la filière bois &lt;/p&gt;&lt;p&gt;3.2.2 
 Sensibiliser à
 l’écoconstruction, à l’usage des éco-matériaux&lt;/p&gt;&lt;p&gt;3.2.3 
 Favoriser le
 développement de filières locales&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.3  
 Développer le tourisme durable toute
 l’année &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk182562708"&gt;3.3.1  Créer et adapter les sites et hébergements
 touristiques&lt;/a&gt;&lt;/p&gt;&lt;p&gt;3.3.2 Créer des produits
 ou des offres valorisant le territoire, les savoir-faire, les productions et
 les patrimoines locaux&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M245" s="1" t="inlineStr">
+      <c r="M215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GPECT, opération collective d’accompagnement
 des entreprises pour le recrutement/management/bien-être au travail/adaptation
 aux changements/prise en compte du handicap, recensement des friches et bâtiments inoccupés, multiple
 rural, aménagement de locaux professionnels, espace coworking, espace de
 télétravail, tiers-lieu, création coopérative, couveuse ; etc. ;&lt;/li&gt;&lt;li&gt;Chantier-école,
 événements, journées de démonstration, nouveaux usages de la laine caussenarde, accompagnement à la gestion
 forestière, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’un local
 vélos, création de circuits de randonnée, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N245" s="1" t="inlineStr">
+      <c r="N215" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Friche
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O245" s="1" t="inlineStr">
+      <c r="O215" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q245" s="1" t="inlineStr">
+      <c r="Q215" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S245" s="1" t="inlineStr">
+      <c r="S215" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T245" s="1" t="inlineStr">
+      <c r="T215" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U245" s="1" t="inlineStr">
+      <c r="U215" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V245" s="1" t="inlineStr">
+      <c r="V215" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader</t>
         </is>
       </c>
-      <c r="X245" s="1" t="inlineStr">
+      <c r="X215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
 des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
 Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
 - 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y245" s="1" t="inlineStr">
+      <c r="Y215" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z245" s="1" t="inlineStr">
+      <c r="Z215" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-leconomie/</t>
         </is>
       </c>
-      <c r="AA245" s="1" t="inlineStr">
+      <c r="AA215" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="246" spans="1:27" customHeight="0">
-      <c r="A246" s="1">
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
         <v>164288</v>
       </c>
-      <c r="B246" s="1" t="inlineStr">
+      <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Accompagner dans la transition environnementale et énergétique</t>
         </is>
       </c>
-      <c r="C246" s="1" t="inlineStr">
+      <c r="C216" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D246" s="1" t="inlineStr">
+      <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Accompagner le territoire dans la transition environnementale et énergétique</t>
         </is>
       </c>
-      <c r="E246" s="1" t="inlineStr">
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G246" s="1" t="inlineStr">
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H246" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I246" s="1" t="inlineStr">
+      <c r="I216" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K246" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L246" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;4.1  
 Soutenir des pratiques agricoles durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.1.1  Accompagner les productions et les filières locales
 &lt;/p&gt;&lt;p&gt;4.1.2  Accompagner l’installation dans le cadre d’une
 démarche collective&lt;/p&gt;&lt;p&gt;4.1.3  Promouvoir une alimentation saine et durable&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.2  
 Préserver la biodiversité &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.2.1  Valoriser les haies&lt;/p&gt;&lt;p&gt;4.2.2  Restaurer les milieux naturels et renaturer
 certains espaces artificialisés &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3  
 Encourager les projets contribuant à une
 plus grande sobri&lt;/strong&gt;été&lt;/p&gt;&lt;p&gt;4.3.1 Aider les actions expérimentales et/ou innovantes
 visant à réduire les consommations en énergies, en eau et en matières&lt;/p&gt;&lt;p&gt;4.3.2  Favoriser le recyclage et le réemploi&lt;/p&gt;&lt;p&gt;4.3.3  Accompagner l’offre de mobilité douce&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.4  
 Développer les énergies renouvelables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.5  
 Informer, sensibiliser, éduquer à
 l’environnement et au développement durable et impliquer les citoyens&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M246" s="1" t="inlineStr">
+      <c r="M216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;-   Regroupements
 fonciers, sensibilisation propriétaires fonciers, espaces tests agricoles, cuisine pédagogique, rencontres de
 producteurs, etc. ;&lt;/p&gt;&lt;p&gt;-   Réimplantation
 de haies, renaturation,
 inventaire milieux dégradés, etc. ; &lt;/p&gt;&lt;p&gt;-  Plans
 de sobriété, réutilisation des eaux usées, actions de partage
 d’infrastructures, d’équipements, de services, de matières, création de liaisons avec les voies
 vertes, liaisons piétonnes, pédibus, etc. ;&lt;/p&gt;&lt;p&gt;-  Cartographie
 multicritères, cadastre solaire, accompagnement des collectivités, projets photovoltaïques citoyens, etc. ;&lt;/p&gt;&lt;p&gt;-   Journées grand public,
 création lieu d’exposition, exposition itinérante, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N246" s="1" t="inlineStr">
+      <c r="N216" s="1" t="inlineStr">
         <is>
           <t>Sols
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Biodiversité
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O246" s="1" t="inlineStr">
+      <c r="O216" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q246" s="1" t="inlineStr">
+      <c r="Q216" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S246" s="1" t="inlineStr">
+      <c r="S216" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T246" s="1" t="inlineStr">
+      <c r="T216" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U246" s="1" t="inlineStr">
+      <c r="U216" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V246" s="1" t="inlineStr">
+      <c r="V216" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader</t>
         </is>
       </c>
-      <c r="X246" s="1" t="inlineStr">
+      <c r="X216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
 des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
 Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
 - 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y246" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z246" s="1" t="inlineStr">
+      <c r="Z216" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-transition-environnementale-et-energetique/</t>
         </is>
       </c>
-      <c r="AA246" s="1" t="inlineStr">
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="247" spans="1:27" customHeight="0">
-      <c r="A247" s="1">
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
         <v>164414</v>
       </c>
-      <c r="B247" s="1" t="inlineStr">
+      <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Développer et animer les territoires ruraux</t>
         </is>
       </c>
-      <c r="C247" s="1" t="inlineStr">
+      <c r="C217" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D247" s="1" t="inlineStr">
+      <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Fonds LEADER</t>
         </is>
       </c>
-      <c r="E247" s="1" t="inlineStr">
+      <c r="E217" s="1" t="inlineStr">
         <is>
           <t>PETR Pays d'Auch</t>
         </is>
       </c>
-      <c r="F247" s="1" t="inlineStr">
+      <c r="F217" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G247" s="1" t="inlineStr">
+      <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H247" s="1" t="inlineStr">
+      <c r="H217" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I247" s="1" t="inlineStr">
+      <c r="I217" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K247" s="1" t="inlineStr">
+      <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L247" s="1" t="inlineStr">
+      <c r="L217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le PETR dispose d&amp;#039;une enveloppe LEADER à destination d&amp;#039;acteurs privés ou publics qui porteraient des &lt;strong&gt;projets innovants et visant à développer les territoires ruraux du Pays d&amp;#039;Auch&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Les principaux objectifs du programme sont ainsi d&amp;#039;apporter un &lt;strong&gt;accompagnement technique&lt;/strong&gt; (COTECH) et &lt;strong&gt;administratif &lt;/strong&gt;aux porteurs de projet (prestation gratuite et assurée par l&amp;#039;animateur LEADER), et selon éligibilité et sélection du projet, de leur fournir une &lt;strong&gt;aide financière&lt;/strong&gt; versée après réalisation de l&amp;#039;opération subventionnée. La demande de financement doit avoir lieu avant le début des travaux liés au projet (signature d&amp;#039;un marché public, première facture...).&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : les particuliers, les SC immobilières et patrimoniales, les entreprises agricoles. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe est répartie selon trois fiches action qui s&amp;#039;articulent selon les thématiques suivantes : &lt;/p&gt;&lt;p&gt;1. Economie de proximité et filières locales / Tourisme durable et patrimoine&lt;/p&gt;&lt;p&gt;2. Services, équipements et vie associative / Culture&lt;/p&gt;&lt;p&gt;3. Transition écologique et énergétique / Biodiversité et ressources naturelles / Mobilités durables&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N247" s="1" t="inlineStr">
+      <c r="N217" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Transition énergétique
 Commerces et services
 Biodiversité
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O247" s="1" t="inlineStr">
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P247" s="1" t="inlineStr">
+      <c r="P217" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q247" s="1" t="inlineStr">
+      <c r="Q217" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R247" s="1" t="inlineStr">
+      <c r="R217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La structure éligible peut être publique (collectivité, OQDP, organismes publics, chambres consulaires, etc.) ou privée (associations, entreprises, coopératives, etc.) et doit porter un projet de territoire qui s&amp;#039;inscrit dans les thématiques préalablement présentées. &lt;/p&gt;&lt;p&gt;Le territoire du projet doit être inscrit au sein du périmètre du Pays d&amp;#039;Auch, sauf la commune d&amp;#039;Auch qui n&amp;#039;est pas éligible en lien avec son caractère urbain. &lt;/p&gt;&lt;p&gt;Le programme LEADER peut financer : Les actions et outils de promotion et communication; La création, le développement, le maintien ou la mutualisation de services, activités ou outils; La création, reprise, développement et implantation d&amp;#039;entreprises ou filières (qui ne s&amp;#039;insèrent pas dans un contexte concurrentiel); La formation, l&amp;#039;animation, accompagnement et expertise; Les opérations immobilières; L&amp;#039;organisation ou l&amp;#039;animation en lien avec un événement; La réalisation d&amp;#039;études; La réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements de constructions et équipements; Les voyages d&amp;#039;étude. &lt;/p&gt;&lt;p&gt;Le projet présenté ne peut pas avoir déjà été financé par des fonds européens. &lt;/p&gt;&lt;p&gt;Les matériaux d&amp;#039;occasion ne peuvent pas être financés par LEADER. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Il est fortement recommandé de contacter l&amp;#039;animatrice LEADER du PETR pour vérifier l&amp;#039;éligibilité de votre projet.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S247" s="1" t="inlineStr">
+      <c r="S217" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T247" s="1" t="inlineStr">
+      <c r="T217" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U247" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
         <is>
           <t>PAYS D'AUCH</t>
         </is>
       </c>
-      <c r="V247" s="1" t="inlineStr">
+      <c r="V217" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-auch.fr/programme-leader/</t>
         </is>
       </c>
-      <c r="W247" s="1" t="inlineStr">
+      <c r="W217" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-auch.fr/documents-outils-leader/</t>
         </is>
       </c>
-      <c r="X247" s="1" t="inlineStr">
+      <c r="X217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact de l&amp;#039;animatrice LEADER : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;savanah.mercier&amp;#64;pays.auch.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06 34 64 18 10&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y247" s="1" t="inlineStr">
+      <c r="Y217" s="1" t="inlineStr">
         <is>
           <t>savanah.mercier@pays.auch.fr</t>
         </is>
       </c>
-      <c r="Z247" s="1" t="inlineStr">
+      <c r="Z217" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-animer-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA247" s="1" t="inlineStr">
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="248" spans="1:27" customHeight="0">
-      <c r="A248" s="1">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
         <v>164416</v>
       </c>
-      <c r="B248" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="C248" s="1" t="inlineStr">
+      <c r="C218" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D248" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
         <is>
           <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="E248" s="1" t="inlineStr">
+      <c r="E218" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G248" s="1" t="inlineStr">
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H248" s="1" t="inlineStr">
+      <c r="H218" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I248" s="1" t="inlineStr">
+      <c r="I218" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J248" s="1" t="inlineStr">
+      <c r="J218" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
         </is>
       </c>
-      <c r="K248" s="1" t="inlineStr">
+      <c r="K218" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L248" s="1" t="inlineStr">
+      <c r="L218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M248" s="1" t="inlineStr">
+      <c r="M218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N248" s="1" t="inlineStr">
+      <c r="N218" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O248" s="1" t="inlineStr">
+      <c r="O218" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P248" s="1" t="inlineStr">
+      <c r="P218" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q248" s="1" t="inlineStr">
+      <c r="Q218" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R248" s="1" t="inlineStr">
+      <c r="R218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S248" s="1" t="inlineStr">
+      <c r="S218" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T248" s="1" t="inlineStr">
+      <c r="T218" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U248" s="1" t="inlineStr">
+      <c r="U218" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V248" s="1" t="inlineStr">
+      <c r="V218" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
         </is>
       </c>
-      <c r="W248" s="1" t="inlineStr">
+      <c r="W218" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X248" s="1" t="inlineStr">
+      <c r="X218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
 04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y248" s="1" t="inlineStr">
+      <c r="Y218" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z248" s="1" t="inlineStr">
+      <c r="Z218" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
         </is>
       </c>
-      <c r="AA248" s="1" t="inlineStr">
+      <c r="AA218" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="249" spans="1:27" customHeight="0">
-      <c r="A249" s="1">
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
         <v>164417</v>
       </c>
-      <c r="B249" s="1" t="inlineStr">
+      <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Structurer les filières prioritaires et permettre l'émergence d'activités particulièrement innovantes</t>
         </is>
       </c>
-      <c r="C249" s="1" t="inlineStr">
+      <c r="C219" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D249" s="1" t="inlineStr">
+      <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Rendre l'économie rurale plus résiliente en soutenant les activités à fort ancrage local - Structurer les filières prioritaires et permettre l'émergence d'activités particulièrement innovantes</t>
         </is>
       </c>
-      <c r="E249" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G249" s="1" t="inlineStr">
+      <c r="G219" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H249" s="1" t="inlineStr">
+      <c r="H219" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I249" s="1" t="inlineStr">
+      <c r="I219" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J249" s="1" t="inlineStr">
+      <c r="J219" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K249" s="1" t="inlineStr">
+      <c r="K219" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L249" s="1" t="inlineStr">
+      <c r="L219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Trois filières prioritaires ont été identifiées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Alimentation : diversité de produits alimentaires locaux associés aux valeurs gastronomiques véhiculées par les acteurs locaux (producteurs, transformateurs, distributeurs, consommateurs).&lt;/p&gt;&lt;p&gt;− Forêt-bois : très présente et structurante pour l’emploi local avec la présence d’entreprise de transformation (scierie, menuiserie, fabricants d’isolants, constructeurs…) ses potentiels demeurent insuffisamment exploités (ex : construction, production d’énergie).&lt;/p&gt;&lt;p&gt;− Textile : patrimoine industriel du territoire, la valeur ajoutée de la filière textile ligérienne s’exprime par une spécialisation sur des compétences de niche avec des textiles techniques (médical, sport) et des textiles haut de gamme pour les grandes marques de luxe. L’ancrage territorial passera également par la fourniture de matières premières issues de l’agriculture locale : le chanvre et la laine.&lt;/p&gt;&lt;p&gt;Outre leur caractère structurant pour l’économie ligérienne, ce choix s’est opéré également en raison :&lt;/p&gt;&lt;p&gt;− Des politiques d’accompagnement sur l’ensemble du territoire du GAL, dont elles font l’objet et qui se sont concrétisées par des labellisations (« Projets Alimentaires Territoriaux » et « Territoires d’Industrie ») ;&lt;/p&gt;&lt;p&gt;− Du rôle primordial qu’elles jouent dans la préservation de la biodiversité et de la ressource en eau. Il est donc nécessaire de les accompagner pour limiter l’impact écologique de leurs activités, et de les protéger des aléas climatiques et des crises énergétiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL Loire ambitionne également de soutenir la création ou le développement de nouvelles filières ou activités liées à une ressource locale&lt;/strong&gt;. Les projets soutenus devront être innovants, structurants et résilients. A titre informatif et sans présenter une liste exhaustive, plusieurs ressources locales, constituant des potentiels pour l’avenir, ont été identifiées :&lt;/p&gt;&lt;p&gt;− Les matériaux biosourcés issus totalement ou partiellement de la biomasse (colza, miscanthus, balle de riz, paille, anas de lin, liège, rafle de maïs, roseau, laine de mouton) ;&lt;/p&gt;&lt;p&gt;− Les matériaux géo-sourcés d’origine minérale tels que la terre crue ou la pierre sèche qui, lorsqu’ils sont locaux et peu transformés, présentent une faible empreinte environnementale. Ils peuvent aussi être issus du réemploi ou de la valorisation des déchets, de sous-produits ;&lt;/p&gt;&lt;p&gt;− Les Plantes à Parfum Aromatiques et Médicinales (PPAM) pour lesquelles un bassin de production se développe dans la Loire ;&lt;/p&gt;&lt;p&gt;− Le chanvre, historiquement produit dans la Loire, fait l’objet d’une relance économique par le biais de transformations multiples (huile, savon, isolant…) hors graines alimentaires et textiles.&lt;/p&gt;&lt;p&gt;Les projets s’inscrivant dans le champ de l’économie circulaire et/ou de l’écologie industrielle sont recherchés.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Agir ensemble sur les chaînes de valeur des filières prioritaires locales&lt;/p&gt;&lt;p&gt;− Favoriser l’émergence de filières ou activités nouvelles liées à une ressource locale&lt;/p&gt;&lt;p&gt;− Créer une culture commune autour des ressources pour l’ensemble des acteurs (entreprises, institutions publiques, habitants)&lt;/p&gt;&lt;p&gt;− Limiter l’impact écologique des activités économiques&lt;/p&gt;&lt;p&gt;− Protéger les entreprises des aléas climatiques et des crises énergétiques&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologiques et énergétiques :&lt;/p&gt;&lt;p&gt;     * Valoriser les ressources locales tout en préservant la biodiversité, la ressource en eau, en limitant les intrants et en les protégeant des aléas climatiques&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant en soutenant des projets de réutilisation, réemploi, d’écoconception&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser la création d’activités à faible bilan carbone&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers par la mise en réseau d’acteurs et la conduite d’actions collectives&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets suivants :&lt;/p&gt;&lt;p&gt;− La production, transformation, distribution ou commercialisation de biens et services ;&lt;/p&gt;&lt;p&gt;− Les stratégies territoriales ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel ;&lt;/p&gt;&lt;p&gt;− La mise en réseau des acteurs ;&lt;/p&gt;&lt;p&gt;− Le renforcement de la synergie entre les activités à fort ancrage territorial local ;&lt;/p&gt;&lt;p&gt;− La sensibilisation et l’accompagnement à la création-reprise d’activités notamment pour les secteurs dont le métier est en tension ;&lt;/p&gt;&lt;p&gt;− La sensibilisation aux enjeux de l’économie circulaire, de l’emploi durable et de la mobilité décarbonée ;&lt;/p&gt;&lt;p&gt;− Information et sensibilisation des consommateurs ;&lt;/p&gt;&lt;p&gt;− Les tiers-lieux innovants à vocation économique permettant le développement d’une ou plusieurs filières.&lt;/p&gt;&lt;p&gt;Les caractères innovants, structurants, résilients et le fort ancrage local du projet s’appréciera au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;A ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de production, transformation, distribution ou commercialisation de biens et services éligibles aux dispositifs FEADER ;&lt;/p&gt;&lt;p&gt;→ Les stratégies territoriales éligibles au dispositif FEADER T01 ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 7.5.2.1 du FEDER : Soutenir les filières spécifiques : forêt/bois, textile/cuir/laine et pierre.&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 1.1.1.4 du FEDER : Animer la stratégie régionale d’innovation&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− Les activités touristiques basées sur les savoir-faire locaux (éligible à l’AAP 2.1).&lt;/p&gt;&lt;p&gt;− Les foires et manifestations&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ancrage territorial local : C’est le processus et le résultat d’interactions entre entreprise et territoire, fondés sur la création collective de ressources communes, spécifiques et localisées, permettant une longue période de sédentarité d’une entreprise.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M249" s="1" t="inlineStr">
+      <c r="M219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N249" s="1" t="inlineStr">
+      <c r="N219" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat</t>
         </is>
       </c>
-      <c r="O249" s="1" t="inlineStr">
+      <c r="O219" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P249" s="1" t="inlineStr">
+      <c r="P219" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q249" s="1" t="inlineStr">
+      <c r="Q219" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R249" s="1" t="inlineStr">
+      <c r="R219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions ;&lt;/p&gt;&lt;p&gt;− Les grandes entreprises (hors collectivités, sociétés avec de l’actionnariat public et SCIC).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à l’une des conditions suivantes :&lt;/p&gt;&lt;p&gt;     o Soit en lien avec, a minima, l’une des filières identifiées comme prioritaire au titre de cet appel à projets (alimentation, forêt et bois, textile),&lt;/p&gt;&lt;p&gt;     o Soit en lien avec l’exploitation d’une autre ressource identifiée comme locale.&lt;/p&gt;&lt;p&gt;Dans les deux cas, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB&lt;/strong&gt; : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements.&lt;/p&gt;&lt;p&gt;Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 80 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S249" s="1" t="inlineStr">
+      <c r="S219" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T249" s="1" t="inlineStr">
+      <c r="T219" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U249" s="1" t="inlineStr">
+      <c r="U219" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V249" s="1" t="inlineStr">
+      <c r="V219" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_1_FILIERES_Approuve-1.pdf</t>
         </is>
       </c>
-      <c r="W249" s="1" t="inlineStr">
+      <c r="W219" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X249" s="1" t="inlineStr">
+      <c r="X219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si votre projet peut être éligible à l&amp;#039;accompagnement technique et financier LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne Métropole)&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y249" s="1" t="inlineStr">
+      <c r="Y219" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z249" s="1" t="inlineStr">
+      <c r="Z219" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/structurer-les-filieres-prioritaires-et-permettre-lemergence-dactivites-particulierement-innovantes/</t>
         </is>
       </c>
-      <c r="AA249" s="1" t="inlineStr">
+      <c r="AA219" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="250" spans="1:27" customHeight="0">
-      <c r="A250" s="1">
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
         <v>164419</v>
       </c>
-      <c r="B250" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
         </is>
       </c>
-      <c r="C250" s="1" t="inlineStr">
+      <c r="C220" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D250" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
         </is>
       </c>
-      <c r="E250" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G250" s="1" t="inlineStr">
+      <c r="G220" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H250" s="1" t="inlineStr">
+      <c r="H220" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I250" s="1" t="inlineStr">
+      <c r="I220" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J250" s="1" t="inlineStr">
+      <c r="J220" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K250" s="1" t="inlineStr">
+      <c r="K220" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L250" s="1" t="inlineStr">
+      <c r="L220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
 la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M250" s="1" t="inlineStr">
+      <c r="M220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N250" s="1" t="inlineStr">
+      <c r="N220" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Espaces verts
 Espace public
 Friche
 Recyclage et valorisation des déchets
 Accès aux services
 Citoyenneté
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O250" s="1" t="inlineStr">
+      <c r="O220" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P250" s="1" t="inlineStr">
+      <c r="P220" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q250" s="1" t="inlineStr">
+      <c r="Q220" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R250" s="1" t="inlineStr">
+      <c r="R220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S250" s="1" t="inlineStr">
+      <c r="S220" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T250" s="1" t="inlineStr">
+      <c r="T220" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U250" s="1" t="inlineStr">
+      <c r="U220" s="1" t="inlineStr">
         <is>
           <t>GAL Loire AAP Revitalisation de centre-bourg</t>
         </is>
       </c>
-      <c r="V250" s="1" t="inlineStr">
+      <c r="V220" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W250" s="1" t="inlineStr">
+      <c r="W220" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X250" s="1" t="inlineStr">
+      <c r="X220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y250" s="1" t="inlineStr">
+      <c r="Y220" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z250" s="1" t="inlineStr">
+      <c r="Z220" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
         </is>
       </c>
-      <c r="AA250" s="1" t="inlineStr">
+      <c r="AA220" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="251" spans="1:27" customHeight="0">
-      <c r="A251" s="1">
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
         <v>164420</v>
       </c>
-      <c r="B251" s="1" t="inlineStr">
+      <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Structurer les destinations touristiques ligériennes pour améliorer leur notoriété</t>
         </is>
       </c>
-      <c r="C251" s="1" t="inlineStr">
+      <c r="C221" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D251" s="1" t="inlineStr">
+      <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.2 « Structurer les destinations touristiques ligériennes pour améliorer leur notoriété »</t>
         </is>
       </c>
-      <c r="E251" s="1" t="inlineStr">
+      <c r="E221" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G251" s="1" t="inlineStr">
+      <c r="G221" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H251" s="1" t="inlineStr">
+      <c r="H221" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I251" s="1" t="inlineStr">
+      <c r="I221" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J251" s="1" t="inlineStr">
+      <c r="J221" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K251" s="1" t="inlineStr">
+      <c r="K221" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L251" s="1" t="inlineStr">
+      <c r="L221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la Région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être notamment dans le cadre d’une amélioration de la notoriété du territoire du GAL et de ses destinations. Dans ce cadre, le présent appel à projets vise à permettre au GAL de soutenir des projets visant à structurer ces destinations.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Faciliter l’accueil des visiteurs par une communication simple et claire&lt;/p&gt;&lt;p&gt;− Donner envie de visiter les destinations par une promotion qui correspond à l’offre&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;     * Sensibiliser les visiteurs et usagers&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’objectif du GAL dans le cadre du présent appel à projets est de soutenir la structuration et la promotion des 3 destinations identifiées que sont :&lt;/p&gt;&lt;p&gt;− Le Forez&lt;/p&gt;&lt;p&gt;− Le Pilat&lt;/p&gt;&lt;p&gt;− Le Roannais&lt;/p&gt;&lt;p&gt;Les opérations soumises à cet AAP devront s’inscrire au moins à l’une de ces échelles ou couvrir un territoire plus large.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets innovants suivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Accompagner les professionnels et prestataires touristiques dans leur engagement dans des démarches de tourisme durable ;&lt;/p&gt;&lt;p&gt;− Développer des produits touristiques correspondant aux attentes de la clientèle et la commercialisation des offres touristiques locales ;&lt;/p&gt;&lt;p&gt;− Structurer et cibler la communication et la promotion des destinations identifiées.&lt;/p&gt;&lt;p&gt;Les projets innovants et de tourisme durable s’apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;A ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M251" s="1" t="inlineStr">
+      <c r="M221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N251" s="1" t="inlineStr">
+      <c r="N221" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Accès aux services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O251" s="1" t="inlineStr">
+      <c r="O221" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P251" s="1" t="inlineStr">
+      <c r="P221" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q251" s="1" t="inlineStr">
+      <c r="Q221" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R251" s="1" t="inlineStr">
+      <c r="R221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets devront se déployer au minimum à l’échelle de l’une des 3 destinations citées dans la partie descriptif du présent appel à projets. Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets de développement des produits touristiques devront répondre aux attentes de la clientèle. Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » :&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques)) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S251" s="1" t="inlineStr">
+      <c r="S221" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T251" s="1" t="inlineStr">
+      <c r="T221" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U251" s="1" t="inlineStr">
+      <c r="U221" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V251" s="1" t="inlineStr">
+      <c r="V221" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.2_DESTINATIONS_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W251" s="1" t="inlineStr">
+      <c r="W221" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X251" s="1" t="inlineStr">
+      <c r="X221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y251" s="1" t="inlineStr">
+      <c r="Y221" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z251" s="1" t="inlineStr">
+      <c r="Z221" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/structurer-les-destinations-touristiques-ligeriennes-pour-ameliorer-leur-notoriete-1/</t>
         </is>
       </c>
-      <c r="AA251" s="1" t="inlineStr">
+      <c r="AA221" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="252" spans="1:27" customHeight="0">
-      <c r="A252" s="1">
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
         <v>164421</v>
       </c>
-      <c r="B252" s="1" t="inlineStr">
+      <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire</t>
         </is>
       </c>
-      <c r="C252" s="1" t="inlineStr">
+      <c r="C222" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D252" s="1" t="inlineStr">
+      <c r="D222" s="1" t="inlineStr">
         <is>
           <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.1 "Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire"</t>
         </is>
       </c>
-      <c r="E252" s="1" t="inlineStr">
+      <c r="E222" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G252" s="1" t="inlineStr">
+      <c r="G222" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H252" s="1" t="inlineStr">
+      <c r="H222" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I252" s="1" t="inlineStr">
+      <c r="I222" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J252" s="1" t="inlineStr">
+      <c r="J222" s="1" t="inlineStr">
         <is>
           <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K252" s="1" t="inlineStr">
+      <c r="K222" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L252" s="1" t="inlineStr">
+      <c r="L222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être identifiés tels que :&lt;/p&gt;&lt;p&gt;− La diversification du tissu touristique autour de valeurs partagées ;&lt;/p&gt;&lt;p&gt;− La montée en gamme de l’offre proposée à la fois par une meilleure structuration de celle-ci et une meilleure valorisation des atouts du territoire ;&lt;/p&gt;&lt;p&gt;− L&amp;#039;amélioration de la capacité d’accueil notamment en prenant en compte tous les types de publics (famille, séniors, personnes en situation de handicap, affinitaires, couples jeunes sans enfants, etc.) ;&lt;/p&gt;&lt;p&gt;− La nécessité de faire redécouvrir le territoire aux habitants en faisant également des sites touristiques des lieux de vie, de loisirs et de rencontre pour les populations locales.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la médiation et l’accessibilité des sites pour un accueil facilité de tous&lt;/p&gt;&lt;p&gt;− Mettre en valeur et préserver de manière innovante les sites et patrimoines emblématiques&lt;/p&gt;&lt;p&gt;− Faire découvrir le territoire à travers les itinérances&lt;/p&gt;&lt;p&gt;− Garantir une qualité d’accueil&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la biodiversité dans les projets d’aménagement touristique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources (foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets structurants de :&lt;/p&gt;&lt;p&gt;− Valorisation touristique et d’amélioration de conditions d’accueil des visiteurs sur des sites patrimoniaux ;&lt;/p&gt;&lt;p&gt;− Développement de l’offre touristique et d’amélioration de conditions d’accueil des visiteurs en lien avec des sites et activités de pleine nature, des grandes itinérances, des circuits patrimoniaux locaux et leurs connexions entre eux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisitions de matériels et d’équipement ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;− Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de développement touristique éligibles au dispositif 7.5.2.5 du FEDER.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− La création, rénovation ou modernisation d’hébergements touristiques (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel non liées à une activité touristique (éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;− Les initiatives culturelles particulièrement innovantes dont l’objectif principal est la valorisation des centres-bourgs et favorisant le bien-vivre ensemble (éligible à l’AAP 3.1-2) ;&lt;/p&gt;&lt;p&gt;− Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; : un projet structurant est un projet dont la finalité est de participer à l’attractivité du territoire. Cette notion peut s’apprécier au regard des critères suivants :&lt;/p&gt;&lt;p&gt;− Le périmètre de son rayonnement participant à l’attractivité du territoire ;&lt;/p&gt;&lt;p&gt;− La mise en place des organisations, réseaux ou des outils ayant un impact en termes de synergie et de développement pour une communauté, une filière, le territoire ;&lt;/p&gt;&lt;p&gt;− Générer ou appuyer d’autres projets ;&lt;/p&gt;&lt;p&gt;− Fédérer des acteurs locaux d’horizons différents autour d’un objectif commun.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M252" s="1" t="inlineStr">
+      <c r="M222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N252" s="1" t="inlineStr">
+      <c r="N222" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Handicap
 Accès aux services
 Paysage
 Accessibilité
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O252" s="1" t="inlineStr">
+      <c r="O222" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P252" s="1" t="inlineStr">
+      <c r="P222" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q252" s="1" t="inlineStr">
+      <c r="Q222" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R252" s="1" t="inlineStr">
+      <c r="R222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets concernant des musées devront justifier d’un projet d’établissement ou d’une démarche scientifique et culturelle valide ou en cours d’élaboration. Un justificatif sera demandé au porteur de projet à la demande d’aide.&lt;/p&gt;&lt;p&gt;• Seront éligibles uniquement les projets répondant à la définition des sites et activités présentés à l’annexe 1.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à la définition de projet structurant (cf. 1.3. Définition). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les acquisitions de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie, réseaux divers et d’entretien des chemins ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Ce taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S252" s="1" t="inlineStr">
+      <c r="S222" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T252" s="1" t="inlineStr">
+      <c r="T222" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U252" s="1" t="inlineStr">
+      <c r="U222" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V252" s="1" t="inlineStr">
+      <c r="V222" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.1_VALORISATION_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W252" s="1" t="inlineStr">
+      <c r="W222" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X252" s="1" t="inlineStr">
+      <c r="X222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 04 74 87 52 01&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y252" s="1" t="inlineStr">
+      <c r="Y222" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z252" s="1" t="inlineStr">
+      <c r="Z222" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-le-patrimoine-local-les-activites-touristiques-en-ameliorant-les-conditions-daccueil-des-visiteurs-du-gal-loire/</t>
         </is>
       </c>
-      <c r="AA252" s="1" t="inlineStr">
+      <c r="AA222" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="253" spans="1:27" customHeight="0">
-      <c r="A253" s="1">
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
         <v>164713</v>
       </c>
-      <c r="B253" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les Technologies et les vecteurs énergétiques innovants</t>
         </is>
       </c>
-      <c r="C253" s="1" t="inlineStr">
+      <c r="C223" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D253" s="1" t="inlineStr">
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Technologies et vecteurs énergétiques innovants</t>
         </is>
       </c>
-      <c r="E253" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G253" s="1" t="inlineStr">
+      <c r="G223" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="K253" s="1" t="inlineStr">
+      <c r="K223" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L253" s="1" t="inlineStr">
+      <c r="L223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02. Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="M253" s="1" t="inlineStr">
+      <c r="M223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet
 Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Aide à l&amp;#039;investissement &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt; Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;/p&gt;&lt;p&gt; Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.
 Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.
 Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N253" s="1" t="inlineStr">
+      <c r="N223" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O253" s="1" t="inlineStr">
+      <c r="O223" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q253" s="1" t="inlineStr">
+      <c r="Q223" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R253" s="1" t="inlineStr">
+      <c r="R223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="U253" s="1" t="inlineStr">
+      <c r="U223" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V253" s="1" t="inlineStr">
+      <c r="V223" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/technologies-et-vecteurs-energetiques-innovants</t>
         </is>
       </c>
-      <c r="W253" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X253" s="1" t="inlineStr">
+      <c r="X223" s="1" t="inlineStr">
         <is>
           <t>Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)</t>
         </is>
       </c>
-      <c r="Y253" s="1" t="inlineStr">
+      <c r="Y223" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z253" s="1" t="inlineStr">
+      <c r="Z223" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/technologies-et-vecteurs-energetiques-innovants/</t>
         </is>
       </c>
-      <c r="AA253" s="1" t="inlineStr">
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="254" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G254" s="1" t="inlineStr">
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>164736</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions de préservation et de restauration mises en œuvre dans les sites Natura 2000</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>FEADER-Contrats Natura 2000 ni-agricoles ni-forestiers et contrats Natura 2000 forestiers (73.04.03)</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G224" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...2 lines deleted...]
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H254" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K254" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N254" s="1" t="inlineStr">
+      <c r="K224" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le dispositif « Contrats Natura 2000 ni-agricoles ni-forestiers et contrats Natura 2000 forestiers » a pour objectif le soutien aux actions de préservation et de restauration mises en œuvre dans les sites Natura 2000. &lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour quel type de projet ?&lt;/p&gt;&lt;p&gt;Les projets soutenus par ce dispositif sont les projets de mise en œuvre d’actions contractuelles Natura 2000 visant le maintien et/ou le rétablissement dans un état de conservation favorable des habitats et espèces ayant conduit à la désignation du site.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les actions contractuelles doivent être mises en œuvre en accord avec la liste des contrats ouverts en Île-de-France et avec les cahiers des charges définis dans les DOCOB des sites.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les contrats sont conclus pour une durée de cinq ans maximum.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
-Transition énergétique
-[...6 lines deleted...]
-Innovation, créativité et recherche
 Biodiversité
-International
-[...19 lines deleted...]
-      <c r="S254" s="1" t="inlineStr">
+International</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P224" s="1" t="inlineStr">
+        <is>
+          <t>14/09/2025</t>
+        </is>
+      </c>
+      <c r="Q224" s="1" t="inlineStr">
+        <is>
+          <t>30/12/2025</t>
+        </is>
+      </c>
+      <c r="R224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Peut présenter une demande d’aide tout porteur titulaire de droits réels ou personnels sur un espace situé sur un site Natura 2000, ou disposant d’un mandat le qualifiant juridiquement pour intervenir sur le site Natura 2000.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;L’aide prend la forme d’une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement engagés et payés par le bénéficiaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Chaque projet peut recevoir jusqu’à 100% d’aide publique sur son opération. &lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Les projets soutenus par ce dispositif sont les projets de mise en œuvre d’actions contractuelles Natura 2000 visant le maintien et/ou le rétablissement dans un état de conservation favorable des habitats et espèces ayant conduit à la désignation du site. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les actions contractuelles doivent être mises en œuvre en accord avec la liste des contrats ouverts en Île-de-France et&lt;/span&gt;&lt;span&gt; avec les cahiers des charges définis dans les DOCOB des sites.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les contrats sont conclus pour une durée de cinq ans maximum. &lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme en ligne &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;&lt;strong&gt;&lt;span&gt;mesdemarches.iledefrance.fr&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; (dispositif &lt;/span&gt;&lt;span&gt;&amp;#34;FEADER – Contrats Natura 2000 ni-agricoles ni-forestiers et contrats Natura 2000 forestiers (73.04.03)&amp;#34;)&lt;span&gt;.&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;La notice à télécharger lors du dépôt de dossier reprend l&amp;#039;ensemble des critères à remplir et le contenu du dossier de demande d&amp;#039;aide.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S224" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U254" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA254" s="1" t="inlineStr">
+      <c r="U224" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V224" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-contrats-natura-2000-ni-agricoles-ni-forestiers-et-contrats-natura-2000-forestiers-730403</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour toute demande d’aide relative au dépôt de votre dossier, vous pouvez contacter l’assistance usagers de la plateforme Mes démarches via le bouton « Assistance ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute demande liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : &lt;/span&gt;&lt;span&gt;&lt;strong&gt;&lt;span lang="EN-US"&gt;&lt;a href="mailto:natura2000&amp;#64;iledefrance.fr"&gt;natura2000&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme en ligne mesdemarches.iledefrance.fr (dispositif &amp;#34;FEADER – Contrats Natura 2000 ni-agricoles ni-forestiers et contrats Natura 2000 forestiers (73.04.03)&amp;#34;).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/feader-contrats-natura-2000-ni-agricoles-ni-forestiers-et-contrats-natura-2000-forestiers-73-04-03/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="255" spans="1:27" customHeight="0">
-      <c r="A255" s="1">
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
         <v>164819</v>
       </c>
-      <c r="B255" s="1" t="inlineStr">
+      <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Favoriser les défis Numériques des Très Petites Entreprises (TPE)</t>
         </is>
       </c>
-      <c r="D255" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Programme : les défis numériques des Très Petites Entreprises (TPE)</t>
         </is>
       </c>
-      <c r="E255" s="1" t="inlineStr">
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G255" s="1" t="inlineStr">
+      <c r="G225" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K255" s="1" t="inlineStr">
+      <c r="K225" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L255" s="1" t="inlineStr">
+      <c r="L225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à l’entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final. Elle propose un parcours d’accompagnement des très petites entreprises (TPE) à la transformation numérique intitulé « Défis numériques ». &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;DÉFI 1 : Conquérir le WEB &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : créer votre première vitrine Google &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : déployer votre présence digitale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : créer mon site vitrine &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 2 : Rayonner en ligne &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : optimiser votre présence naturelle &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : créer votre stratégie de contenus &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : lancer vos premières campagnes d’acquisition &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 3 : Transformer le digital en business &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : vendre via les plateformes existantes &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : lancer votre boutique digitale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : créer une expérience d’achat unique &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 4 : Établir une bonne relation clients &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : dialoguer avec vos clients &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : construire votre communauté &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : développer votre programme relationnel &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 5 : Propulser votre entreprise avec le numérique &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : digitaliser vos opérations essentielles &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : piloter grâce à des tableaux de bord et indicateurs clés &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : unifier votre gestion digitale adaptée à votre taille &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; DÉFI 6 : Sécuriser votre environnement digital &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : adopter les réflexes cyber &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : cartographier vos risques &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : mettre en conformité votre environnement numérique &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; DÉFI 7 : Tendre vers la sobriété numérique &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : comprendre votre impact &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : mesurer votre empreinte &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : construire votre transition écodigitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M255" s="1" t="inlineStr">
+      <c r="M225" s="1" t="inlineStr">
         <is>
           <t>Prise en charge financière du parcours « défis numériques » jusqu’à 4 jours d’intervention sans reste à charge pour l’entreprise grâce au soutien financier des fonds européens et des réseaux consulaires.</t>
         </is>
       </c>
-      <c r="N255" s="1" t="inlineStr">
+      <c r="N225" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O255" s="1" t="inlineStr">
+      <c r="O225" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R255" s="1" t="inlineStr">
+      <c r="R225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE de moins de 10 salariés &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE réalisant moins de 2 millions de chiffre d&amp;#039;affaires &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Critères de sélection :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Pour entrer dans le programme régional, le chef d’entreprise recevra de son conseiller numérique un lien pour saisir sa demande sur « mes démarches simplifiées » &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Saisie de la demande sur mes démarches simplifiées et entrée dans le parcours.
 		Le parcours se déroule en une première phase comprenant un diagnostic et un plan d’action et une deuxième phase comprenant l’accompagnement dans la mise en œuvre du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réalisation d’un diagnostic et une définition des défis numériques (1 jour) &lt;/span&gt;A minima, à la fin du diagnostic et avant le démarrage ou non de la deuxième phase (accompagnement), un échange entre le conseiller numérique et le chargé de mission référent de l’économie territoriale sera réalisé sur les modalités de poursuite dans le programme du dirigeant selon plusieurs cas de figure :
 		Pas d’accompagnement post diagnostic,
 		Accompagnement post diagnostic court ou long sans demande de subvention,
 		Accompagnement post diagnostic court ou long avec une demande de subvention &lt;/li&gt;&lt;li&gt;Accompagnement à la réalisation des défis numériques (1 j à 3 jours) selon les besoins identifiés dans le plan d’action.
 		Soit un parcours global (diagnostic et accompagnement) de 2 à 4 jours comprenant l’administratif dont la saisie sur MDS et le Reporting.&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="U255" s="1" t="inlineStr">
+      <c r="U225" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V255" s="1" t="inlineStr">
+      <c r="V225" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/programme-les-defis-numeriques-des-tres-petites-entreprises-tpe</t>
         </is>
       </c>
-      <c r="W255" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X255" s="1" t="inlineStr">
+      <c r="X225" s="1" t="inlineStr">
         <is>
           <t>Pour bénéficier d’un accompagnement à la transformation numérique, le chef d’entreprise doit contacter le conseiller numérique de la chambre consulaire (Chambre de Métiers et de l&amp;#039;Artisanat ou Chambre de Commerce et d&amp;#039;Industrie) de son département (voir la liste des conseillers numériques disponible en bas de page).
 Après échange et présentation des besoins, il sera proposé au dirigeant :
 	soit d’entrer dans le dispositif régional,
 	soit un accompagnement autre (formations, prestations etc…).</t>
         </is>
       </c>
-      <c r="Y255" s="1" t="inlineStr">
+      <c r="Y225" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z255" s="1" t="inlineStr">
+      <c r="Z225" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-les-defis-numeriques-des-tres-petites-entreprises-tpe/</t>
         </is>
       </c>
-      <c r="AA255" s="1" t="inlineStr">
+      <c r="AA225" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="256" spans="1:27" customHeight="0">
-      <c r="A256" s="1">
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
         <v>164847</v>
       </c>
-      <c r="B256" s="1" t="inlineStr">
+      <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle</t>
         </is>
       </c>
-      <c r="C256" s="1" t="inlineStr">
+      <c r="C226" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D256" s="1" t="inlineStr">
+      <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Erasmus+ Stage - Apprentis</t>
         </is>
       </c>
-      <c r="E256" s="1" t="inlineStr">
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G256" s="1" t="inlineStr">
+      <c r="G226" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H256" s="1" t="inlineStr">
+      <c r="H226" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K256" s="1" t="inlineStr">
+      <c r="K226" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L256" s="1" t="inlineStr">
+      <c r="L226" s="1" t="inlineStr">
         <is>
           <t>La Région souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi. 
 La Région pilote et anime un Consortium d’établissements d’enseignement et de formation professionnelle. Les mobilités organisées en Europe dans le cadre des cursus sont financées par la Commission Européenne, représentée par l’Agence Erasmus&amp;#43; France, et la Région. Contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étrangerd&amp;#039;une durée de 2 semaines à 6 mois pour les bénéficiaires inscrits dans un établissement d’enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.</t>
         </is>
       </c>
-      <c r="M256" s="1" t="inlineStr">
+      <c r="M226" s="1" t="inlineStr">
         <is>
           <t>Le montant de la bourse est fixé en Commission Permanente du Conseil Régional annuellement lors de l&amp;#039;affectation des financements obtenus.
 Il se décompose en frais de voyage et frais de séjour. Il est défini en fonction de la durée de la mobilité et selon les destinations qui sont réparties en trois groupes pays conformément aux dispositions du programme Erasmus&amp;#43;.
 Règle de calcul : montant forfaitaire de séjour &amp;#43; forfait de voyage.
 Des bonifications pour l’inclusion et l’utilisation de transports écoresponsables (transports à moindre empreinte carbone) peuvent s’y ajouter dans les conditions prévues par le programme Erasmus&amp;#43;.</t>
         </is>
       </c>
-      <c r="N256" s="1" t="inlineStr">
+      <c r="N226" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O256" s="1" t="inlineStr">
+      <c r="O226" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R256" s="1" t="inlineStr">
+      <c r="R226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Apprenti de niveau 3 et 4 inscrit dans un établissement d’enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprenti jeune diplômé (maximum 12 mois après l’obtention du diplôme) ayant été inscrit dans un établissement d&amp;#039;enseignement et de formation professionnelle supérieur de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année précédant la mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnel membre de l’équipe de l’établissement d&amp;#039;enseignement et de formation professionnels  de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les apprenants :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour les mobilités courtes, les stages sont d’une durée de 2 à 4 semaines,&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les mobilités longues, les stages sont d’une durée de 3 à 6 mois.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les personnels :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour des mobilités de type « accompagnateur » :&lt;/p&gt;&lt;p&gt;Pour accompagner les apprentis en mobilité courte, les aides attribuées correspondent à une durée maximum de 10 jours.&lt;/p&gt;&lt;p&gt;Pour accompagner les apprentis en mobilité longue, les aides attribuées correspondent à une durée maximum de 5 jours.&lt;/p&gt;&lt;p&gt;Pour réaliser des visites préalables préparatoires, les aides attribuées sont forfaitaires : avec un maximum de 3 participants par visite.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour des périodes de stage d’observation ou de formation, la durée est de minimum 2 jours et maximum 60 jours.&lt;/p&gt;&lt;p&gt;Les mobilités se dérouleront dans l’un des pays éligibles au programme Erasmus&amp;#43; (ces pays sont répartis en trois groupes - se référer aux dispositions du programme). Conformément au guide du programme Erasmus&amp;#43;, quelques mobilités peuvent être réalisées en dehors de l’Union Européenne en fonction du budget accordé annuellement par l’Agence Erasmus&amp;#43;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T256" s="1" t="inlineStr">
+      <c r="T226" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U256" s="1" t="inlineStr">
+      <c r="U226" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V256" s="1" t="inlineStr">
+      <c r="V226" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/erasmus-stage-apprentis</t>
         </is>
       </c>
-      <c r="W256" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X256" s="1" t="inlineStr">
+      <c r="X226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Dépôt de la demande sur internet avant la date de début de stage. Les demandes soumises à la Région au-delà de la date de début de stage sont déclarées irrecevables.&lt;/p&gt;&lt;p&gt;La candidature individuelle doit être validée par l&amp;#039;établissement d&amp;#039;enseignement ou de formation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les apprenants et les personnels en mobilité stage d’observation et/ou formation :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le «Contrat pédagogique avant la mobilité» dûment complété et signé par toutes les parties,&lt;/p&gt;&lt;p&gt;Le «Contrat financier» de la période concernée, dûment complété et signé,&lt;/p&gt;&lt;p&gt;La Carte Européenne d&amp;#039;Assurance Maladie (CEAM),&lt;/p&gt;&lt;p&gt;Une Assurance Responsabilité Civile et Accident du Travail conformément aux articles concernés du Contrat de Mobilité.&lt;/p&gt;&lt;p&gt;Pour le critère &amp;#34;inclusion&amp;#34; &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;1. En situation de handicap ou d’affection de longue durée (ALD) : Attestation de décision MDPH ou attestation de maladie longue durée ou carte invalidité, etc.&lt;/p&gt;&lt;p&gt;2. Habitant dans une commune classée Zones de revitalisation rurale (ZRR) : Attestation de domicile de moins de 3 mois (facture d&amp;#039;énergie, d&amp;#039;eau, assurance habitation, etc.). Si le nom du participant ne figure pas sur l’attestation de domicile, celle-ci est à compléter par une attestation sur l’honneur au nom de l’hébergeant ou un certificat administratif de l’établissement d’envoi, etc.&lt;/p&gt;&lt;p&gt;3. Habitant à une adresse classée Quartiers Prioritaires de la Ville : Attestation de domicile de moins de 3 mois (facture d&amp;#039;énergie, d&amp;#039;eau, assurance habitation, etc.). Si le nom du participant ne figure pas sur l’attestation de domicile, celle-ci est à compléter par une attestation sur l’honneur au nom de l’hébergeant ou un certificat administratif de l’établissement d’envoi, etc.&lt;/p&gt;&lt;p&gt;4. Bénéficiaire d’une bourse de lycée (échelons 4 à 6) : notification d’attribution de bourse nationale.&lt;/p&gt;&lt;p&gt;5. Appartenant à un foyer dont le Quotient familial CAF est inférieur ou égal à 551€ : Attestation CAF de quotient familial pour l’année scolaire concernée par la demande de mobilité.&lt;/p&gt;&lt;p&gt;Pour les personnels accompagnateurs&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ordre de mission.&lt;/p&gt;&lt;p&gt;Ces pièces justificatives devront être déposées sur le site sous la forme de fichiers joints. Le dossier ne sera validé définitivement qu&amp;#039;à réception de l&amp;#039;ensemble des pièces demandées et après co-instruction favorable de l&amp;#039;établissement d’enseignement ou de formation professionnelle.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y256" s="1" t="inlineStr">
+      <c r="Y226" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z256" s="1" t="inlineStr">
+      <c r="Z226" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-stage-apprentis/</t>
         </is>
       </c>
-      <c r="AA256" s="1" t="inlineStr">
+      <c r="AA226" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="257" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="E257" s="1" t="inlineStr">
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>164900</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LIFE - Programme européen pour l'environnement et le climat</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G257" s="1" t="inlineStr">
-[...109 lines deleted...]
-      <c r="G258" s="1" t="inlineStr">
+      <c r="G227" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H258" s="1" t="inlineStr">
+      <c r="H227" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K258" s="1" t="inlineStr">
+      <c r="K227" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L258" s="1" t="inlineStr">
+      <c r="L227" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme LIFE - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;158 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 158 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-ENV-SIP-two-stage: 56 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage: 72 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage and LIFE-2025-STRAT-ENV-SIP-two-stage: entre 10 et 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: between 10 et 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la mise en œuvre à grande échelle et coordonnée des plans, stratégies ou actions requises par la législation ou la politique de l&amp;#039;UE dans les domaines de l&amp;#039;environnement, du climat ou de l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les cadres d&amp;#039;action prioritaires (PAF) et/ou les plans nationaux de restauration pour le SNaP&lt;/li&gt;    &lt;li&gt;Soutenir la mise en œuvre des plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie dans le cadre du SIP&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles à la mise en œuvre complète de ces plans&lt;/li&gt;    &lt;li&gt;Mobiliser des financements supplémentaires pour renforcer et compléter les actions&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorités des SNaP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre pleinement les plans de biodiversité et de restauration de la nature (par exemple, les PAF, les plans nationaux de restauration)&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et mobiliser des financements pour des actions de biodiversité à grande échelle&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Priorités des SIP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre les plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les stratégies de neutralité climatique et de résilience au niveau local, régional et national&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et coordonner les financements pour la mise en œuvre complète des plans&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Parmi les actions financées&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Mise en œuvre directe des mesures et des objectifs des plans/stratégies ciblés&lt;/li&gt;    &lt;li&gt;Développement, test et démonstration d&amp;#039;approches intégrées&lt;/li&gt;    &lt;li&gt;Mobilisation de financements complémentaires&lt;/li&gt;    &lt;li&gt;Renforcement des capacités (formation, structures)&lt;/li&gt;    &lt;li&gt;Gestion de projet, reproductibilité et transférabilité des résultats&lt;/li&gt;    &lt;li&gt;Implication des parties prenantes&lt;/li&gt;    &lt;li&gt;Achat de terres (sous des conditions strictes liées à la conservation de la nature, en particulier pour Natura 2000)&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Eligibilité &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être : une ONG, une entreprise, une université, une institution de recherche, une PME, une organisation…&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : pays de l&amp;#039;EEE répertoriés et pays associés au programme LIFE (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/guidance/list-3rd-country-participation_life_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d’au moins 2 entités doit être constitué&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 60 et 120 mois&lt;/li&gt;    &lt;li&gt;Contact : CINEALIFE-ENQUIRIES&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/wp-call/2025/call-fiche_life-2025-strat-two-stage_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;LIFE-2025-STRAT-two-stage" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive :&lt;a href="https://cinea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://cinea.ec.europa.eu/programmes/life_en?prefLang&amp;#61;fr&amp;amp;etrans&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N258" s="1" t="inlineStr">
+      <c r="N227" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Industrie</t>
         </is>
       </c>
-      <c r="O258" s="1" t="inlineStr">
+      <c r="O227" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P258" s="1" t="inlineStr">
+      <c r="P227" s="1" t="inlineStr">
         <is>
           <t>24/04/2025</t>
         </is>
       </c>
-      <c r="Q258" s="1" t="inlineStr">
+      <c r="Q227" s="1" t="inlineStr">
         <is>
           <t>05/03/2026</t>
         </is>
       </c>
-      <c r="S258" s="1" t="inlineStr">
+      <c r="S227" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U258" s="1" t="inlineStr">
+      <c r="U227" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V258" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W258" s="1" t="inlineStr">
+      <c r="V227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
+        </is>
+      </c>
+      <c r="W227" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=LIFE-2025-STRAT-two-stage&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
         </is>
       </c>
-      <c r="Y258" s="1" t="inlineStr">
+      <c r="Y227" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z258" s="1" t="inlineStr">
+      <c r="Z227" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
         </is>
       </c>
-      <c r="AA258" s="1" t="inlineStr">
+      <c r="AA227" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="259" spans="1:27" customHeight="0">
-      <c r="A259" s="1">
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
         <v>164938</v>
       </c>
-      <c r="B259" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>HORIZON EUROPE - Réseaux doctoraux MSCA - 2025</t>
         </is>
       </c>
-      <c r="C259" s="1" t="inlineStr">
+      <c r="C228" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D259" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
         <is>
           <t>HORIZON EUROPE - Réseaux doctoraux MSCA - 2025</t>
         </is>
       </c>
-      <c r="E259" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G259" s="1" t="inlineStr">
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H259" s="1" t="inlineStr">
+      <c r="H228" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K259" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L259" s="1" t="inlineStr">
+      <c r="L228" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;597,80 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 597,80 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;span lang="EN-GB"&gt;TOPICS&lt;/span&gt;&lt;/span&gt;&lt;span lang="EN-GB"&gt;&lt;span&gt; :&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;  &lt;p&gt;&lt;span lang="EN-GB"&gt;A venir&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA2025-DN-01-01: Réseaux doctoraux TMA&lt;/li&gt;    &lt;li&gt;HORIZON-MSCA2025-DN-01-01: Réseaux doctoraux TMA -Doctorats industriels&lt;/li&gt;    &lt;li&gt;HORIZON-MSCA2025-DN-01-01: Réseaux doctoraux TMA – Doctorats conjoints&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;Informations complémentaires:&lt;/strong&gt;&lt;/p&gt;   &lt;article dir="auto"&gt;  &lt;div&gt;  &lt;div tabindex="-1"&gt;  &lt;div&gt;  &lt;div&gt;  &lt;div&gt;  &lt;div dir="auto"&gt;  &lt;div&gt;  &lt;div&gt;  &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (PCN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;Utile&lt;/strong&gt;&lt;/p&gt;   &lt;/div&gt;  &lt;/div&gt;  &lt;/div&gt;  &lt;/div&gt;  &lt;/div&gt;  &lt;/div&gt;  &lt;/div&gt;  &lt;/div&gt;  &lt;/article&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://research-and-innovation.ec.europa.eu/document/download/d611f152-96d1-4fad-8dd6-8b65daabb4cc_en?filename&amp;#61;ec_rtd_he-wp-2025-msca-pre.pdf#page&amp;#61;117" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/HORIZON-MSCA-2025-DN-01-01?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;HORIZON-MSCA-2025-DN-01&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://commission.europa.eu/about/departments-and-executive-agencies/research-and-innovation_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://commission.europa.eu/about/departments-and-executive-agencies/research-and-innovation_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N259" s="1" t="inlineStr">
+      <c r="N228" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Accès aux services
 Santé
 Agriculture et agroalimentaire
 Bâtiments et construction
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Industrie
 Fiscalité des entreprises</t>
         </is>
       </c>
-      <c r="O259" s="1" t="inlineStr">
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P259" s="1" t="inlineStr">
+      <c r="P228" s="1" t="inlineStr">
         <is>
           <t>28/05/2025</t>
         </is>
       </c>
-      <c r="Q259" s="1" t="inlineStr">
+      <c r="Q228" s="1" t="inlineStr">
         <is>
           <t>25/11/2025</t>
         </is>
       </c>
-      <c r="S259" s="1" t="inlineStr">
+      <c r="S228" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U259" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V259" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y259" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-reseaux-doctoraux-msca-2025/</t>
+        </is>
+      </c>
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z259" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-reseaux-doctoraux-msca-2025/</t>
         </is>
       </c>
-      <c r="AA259" s="1" t="inlineStr">
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="260" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E260" s="1" t="inlineStr">
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
+        <v>165046</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - Cluster 5 Call 02-2026 (WP 2025) - 2025</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - Cluster 5 Call 02-2026 (WP 2025) - 2025</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G260" s="1" t="inlineStr">
-[...450 lines deleted...]
-      <c r="G264" s="1" t="inlineStr">
+      <c r="G229" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H264" s="1" t="inlineStr">
+      <c r="H229" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K264" s="1" t="inlineStr">
+      <c r="K229" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L264" s="1" t="inlineStr">
+      <c r="L229" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - Pilier 2 - Problématiques mondiales et compétitivité industrielle - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;318 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 318 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-01 : 33 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-02 : 8 millions d&amp;#039; euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-05 : 15 millions d&amp;#039; euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-07 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-08 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-10 : 24 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-12 : 8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-13 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-14 : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-18 : 18 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-19 : 16 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-20 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-22 : 18 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-24 : 18 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-01 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-02 : 12 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-03 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-04 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-05 : 12 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-06 : 15 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 2 et 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : entre 70% et 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;Différentes catégories de projets sont éligibles : &lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;De même, les appels précisent les bénéficiaires attendus : &lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;TOPICS :&lt;/span&gt;&lt;/p&gt;  &lt;p&gt;A venir&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-01 : Production à grande échelle de biocarburants avancés liquides et de carburants renouvelables d’origine non biologique&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-02 : Compétitivité, sécurité énergétique et aspects d’intégration des chaînes de valeur des biocarburants avancés et des carburants renouvelables d’origine non biologique&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-05 : Démonstration de solutions de stockage thermique d’énergie pour les centrales et systèmes solaires thermiques&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-07 : Fiabilité améliorée et optimisation de l’exploitation et de la maintenance des systèmes éoliens&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-08 : Comprendre et minimiser les impacts environnementaux de l’énergie éolienne en mer&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-10 : Vers la commercialisation du photovoltaïque à pérovskite et développement d’équipements de fabrication dédiés (Partenariat EUPI-PV)&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-12 : Prolongation de la durée de vie des modules photovoltaïques en silicium cristallin (Partenariat EUPI-PV)&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-13 : Réduction des risques pour le développement technologique de l’énergie houlomotrice via un achat public transnational pré-commercial de R&amp;amp;D&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-14 : Développement de solutions innovantes renforçant la sécurité des chaînes de valeur de l’énergie renouvelable&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-18 : Nouvelle génération de postes de distribution pour renforcer la résilience du système&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-19 : Solutions innovantes pour une colonne vertébrale numérique de l’énergie dans l’UE, alimentée par l’IA générative&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-20 : Outils et services innovants pour gérer et renforcer les communautés énergétiques&lt;/li&gt;    &lt;li&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N264" s="1" t="inlineStr">
+      <c r="N229" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O264" s="1" t="inlineStr">
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P264" s="1" t="inlineStr">
+      <c r="P229" s="1" t="inlineStr">
         <is>
           <t>16/09/2025</t>
         </is>
       </c>
-      <c r="Q264" s="1" t="inlineStr">
+      <c r="Q229" s="1" t="inlineStr">
         <is>
           <t>17/02/2026</t>
         </is>
       </c>
-      <c r="S264" s="1" t="inlineStr">
+      <c r="S229" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U264" s="1" t="inlineStr">
+      <c r="U229" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V264" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W264" s="1" t="inlineStr">
+      <c r="V229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-cluster-5-call-02-2026-wp-2025-2025/</t>
+        </is>
+      </c>
+      <c r="W229" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=HORIZON-CL5-2026-02&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
         </is>
       </c>
-      <c r="Y264" s="1" t="inlineStr">
+      <c r="Y229" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z264" s="1" t="inlineStr">
+      <c r="Z229" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-cluster-5-call-02-2026-wp-2025-2025/</t>
         </is>
       </c>
-      <c r="AA264" s="1" t="inlineStr">
+      <c r="AA229" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="265" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E265" s="1" t="inlineStr">
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>165056</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE -  MSCA Choisir l'Europe pour la science 2025 - 2025</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE -  MSCA Choisir l&amp;apos;Europe pour la science 2025 - 2025</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G265" s="1" t="inlineStr">
-[...215 lines deleted...]
-      <c r="G267" s="1" t="inlineStr">
+      <c r="G230" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Recherche</t>
         </is>
       </c>
-      <c r="K267" s="1" t="inlineStr">
+      <c r="K230" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L267" s="1" t="inlineStr">
+      <c r="L230" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;22,500,000 euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 22,500,000 euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA-2025-COFUND-02-01 MSCA Choisir l&amp;#039;Europe pour la science 2025: 22,500,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.   &lt;strong&gt;Différentes catégories de projets sont éligibles : &lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus : &lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;TOPICS &lt;/span&gt;:   A venir  &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA-2025-COFUND-02-01: MSCA Choisir l&amp;#039;Europe pour la science 2025&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;   Pour trouver votre Point de Contact National (NCP) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;   &lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-2-msca-actions_horizon-2023-2024_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) :&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;HORIZON-MSCA-2025-COFUND-02&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://rea.ec.europa.eu/funding-and-grants/horizon-europe-marie-sklodowska-curie-actions_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N267" s="1" t="inlineStr">
+      <c r="N230" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Santé
 Commerces et services
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 International
 Transports collectifs et optimisation des trafics routiers
 Industrie
 Sécurité</t>
         </is>
       </c>
-      <c r="O267" s="1" t="inlineStr">
+      <c r="O230" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P267" s="1" t="inlineStr">
+      <c r="P230" s="1" t="inlineStr">
         <is>
           <t>01/10/2025</t>
         </is>
       </c>
-      <c r="Q267" s="1" t="inlineStr">
+      <c r="Q230" s="1" t="inlineStr">
         <is>
           <t>03/12/2025</t>
         </is>
       </c>
-      <c r="S267" s="1" t="inlineStr">
+      <c r="S230" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U267" s="1" t="inlineStr">
+      <c r="U230" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V267" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y267" s="1" t="inlineStr">
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-msca-choisir-leurope-pour-la-science-2025-2025/</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z267" s="1" t="inlineStr">
+      <c r="Z230" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-msca-choisir-leurope-pour-la-science-2025-2025/</t>
         </is>
       </c>
-      <c r="AA267" s="1" t="inlineStr">
+      <c r="AA230" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="268" spans="1:27" customHeight="0">
-      <c r="A268" s="1">
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
         <v>165071</v>
       </c>
-      <c r="B268" s="1" t="inlineStr">
+      <c r="B231" s="1" t="inlineStr">
         <is>
           <t>Aider à l'équipement des entreprises de travaux forestiers</t>
         </is>
       </c>
-      <c r="C268" s="1" t="inlineStr">
+      <c r="C231" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D268" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E268" s="1" t="inlineStr">
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;équipement des entreprises de travaux forestiers</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G268" s="1" t="inlineStr">
+      <c r="G231" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H268" s="1" t="inlineStr">
+      <c r="H231" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K268" s="1" t="inlineStr">
+      <c r="K231" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L268" s="1" t="inlineStr">
+      <c r="L231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous êtes chef d&amp;#039;entreprise en Nouvelle-Aquitaine  ?
 La Region vous accompagne dans vos investissements en faveur des équipements performants limitant la pénibilité et les risques d’accident et respectueux des sols. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Contribuer à améliorer la compétitivité des opérateurs économiques en soutenant des investissements dans des équipements adaptés et la création d’emplois non délocalisables en zone rurale. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Garantir le développement des travaux forestiers pour conforter la ressource forestière &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Garantir la mobilisation du bois dans le respect de la sécurité au travail et des préoccupations environnementales. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Limiter la pénibilité et les risques d’accident et respectueux des sols.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M268" s="1" t="inlineStr">
+      <c r="M231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Investissements matériels&lt;/strong&gt; &lt;/p&gt;&lt;p&gt;Le taux de base des aides est de 20% des dépenses éligibles sur une base plafonnée. &lt;/p&gt;&lt;p&gt;Il peut être majoré dans les cas suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; &amp;#43; 20% pour les matériels informatiques embarqués, les logiciels et le développement de logiciels , &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; &amp;#43; 20% pour les équipements de traction animale (dont animaux de trait) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; &amp;#43; 20% pour les câbles aériens de débardage de bois à l’exception des câbles d’implantation permanente .&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Le taux de base et les éventuelles majorations se cumulent dans la limite de 40%. &lt;/span&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt; Investissements immatériels&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Le taux des aides est de 65% des dépenses éligibles.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N268" s="1" t="inlineStr">
+      <c r="N231" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Economie locale et circuits courts
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O268" s="1" t="inlineStr">
+      <c r="O231" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R268" s="1" t="inlineStr">
+      <c r="R231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Petite entreprise : &lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; d&lt;/span&gt;e moins de 50 salariés, &lt;/li&gt;&lt;li&gt; dont le chiffre d’affaires n’excède pas 10 millions d’euros, &lt;/li&gt;&lt;li&gt; dont l&amp;#039;activité principale est la réalisation de travaux forestiers (exploitation et / ou sylviculture) ou au moins 60 % de leur chiffre d&amp;#039;affaire. &lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt;Se conformer au cahier des charges en vigueur.&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="U268" s="1" t="inlineStr">
+      <c r="U231" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V268" s="1" t="inlineStr">
+      <c r="V231" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-lequipement-des-entreprises-de-travaux-forestiers</t>
         </is>
       </c>
-      <c r="W268" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X268" s="1" t="inlineStr">
+      <c r="X231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le formulaire de demande d’aide publique accompagné des pièces justificatives et des annexes doit être déposé sur la plateforme MDNA (Mes démarches en Nouvelle-Aquitaine, en cliquant sur le bouton rouge, dessous &amp;#34;Déposer ma demande&amp;#34;). &lt;/p&gt;&lt;p&gt; Vous trouverez ces documents sur ce lienVous avez un projet concernant l&amp;#039;agriculture, la forêt ou Natura 2000 | Europe (europe-en-nouvelle-aquitaine.eu). ( Les équipements des entreprises de travaux forestiers 73.03.03)&lt;/p&gt;&lt;p&gt;Après le dépôt, un accusé de recevabilité sera transmis au demandeur précisant la date de réception de la demande de subvention et la date de début d’éligibilité des dépenses, dans le cas où l’opération serait soutenue au titre du FEADER. &lt;/p&gt;&lt;p&gt;Après instruction, les dossiers feront l’objet d’un passage en Commission Permanente de la Région Nouvelle-Aquitaine puis en Instance de Consultation des Partenaires, instance de décision du FEADER. Le porteur de projet sera informé de la décision globale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y268" s="1" t="inlineStr">
+      <c r="Y231" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z268" s="1" t="inlineStr">
+      <c r="Z231" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-lequipement-des-entreprises-de-travaux-forestiers/</t>
         </is>
       </c>
-      <c r="AA268" s="1" t="inlineStr">
+      <c r="AA231" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="269" spans="1:27" customHeight="0">
-      <c r="A269" s="1">
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
         <v>165077</v>
       </c>
-      <c r="B269" s="1" t="inlineStr">
+      <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Implanter des infrastructures agro-écologiques</t>
         </is>
       </c>
-      <c r="C269" s="1" t="inlineStr">
+      <c r="C232" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D269" s="1" t="inlineStr">
+      <c r="D232" s="1" t="inlineStr">
         <is>
           <t>FEADER Infrastructures agro-écologiques 2025</t>
         </is>
       </c>
-      <c r="E269" s="1" t="inlineStr">
+      <c r="E232" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G269" s="1" t="inlineStr">
+      <c r="G232" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H269" s="1" t="inlineStr">
+      <c r="H232" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I269" s="1" t="inlineStr">
+      <c r="I232" s="1" t="inlineStr">
         <is>
           <t> Max : 90</t>
         </is>
       </c>
-      <c r="K269" s="1" t="inlineStr">
+      <c r="K232" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L269" s="1" t="inlineStr">
+      <c r="L232" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d’implantation d’infrastructures agro-écologiques ? &lt;/h2&gt;&lt;ul&gt;
 &lt;li&gt;Bénéficiez de l’aide régionale pouvant couvrir &lt;strong&gt;jusqu’à 90 % de votre projet.&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous &lt;/strong&gt;&lt;strong&gt;pouvez bénéficier de l’aide, si votre siège est situé en Grand Est et si vous êtes :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Une personne physique&lt;/strong&gt; (personne affiliée à la MSA) en qualité de chef d’exploitation à titre principal ou à titre secondaire (sont exclus les cotisants de solidarité)&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Une personne morale&lt;/strong&gt; (quelle que soit sa forme juridique) dont l’objet est agricole&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Un établissement d’enseignement &lt;/strong&gt;qui détient une exploitation agricole&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Une association&lt;/strong&gt; dont l’objet prévoit une activité agricole&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Une CUMA&lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Une personne morale dont l’activité principale n’est pas agricole&lt;/strong&gt; et dont au moins 80 % des parts sociales, des actions, du capital ou des droits de vote sont détenus par des agriculteurs personnes physiques et/ou morales&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Une commune ou leurs groupements&lt;/strong&gt; contribuant de façon directe ou indirecte à la production de produits agricoles (au sens de l’annexe 1 du TFUE) et à l’atteinte des objectifs agro-environnementaux et climatiques du PSN.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une plantation de haie&lt;/li&gt;
 &lt;li&gt;Un alignement d’arbres intra-parcellaire&lt;/li&gt;
 &lt;li&gt;Une plantation de bosquets&lt;/li&gt;
 &lt;li&gt;Une bande enherbée mellifères&lt;/li&gt;
 &lt;li&gt;De la régénération naturelle assistée&lt;/li&gt;
 &lt;li&gt;L’implantation de fascine vivante,&lt;/li&gt;
 &lt;li&gt;La création / restauration de mares&lt;/li&gt;
 &lt;li&gt;La création / restauration de murs en pierres sèches&lt;/li&gt;
@@ -50366,1752 +43270,2685 @@
 &lt;/ul&gt;
 &lt;/li&gt;
 &lt;li&gt;Pour les mares :
 &lt;ul&gt;
 &lt;li&gt;Création : creusement avec ou sans export de terre,&lt;/li&gt;
 &lt;li&gt;Restauration : désencombrement de bois mort, débroussaillage, désenvasement, curage, profilage…&lt;/li&gt;
 &lt;/ul&gt;
 &lt;/li&gt;
 &lt;li&gt;Pour les murs en pierres sèches :
 &lt;ul&gt;
 &lt;li&gt;Achat et transport des pierres,&lt;/li&gt;
 &lt;/ul&gt;
 &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt; des projets :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Terre à vocation agricole&lt;/li&gt;
 &lt;li&gt;Porteur située en Grand Est&lt;/li&gt;
 &lt;li&gt;Dossier technique avec descriptif du projet, analyse de l’existant, plan ou cartographie&lt;/li&gt;
 &lt;li&gt;Accompagnement par une structure habilitée (sauf pour les murs en pierres sèches)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Toute demande d’aide devra être déposée obligatoirement sur le guichet « FEADER Infrastructures Agro-écologiques »&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/feader-infrastructures-agroecologiques"&gt;Déposez votre dossier&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N269" s="1" t="inlineStr">
+      <c r="N232" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O269" s="1" t="inlineStr">
+      <c r="O232" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P269" s="1" t="inlineStr">
+      <c r="P232" s="1" t="inlineStr">
         <is>
           <t>16/05/2025</t>
         </is>
       </c>
-      <c r="Q269" s="1" t="inlineStr">
+      <c r="Q232" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S269" s="1" t="inlineStr">
+      <c r="S232" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T269" s="1" t="inlineStr">
+      <c r="T232" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U269" s="1" t="inlineStr">
+      <c r="U232" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V269" s="1" t="inlineStr">
+      <c r="V232" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/appel-a-projet/feader-infrastructures-agro-ecologiques/</t>
         </is>
       </c>
-      <c r="W269" s="1" t="inlineStr">
+      <c r="W232" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/feader-infrastructures-agroecologiques</t>
         </is>
       </c>
-      <c r="X269" s="1" t="inlineStr">
+      <c r="X232" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;feader.developpementdurable&amp;#64;grandest.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y269" s="1" t="inlineStr">
+      <c r="Y232" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z269" s="1" t="inlineStr">
+      <c r="Z232" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/feader-infrastructures-agro-ecologiques-2025/</t>
         </is>
       </c>
-      <c r="AA269" s="1" t="inlineStr">
+      <c r="AA232" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="270" spans="1:27" customHeight="0">
-      <c r="A270" s="1">
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
         <v>165099</v>
       </c>
-      <c r="B270" s="1" t="inlineStr">
+      <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Développer la mobilité européenne Erasmus+ ISSUE</t>
         </is>
       </c>
-      <c r="C270" s="1" t="inlineStr">
+      <c r="C233" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D270" s="1" t="inlineStr">
+      <c r="D233" s="1" t="inlineStr">
         <is>
           <t>Mobilité européenne Erasmus+ ISSUE</t>
         </is>
       </c>
-      <c r="E270" s="1" t="inlineStr">
+      <c r="E233" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G270" s="1" t="inlineStr">
+      <c r="G233" s="1" t="inlineStr">
         <is>
           <t>Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H270" s="1" t="inlineStr">
+      <c r="H233" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K270" s="1" t="inlineStr">
+      <c r="K233" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L270" s="1" t="inlineStr">
+      <c r="L233" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de stage en Europe ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 1 735 € &lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Etudiant en formation initiale, en formation continue ou en apprentissage, inscrit dans un institut de formation sanitaire, membre du consortium Erasmus&amp;#43; ISSUE,&lt;/li&gt;
 &lt;li&gt;Personnel ou formateur d’un institut de formation sanitaire membre du consortium régional.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Membres du consortium à lister &lt;/strong&gt;&lt;em&gt;: IFSI de Charleville-Mézières, IFSI du CHU de Reims, IFSI de Nancy-Lionnois, IFSI Nancy-Laxou, IFSI de Forbach, IFSI de Neufchâteau, IFSI du CHR de Metz-Thionville, sites de Metz, Thionville et Briey, IFSI de Verdun St Mihiel, IFSI de Bar-le-Duc, IFSI de Sarrebourg, IFSI de Sarreguemines, IFSI de Brumath, IFSI de Haguenau, IFSI de Saverne, IFSI d’Epinal, IFSI de Saint-Dizier, IFSI des Hôpitaux Universitaires de Strasbourg, IFSI St Vincent de Strasbourg et l’Institut de formation en ergothérapie Lorraine Champagne-Ardenne de l’Institut de Formation en Masso-Kinésithérapie et Ergothérapie.&lt;/em&gt;&lt;/p&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une mobilité de stage étudiant de 2 mois minimum (60 jours) dans un pays membre du programme Erasmus&amp;#43; ou dans un pays tiers associé ou non au programme ;&lt;/li&gt;
 &lt;li&gt;Une mobilité de personnel à des fins de formation ou d’enseignement.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
 &lt;ul&gt;
 &lt;li&gt;Pour les &lt;strong&gt;bourses de stages pour les étudiants&lt;/strong&gt; le montant de l’aide est calculé sur les bases suivantes :
 &lt;ul&gt;
 &lt;li&gt;Frais de séjour du nombre de jours de stage et du groupe dont fait partie le pays d’accueil,&lt;/li&gt;
 &lt;li&gt;Frais de voyage suivant la distance parcourue et le moyen de transport utilisé,&lt;/li&gt;
 &lt;li&gt;Complément financier de stage de 150 € par mois,&lt;/li&gt;
 &lt;li&gt;Complément financier de 250 € par mois pour les étudiants ayant moins d’opportunité &lt;strong&gt;&lt;em&gt;(en situation de handicap ou d’affectation de longue durée (ALD), habitant dans une commune classée zone de revitalisation rurale (ZRR), habitant à une adresse classée Quartiers Prioritaires de la Ville(QPV), boursier sur critères sociaux échelons 6 et 7, appartenant à un foyer dont le quotient familial CAF est inférieur ou égal à 566 €)&lt;/em&gt;.&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
 &lt;li&gt;Pour les &lt;strong&gt;bourses pour les personnels&lt;/strong&gt;, le montant de l’aide est calculé sur les bases suivantes :&lt;/li&gt;
 &lt;li&gt;Frais de séjour sur la base d’un montant journalier suivant le pays d’accueil&lt;/li&gt;
 &lt;li&gt;Frais de voyage suivant la distance parcourue et le moyen de transport utilisé.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;Aides complémentaires&lt;/h3&gt;
 &lt;p&gt;Pour les étudiants peut s’appliquer en complément une aide à la mobilité internationale à condition de répondre aux critères d’éligibilité (voir la page &lt;a href="https://www.grandest.fr/vos-aides-regionales/mobilite-internationale-formations-saso/"&gt;Aide à la mobilité internationale des formations sanitaires et sociales&lt;/a&gt;).&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;La demande passe par l’institut de formation. &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Prendre contact auprès de la personne en charge de la mobilité des étudiants au sein de l’institut de formation sanitaire.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N270" s="1" t="inlineStr">
+      <c r="N233" s="1" t="inlineStr">
         <is>
           <t>Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O270" s="1" t="inlineStr">
+      <c r="O233" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P270" s="1" t="inlineStr">
+      <c r="P233" s="1" t="inlineStr">
         <is>
           <t>29/11/2024</t>
         </is>
       </c>
-      <c r="S270" s="1" t="inlineStr">
+      <c r="S233" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T270" s="1" t="inlineStr">
+      <c r="T233" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U270" s="1" t="inlineStr">
+      <c r="U233" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V270" s="1" t="inlineStr">
+      <c r="V233" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/mobilite-europeenne-erasmus-issue/</t>
         </is>
       </c>
-      <c r="W270" s="1" t="inlineStr">
+      <c r="W233" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0283/depot/simple</t>
         </is>
       </c>
-      <c r="X270" s="1" t="inlineStr">
+      <c r="X233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;issue&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y270" s="1" t="inlineStr">
+      <c r="Y233" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z270" s="1" t="inlineStr">
+      <c r="Z233" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-europeenne-erasmus-issue/</t>
         </is>
       </c>
-      <c r="AA270" s="1" t="inlineStr">
+      <c r="AA233" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="271" spans="1:27" customHeight="0">
-      <c r="A271" s="1">
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
         <v>165140</v>
       </c>
-      <c r="B271" s="1" t="inlineStr">
+      <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Aider à l’installation du nouvel agriculteur</t>
         </is>
       </c>
-      <c r="C271" s="1" t="inlineStr">
+      <c r="C234" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D271" s="1" t="inlineStr">
+      <c r="D234" s="1" t="inlineStr">
         <is>
           <t>Aide à l’installation du nouvel agriculteur</t>
         </is>
       </c>
-      <c r="E271" s="1" t="inlineStr">
+      <c r="E234" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G271" s="1" t="inlineStr">
+      <c r="G234" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="K271" s="1" t="inlineStr">
+      <c r="K234" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L271" s="1" t="inlineStr">
+      <c r="L234" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d’installation en agriculture et vous avez entre 41 et 50 ans ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 13 000 € (tous financeurs confondus)&lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Le présent dispositif a pour objet de soutenir des &lt;strong&gt;projets d’installation viable et durable en agriculture&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Pour bénéficier de l’aide&lt;/strong&gt;, vous devez notamment remplir les conditions suivantes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Être âgé d’au moins 41 ans et de 50 ans au plus à la date de dépôt de la demande d’aide&lt;/li&gt;
 &lt;li&gt;Être détenteur d’un diplôme agricole de niveau 4 ou supérieur&lt;/li&gt;
 &lt;li&gt;S’installer pour la première fois comme chef d’exploitation&lt;/li&gt;
 &lt;li&gt;S’installer au sein d’une exploitation dont le siège se situe sur le territoire de la région Grand Est&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard du règlement en vigueur. &lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 13 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Le dispositif d’aide à l’installation du nouvel agriculteur est une aide forfaitaire octroyée sans conditions de dépenses pour une période d’engagement de 4 ans à destination des nouveaux agriculteurs.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Détail des montants forfaitaires :&lt;/strong&gt;&lt;/p&gt;
 &lt;div id="ninja_table_builder_579978"&gt;
      &lt;table id="ntb_table" role="table"&gt; &lt;tbody&gt;&lt;tr id="tr_id_5510810"&gt; &lt;td id="td_id_85172710" rowspan="1" colspan="1"&gt;&lt;div id="td_id_85172710"&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_81299793" rowspan="1" colspan="1"&gt;&lt;div id="td_id_81299793"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Installation à Titre Principal/Installation Progressive (montant aides Région &amp;#43; FEADER)&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_20995149" rowspan="1" colspan="1"&gt;&lt;div id="td_id_20995149"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Installation à Titre Secondaire (montant aides Région &amp;#43; FEADER)&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_7603149"&gt; &lt;td id="td_id_72122448" rowspan="1" colspan="1"&gt;&lt;div id="td_id_72122448"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Montant de base&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_60312467" rowspan="1" colspan="1"&gt;&lt;div id="td_id_60312467"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;10 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_52878476" rowspan="1" colspan="1"&gt;&lt;div id="td_id_52878476"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;5 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_3815736"&gt; &lt;td id="td_id_38416344" rowspan="1" colspan="1"&gt;&lt;div id="td_id_38416344"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Majoration pouvant s’ajouter au montant de base : Suivi et formation post installation&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_78169036" rowspan="1" colspan="1"&gt;&lt;div id="td_id_78169036"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;3 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_78537991" rowspan="1" colspan="1"&gt;&lt;div id="td_id_78537991"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;1 500 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_3400956"&gt; &lt;td id="td_id_97996554" rowspan="1" colspan="1"&gt;&lt;div id="td_id_97996554"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Montant maximum (avec l’ensemble des majorations)&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_45769724" rowspan="1" colspan="1"&gt;&lt;div id="td_id_45769724"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;13 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_96996157" rowspan="1" colspan="1"&gt;&lt;div id="td_id_96996157"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;6 500 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;/div&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;p&gt;Le financement des dossiers éligibles à ce dispositif est assuré par la Région Grand Est (40%) et les fonds FEADER (60%).&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne : &lt;/strong&gt;Les dossiers de demande d’aide sont déposés au fil de l’eau à compter du 16 septembre 2023 via le portail &lt;a href="https://europac.grandest.fr/sub/tiers/aides/details/?sigle&amp;#61;7505A-2301"&gt;Euro-PAC&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N271" s="1" t="inlineStr">
+      <c r="N234" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O271" s="1" t="inlineStr">
+      <c r="O234" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P271" s="1" t="inlineStr">
+      <c r="P234" s="1" t="inlineStr">
         <is>
           <t>04/10/2023</t>
         </is>
       </c>
-      <c r="Q271" s="1" t="inlineStr">
+      <c r="Q234" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S271" s="1" t="inlineStr">
+      <c r="S234" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U271" s="1" t="inlineStr">
+      <c r="U234" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V271" s="1" t="inlineStr">
+      <c r="V234" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/installation-nouvel-agriculteur/</t>
         </is>
       </c>
-      <c r="W271" s="1" t="inlineStr">
+      <c r="W234" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details/?sigle=7505A-2301</t>
         </is>
       </c>
-      <c r="X271" s="1" t="inlineStr">
+      <c r="X234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour toute question, contacter le service instructeur par mail : feader.installation&amp;#64;grandest.fr&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y271" s="1" t="inlineStr">
+      <c r="Y234" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z271" s="1" t="inlineStr">
+      <c r="Z234" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linstallation-du-nouvel-agriculteur/</t>
         </is>
       </c>
-      <c r="AA271" s="1" t="inlineStr">
+      <c r="AA234" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="272" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E272" s="1" t="inlineStr">
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
+        <v>165158</v>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - EURATOM - Prix de l'innovation SOFT - 2026</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - EURATOM - Prix de l&amp;apos;innovation SOFT - 2026</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G272" s="1" t="inlineStr">
+      <c r="G235" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H235" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K235" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;100,000 euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 100,000 euros  &lt;ul&gt;    &lt;li&gt;Pour le 1er prix : 50,000 euros&lt;/li&gt;    &lt;li&gt;Pour le 2ème prix : 30,000 euros&lt;/li&gt;    &lt;li&gt;Pour le 3ème prix : 20,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;u&gt;TOPICS&lt;/u&gt; :   A venir  &lt;ul&gt;    &lt;li&gt;EURATOM-2026-SOFT-PRIZE : Prix de l&amp;#039;innovation SOFT&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Contact : RTD-FUSION&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/euratom/wp-call/2023-2025/roc_euratom-2026-soft-prize_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EURATOM-2026-SOFT-PRIZE?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;EURATOM-2026-SOFT-PRIZE&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://rea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/euratom-research-and-training-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N235" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+International
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O235" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P235" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2025</t>
+        </is>
+      </c>
+      <c r="Q235" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S235" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U235" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V235" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-euratom-prix-de-linnovation-soft-2026/</t>
+        </is>
+      </c>
+      <c r="Y235" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z235" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-euratom-prix-de-linnovation-soft-2026/</t>
+        </is>
+      </c>
+      <c r="AA235" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>165204</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Soutien à la mise en œuvre de la mission pour des villes intelligentes et climatiquement neutres - 2026</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Soutien à la mise en œuvre de la mission pour des villes intelligentes et climatiquement neutres - 2026</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G236" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H272" s="1" t="inlineStr">
+      <c r="H236" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K272" s="1" t="inlineStr">
+      <c r="K236" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L272" s="1" t="inlineStr">
-[...319 lines deleted...]
-      <c r="L275" s="1" t="inlineStr">
+      <c r="L236" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;37 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 37 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 7 millions et 12 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;u&gt;TOPICS&lt;/u&gt; :   Ouvert  &lt;ul&gt;    &lt;li&gt;HORIZON-MISS-2026-04-PCP-CIT-01: Stimuler la transformation vers des villes neutres sur le plan climatique, l&amp;#039;économie nette zéro et l&amp;#039;autonomie stratégique ouverte grâce aux achats publics avant commercialisation (APC)&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (PCN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2025/wp-12-missions_horizon-2025_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/HORIZON-MISS-2026-04-PCP-CIT-01?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;HORIZON-MISS-2026-04-PCP&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations :&lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/eu-missions-horizon-europe/climate-neutral-and-smart-cities_en" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N275" s="1" t="inlineStr">
+      <c r="N236" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Transition énergétique
 Education et renforcement des compétences
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 International
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O275" s="1" t="inlineStr">
+      <c r="O236" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P275" s="1" t="inlineStr">
+      <c r="P236" s="1" t="inlineStr">
         <is>
           <t>06/05/2025</t>
         </is>
       </c>
-      <c r="Q275" s="1" t="inlineStr">
+      <c r="Q236" s="1" t="inlineStr">
         <is>
           <t>20/01/2026</t>
         </is>
       </c>
-      <c r="S275" s="1" t="inlineStr">
+      <c r="S236" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U275" s="1" t="inlineStr">
+      <c r="U236" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V275" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y275" s="1" t="inlineStr">
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-soutien-a-la-mise-en-oeuvre-de-la-mission-pour-des-villes-intelligentes-et-climatiquement-neutres-2026/</t>
+        </is>
+      </c>
+      <c r="Y236" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z275" s="1" t="inlineStr">
+      <c r="Z236" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-soutien-a-la-mise-en-oeuvre-de-la-mission-pour-des-villes-intelligentes-et-climatiquement-neutres-2026/</t>
         </is>
       </c>
-      <c r="AA275" s="1" t="inlineStr">
+      <c r="AA236" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="276" spans="1:27" customHeight="0">
-      <c r="A276" s="1">
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
         <v>165205</v>
       </c>
-      <c r="B276" s="1" t="inlineStr">
+      <c r="B237" s="1" t="inlineStr">
         <is>
           <t>HORIZON EUROPE - JOINT UNDERTAKINGS - Centres d’excellence en CHP et codes de phares en CHP - 2025</t>
         </is>
       </c>
-      <c r="D276" s="1" t="inlineStr">
+      <c r="D237" s="1" t="inlineStr">
         <is>
           <t>HORIZON EUROPE - JOINT UNDERTAKINGS - Centres d’excellence en CHP et codes de phares en CHP - 2025</t>
         </is>
       </c>
-      <c r="E276" s="1" t="inlineStr">
+      <c r="E237" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G276" s="1" t="inlineStr">
+      <c r="G237" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K276" s="1" t="inlineStr">
+      <c r="K237" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L276" s="1" t="inlineStr">
+      <c r="L237" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;60 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-01: entre 2 et 4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-02: entre 1 million et 2,500,000 euros&lt;/li&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-03: entre 1 million et 1,500,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu&amp;#039;à 100% du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 60 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre la prochaine génération d&amp;#039;applications de calcul à haute performance (HPC) en fournissant l&amp;#039;expertise, les outils et le soutien essentiels aux développeurs d&amp;#039;applications HPC européens&lt;/li&gt;    &lt;li&gt;Créer des centres techniques capables de combler le fossé entre l&amp;#039;infrastructure HPC de pointe et les développeurs d&amp;#039;applications&lt;/li&gt;    &lt;li&gt;Optimiser les performances et faciliter l&amp;#039;adoption des meilleures pratiques, des normes et des technologies HPC émergentes dans divers domaines scientifiques et industriels&lt;/li&gt;    &lt;li&gt;Renforcer les compétences techniques et l&amp;#039;expertise au sein de la communauté des développeurs d&amp;#039;applications HPC et harmoniser les normes et les mesures de performance pour les applications et les systèmes HPC, afin d&amp;#039;assurer la cohérence de l&amp;#039;écosystème HPC européen&lt;/li&gt;    &lt;li&gt;Établir des centres d&amp;#039;excellence transversaux qui serviront de pôles techniques pour les développeurs d&amp;#039;applications HPC&lt;/li&gt;    &lt;li&gt;Rationaliser et améliorer le développement, le déploiement et l&amp;#039;optimisation des applications HPC dans différents domaines&lt;/li&gt;    &lt;li&gt;Se concentrer sur le développement de codes HPC compétitifs à l&amp;#039;échelle mondiale&lt;/li&gt;    &lt;li&gt;Mettre en place des structures professionnelles de développement et de gestion de logiciels&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;TOPIC : &lt;/span&gt;&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;Ouvert&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-01 : Centres d’excellence communautaires&lt;/li&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-02 : Centres d’excellence transversaux&lt;/li&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-03 : Codes phares pour les applications de calcul haute performance&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (NPC) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://eurohpc-ju.europa.eu/document/download/3a006584-a640-4ce7-98b9-4092d48b9db9_en?filename&amp;#61;Decision%2019.2025_Amendment%20No%203%20to%20Work%20Programme%202025.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;HORIZON-JU-EUROHPC-2026-COE-LH-01&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en?prefLang&amp;#61;fr&amp;amp;etrans&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a href="https://eurohpc-ju.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N276" s="1" t="inlineStr">
+      <c r="N237" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Biodiversité
 Industrie
 Sécurité</t>
         </is>
       </c>
-      <c r="O276" s="1" t="inlineStr">
+      <c r="O237" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P276" s="1" t="inlineStr">
+      <c r="P237" s="1" t="inlineStr">
         <is>
           <t>10/06/2025</t>
         </is>
       </c>
-      <c r="Q276" s="1" t="inlineStr">
+      <c r="Q237" s="1" t="inlineStr">
         <is>
           <t>20/01/2026</t>
         </is>
       </c>
-      <c r="S276" s="1" t="inlineStr">
+      <c r="S237" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U276" s="1" t="inlineStr">
+      <c r="U237" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V276" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y276" s="1" t="inlineStr">
+      <c r="V237" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-joint-undertakings-centres-dexcellence-en-chp-et-codes-de-phares-en-chp-2025/</t>
+        </is>
+      </c>
+      <c r="Y237" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z276" s="1" t="inlineStr">
+      <c r="Z237" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-joint-undertakings-centres-dexcellence-en-chp-et-codes-de-phares-en-chp-2025/</t>
         </is>
       </c>
-      <c r="AA276" s="1" t="inlineStr">
+      <c r="AA237" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="277" spans="1:27" customHeight="0">
-      <c r="A277" s="1">
+    <row r="238" spans="1:27" customHeight="0">
+      <c r="A238" s="1">
         <v>165206</v>
       </c>
-      <c r="B277" s="1" t="inlineStr">
+      <c r="B238" s="1" t="inlineStr">
         <is>
           <t>HORIZON EUROPE - Ecosystèmes d'innovation interconnectés - 2026</t>
         </is>
       </c>
-      <c r="D277" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E277" s="1" t="inlineStr">
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - Ecosystèmes d&amp;apos;innovation interconnectés - 2026</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G277" s="1" t="inlineStr">
+      <c r="G238" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H277" s="1" t="inlineStr">
+      <c r="H238" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K277" s="1" t="inlineStr">
+      <c r="K238" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L277" s="1" t="inlineStr">
+      <c r="L238" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - Pilier 3 - Europe innovante - 2021-2027;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,500,0000 euros&lt;p&gt;-----&lt;/p&gt;Budget total de l’appel : 14,500,000 euros   Budget par topic :  &lt;ul&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-01: 4,5000,000 euros&lt;/li&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-02: 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-03: 5 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  Montant de la subvention : entre 1 et 5 millions d&amp;#039;euros   Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;Différentes catégories de projets sont éligibles : &lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;TOPICS :&lt;/span&gt;&lt;/p&gt;  &lt;p&gt;A venir&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-01: Réseau européen de centres de compétences nationaux pour les marchés publics de l&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-02 : Développer les écosystèmes d&amp;#039;investissement&lt;/li&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-03: Mise à l&amp;#039;échelle des écosystèmes de deep tech&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (NCP) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp;sortQuery&amp;#61;country;countryGroups&amp;#61;MS,AC,PAC,3C;countries&amp;#61;;functions&amp;#61;7?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://research-and-innovation.ec.europa.eu/document/download/1c306673-1596-4097-89d7-abce45ae6ddd_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;HORIZON-EIE-2026-01&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/european-innovation-ecosystems_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N277" s="1" t="inlineStr">
+      <c r="N238" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Innovation, créativité et recherche
 Industrie</t>
         </is>
       </c>
-      <c r="O277" s="1" t="inlineStr">
+      <c r="O238" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P277" s="1" t="inlineStr">
+      <c r="P238" s="1" t="inlineStr">
         <is>
           <t>10/09/2025</t>
         </is>
       </c>
-      <c r="Q277" s="1" t="inlineStr">
+      <c r="Q238" s="1" t="inlineStr">
         <is>
           <t>20/01/2026</t>
         </is>
       </c>
-      <c r="S277" s="1" t="inlineStr">
+      <c r="S238" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U277" s="1" t="inlineStr">
+      <c r="U238" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V277" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y277" s="1" t="inlineStr">
+      <c r="V238" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-ecosystemes-dinnovation-interconnectes-2026/</t>
+        </is>
+      </c>
+      <c r="Y238" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z277" s="1" t="inlineStr">
+      <c r="Z238" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-ecosystemes-dinnovation-interconnectes-2026/</t>
         </is>
       </c>
-      <c r="AA277" s="1" t="inlineStr">
+      <c r="AA238" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="278" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E278" s="1" t="inlineStr">
+    <row r="239" spans="1:27" customHeight="0">
+      <c r="A239" s="1">
+        <v>165291</v>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>EU Bodies and Agencies - Surveillance du bien-être : évaluation des risques fondée sur des données chez les poulets de chair à croissance rapide et lente - 2025</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>EU Bodies and Agencies - Surveillance du bien-être : évaluation des risques fondée sur des données chez les poulets de chair à croissance rapide et lente - 2025</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G278" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K278" s="1" t="inlineStr">
+      <c r="G239" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H239" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K239" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L278" s="1" t="inlineStr">
-[...10 lines deleted...]
-Technologies numériques et numérisation
+      <c r="L239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;2,500,000 euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 2,500,000 euros  &lt;ul&gt;    &lt;li&gt;Livrable 1 : 32 ,500 euros&lt;/li&gt;    &lt;li&gt;Livrable 2 : 91 ,000 euros&lt;/li&gt;    &lt;li&gt;Livrable 3 : 21 ,100 euros&lt;/li&gt;    &lt;li&gt;Livrable 4 : 85 ,500 euros&lt;/li&gt;    &lt;li&gt;Livrable 5 : 113, 850 euros&lt;/li&gt;    &lt;li&gt;Livrable 6 : 203, 100 euros&lt;/li&gt;    &lt;li&gt;Livrable 7 : 631 ,680 euros&lt;/li&gt;    &lt;li&gt;Livrable 8 : 108 ,000 euros&lt;/li&gt;    &lt;li&gt;Livrable 9 : 1 ,144, 420 euros&lt;/li&gt;    &lt;li&gt;Livrable 10 : 68 ,850 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention : 2,500,000 euros&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Objectifs&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Produire et analyser un ensemble de données issues d’une collecte de données de terrain sur des indicateurs basés sur l’animal (ABMs) reflétant le bien-être des poulets de chair, ainsi que des données contextuelles liées aux ressources (RBMs) et à la gestion (MBMs), provenant de différents systèmes de logement et pratiques en élevage et abattoirs&lt;/li&gt;    &lt;li&gt;Tester l’effet de trois interventions — densité de peuplement, plateformes surélevées et éleveuses sombres — sur le bien-être des poulets de chair, et rendre toutes les données accessibles dans un jeu de données en libre accès&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : Cartographier et sélectionner les ABMs et les données contextuelles (MBMs et RBMs) pour évaluer le bien-être des poulets de chair en élevage à l’aide d’un protocole défini&lt;/li&gt;    &lt;li&gt;Priorité 2 : Collecter des données de terrain sur les ABMs et les informations contextuelles concernant les poulets de chair en élevage et à l’abattoir&lt;/li&gt;    &lt;li&gt;Priorité 3 : Développer et mettre en place un jeu de données incluant les ABMs, RBMs et MBMs afin de soutenir de futures évaluations des risques&lt;/li&gt;    &lt;li&gt;Priorité 4 : Mener des expériences sur des souches de poulets de chair à croissance rapide et lente pour évaluer séparément les effets des interventions sur la densité de peuplement, les structures surélevées et les éleveuses sombres&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Parmi les actions financées&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Organiser la réunion de lancement avec l’EFSA et remettre un rapport de démarrage incluant l’agenda, les comptes rendus et un diagramme de Gantt&lt;/li&gt;    &lt;li&gt;Concevoir et mettre en œuvre un programme complet de formation pour les évaluateurs de terrain, incluant des phases de terrain et des sessions de remise à niveau&lt;/li&gt;    &lt;li&gt;Préparer le rapport final du projet et une présentation de 40 diapositives à destination de l’EFSA résumant les résultats du projet&lt;/li&gt;    &lt;li&gt;Soumettre au moins trois publications scientifiques issues des études expérimentales, avec un partage des données conforme aux principes FAIR&lt;/li&gt;    &lt;li&gt;Présenter les résultats de la collecte de données de terrain dans un rapport narratif et une présentation de 20 diapositives pour l’EFSA&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Eligibilité&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Les candidats doivent figurer sur la liste des organisations compétentes désignées par les États membres conformément à l&amp;#039;article 36 du règlement (CE) 178/2002 et au règlement (CE) 2230/2004 de la Commission &lt;a href="https://efsa.force.com/competentorganisations/s/" target="_blank" rel="nofollow noopener"&gt;(cliquez ici)&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins une entité, établie dans au moins un État membre de l&amp;#039;UE ou un pays associé au programme, doit être constitué&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 48 mois&lt;/li&gt;    &lt;li&gt;Contact : EFSAProcurement&amp;#64;efsa.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://www.efsa.europa.eu/sites/default/files/documents/fin/Call%20for%20Proposals_EUBA-EFSA-2025-BIOHAW-01.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EUBA-EFSA-2025-BIOHAW-01?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;EUBA-EFSA-2025-BIOHAW-01&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site l’Agence exécutive : &lt;a href="https://www.efsa.europa.eu/fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://www.efsa.europa.eu/fr/topics/topic/animal-health" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N239" s="1" t="inlineStr">
+        <is>
+          <t>Santé
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
-Biodiversité
-[...5 lines deleted...]
-      <c r="O278" s="1" t="inlineStr">
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O239" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P278" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S278" s="1" t="inlineStr">
+      <c r="P239" s="1" t="inlineStr">
+        <is>
+          <t>17/06/2025</t>
+        </is>
+      </c>
+      <c r="Q239" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2025</t>
+        </is>
+      </c>
+      <c r="S239" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U278" s="1" t="inlineStr">
+      <c r="U239" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V278" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y278" s="1" t="inlineStr">
+      <c r="V239" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/eu-bodies-and-agencies-surveillance-du-bien-etre-evaluation-des-risques-fondee-sur-des-donnees-chez-les-poulets-de-chair-a-croissance-rapide-et-lente-2025/</t>
+        </is>
+      </c>
+      <c r="Y239" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z278" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA278" s="1" t="inlineStr">
+      <c r="Z239" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-bodies-and-agencies-surveillance-du-bien-etre-evaluation-des-risques-fondee-sur-des-donnees-chez-les-poulets-de-chair-a-croissance-rapide-et-lente-2025/</t>
+        </is>
+      </c>
+      <c r="AA239" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="279" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E279" s="1" t="inlineStr">
+    <row r="240" spans="1:27" customHeight="0">
+      <c r="A240" s="1">
+        <v>165443</v>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>PPPA - Construire un espace social fiable : lutter contre la désinformation sur les réseaux sociaux pour les jeunes Européens - 2025</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>PPPA - Construire un espace social fiable : lutter contre la désinformation sur les réseaux sociaux pour les jeunes Européens - 2025</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G279" s="1" t="inlineStr">
-[...102 lines deleted...]
-      <c r="G280" s="1" t="inlineStr">
+      <c r="G240" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H280" s="1" t="inlineStr">
+      <c r="H240" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K280" s="1" t="inlineStr">
+      <c r="K240" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L280" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Santé
+      <c r="L240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;PPPA - Projets Pilotes et Actions Préparatoires - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;5,985,000 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 5,985,000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 3,1 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 85 %&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Objectifs&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Sensibiliser les jeunes aux menaces qui pèsent sur l&amp;#039;intégrité de l&amp;#039;information, telles que la désinformation, la manipulation et les contenus artificiels&lt;/li&gt;    &lt;li&gt;Créer et diffuser des contenus multilingues attrayants dans toute l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Impliquer les influenceurs et les jeunes dans un processus participatif de création de contenus&lt;/li&gt;    &lt;li&gt;Établir des partenariats entre les influenceurs et les professionnels de l&amp;#039;intégrité de l&amp;#039;information&lt;/li&gt;    &lt;li&gt;Évaluer et partager les meilleures pratiques en matière de promotion de contenus fiables&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : concevoir un processus participatif impliquant les jeunes Européens et les influenceurs&lt;/li&gt;    &lt;li&gt;Priorité 2 : produire des contenus destinés aux jeunes sur les menaces qui pèsent sur l&amp;#039;intégrité de l&amp;#039;information et les moyens de les contrer&lt;/li&gt;    &lt;li&gt;Priorité 3 : développer une vaste campagne transnationale et inclusive sur l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Priorité 4 : garantir le respect des lignes directrices et des normes éthiques en matière d&amp;#039;intégrité de l&amp;#039;information&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Parmi les actions financées&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Organisation d&amp;#039;événements (ateliers de production éphémères, événements parallèles ou stands interactifs lors de festivals pour la jeunesse, événements de lancement et de clôture)&lt;/li&gt;    &lt;li&gt;Production et distribution à l&amp;#039;échelle européenne de contenus multilingues&lt;/li&gt;    &lt;li&gt;Pôles d&amp;#039;engagement communautaire et d&amp;#039;influenceurs&lt;/li&gt;    &lt;li&gt;Réseau de collaboration paneuropéen&lt;/li&gt;    &lt;li&gt;Boucle continue d&amp;#039;évaluation d&amp;#039;impact et d&amp;#039;optimisation&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Éligibilité&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins 7 candidats, établis dans au moins 7 pays éligibles différents, doit être constitué.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Utile&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/pppa/wp-call/2025/call-fiche_pppa-2025-disinformation-young_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents relatifs à l&amp;#039;appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/PPPA-2025-DISINFORMATION-YOUNG?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;frameworkProgramme&amp;#61;43637601" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a href="https://www.eacea.ec.europa.eu/grants/2021-2027/pilot-projects-and-preparatory-actions-pppas_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d&amp;#039;informations (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/pppa2027" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N240" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
 Technologies numériques et numérisation
-Innovation, créativité et recherche
-[...4 lines deleted...]
-      <c r="O280" s="1" t="inlineStr">
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O240" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P280" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S280" s="1" t="inlineStr">
+      <c r="P240" s="1" t="inlineStr">
+        <is>
+          <t>30/09/2025</t>
+        </is>
+      </c>
+      <c r="Q240" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2025</t>
+        </is>
+      </c>
+      <c r="S240" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U280" s="1" t="inlineStr">
+      <c r="U240" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V280" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y280" s="1" t="inlineStr">
+      <c r="V240" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/pppa-construire-un-espace-social-fiable-lutter-contre-la-desinformation-sur-les-reseaux-sociaux-pour-les-jeunes-europeens-2025/</t>
+        </is>
+      </c>
+      <c r="W240" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/pppa2027</t>
+        </is>
+      </c>
+      <c r="X240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECTI4&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y240" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z280" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA280" s="1" t="inlineStr">
+      <c r="Z240" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pppa-construire-un-espace-social-fiable-lutter-contre-la-desinformation-sur-les-reseaux-sociaux-pour-les-jeunes-europeens-2025/</t>
+        </is>
+      </c>
+      <c r="AA240" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="281" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E281" s="1" t="inlineStr">
+    <row r="241" spans="1:27" customHeight="0">
+      <c r="A241" s="1">
+        <v>165455</v>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d'action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d&amp;apos;action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="E241" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G281" s="1" t="inlineStr">
+      <c r="G241" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H241" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K241" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L241" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;EU4Health - Programme de L’UE pour la santé - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;56 816 810 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 56 816 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 1,2 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 600 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 400 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 200 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles, vous pouvez demander un taux de financement plus élevé (80 %) si votre projet présente une « utilité exceptionnelle ».&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer gastrique et du cancer de la prostate, selon une approche progressive afin de garantir une planification, une mise à l&amp;#039;essai et un déploiement graduels et appropriés des programmes de dépistage&lt;/li&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer du poumon, afin d&amp;#039;améliorer la détection précoce et l&amp;#039;efficacité des programmes&lt;/li&gt;    &lt;li&gt;Tirer parti de l&amp;#039;IA et des données de santé pour soutenir l&amp;#039;innovation dans le domaine des dispositifs médicaux&lt;/li&gt;    &lt;li&gt;Accélérer le développement et le déploiement de l&amp;#039;IA et des solutions numériques dans le secteur des biotechnologies&lt;/li&gt;    &lt;li&gt;Contribuer à réduire le fardeau des maladies non transmissibles et de leurs facteurs de risque tout au long de la vie&lt;/li&gt;    &lt;li&gt;Mesurer et mieux comprendre l&amp;#039;accès des patients aux médicaments&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;organisation de conférences scientifiques, politiques et sociales de haut niveau, à but non lucratif et à l&amp;#039;échelle de l&amp;#039;Union&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Recherche via de nouveaux projets pilotes et initiatives de déploiement de programmes&lt;/li&gt;    &lt;li&gt;Fédérer des ensembles de données de santé diversifiés et de haute qualité à travers l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Interventions ambitieuses et innovantes en matière de santé publique pour lutter contre les facteurs de risque&lt;/li&gt;    &lt;li&gt;Développement des activités via la base de données EURIPID&lt;/li&gt;    &lt;li&gt;Développement, conception, production et distribution de dispositifs orphelins&lt;/li&gt;    &lt;li&gt;Plateforme multipartite/communauté de pratique&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : les pays de l&amp;#039;EEE et les pays associés au programme UE4Santé (&lt;a title="liste des pays participants" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/guidance/list-3rd-country-participation_eu4h_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants EN&lt;/a&gt;).&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;Au moins 3 entités, établies dans au moins 3 États membres de l&amp;#039;UE ou pays associés différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-01)&lt;/li&gt;    &lt;li&gt;Au moins 5 entités, établies dans au moins 5 États membres de l&amp;#039;UE ou pays associés au programme différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-02, EU4H-2026-SANTE-PJ-03, EU4H-2026-SANTE-PJ-04, EU4H-2026-SANTE-PJ-05, EU4H-2026-SANTE-PJ-08)&lt;/li&gt;    &lt;li&gt;Les propositions peuvent être soumises soit par un candidat unique, soit par un consortium (sans exigence minimale) (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) (EU4H-2026-SANTE-PJ-07 et EU4H-2026-SANTE-PJ-09)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : jusqu&amp;#039;à 12 mois, la conférence peut durer jusqu&amp;#039;à 5 jours calendaires&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Contact : HADEA-HP-CALLS&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;EU4H-2026-SANTE-PJ&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) :&lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://health.ec.europa.eu/publications/2025-eu4health-work-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N241" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O241" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P241" s="1" t="inlineStr">
+        <is>
+          <t>23/09/2025</t>
+        </is>
+      </c>
+      <c r="Q241" s="1" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="S241" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U241" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V241" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="Y241" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z241" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA241" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" spans="1:27" customHeight="0">
+      <c r="A242" s="1">
+        <v>165487</v>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Autoconsommation Collective multi acteurs d’électricité renouvelable</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>Autoconsommation Collective multi acteurs d’électricité renouvelable</t>
+        </is>
+      </c>
+      <c r="E242" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G242" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H242" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K242" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Par le soutien à l&amp;#039;Autoconsommation Collective (ACC), la Région entend offrir, sur la durée, aux acteurs d&amp;#039;un territoire une électricité renouvelable, à prix compétitif. L&amp;#039;autoconsommation Collective permet d&amp;#039;expérimenter de nouvelles formes d&amp;#039;appropriation et de partage en circuit court de l’électricité produite sur un périmètre donné.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Encourager l’émergence de nouveaux modèles de financement de la production d’énergie renouvelables &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer des projets ambitieux permettant le changement d’échelle de l’ACC (que ce soit en nombre acteurs impliqués, quantité d’électricité partagée…), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Offrir aux entreprises de production d’un territoire une électricité renouvelable locale, à un prix compétitif sur le long terme, leur permettant de stabiliser leur facture et d’être plus résilient face aux crises énergétiques&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Date de début de dépôt de dossiers : 01/01/2025&lt;/p&gt;&lt;p&gt;Date de fin de dépôt de dossiers : 31/12/2026&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dossiers sont traités au fil de l&amp;#039;eau&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les décisions sont prises en commission permanente&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L’aide demandée a pour but de permettre au porteur de projet de trouver une rentabilité comparable à celle qu’il aurait eu en absence de projet d’autoconsommation collective, compte tenu des risques liés à ces projets et de garantir un prix compétitif sur le long terme aux entreprises de production participant à l’opération. &lt;/p&gt;&lt;p&gt;Le porteur de projet démontre le besoin de subvention et son impact sur les prix proposés.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’aide est accordée sous forme de subvention, sur la base du régime environnement SA 111726 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont les investissements liés à la production d’électricité renouvelable partagée dans l’opération d’ACC. Si une partie de l’électricité produite est consommée sur place, la dépense éligible est plafonnée au prorata du volume partagé.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’aide ne finance pas les simples obligations règlementaires&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N242" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie locale et circuits courts
+Innovation, créativité et recherche
+Bâtiments et construction
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O242" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q242" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Structure publique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structure privée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Non liée à un fournisseur d’énergie&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Les projets devront être situés en région Nouvelle Aquitaine&lt;/p&gt;&lt;p&gt;Les projets concernés sont:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;ceux dont l’électricité produite est destinée principalement et sur le long terme aux entreprises de production : &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;dont la faisabilité technique et économiques (y compris le raccordement) est établie et l&amp;#039;opération d’autoconsommation collective définie &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;En fonction de l’enveloppe budgétaire disponible, seront priorisés les projets:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;destinés aux entreprises de production (PME/ETI) ayant réalisé/planifié des actions de sobriété.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;partageant plus de 200MWh/an, (hors volume consommé sur place) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;aux projets sollicitant moins de 50 € /MWh partagé dans l’ACC pendant la durée d’engagement des consommateurs. Montant de l’aide sollicitée (taux et € /MWh contractualisé sur 20 ans) : priorité sera donnée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;proposant aux consommateurs un prix  (et son indexation) compétitif aux entreprises de production &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U242" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V242" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/autoconsommation-collective-multi-acteurs-delectricite-renouvelable</t>
+        </is>
+      </c>
+      <c r="X242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Les demandes doivent être adressées avant tout démarrage des investissements&lt;/p&gt;&lt;p&gt;le bénéficiaire renseigne la «fiche de demande préalable » et l’adresse au chargé de mission du département concerné par son projet (cf. Contacts dans le Règlement d&amp;#039;Investissement à télécharger ci-après).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La demande comprendra à minima : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La « fiche de demande préalable » et l&amp;#039;&amp;#34;annexe technique&amp;#34; (cf. documents à télécharger ci-après) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le Kbis et RIB récents du demandeur,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les études réalisées &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les devis &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’attestation des producteurs de disposer des autorisations nécessaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Lettre d’intention des consommateurs ou term sheet ( précisant prix, durée, modalités d’évolution du prix, volume…) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plan d’affaire comparatif sans ACC, avec ACC, avec et sans subvention; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Engagement à ne pas solliciter d’autres soutiens pour l(es) actif(s) de production éligibles&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y242" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z242" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/autoconsommation-collective-multi-acteurs-delectricite-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA242" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" spans="1:27" customHeight="0">
+      <c r="A243" s="1">
+        <v>165491</v>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G243" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H281" s="1" t="inlineStr">
+      <c r="H243" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K281" s="1" t="inlineStr">
+      <c r="K243" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L281" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Transition énergétique
+      <c r="L243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;MTJ - Mécanisme pour une Transition Juste - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;630 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 630 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic Framework loans :  &lt;ul&gt;    &lt;li&gt;les prêts-cadres demandés à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;pour le topic Standalone projects :  &lt;ul&gt;    &lt;li&gt;les prêts demandés directement à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;les prêts demandés par l&amp;#039;intermédiaire des intermédiaires financiers de la BEI doivent être d&amp;#039;au moins 1 million d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectif&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les initiatives qui répondent aux défis sociaux, économiques et environnementaux liés à la transition vers les objectifs climatiques et énergétiques de l&amp;#039;Union européenne pour 2030&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Investissements dans les énergies renouvelables et la mobilité verte et durable, y compris la promotion de l&amp;#039;hydrogène vert&lt;/li&gt;    &lt;li&gt;Réseau de chauffage urbain efficace&lt;/li&gt;    &lt;li&gt;Recherche publique&lt;/li&gt;    &lt;li&gt;Numérisation&lt;/li&gt;    &lt;li&gt;Infrastructures environnementales pour une gestion intelligente des déchets et de l&amp;#039;eau&lt;/li&gt;    &lt;li&gt;Energie durable, efficacité énergétique et mesures d&amp;#039;intégration, y compris rénovations et conversions de bâtiments&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 24 et 60 mois.&lt;/li&gt;  &lt;/ul&gt;  Des projets d&amp;#039;une durée plus courte ou plus longue peuvent être acceptés dans des cas dûment justifiés.  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/jtm/wp-call/2026/call-fiche_jtm-2026-pslf_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;JTM-2026-PSLF&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://cinea.ec.europa.eu/just-transition-mechanism_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/jtm" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N243" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Accès aux services
+Santé
+Education et renforcement des compétences
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
-Transports collectifs et optimisation des trafics routiers
-[...3 lines deleted...]
-      <c r="O281" s="1" t="inlineStr">
+Bâtiments et construction
+Emploi
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O243" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P281" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S281" s="1" t="inlineStr">
+      <c r="P243" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q243" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2026</t>
+        </is>
+      </c>
+      <c r="R243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;Être des personnes morales (organismes publics ou organismes privés chargés d&amp;#039;une mission de service public) établies dans un État membre de l&amp;#039;UE&lt;/p&gt;&lt;p&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S243" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U281" s="1" t="inlineStr">
+      <c r="U243" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V281" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y281" s="1" t="inlineStr">
+      <c r="V243" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="X243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact: CINEA-JTM-PSLF&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y243" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z281" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA281" s="1" t="inlineStr">
+      <c r="Z243" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="AA243" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="282" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E282" s="1" t="inlineStr">
+    <row r="244" spans="1:27" customHeight="0">
+      <c r="A244" s="1">
+        <v>165492</v>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>IMREG - Mesures d'information relatives à la politique de cohésion de l'UE 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>IMREG - Mesures d&amp;apos;information relatives à la politique de cohésion de l&amp;apos;UE 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G282" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H282" s="1" t="inlineStr">
+      <c r="G244" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H244" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K282" s="1" t="inlineStr">
+      <c r="K244" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L282" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O282" s="1" t="inlineStr">
+      <c r="L244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Fonds Européen de Cohésion - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;3,5 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 3,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : jusqu&amp;#039;à 200 000 euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 80% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Apporter un soutien à la production et à la diffusion d&amp;#039;informations et de contenus liés à la politique de cohésion de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Illustrer et évaluer le rôle de la politique de cohésion dans la réalisation des priorités politiques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Production et distribution de matériel imprimé, multimédia ou audiovisuel&lt;/li&gt;    &lt;li&gt;Activités de sensibilisation sur le web et les réseaux sociaux&lt;/li&gt;    &lt;li&gt;Événements médiatiques&lt;/li&gt;    &lt;li&gt;Conférences, séminaires, ateliers&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 12 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles, si elles sont dument justifiées par un amendement.&lt;/p&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/imreg/wp-call/2025/call-fiche_imreg-2025-infome_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/IMREG-2025-INFOME?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://ec.europa.eu/regional_policy/home_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/imreg" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N244" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services
+Revitalisation
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O244" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P282" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S282" s="1" t="inlineStr">
+      <c r="P244" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="Q244" s="1" t="inlineStr">
+        <is>
+          <t>15/01/2026</t>
+        </is>
+      </c>
+      <c r="R244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;        - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Ne pas être des autorités chargées de la mise en œuvre de la politique de cohésion au sens de l&amp;#039;article 71 du règlement CPR 2021/10605.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S244" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U282" s="1" t="inlineStr">
+      <c r="U244" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V282" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y282" s="1" t="inlineStr">
+      <c r="V244" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/imreg-mesures-dinformation-relatives-a-la-politique-de-cohesion-de-lue-2025-2026/</t>
+        </is>
+      </c>
+      <c r="X244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact :REGIO-CONTRACTS&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y244" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z282" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA282" s="1" t="inlineStr">
+      <c r="Z244" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/imreg-mesures-d-apos-information-relatives-a-la-politique-de-cohesion-de-l-apos-ue-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA244" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="283" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E283" s="1" t="inlineStr">
+    <row r="245" spans="1:27" customHeight="0">
+      <c r="A245" s="1">
+        <v>165493</v>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>IMCAP - Soutien aux mesures d&amp;apos;information relatives à la Politique Agricole Commune - 2026</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>IMCAP - Soutien aux mesures d&amp;apos;information relatives à la Politique Agricole Commune - 2026</t>
+        </is>
+      </c>
+      <c r="E245" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G283" s="1" t="inlineStr">
+      <c r="G245" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H245" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K245" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;PAC - POLITIQUE AGRICOLE COMMUNE&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;4 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 125 000 et 350 000 euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : 60% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Sensibiliser à la politique agricole commune (PAC) au sein de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Diffuser des informations sur la politique agricole commune&lt;/li&gt;    &lt;li&gt;Aider les citoyens à comprendre la PAC grâce à des informations cohérentes, factuelles, objectives et complètes&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : le rôle de la PAC dans le soutien à des perspectives de revenus équitables pour les agriculteurs) et leur position dans la chaîne d&amp;#039;approvisionnement alimentaire&lt;/li&gt;    &lt;li&gt;Priorité 2 : sa contribution à la compétitivité et à la résilience à long terme de l&amp;#039;agriculture de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Priorité 3 : des systèmes agroalimentaires fonctionnant dans les limites de la planète, préservant des sols sains, une eau et un air purs, et protégeant et restaurant la biodiversité européenne&lt;/li&gt;    &lt;li&gt;Priorité 4 : le soutien au renouvellement générationnel et à l&amp;#039;amélioration de l&amp;#039;équilibre entre les sexes&lt;/li&gt;    &lt;li&gt;Priorité 5 : lutter contre les idées fausses et la désinformation et renforcer l&amp;#039;intégrité de l&amp;#039;information&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Campagnes de communication&lt;/li&gt;    &lt;li&gt;Production et diffusion/distribution de matériel imprimé, multimédia ou audiovisuel&lt;/li&gt;    &lt;li&gt;Activités de sensibilisation sur le web et les réseaux sociaux&lt;/li&gt;    &lt;li&gt;Événements médiatiques&lt;/li&gt;    &lt;li&gt;Conférences, séminaires, ateliers touchant un nombre important de citoyens&lt;/li&gt;    &lt;li&gt;Études sur des questions liées à la PAC&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a title="registre des participants" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; — avant de soumettre leur proposition — et devront être validés par le service central de validation (REA Validation)&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Seules les candidatures individuelles sont autorisées (bénéficiaires uniques ; les entités affiliées et autres participants sont autorisés, si nécessaire).&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 12 mois&lt;/li&gt;    &lt;li&gt;Contact : AGRI-GRANTS&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/imcap/wp-call/2026/call-fiche_imcap-2026-infome_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/IMCAP-2026-INFOME?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;IMCAP-2026-INFOME&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://agriculture.ec.europa.eu/common-agricultural-policy_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/imcap2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N245" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O245" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P245" s="1" t="inlineStr">
+        <is>
+          <t>07/10/2025</t>
+        </is>
+      </c>
+      <c r="Q245" s="1" t="inlineStr">
+        <is>
+          <t>14/01/2026</t>
+        </is>
+      </c>
+      <c r="S245" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U245" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V245" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/IMCAP-2026-INFOME?isExactMatch=true&amp;status=31094501,31094502,31094503&amp;callIdentifier=IMCAP-2026-INFOME&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="X245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : AGRI-GRANTS&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y245" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z245" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/imcap-soutien-aux-mesures-d-apos-information-relatives-a-la-politique-agricole-commune-2026/</t>
+        </is>
+      </c>
+      <c r="AA245" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" spans="1:27" customHeight="0">
+      <c r="A246" s="1">
+        <v>165494</v>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="E246" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G246" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K283" s="1" t="inlineStr">
+      <c r="H246" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K246" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L283" s="1" t="inlineStr">
-[...8 lines deleted...]
-Santé
+      <c r="L246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;I3 - Investissements interrégionaux dans l’innovation - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9,8 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9,8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 500 000 et 1,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Renforcer les capacités des régions moins développées afin qu&amp;#039;elles puissent développer et consolider leurs écosystèmes d&amp;#039;innovation régionaux et leurs chaînes de valeur&lt;/li&gt;    &lt;li&gt;Améliorer les capacités des autorités publiques et des intermédiaires en matière d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Renforcer les capacités afin de participer avec succès aux appels à projets relevant du volet 1 ou du volet 2a ou à d&amp;#039;autres programmes complémentaires de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Veiller à ce que les connaissances et les capacités acquises au cours du projet puissent être reproduites, adaptées et intégrées dans l&amp;#039;écosystème régional&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : Renforcer les écosystèmes régionaux d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Priorité 2 : Faciliter la mobilisation des connaissances et des talents&lt;/li&gt;    &lt;li&gt;Priorité 3 : Accroître la propension à investir grâce à une meilleure planification des activités et des investissements&lt;/li&gt;    &lt;li&gt;Priorité 4 : Améliorer l&amp;#039;intégration de la chaîne de valeur grâce à la création d&amp;#039;écosystèmes et à des partenariats S3&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Actions de coordination et de soutien ciblant les acteurs régionaux&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Les propositions doivent inclure au moins une action clé (voir le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;call document&lt;/a&gt;).&lt;/p&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des extensions sont possibles, si elles sont dûment justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/I3-2026-CAP2B?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/programmes/interregional-innovation-investments-i3-instrument_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N246" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O246" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P246" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q246" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
+        </is>
+      </c>
+      <c r="R246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale (organisme public ou privé)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établi dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés à l&amp;#039;instrument I3 ou les pays qui sont en cours de négociation d&amp;#039;un accord d&amp;#039;association et où l&amp;#039;accord entre en vigueur avant la signature de la subvention (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/guidance/list-3rd-country-participation_i3_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 2 entités juridiques indépendantes représentant 2 écosystèmes régionaux de 2 pays éligibles différents doit être constitué. Autres conditions détaillées dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_self"&gt;call document.&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S246" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U246" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V246" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="X246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EISMEA-I3-INSTRUMENT-CALLS&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y246" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z246" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="AA246" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" spans="1:27" customHeight="0">
+      <c r="A247" s="1">
+        <v>165498</v>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d'innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d&amp;apos;innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G247" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H247" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K247" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;7 021 561 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 7 021 561 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 80 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Promouvoir la coopération politique et les actions innovantes soutenant tous les volets du programme, en favorisant un environnement médiatique diversifié, indépendant et pluraliste ainsi que l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Encourager les approches innovantes en matière de création, d&amp;#039;accès, de distribution et de promotion de contenus dans les secteurs culturels et créatifs et avec d&amp;#039;autres secteurs&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : encourager de nouvelles formes de création à la croisée de différents secteurs culturels et créatifs&lt;/li&gt;    &lt;li&gt;Priorité 2 : favoriser des approches et des outils intersectoriels innovants&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Longs métrages, animations et documentaires créatifs&lt;/li&gt;    &lt;li&gt;Œuvres audiovisuelles de fiction, animation&lt;/li&gt;    &lt;li&gt;Fiction interactive et non linéaire&lt;/li&gt;    &lt;li&gt;Jeux vidéo narratifs et expériences narratives immersives interactives&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cross-2026-innovlab_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CROSS-2026-INNOVLAB?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;CREA-CROSS-2026-INNOVLAB&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N247" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Education et renforcement des compétences
+Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie sociale et solidaire
+Revitalisation
 Innovation, créativité et recherche
-Emploi
-[...3 lines deleted...]
-      <c r="O283" s="1" t="inlineStr">
+Biodiversité
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O247" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P283" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q283" s="1" t="inlineStr">
+      <c r="P247" s="1" t="inlineStr">
         <is>
           <t>23/10/2025</t>
         </is>
       </c>
-      <c r="S283" s="1" t="inlineStr">
+      <c r="Q247" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2026</t>
+        </is>
+      </c>
+      <c r="R247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant au programme Europe créative : États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;      - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays participant au programme Europe créative et détenus directement ou indirectement, en totalité ou en majorité, par des ressortissants de ces pays.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les candidatures individuelles sont autorisées (bénéficiaires uniques), ainsi que les propositions soumises par un consortium d&amp;#039;au moins deux candidats (bénéficiaires ; pas d&amp;#039;entités affiliées).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S247" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U283" s="1" t="inlineStr">
+      <c r="U247" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V283" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y283" s="1" t="inlineStr">
+      <c r="V247" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-laboratoire-dinnovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="X247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CROSS-INNOVLAB&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y247" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z283" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA283" s="1" t="inlineStr">
+      <c r="Z247" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-laboratoire-d-apos-innovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="AA247" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="284" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E284" s="1" t="inlineStr">
+    <row r="248" spans="1:27" customHeight="0">
+      <c r="A248" s="1">
+        <v>165500</v>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="E248" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G284" s="1" t="inlineStr">
+      <c r="G248" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H248" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K248" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;5 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;La subvention maximale par projet est de 200 000 euros pour un candidat individuel et de 300 000 euros pour un consortium.&lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;La subvention sera versée sous forme de montant forfaitaire.&lt;/em&gt;  &lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 60 % du total des coûts éligibles.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les projets qui traduisent, publient, distribuent et promeuvent les œuvres de fiction européennes&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : accroître la circulation transnationale et la diversité des œuvres littéraires européennes, par la traduction, la publication, la distribution et la promotion d&amp;#039;œuvres de fiction, en mettant particulièrement l&amp;#039;accent sur celles rédigées dans des langues moins traduites&lt;/li&gt;    &lt;li&gt;Priorité 2 : promouvoir la lecture et la diversité linguistique et culturelle de la littérature européenne auprès d&amp;#039;un large public&lt;/li&gt;    &lt;li&gt;Priorité 3 : soutenir la profession de traducteur littéraire, conformément aux principes de bonnes conditions de travail et de rémunération équitable&lt;/li&gt;    &lt;li&gt;Priorité 4 : accroître la compétitivité du secteur du livre en encourageant la coopération entre les différents acteurs de la chaîne de valeur du livre&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Ensembles de travaux de fiction éligibles à être traduits, publiés, distribués et promus, sur la base d&amp;#039;une stratégie éditoriale, de distribution et de promotion solide&lt;/li&gt;    &lt;li&gt;Activités visant à faciliter la collaboration entre les différents acteurs de la chaîne de valeur du livre et de l&amp;#039;édition&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;Pays participant à Europe créative :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;Pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Autres conditions d&amp;#039;éligibilité :  &lt;ul&gt;    &lt;li&gt;Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;/li&gt;    &lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;/li&gt;  &lt;/ul&gt;      &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cult-2026-lit_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CULT-2026-LIT?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N248" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Formation professionnelle
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O248" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P248" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="Q248" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2026</t>
+        </is>
+      </c>
+      <c r="R248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant à Europe créative :&lt;/p&gt;&lt;p&gt;     - États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;     - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;        - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Autres conditions d&amp;#039;éligibilité :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/p&gt;&lt;p&gt;  - Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S248" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U248" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V248" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="X248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CREATIVE-EUROPE-TRANSLATIONS&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y248" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z248" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="AA248" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="249" spans="1:27" customHeight="0">
+      <c r="A249" s="1">
+        <v>165503</v>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>DITIGAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>DITIGAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G249" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H284" s="1" t="inlineStr">
+      <c r="H249" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K284" s="1" t="inlineStr">
+      <c r="K249" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L284" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Transition énergétique
+      <c r="L249" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 3 millions et 3,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir l&amp;#039;adoption continue et l&amp;#039;expansion du domaine des données pour la fabrication&lt;/li&gt;    &lt;li&gt;Développer des solutions juridiques, techniques et commerciales afin de regrouper suffisamment de données et permettre aux développeurs d&amp;#039;IA de former des modèles d&amp;#039;IA générative&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : créer des cas d&amp;#039;utilisation dans le secteur manufacturier afin de débloquer des modèles d&amp;#039;IA avancés&lt;/li&gt;    &lt;li&gt;Priorité 2 : collecter des données massives et de haute qualité provenant d&amp;#039;environnements industriels réels, qui pourraient être utilisées pour former ou affiner des modèles d&amp;#039;IA générative pour le secteur manufacturier&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Projets de collecte de données&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles, si elles sont dument justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-dsm-ai-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-DSM-AI-09-DS-MANUFACTUR-STEP?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-DSM-AI-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N249" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
-Biodiversité</t>
-[...2 lines deleted...]
-      <c r="O284" s="1" t="inlineStr">
+Industrie</t>
+        </is>
+      </c>
+      <c r="O249" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P284" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S284" s="1" t="inlineStr">
+      <c r="P249" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q249" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R249" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE répertoriés et les pays suivants associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a target="_self"&gt;registre des participants&lt;/a&gt; — avant de soumettre la proposition — et devront être validés par le service central de validation (REA Validation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 3 entités, établies dans au moins 3 différents États membres de l’UE ou pays participant au programme doit être constitué&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S249" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U284" s="1" t="inlineStr">
+      <c r="U249" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V284" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y284" s="1" t="inlineStr">
+      <c r="V249" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/ditigal-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X249" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y249" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z284" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA284" s="1" t="inlineStr">
+      <c r="Z249" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ditigal-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA249" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" spans="1:27" customHeight="0">
+      <c r="A250" s="1">
+        <v>165504</v>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE- Accélérer l'utilisation optimale des technologies - 2025</t>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE- Accélérer l&amp;apos;utilisation optimale des technologies - 2025</t>
+        </is>
+      </c>
+      <c r="E250" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G250" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H250" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K250" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L250" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;15 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 15 million euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-WALLET: 10 millions euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-MDL: 5 millions euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir la délivrance et la certification des portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE conformément au règlement&lt;/li&gt;    &lt;li&gt;Soutenir le développement des marchés publics dans le contexte des portefeuilles d&amp;#039;entreprise européens&lt;/li&gt;    &lt;li&gt;Financer le développement de solutions modulaires de portefeuille d&amp;#039;identité numérique de l&amp;#039;UE et la fourniture de services d&amp;#039;assistance grâce à la coopération conjointe des États membres&lt;/li&gt;    &lt;li&gt;Soutenir la délivrance et l&amp;#039;acceptation des permis de conduire mobiles délivrés aux portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2025/call-fiche_digital-2025-bestuse-tech-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2025-BESTUSE-TECH-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N250" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Industrie
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O250" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P250" s="1" t="inlineStr">
+        <is>
+          <t>09/10/2025</t>
+        </is>
+      </c>
+      <c r="Q250" s="1" t="inlineStr">
+        <is>
+          <t>09/12/2025</t>
+        </is>
+      </c>
+      <c r="R250" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des entités juridiques (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur propositionUn consortium composé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- d&amp;#039;au moins 5 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué ( DIGITAL-2025-BESTUSE-TECH-09-WALLET)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 2 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doivent être constituées (DIGITAL-2025-BESTUSE-TECH-09-MDL)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S250" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U250" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V250" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-accelerer-lutilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="X250" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y250" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z250" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="AA250" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="251" spans="1:27" customHeight="0">
+      <c r="A251" s="1">
+        <v>165505</v>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l&amp;apos;Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E251" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G251" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H251" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K251" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L251" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N251" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O251" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P251" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2025</t>
+        </is>
+      </c>
+      <c r="Q251" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R251" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S251" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U251" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V251" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
+        </is>
+      </c>
+      <c r="X251" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y251" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z251" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA251" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="252" spans="1:27" customHeight="0">
+      <c r="A252" s="1">
+        <v>165507</v>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent réseau des pôles européens d'innovation numérique (EDIH) IA - 2026</t>
+        </is>
+      </c>
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent EDIH IA - 2026</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G252" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H252" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K252" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L252" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;79,2 millions d&amp;#039;euros &lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 79,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 1 million d&amp;#039;euros et 3 millions d&amp;#039;euros par projet.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  La subvention accordée peut être inférieure au montant demandé  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Consolider le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) afin de couvrir toutes les régions de l&amp;#039;Union Européenne et des pays associés en renforçant ses performances et sa capacité à répondre aux besoins locaux, régionaux, nationaux et européens en matière de numérisation&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes afin de faire progresser les objectifs collectifs de l&amp;#039;Europe en matière de climat et d&amp;#039;environnement&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Les propositions doivent être soumises par des pôles d&amp;#039;innovation numérique européens candidats issus de pôles EDIH existants financés par le programme « Europe numérique » et de pôles EDIH ayant obtenu le label d&amp;#039;excellence, tels qu&amp;#039;énumérés dans la &lt;a href="https://eur-lex.europa.eu/eli/dec_impl/2023/1534/oj" target="_blank" rel="nofollow noopener"&gt;décision d&amp;#039;exécution 2023/1534 de la Commission&lt;/a&gt; établissant le réseau initial de pôles EDIH.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-eu-eaa-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-EDIH-EU-EEA-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N252" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O252" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P252" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q252" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S252" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U252" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V252" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X252" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECT-DIH&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y252" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z252" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA252" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="253" spans="1:27" customHeight="0">
+      <c r="A253" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E253" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G253" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H253" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K253" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L253" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N253" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O253" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P253" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q253" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R253" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S253" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U253" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V253" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X253" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y253" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z253" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA253" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="254" spans="1:27" customHeight="0">
+      <c r="A254" s="1">
+        <v>165510</v>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="E254" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G254" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H254" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K254" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L254" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;1,8 million d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la coordination et le renforcement des capacités des points de contact nationaux (PCN) pour le programme&lt;/li&gt;    &lt;li&gt;Stimuler la mise en œuvre des politiques numériques de l&amp;#039;UE, la visibilité et l&amp;#039;impact du programme, ainsi que la diffusion et l&amp;#039;exploitation à long terme des résultats&lt;/li&gt;    &lt;li&gt;Renforcer le caractère transnational des activités du réseau, dans le but d&amp;#039;encourager davantage la collaboration&lt;/li&gt;    &lt;li&gt;Aider les PCN à mieux faire connaître le programme « Europe numérique » et les politiques numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : faciliter la coopération transnationale entre les PCN&lt;/li&gt;    &lt;li&gt;Priorité 2 : fournir un cadre qui favorisera la participation au programme et maximisera la sensibilisation générale à celui-ci&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Activités sur-mesure&lt;/li&gt;    &lt;li&gt;Activités transfrontalières&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles si elles sont dument justifiées par un amendement&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-support-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-SUPPORT-09-NCP-NETWORK?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-SUPPORT-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N254" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O254" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P254" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q254" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R254" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité :&lt;/p&gt;&lt;p&gt;- Etre des personnes morales (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Etre établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/p&gt;&lt;p&gt;- Un consortium composé d&amp;#039;au moins une entité établie dans un État membre et d&amp;#039;au moins deux candidats indépendants supplémentaires, chacun établi dans un État membre ou un pays associé différent, doit être constitué.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S254" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U254" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V254" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="X254" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y254" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z254" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="AA254" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="255" spans="1:27" customHeight="0">
+      <c r="A255" s="1">
+        <v>165511</v>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l'utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="D255" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l&amp;apos;utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="E255" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G255" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H255" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K255" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L255" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;6 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : maximum 750 000 euros par projet&lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Financer les activités des centres nationaux ou régionaux indépendants afin d&amp;#039;assurer la couverture des zones géographiques couvertes par les centres EDMO dont le financement prend fin en 2026&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : renforcer la surveillance et l&amp;#039;analyse de l&amp;#039;environnement informationnel en ligne, détecter et dénoncer les campagnes de désinformation, dans le but de contribuer à la connaissance de la situation dans l&amp;#039;ensemble de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : soutenir l&amp;#039;intégrité des élections en surveillant et en analysant les campagnes de désinformation et les manipulations liées aux élections&lt;/li&gt;    &lt;li&gt;Priorité n° 3 : mettre l&amp;#039;accent sur le renforcement de la résilience sociale et l&amp;#039;intensification des efforts de sensibilisation et de communication afin de toucher un large public et de concevoir des réponses efficaces adaptées aux publics nationaux&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats indépendants (bénéficiaires ; pas d&amp;#039;entités affiliées) doit être constitué et le coordinateur du consortium doit être établi dans un État membre de l&amp;#039;UE couvert par le pôle.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 18 mois&lt;/li&gt;    &lt;li&gt;Contact : &lt;a href="https://european-union.europa.eu/contact-eu/write-us_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-bestuse-tech-edmo-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-BESTUSE-TECH-EDMO-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N255" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O255" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P255" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q255" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S255" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U255" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V255" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-accelerer-lutilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="X255" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y255" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z255" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="AA255" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>