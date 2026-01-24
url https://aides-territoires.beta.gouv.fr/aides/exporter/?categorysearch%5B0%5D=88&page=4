--- v0 (2025-10-02)
+++ v1 (2026-01-24)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA249"/>
+  <dimension ref="A1:AA238"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,332 +228,14502 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>391</v>
+        <v>162324</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Contribuer au développement des projets des territoires lotois</t>
+          <t>Profiter des bus et trains illimités en Région Sud pour vos déplacements</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>ZOU ! Études</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental du Lot</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez moins de 25 ans, et vous étudiez en Région Sud ? Avec le PASS ZOU! Études, profitez des bus et trains illimités en Région Sud pour vos déplacements !&lt;br /&gt;  &lt;/p&gt; &lt;p&gt;Pour les jeunes de 3 à 25 ans : maternelle, primaire, collégien, lycéen, étudiant, apprenti, stagiaire de la formation professionnelle, élève des formations sanitaires et sociales, volontaire du service civique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>22/01/2019</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les inscriptions au PASS ZOU ! Études débuteront le 27 juin&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://zou.maregionsud.fr/acheter-un-pass-zou-etudes-2023-2024/"&gt;Acheter un Pass Zou! Etude&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/zou-etudes</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://zou.maregionsud.fr/acheter-un-pass-zou-etudes-2024-2025/</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/zou-etudes/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>162313</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Profiter d’un accès illimité à tous les réseaux de transport en commun du territoire métropolitain Aix-Marseille-Provence, TER inclus</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Pass intégral</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>En février 2018, la Région et la Métropole Aix-Marseille-Provence lancent le Pass Intégral Aix-Marseille-Provence.&lt;p&gt;Pour 73 € par mois (ou 68 € par mois en formule annuelle), vous pouvez profiter d’un accès illimité à tous les réseaux de transport en commun du territoire métropolitain Aix-Marseille-Provence, TER inclus.&lt;/p&gt;
+&lt;p&gt;Avec votre pass (valable du 1&lt;sup&gt;er &lt;/sup&gt;au dernier jour du mois), accédez sans limite à :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;4 réseaux inter urbains : &lt;/strong&gt;TER, Cartreize, Pays d’Aix Mobilité et Navettes Aéroport.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;13 réseaux urbains : &lt;/strong&gt;Aix en bus, Ciotabus, Gardanne en bus, Les bus de la Côte Bleue, Les bus de la Marcouline, Les bus de L’Etang, Les bus des Cigales, Les bus des Collines, Les lignes de l’Agglo, Libébus, Pertuis en bus, RTM, Ulysse.&lt;/li&gt; 	&lt;li&gt;et aussi aux Navettes maritimes, au service Le vélo, aux parcs à vélos… &lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2019</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/pass-integral</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pass-integral/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>139943</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Financer les plans de mobilités et les nouveaux services de mobilités en milieu rural</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif mobilités rurales - Région Centre-Val de loire (pour les Territoires non AOM)</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 50</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Il est porté à 80% pour les plans de mobilité ruraux des intercommunalités. Dans tous les cas, le montant de la subvention ne peut pas être inférieur à 2000€ ou supérieur à 50.000€.</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de l&amp;#039;exercice direct de sa compétence transports et dans le cadre de son rôle d&amp;#039;autorité organisatrice des mobilités locales sur les territoires qui n&amp;#039;ont pas pris la compétence, la Région apporte son appui aux initiatives nouvelles sur les territoires ruraux qui permettent de mieux connaître les besoins de mobilité, de faire connaître les réponses existantes, d&amp;#039;expérimenter ou de déployer de nouvelles solutions adaptées aux enjeux locaux de mobilité, afin d&amp;#039;améliorer les conditions d&amp;#039;accès aux pôles de services et aux zones d&amp;#039;emplois des territoires relevant de sa compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;initiative doit s&amp;#039;inscrire dans au moins un des enjeux thématiques mentionnés ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développer le management de la mobilité sur le territoire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Mettre à disposition de l&amp;#039;information sur des outils à distance ne suffit pas. Il s&amp;#039;agit à la fois de mieux connaître les besoins du territoire, les comportements, et de mieux associer besoins et offre de mobilité.
+ &lt;br /&gt;
+ Le management de la mobilité dispose d&amp;#039;un potentiel fort pour aider chacun à trouver de nouvelles solutions, mettre en relation des covoitureurs potentiels dans une entreprise, etc. et in fine modifier les comportements.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région a décidé de renforcer son action dans ce domaine, auprès des acteurs qui la sollicitent : collectivités ou groupement de collectivités pour travailler à la bonne échelle des bassins de mobilité, acteurs économiques ou groupement d&amp;#039;acteurs économiques pour trouver des solutions à la mobilité des employés, ou directement public visé....
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil en mobilité, à destination des entreprises, des particuliers, des personnes en insertion, aide chacun à trouver une solution adaptée, à tester de nouveaux usages. La Région l&amp;#039;encourage et propose des financements pour le mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité des employés est une problématique spécifique, qui présente un enjeu fort de maintien de l&amp;#039;activité sur plusieurs territoires. Afin de soutenir l&amp;#039;emploi et ses entreprises, la Région proposera sa contribution, notamment en réponse aux demandes qui émaneront des territoires désignés « Territoires d&amp;#039;industrie. »
+&lt;/p&gt;
+&lt;p&gt;
+ La Région pourra donc notamment apporter une aide financière aux collectivités et aux entreprises qui souhaitent s&amp;#039;engager à plusieurs dans l&amp;#039;élaboration de leur plan de mobilité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Région encourage et accompagne par ailleurs la réalisation d&amp;#039;études de mobilité (plan de mobilité simplifié ou équivalent) et de schémas cyclables sur les territoires, à l&amp;#039;échelle des EPCI ou des bassins de mobilité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil en mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poste de conseiller en mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en mobilité solidaire&amp;#61;&amp;gt; Poste de conseiller en mobilité inclusive, mise à disposition ponctuelle de solution de mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de mobilité (ex-PDE) &amp;#61;&amp;gt; Prestation externalisée pour l&amp;#039;élaboration d&amp;#039;un plan
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de mobilité en milieu rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schémas cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aider à l&amp;#039;émergence de nouveaux services adaptés aux territoires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Au-delà d&amp;#039;une meilleure connaissance des besoins, et d&amp;#039;actions sur les comportements de chacun, il apparaît nécessaire d&amp;#039;encourager plus avant les initiatives locales des acteurs locaux, privés ou publics, pour aider à l&amp;#039;émergence de nouvelles solutions répondant mieux aux besoins de mobilité identifiés.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif permet d&amp;#039;accompagner la mise en oeuvre des projets locaux.
+ &lt;br /&gt;
+ Concernant le covoiturage, parce que l&amp;#039;animation locale est indispensable à la réussite des projets de partage de la voiture en particulier en milieu rural, la Région aide les projets locaux de covoiturage spontané, d&amp;#039;aménagements signalétiques de points stop ou d&amp;#039;aires de covoiturage, l&amp;#039;animation et la communication locale. Elle aide également le développement du covoiturage sous l&amp;#039;angle solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Parce que nombre de voitures stationnent sur tout le territoire et que leur partage revêt à la fois une utilité sociale et un complément de revenus pour leur propriétaire, les projets qui visent à faire connaître et animer l&amp;#039;autopartage entre particuliers pourront également bénéficier de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément des transports à la demande Rémi &amp;#43; qui irriguent aujourd&amp;#039;hui le territoire, les acteurs locaux qui souhaitent développer des offres de services de mobilité à la demande complémentaires dans le cadre d&amp;#039;expérimentations pourront bénéficier de l&amp;#039;aide financière régionale, particulièrement lorsqu&amp;#039;ils proposent des solutions innovantes. A ce titre, les accords de communes avec des artisans taxis, les services de mobilité à la demande avec réservation dynamique ou par véhicules autonomes feront l&amp;#039;objet d&amp;#039;une attention particulière.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Covoiturage &amp;#61;&amp;gt; Covoiturage spontané, aménagements signalétiques de points stop ou d&amp;#039;aires de covoiturage, animation et communication locale / Aménagement d&amp;#039;aires de covoiturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autopartage &amp;#61;&amp;gt;Communication et animation autour de l&amp;#039;autopartage entre particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service de mobilité à la demande &amp;#61;&amp;gt; Développement de services de mobilité à la demande complémentaires, en particulier comprenant une dimension innovante, non concurrents des transports à la demande organisés par la Région/ Véhicules autonomes/ Appui aux taxis locaux pour des mobilités collectives vers les services implantés sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélo utilitaire &amp;#61;&amp;gt; Vélostations et maisons du vélo / Acquisition ou location de vélos pour mise à disposition d&amp;#039;une flotte à destination des habitants
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Uniquement à destination des 57 EPCI de la Région non compétentes en matière de mobilité (non AOM).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de ce nouveau dispositif régional, l&amp;#039;initiative doit s&amp;#039;inscrire dans au moins un des enjeux thématiques listé précédemment (tableau management de la mobilité, tableau aide à l&amp;#039;émergence de nouveaux services) sur un sujet éligible au dispositif mobilité rural, et ne doit pas faire concurrence à un service privé ou public équivalent sur le secteur d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité est également appréciée au regard de critères complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité de l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Impact environnemental positif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution à la baisse de l&amp;#039;usage de la voiture individuelle solo
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Public cible privilégié : jeunes, personnes sans solution de mobilité ou sans solution alternative à la voiture individuelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre de personnes concernées par l&amp;#039;action
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration de la dimension communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérennité du projet et de son impact sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats devront adresser un plan de financement prévisionnel. Lorsqu&amp;#039;une aide en fonctionnement est sollicitée, ils devront indiquer comment ils envisagent de poursuivre le service au-delà de la période de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée dans la limite de l&amp;#039;enveloppe annuelle disponible par section budgétaire (investissement, fonctionnement).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région se réserve le droit d&amp;#039;opérer une sélection des projets les plus conformes aux critères d&amp;#039;éligibilité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.centre-valdeloire.fr/vivre/simplifier-les-mobilites/mobilites-rurales-et-solidaires/accompagner-les-initiatives-locales</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacts :
+ &lt;br /&gt;
+ &lt;br /&gt;BASTIEN MOREL / Chargé de mission mobilité 41  / bastien.morel&amp;#64;centrevaldeloire.fr  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;THOMAS HILSMANN / Chargé de mission mobilité 37 / thomas.hilsmann&amp;#64;centrevaldeloire.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;VALENTIN BRIDEAU / Chargé
+  de mission mobilité 28 &amp;amp; 45 / valentin.brideau&amp;#64;centrevaldeloire.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;EMMANUEL GERBER / Chargé de mission mobilité 18 &amp;amp; 36 / emmanuel.gerber&amp;#64;centrevaldeloire.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>erik.leconte@centrevaldeloire.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4db6-financer-les-plans-de-mobilites-et-les-nouvea/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>74577</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Suivre les trajets de covoiturage sans risque de fraude et inciter la pratique du covoiturage sur votre territoire - Registre de preuve de covoiturage</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Registre de preuve de covoiturage</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Vous souhaitez bénéficier de l&amp;#039;
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;kRqDjg30TZY&amp;amp;feature&amp;#61;youtu.be"&gt;
+   accès découverte
+  &lt;/a&gt;
+  ?
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Il est réservé aux territoires n&amp;#039;ayant pas mis en place de politique incitative du covoiturage ou ne l&amp;#039;ayant pas encore justifiée auprès du Registre.
+ &lt;br /&gt;
+ Il permet aux territoires d&amp;#039;accéder gratuitement, sans contrainte aux statistiques des trajets de covoiturage effectués sur votre territoire, et préfigurer une campagne d&amp;#039;incitation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Vous souhaitez bénéficier de l&amp;#039;accès complet ?
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Il est réservé aux autorités organisatrices ayant mis en place une politique d&amp;#039;incitations au covoiturage sur leur territoire.
+ &lt;br /&gt;
+ Il permet aux territoires d&amp;#039;accéder gratuitement, sans contrainte aux statistiques des trajets de covoiturage effectués sur votre territoire,  de réaliser des exportations des statistiques et de configurer une campagne d&amp;#039;incitation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Accéder à la version découverte : vous n&amp;#039;avez pas (encore) voté de campagne d&amp;#039;incitation au covoiturage
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous vous invitons à nous communiquer :
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 1
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les pièces d&amp;#039;identification de la personne morale de droit public (Exemple :
+  &lt;a href="https://avis-situation-sirene.insee.fr/jsp/avis-formulaire.jsp"&gt;
+   avis de situation au répertoire SIRENE
+  &lt;/a&gt;
+  ) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les renseignements suivants :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Identité délégué à la protection des données (Nom, Prénom, Email) ➡️
+  &lt;a href="https://www.cnil.fr/fr/definition/delegue-protection-donnees"&gt;
+   définition CNIL
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identité responsable de traitement (Nom, Prénom, Email) ➡️
+  &lt;a href="https://www.cnil.fr/fr/definition/responsable-de-traitement"&gt;
+   définition CNIL
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identité responsable technique (Nom, Prénom, Email, N° téléphone)
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un logo à mettre sur notre site. Pour information, votre contact n&amp;#039;est pas communiqué.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 2
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Nous vous ouvrons un accès au Registre sur
+ &lt;a href="https://app.covoiturage.beta.gouv.fr"&gt;
+  https://app.covoiturage.beta.gouv.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Accéder à la version complète : vous avez voté une campagne d&amp;#039;incitation au covoiturage
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous vous invitons à nous communiquer :
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 1
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Vous trouverez nos
+ &lt;a href="https://doc.covoiturage.beta.gouv.fr/presentation/cgu"&gt;
+  Conditions Générales d&amp;#039;Utilisation (CGU) en ligne
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de nous indiquer par retour de mail votre acceptation de ces CGU.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 2
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les pièces d&amp;#039;identification de la personne morale de droit public (Exemple :
+  &lt;a href="https://avis-situation-sirene.insee.fr/jsp/avis-formulaire.jsp"&gt;
+   avis de situation au répertoire SIRENE
+  &lt;/a&gt;
+  ) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les renseignements suivants :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Identité délégué à la protection des données (Nom, Prénom, Email) ➡️
+  &lt;a href="https://www.cnil.fr/fr/definition/delegue-protection-donnees"&gt;
+   définition CNIL
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identité responsable de traitement (Nom, Prénom, Email) ➡️
+  &lt;a href="https://www.cnil.fr/fr/definition/responsable-de-traitement"&gt;
+   définition CNIL
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identité responsable technique (Nom, Prénom, Email, N° téléphone)
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un logo à mettre sur notre site. Pour information, votre contact n&amp;#039;est pas communiqué.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier décrivant la politique incitative sur le territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sélection des opérateurs de covoiturage partenaires ou présents sur votre territoire afin de les encourager à rejoindre le registre si ce n&amp;#039;est pas déjà fait.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 3
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Nous vous ouvrons un accès au Registre sur
+ &lt;a href="https://app.covoiturage.beta.gouv.fr"&gt;
+  https://app.covoiturage.beta.gouv.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.covoiturage.beta.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.covoiturage.beta.gouv.fr/territoires/onboarding#en-tant-quautorite-organisatrice-de-la-mobilite</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez nous communiquer ces informations par mail à
+ &lt;a&gt;
+  territoire&amp;#64;covoiturage.beta.gouv.fr
+ &lt;/a&gt;
+ ou directement via le
+ &lt;a href="https://startupdetat.typeform.com/to/zOoV4Mkz"&gt;
+  formulaire suivant
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6e81-suivre-les-trajets-de-covoiturage-sans-risque/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>162493</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Développer des solutions de mobilité durable (fiche-action 2)</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-          Créer et renforcer les structures et infrastructures favorisant les mobilités alternatives :  équipements pour les pôles d’échange multimodaux, transports collectifs, transport d’utilité sociale, transport à la demande, vélo-école, maison du vélo, ateliers ou bornes de réparation du vélo, stationnements de vélo, abris vélo avec ou sans point de recharge électrique, abribus, label vélo, …&lt;/p&gt;&lt;p&gt;-          Sensibiliser au sujet des mobilités alternatives : communication, formations, plateforme, …&lt;/p&gt;&lt;p&gt;-          Développer et soutenir les projets de mobilité partagée : auto-partage, vélo partage, location de moyenne, courte et longue durée, covoiturage, transport (scolaire ou autre) de proximité à traction animale, …&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q6" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette mesure vise à encourager la mise en oeuvre de nouvelles solutions de mobilité en tant qu&amp;#039;alternative à la voiture personnelle, pour suciter de nouvelles habitudes et de rendre la mobilité accessible à tous, dans le respect de l&amp;#039;environnement. Il s&amp;#039;agit notamment de développer les déplacements plus durables et de diminuer la dependance aux énergies fossiles dans nos déplacements.&lt;/p&gt;&lt;p&gt;Sont considérées comme mobilités alternatives : les transports en commun, le vélo à assistance électrique ou non, la marche à pied, le covoiturage, l’auto-stop, le transport à la demande, le prêt ou location de véhicules, l’auto-partage, le pédibus, la traction animale, l’inter-mobilité, et autres modes de transports ayant un impact zéro ou très faible sur l’environnement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-et-les-activites-en-milieu-rural-fonds-europeens-leader-du-pays-de-coutances-fiche-action-1/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>74861</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Financer la mobilité européenne des élèves des filières sanitaires et sociales</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient et accompagne les écoles relevant des filières sanitaires et sociales désirant intégrer dans leur offre de formation des stages en entreprise en Europe au profit de leurs élèves en formation relevant des niveaux 3 et 4.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Dans un contexte économique et social en mutation, la mobilité européenne génère un effet accélérateur de retour à l&amp;#039;emploi ou d&amp;#039;entrée en formation.  Consciente de ces enjeux, la Région Occitanie Pyrénées-Méditerranée, avec le soutien financier de l&amp;#039;Agence Erasmus &amp;#43;, contribue à l&amp;#039;insertion socio-professionnelle des apprentis, en favorisant l&amp;#039;ouverture internationale comme levier de développement de la citoyenneté et des compétences professionnelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Des dispositifs d&amp;#039;accompagnement financier et techniques sont mis à la disposition des structures proposant des formations de niveau 3 et 4 de la filière sanitaire et sociale pour les soutenir dans le développement des actions de mobilité à l&amp;#039;international.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Huit catégories de dépenses sont éligibles à un barème forfaitaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais de visites préparatoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de préparation au départ et de formation linguistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de mobilité (voyage et séjour),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais culturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;assurance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien aux besoins spécifiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de personnel et charges indirectes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalité de dépôt d&amp;#039;une demande de subvention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;organisme bénéficiaire dépose une demande pour un groupe et pour une destination, même si les séjours sont échelonnés et/ou les départs individuels.   Par principe, la demande de financement devra être antérieure au commencement d&amp;#039;exécution de l&amp;#039;opération (phase préparatoire de la mobilité). Toutefois, les dossiers sollicitant un financement pour des opérations qui auraient débuté 6 mois avant la date de réception de la demande de financement pourront être considérés recevables par la Région dans le respect des dispositions des articles 4 et 5 du règlement d&amp;#039;intervention régissant ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Egalité des chances
+Education et renforcement des compétences
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls sont éligibles les organismes membres du consortium ERASMUS&amp;#43; &amp;#34;Mobilité des apprenants d&amp;#039;Occitanie 2020/2022&amp;#34; coordonnés par la Région Occitanie :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les organismes gestionnaires des établissements de formations sanitaires et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des établissements de formations sanitaires et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout organisme associé et habilité par un établissement membre pour la mise en œuvre du projet de mobilité,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets éligibles doivent répondre aux caractéristiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action n&amp;#039;est pas cofinancée par des financements européens captés directement par l&amp;#039;établissement ou le bénéficiaire direct
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre minimal d&amp;#039;apprenants bénéficiaires fixé à 5 , et dans la mesure du possible d&amp;#039;un groupe &amp;#34;classe&amp;#34; ou &amp;#34;promotion&amp;#34;, pour lequel l&amp;#039;organisme bénéficiaire est libre de déterminer les critères de formation du groupe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir des modalités de préparation au départ et d&amp;#039;accompagnement adaptées au public éligible (avant, pendant et après la période de mobilité) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une période de formation en entreprise dans le cadre d&amp;#039;un partenariat européen en lien avec les objectifs pédagogique de la formation suivie par les apprenants bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inclure une démarche d&amp;#039;évaluation des compétences acquises en cours de mobilité et des impacts du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Destinations éligibles : Seules les mobilités organisées dans les pays éligibles au programme ERASMUS&amp;#43; sont éligibles au programme régional. Pour accéder à la liste des pays éligibles, veuillez-vous référer au site Internet de l&amp;#039;Agence Erasmus &amp;#43; . La zone géographique prioritaire en Europe est définie par les accords de coopération de la Région Occitanie Pyrénées / Méditerranée, à savoir les relations bilatérales privilégiées avec l&amp;#039;Allemagne et les zones transfrontalières espagnoles (Catalogne, Navarre, Aragon, Pays Basque) et les Iles Baléares dans le cadre de l&amp;#039;Eurorégion Pyrénées / Méditerranée ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le contenu de la mobilité prendra en compte un stage en entreprise d&amp;#039;une durée minimale de 10 jours consécutifs. Le séjour peut être ventilée sur un temps en entreprise et/ou un temps en centre de formation, si la mobilité est à visée certificative ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-a-la-mobilite-europeenne-des-eleves-des-filieres-sanitaires-et-sociales</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mathilde DUPAS
+&lt;/p&gt;
+&lt;p&gt;
+ chargée de mission
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : mathilde.dupas&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5287-aides-a-la-mobilite-europeenne-des-eleves-des/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>71290</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l'accès vers l'emploi en finançant les frais de logements et/ou de transport (Fonds d'aide à la mobilité vers l'emploi)</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;aide à la mobilité vers l&amp;#039;emploi
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes sortis de formation depuis moins de 6 mois et avez trouvé un emploi éloigné de votre domicile ? Avec le Fonds d&amp;#039;aide à la mobilité vers l&amp;#039;emploi, la Région Nouvelle Aquitaine peut vous aider dans votre projet de mobilité en participant à vos frais de logement et/ou de transport.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sécuriser l&amp;#039;accès vers l&amp;#039;emploi aux apprenants sortant de formation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer aux dépenses de logement et transport engendrées par un nouveau contrat de travail
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Bénéficiaires : voir critères d&amp;#039;éligibilité ci-dessous
+&lt;/strong&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide pourra être portée à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1 000 € maximum pour les dépenses liées au logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 000 € maximum pour les dépenses liées au transport
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aides sont cumulables dans la limite de 2000 € par an et par demandeur.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est versée en 2 fois sur le compte bancaire du bénéficiaire : un premier versement de 60 % suite à l&amp;#039;accord de l&amp;#039;aide et un second versement de 40 %, sur présentation d&amp;#039;une attestation de votre employeur confirmant la bonne exécution du CDD ou la poursuite du CDI, dans les 3 à 6 mois suivant la date de démarrage du contrat de travail. Un modèle type (Attestation second versement) vous est proposé ci-dessous.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Porteur
+&lt;/strong&gt;
+: Région Nouvelle-Aquitaine
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Tags
+&lt;/strong&gt;
+: Autre
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Périmètre
+&lt;/strong&gt;
+: Nouvelle - Aquitaine
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Egalité des chances
+Logement et habitat
+Accessibilité
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2020</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ les salariés signataires d&amp;#039;un CDD de 3 mois minimum ou d&amp;#039;un CDI :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sortant de formation qualifiante Région depuis moins de 6 mois : stagiaires de la formation professionnelle, apprenants des formations sanitaires et sociales,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sortant de formation depuis moins de 6 mois : apprentis, lycéens professionnels, bénéficiaires de contrats de professionnalisation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les signataires de contrat d&amp;#039;apprentissage ou de professionnalisation en cours d&amp;#039;exécution ne sont pas éligibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses prises en compte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les dépenses de logement : frais de déménagement, frais de double résidence...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses de transport : frais de déplacement, frais kilométriques, abonnement aux transports en commun ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide n&amp;#039;est pas cumulable avec :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - la mise à disposition d&amp;#039;un véhicule de fonction ou de service
+&lt;/p&gt;
+&lt;p&gt;
+ - la prise en charge de l&amp;#039;intégralité des frais de transport et/ou de logement par d&amp;#039;autres dispositifs (Pôle emploi, Action Logement, Région, collectivités, entreprises...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le formulaire de demande est à compléter et soumettre en ligne, accompagné des pièces obligatoires suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Copie de la pièce d&amp;#039;identité : carte d&amp;#039;identité, passeport, titre de séjour...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;Identité Bancaire (RIB), de moins de 2 mois s&amp;#039;il est daté, au nom du demandeur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation de fin de formation remis par votre organisme de formation. Un modèle d&amp;#039;attestation de fin de formation est à votre disposition ci-dessous.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrat de travail ou attestation employeur précisant la durée de la période d&amp;#039;essai et le salaire brut mensuel. Un modèle d&amp;#039;attestation de fin de formation est à votre disposition ci-dessous.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatif de domicile principal en Nouvelle-Aquitaine de moins de 3 mois à votre nom (Facture de téléphone, d&amp;#039;électricité, de gaz, d&amp;#039;eau, quittance de loyer, avis d&amp;#039;imposition, taxe d&amp;#039;habitation...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatifs des dépenses liées à la demande : déménagement (devis), double résidence (contrats de location, quittances de loyer...), transport (factures pour le transport en commun, carte grise pour le calcul des frais kilométriques.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/fonds-daide-la-mobilite-vers-lemploi</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Relation aux Usagers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Formation Professionnelle et Apprentissage
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eced-fonds-daide-a-la-mobilite-vers-lemploi/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>111978</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Acheter ou louer d'un véhicule peu polluant, en échange de la mise au rebut d'un véhicule polluant</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Prime à la conversion</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Entre 100 et 5000 euros</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>La prime à la conversion constitue une aide à l&amp;#039;achat ou à la location d&amp;#039;un véhicule peu polluant, en échange de la mise au rebut d&amp;#039;un véhicule polluant.
+&lt;p&gt;
+ La prime à la conversion est une aide de l&amp;#039;État à l&amp;#039;achat ou à la location d&amp;#039;un véhicule peu polluant, en échange de la mise au rebut d&amp;#039;un véhicule diesel immatriculé pour la première fois avant 2011 ou essence immatriculé pour la première fois avant 2006.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la prime dépend du type de véhicule acheté ou loué et de la situation du demandeur.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>Qui peut en bénéficier ?
+&lt;p&gt;
+ Le dispositif s&amp;#039;adresse à tous les Français qui souhaitent acquérir ou louer un véhicule peu polluant.
+&lt;/p&gt;
+&lt;p&gt;
+ La prime à la conversion est cumulable avec le
+ &lt;strong&gt;
+  &lt;a&gt;
+   bonus écologique
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Comment en bénéficier ?
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de prime peut se faire soit via un
+ &lt;strong&gt;
+  concessionnaire
+ &lt;/strong&gt;
+ qui vous avance le montant de l&amp;#039;aide, soit directement sur le site dédié :
+ &lt;a href="http://www.primealaconversion.gouv.fr"&gt;
+  Prime à la conversion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/particuliers/prime-conversion</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="http://www.primealaconversion.gouv.fr"&gt;
+   Prime à la conversion
+  &lt;/a&gt;
+  : pour déposer votre demande et consulter toutes les informations relatives au dispositif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fdae-prime-a-la-conversion/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>162318</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide à l’acquisition de véhicules utilitaires propres</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’acquisition de véhicules utilitaires propres</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour une aide directe en direction des entreprises de transport routier afin de les inciter à de nouvelles pratiques dans une logique de réduction des émissions CO2. Jusqu’à 15 000€ pour un véhicule neuf.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;La Région Provence-Alpes-Côte d&amp;#039;Azur fait de la transition énergétique et de l’atteinte d’une neutralité carbone l’une de ses priorités. Le dispositif d&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres s&amp;#039;inscrit ainsi dans la mesure 11 du Plan Climat qui vise à « inciter à l’émergence de nouvelles pratiques au sein des entreprises de transport routier dans une logique de réduction des émissions CO2 ».&lt;/p&gt;
+&lt;p&gt;Les camions représentent 5% des émissions de gaz à effet de serre du territoire et les camionnettes (Véhicule Utilitaire Léger, VUL) en représentent 4%. Les véhicules électriques, hydrogènes ou bioGNV réduisant significativement ces émissions en comparaison de leurs équivalents thermiques, ils constituent l’un des outils principaux de la transition énergétique du transport de marchandise.&lt;br /&gt; &lt;br /&gt; En plus de largement participer aux émissions carbones, les camionnettes et poids lourds participent à la dégradation de la qualité de l’air en ville. Les conséquences s’observent par exemple dans les données locales des émissions puisqu’ATMOSUD estime que les camionnettes contribuent à 22% des émissions de Nox du secteur des transports sur la Ville de Nice.  Dans les métropoles concernées par le contentieux avec la Commission européenne sur la qualité de l’air, on dénombre 50 000 VUL avec une vignette crit’air 4, 5 ou non classé sur la Métropole Aix- Marseille, 15 000 sur la Métropole Nice Côte d’Azur et 12 000 sur Toulon Provence Métropole.&lt;/p&gt;
+&lt;p&gt;Le éveloppement et l’usage des carburants alternatifs, faiblement émetteurs de GES et autres polluants, est donc l’un des leviers à activer. L’offre « constructeur » s’étoffe régulièrement que ce soit sur des véhicules de 1,7t ou des véhicules de 3,5t. Même si l’offre électrique et hydrogène sur le segment des véhicules de plus de 7t est encore balbutiante, elle s’enrichit régulièrement. Le taux de renouvellement du parc est faible (5% par an) et le parc est vieillissant (25% des véhicules ont 15 ans et plus).&lt;/p&gt;
+&lt;p&gt;Afin d’accélérer la transition énergétique du transport de marchandise, d’anticiper et de rendre acceptable les Zones à Faibles Emissions (ZFE), tout en évitant l’assèchement des centres villes et les levées de bouclier de certains secteurs, il faudra être en mesure de montrer des exemples qui fonctionnent. Le dispositif d&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres participe largement à l’activation de ces leviers d’actions.&lt;/p&gt;
+&lt;p&gt;Ce dispositif vient compléter les financements de la Région concernant le déploiement des bornes de recharge électrique ou hydrogène à travers l’appel à projets régional « Zéro émission sur routes »3 , et le déploiement d’installations de production d’électricité renouvelable en autoconsommation à travers le dispositif « Smart PV 4.0 »&lt;/p&gt; &lt;p&gt;L&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres doit permettre aux auto-entrepreneurs, Très Petites Entreprises (TPE) ou les petites et moyennes entreprises (PME) - ayant un établissement ou une succursale en Région Provence-Alpes-Côte d&amp;#039;Azur - d&amp;#039;effectuer leur transition énergétique. Les collectivités peuvent aussi être aidées si elles vont au-delà de leurs obligations règlementaires. Le dispositif focalise sur le transport de marchandise et de matériel.&lt;/p&gt; &lt;p&gt;Le dossier complet de demande de financement devra porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’acquisition d’un véhicule neuf à émissions nulles ou faibles ;&lt;/li&gt; 	&lt;li&gt;L’acquisition d’un véhicule d’occasion à émissions nulles ou faibles, à la condition qu’il n’ait pas déjà bénéficié d’une aide dans le cadre du présent dispositif ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Un seul dossier peut être déposé par porteur de projet. Un dossier peut concerner l’achat ou la location de 1 à 5 véhicules (le nombre pourra être porté à 10 véhicules si l’enveloppe budgétaire associée à l’ensemble du dispositif régional le permet). Les véhicules à faibles émissions de moins de 3,5 tonnes éligibles sont visés dans le décret n° 2017-24 du 11 janvier 2017 pris pour l&amp;#039;application des articles L. 224-7 du code de l&amp;#039;environnement et L. 318-1 du code de la route :&lt;/p&gt;
+&lt;p&gt;- EL (électricité) ;&lt;br /&gt; - H2 (hydrogène) ;&lt;br /&gt; - HE (hydrogène-électricité [hybride rechargeable]) ;&lt;br /&gt; - HH (hydrogène-électricité [hybride non rechargeable]) ;&lt;br /&gt;  - AC (air comprimé).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>28/09/2020</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dossier complet de demande de financement devra porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’acquisition d’un véhicule neuf à émissions nulles ou faibles ;&lt;/li&gt; 	&lt;li&gt;L’acquisition d’un véhicule d’occasion à émissions nulles ou faibles, à la condition qu’il n’ait pas déjà bénéficié d’une aide dans le cadre du présent dispositif ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Un seul dossier peut être déposé par porteur de projet. Un dossier peut concerner l’achat ou la location de 1 à 5 véhicules (le nombre pourra être porté à 10 véhicules si l’enveloppe budgétaire associée à l’ensemble du dispositif régional le permet). Les véhicules à faibles émissions de moins de 3,5 tonnes éligibles sont visés dans le décret n° 2017-24 du 11 janvier 2017 pris pour l&amp;#039;application des articles L. 224-7 du code de l&amp;#039;environnement et L. 318-1 du code de la route :&lt;/p&gt;
+&lt;p&gt;- EL (électricité) ;&lt;br /&gt; - H2 (hydrogène) ;&lt;br /&gt; - HE (hydrogène-électricité [hybride rechargeable]) ;&lt;br /&gt; - HH (hydrogène-électricité [hybride non rechargeable]) ;&lt;br /&gt;  - AC (air comprimé).&lt;/p&gt; &lt;p&gt;La demande de subvention doit être faite et enregistrée par la Région avant la date de livraison du véhicule et sur la base d’un devis, d’un bon de commande ou de réservation. Le dépôt des demandes de subvention doit être effectué en ligne sur &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt;  ou par voie postale à l’adresse suivante :&lt;/p&gt;
+&lt;p&gt;Monsieur le Président du Conseil régional Provence-Alpes-Côte d’Azur&lt;br /&gt; Direction des Finances et du Contrôle de Gestion Service des Subventions&lt;br /&gt; Unité Subventions et Partenaires&lt;br /&gt; Hôtel de Région 27 Place Jules Guesde&lt;br /&gt; 13481 MARSEILLE Cedex 20&lt;br /&gt; &lt;br /&gt; &lt;em&gt;(Préciser sur le courrier d’accompagnement : « à l’attention du Service Transition Energétique – Direction de la Transition Energétique et des Territoires »). &lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;Pour qu’une demande soit recevable, le demandeur devra fournir :&lt;/p&gt;
+&lt;p&gt;- L’ensemble des documents administratifs exigés lors du dépôt de demande de subvention (cf. plateforme en ligne https://subventionsenligne.maregionsud.fr/ - Fiche N°4);&lt;/p&gt;
+&lt;p&gt;- Les devis ou bons de commande ou bons de réservation détaillés du (des) véhicule(s) à acquérir précisant s’il est neuf ou d’occasion et indiquant ses caractéristiques techniques en lien avec les critères d’éligibilité et les émissions de CO2 ou accompagné d’un document technique du constructeur les stipulant ;&lt;/p&gt;
+&lt;p&gt;- Pour les collectivités ou entreprises soumises à des obligations d’acquisition de véhicules propres lors de renouvellement de flottes : un état des lieux du parc de véhicules du bénéficiaire (type de véhicule, vignette crit&amp;#039;air, etc.), une lettre d&amp;#039;engagement indiquant le nombre de véhicules acquis dans l&amp;#039;opération de renouvellement et le nombre de véhicules propres acquis dans cette opération, une lettre d’engagement sur le nombre de véhicules acquis allant au-delà de la réglementation, documents formels associés à la commande de véhicules (dossier d&amp;#039;appel d&amp;#039;offre, documents d&amp;#039;achat groupé, etc., etc.)&lt;/p&gt;
+&lt;p&gt;- Après validation du dossier de demande de subvention par la Région, une facture devra être présentée pour le versement de l’aide. Les factures antérieures à la date de dépôt du dossier de demande d’aide ne pourront pas être prises en compte.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-lacquisition-de-vehicules-utilitaires-propres</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Franck FERRIZ -&lt;br /&gt; Service Transition Energétique -&lt;br /&gt; Région Provence-Alpes-Côte d&amp;#039;Azur -&lt;/strong&gt;&lt;br /&gt; &lt;a href="mailto:fferriz&amp;#64;maregionsud.fr" title="mailto:fferriz&amp;#64;maregionsud.fr"&gt;fferriz&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-lacquisition-de-vehicules-utilitaires-propres/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>165670</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Description du dispositif :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’AMI CPIER est mis en œuvre et financé par l’État, via l’ADEME (Directions régionales Île-de-France et Normandie), la Région Normandie et la Région Île-de-France en partenariat avec la Délégation interministérielle au développement de la Vallée de la Seine (DIDVS) et les autres services déconcentrés de l’État.&lt;/p&gt;&lt;p&gt;Cet AMI vise à &lt;strong&gt;favoriser l’essor de projets interrégionaux, innovants et exemplaires &lt;/strong&gt;dans cinq domaines :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;solutions durables et décarbonées pour la mobilité des personnes et des marchandises ;&lt;/li&gt;&lt;li&gt;réduction de l’empreinte carbone des procédés industriels ;&lt;/li&gt;&lt;li&gt;transition vers une économie circulaire et boucles locales ;&lt;/li&gt;&lt;li&gt;développement des énergies renouvelables ;&lt;/li&gt;&lt;li&gt;lutte contre le changement climatique, anticipation, adaptation et résilience.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les types de projets suivants &lt;/strong&gt;peuvent être soutenus : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;études de préfiguration/études de préfaisabilité ou de faisabilité ;&lt;/li&gt;&lt;li&gt;expérimentations et démonstrateurs exemplaires et innovants ;&lt;/li&gt;&lt;li&gt;aide au changement de comportement (projets d’animation, de communication, de formation). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Avant tout dépôt de dossier de candidature : &lt;/strong&gt;il est fortement recommandé de contacter les personnes référentes de l’AMI en utilisant la fiche projet téléchargeable sur cette page. &lt;/p&gt;&lt;p&gt;L’ADEME est chargée de la réception des dossiers. Dans le cadre d’un comité de pilotage dédié, les projets sont co-instruits par les partenaires financeurs de l’AMI (Région Île-de-France, Région Normandie, ADEME) en partenariat avec la DIDVS et les services déconcentrés de l’État (DREAL Normandie et Préfecture d’Île-de-France).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;principaux critères d’examen des projets&lt;/strong&gt; sont les suivants (voir détail dans le règlement de l’AMI) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;structuration interrégionale et partenariale du projet ;&lt;/li&gt;&lt;li&gt;capacité à répondre aux enjeux thématiques et stratégiques de l’AMI et du schéma stratégique ;&lt;/li&gt;&lt;li&gt;innovation ;&lt;/li&gt;&lt;li&gt;caractère opérationnel du projet ;&lt;/li&gt;&lt;li&gt;montage technique et financier du projet.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>22/12/2025</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_28</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>103261</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la sécurisation et la suppression des passages à niveau</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité Routière : Soutien à la sécurisation et à la suppression des passages à niveau</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise d&amp;#039;une part à supprimer les passages à niveau (PN) par la réalisation de franchissements du réseau ferré par des ouvrages intégrant tous les modes de déplacements et d&amp;#039;autre part à sécuriser les abords des PN existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La participation de la Région s&amp;#039;applique aux PN identifiés comme préoccupants par l&amp;#039;instance de coordination de la politique d&amp;#039;amélioration de la sécurité aux PN. Cette liste fait l&amp;#039;objet d&amp;#039;une actualisation régulière en fonction de l&amp;#039;évolution de la dangerosité des différents PN.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de financement maximum :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   au titre du réseau ferré du projet de suppression de PN : 50% du montant subventionnable HT de la partie du projet concernée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   au titre des aménagements routiers du projet de suppression de PN : 35% du montant subventionnable HT de la partie de l&amp;#039;opération concernée, plafonné à 4.000.000 €,
+  &lt;/li&gt;
+  &lt;li&gt;
+   au titre de la sécurisation des abords des PN : 50% du montant subventionnable HT de la partie du projet concernée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelles démarches ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Dépôt d&amp;#039;un dossier de demande de subvention, présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention de financement conclue entre la Région et le bénéficiaire.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   À noter
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les aides attribuées au titre du présent règlement font l&amp;#039;objet de conventions de financement conclues entre la Région et le bénéficiaire (et éventuellement les autres co-financeurs).
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Etat, les opérateurs (SNCF et RATP), les Départements, les communes et leurs groupements, les syndicats mixtes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/rybZj5-94</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports / service Pôles et voiries
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  directiondestransports&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0df4-securite-routiere-soutien-a-la-securisation-e/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>60940</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'expérimentation en conditions réelles de solutions innovantes entre une PME/TPE et un territoire d'Ile-de-France - INNOV’up</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 70</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien à l&amp;#039;expérimentation en conditions réelles de solutions innovantes entre une PME/TPE et un territoire d&amp;#039;Ile-de-France.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La BPI aide à la mise en relation des PME et TPE avec des territoires afin de tester en conditions réelles des solutions innovantes.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide peut prendre la forme d&amp;#039;une subvention et/ou d&amp;#039;une avance récupérable (AR), dans la limite de 500 000 € de subvention et 3 M€ d&amp;#039;avance récupérable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise et de la nature du projet (25% à 70%).
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide est à déposer sur la plateforme :
+ &lt;a href="https://mon.bpifrance.fr/mon-espace/#/formulaire/innovup"&gt;
+  https://mon.bpifrance.fr/mon-espace/#/formulaire/innovup
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide doit être déposée avant le démarrage du projet. Toute dépense antérieure ne pourra pas être prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises lauréates rejoignent le Paris Région Business Club (PRBC). Ce réseau unique compte plus de 3000 membres à qui il propose des opportunités d&amp;#039;affaires, des mises en relation exclusives, des occasions de partage d&amp;#039;expérience et de visibilité pour accompagner leur croissance en complément de l&amp;#039;aide financière régionale.
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   frais de personnel, prestations externes (honoraires, sous-traitance R&amp;amp;D, etc.)
+  &lt;/li&gt;
+  &lt;li&gt;
+   amortissement du matériel des investissements engagés sur la durée du programme
+  &lt;/li&gt;
+  &lt;li&gt;
+   dépenses de propriété industrielle, d&amp;#039;homologation, de design, d&amp;#039;étude de marché, d&amp;#039;acquisition de technologie
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le projet est réalisé en Île-de-France et présente des perspectives crédibles de retombées économiques positives pour le territoire
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Projets de recherche, développement et innovation (RDI), relatifs à des produits, services, procédés, organisations et à l&amp;#039;innovation sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide vise à accompagner un projet, au cours de ses différentes phases :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   sa faisabilité pour valider l&amp;#039;opportunité technique, technologique et économique
+  &lt;/li&gt;
+  &lt;li&gt;
+   son développement pour conduire les travaux de développement et de prototypage
+  &lt;/li&gt;
+  &lt;li&gt;
+   son expérimentation pour tester l&amp;#039;innovation en conditions réelles avant sa mise sur le marché
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les TPE/PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le candidat devra posséder au moins un établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-regionaux/INNOV-up</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2457-innovup/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>111758</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à l'intégration des enjeux climatiques aux documents d’urbanisme (ScoT, PLUi, PLU)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intégrer les enjeux énergie climat aux documents d&amp;#039;Urbanisme réglementaires ScoT, PLU, PLUi. Promouvoir un Urbanisme respectueux de l&amp;#039;environnement et adapter aux évolutions Climatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la carte intégrant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  formation et sensibilisation « Urbanisme et Climat »
+ &lt;/li&gt;
+ &lt;li&gt;
+  état des lieux de l&amp;#039;intégration des enjeux climatiques au document d&amp;#039;urbanisme existant (outil Clim&amp;#039;URBA Cerema).
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la définition des enjeux Energie Climat prioritaires à la formulation d&amp;#039;une Stratégie et d&amp;#039;orientation partagée en lien avec le PCAET (EPCI) et le SRADDET (Région).
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la rédaction du PADD en collaboration avec le bureau d&amp;#039;études mandaté par la collectivité pour la rédaction du document.
+ &lt;/li&gt;
+ &lt;li&gt;
+  participation aux comités de pilotage
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la rédaction du document d&amp;#039;urbanisme pour l&amp;#039;intégration des enjeux (végétalisation, perméabilité des sols, mobilités, énergie renouvelables, connaissance des réseaux d&amp;#039;énergie, choix constructif des bâtiments neufs, usages des surfaces, économie circulaire et circuits courts....
+ &lt;/li&gt;
+ &lt;li&gt;
+  formation des élus et des services instructeurs à la compréhension et l&amp;#039;instruction du nouveau document.
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre du document d&amp;#039;urbanisme Energie Climat
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  stratégie énergie climat du document
+ &lt;/li&gt;
+ &lt;li&gt;
+  propositions d&amp;#039;évolution du PADD aux regards de la stratégie énergie climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  propositions d&amp;#039;évolution des OAP aux regards de la stratégie énergie climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  co-rédaction de zonages du Règlement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Lors de la révision des documents d&amp;#039;urbanisme PLU, PLUi, ScoT ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le SDEEG accompagne la Collectivités en partenariat avec le bureau d&amp;#039;études en charge de la rédaction du document .
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;objectif étant d&amp;#039;intégrer les enjeux climats en fonction des souhaits des élus et des documents cadre de planification existants : PCAET, PPA, SRADDET...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Forêts
+Sols
+Espaces verts
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Prévention des risques
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/323-urbanisme-efficacite-energetique-planification-audits.html</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile PERDRIX&lt;/li&gt;
+ &lt;li&gt;
+  Ingénieure Planification Territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/758d-accompagner-a-lintegration-des-enjeux-climati/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>163017</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné pour planifier le développement des mobilités douces sur votre territoire</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à l'élaboration d'un schéma directeur des mobilités douces</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement à l’élaboration d’un schéma directeur de développement des mobilités douces sur votre territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance à la définition du besoin et rédaction du cahier des charges,&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et l’attribution des marchés de prestations intellectuelles nécessaires (Bureau d’études chargé d’établir le schéma directeur).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-letablissement-de-votre-politique-routiere/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>103502</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Aider à financer la transformation d'un véhicule thermique en véhicule plus propre, par la technique dite du « rétrofit »</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Transformation de véhicules thermiques en véhicules propres</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...7 lines deleted...]
- L&amp;#039;objectif du FAST est triple :
+ Moins onéreux que l&amp;#039;achat d&amp;#039;une voiture neuve à faibles émissions, le « rétrofit » consiste à extraire la mécanique d&amp;#039;origine, le moteur, le réservoir et le pot d&amp;#039;échappement d&amp;#039;un véhicule thermique pour les remplacer par un moteur électrique, une batterie et un boîtier électronique destiné à piloter cette nouvelle motorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le « rétrofit » doit être réalisé par un professionnel agréé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Qualité de l'air
+Mobilité pour tous
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2021</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  soutenir les projets des collectivités,
-[...5 lines deleted...]
-  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+  Les particuliers ayant leur résidence principale en Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises ayant leur siège en Île-de-France, comptant au plus 50 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes franciliennes de moins de 10.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le bénéficiaire doit être propriétaire du véhicule qui fera l&amp;#039;objet du « rétrofit ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  500 € pour les deux-roues et trois-roues à moteur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  3 000 € pour les véhicules à quatre roues à moteur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le cumul d&amp;#039;aides publiques pour cette transformation est plafonné à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  80 % du prix total de sa réalisation, pour la subvention de 500€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % du prix total de sa réalisation, pour les subventions de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ C&amp;#039;est au bénéficiaire de s&amp;#039;assurer qu&amp;#039;il respecte ce taux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/transformation-de-vehicules-thermiques-en-vehicules-propres</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de contact sont disponibles via le
+ &lt;a href="https://www.iledefrance.fr/aides-et-appels-a-projets/transformation-de-vehicules-thermiques-en-vehicules-propres" target="_self"&gt;
+  lien vers le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1aec-transformation-de-vehicule-thermique-en-vehic/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>60909</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en ligne des formations, courtes et ciblées, conçues sur mesure - Bpifrance Université e-learning</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une plateforme de formation à la demande, accessible gratuitement, à tout moment, sur simple inscription, dédiée aux dirigeants d&amp;#039;entreprises et aux porteurs de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ La BPI met en ligne des formations, courtes et ciblées, conçues sur mesure pour les chefs d&amp;#039;entreprises avec les meilleurs experts.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;accès à la plateforme e-learning Bpifrance Université est gratuit, sur simple inscription.
+&lt;/p&gt;
+Le portail se compose de modules thématiques, courts et orientés vers la mise en application.
+&lt;br /&gt;
+Chaque module, d&amp;#039;une durée d&amp;#039;environ 30 minutes, est segmenté en séquences vidéos de 4 à 6 minutes dans lesquelles l&amp;#039;apprenant peut se déplacer de manière interactive et offre des compléments d&amp;#039;informations optionnels.
+&lt;br /&gt;
+Une application IOS et Android dédiée permet de visionner les modules en mode déconnecté.
+&lt;h4&gt;
+ Contenus
+&lt;/h4&gt;
+&lt;p&gt;
+ Les modules de formation sont conçus et réalisés sur mesure avec les meilleurs experts :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  professeurs de grandes écoles : HEC Paris, Kedge Business School, emlyon, Web school factory, IAE Paris...
+ &lt;/li&gt;
+ &lt;li&gt;
+  experts issus d&amp;#039;organismes reconnus : INPI, AFTE...
+ &lt;/li&gt;
+ &lt;li&gt;
+  consultants spécialisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  experts internes Bpifrance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le catalogue est enrichi en continu, à raison d&amp;#039;un nouveau module tous les 15 jours.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Mettre à disposition, gratuitement, des connaissances fiables, opérationnelles et de haute qualité sur tous les thèmes touchant au développement et management des entreprises : stratégie, finance, international, développement personnel, management, innovation, juridique, marketing, transformation digitale...
+&lt;/p&gt;
+&lt;p&gt;
+ Le dirigeant d&amp;#039;entreprise s&amp;#039;appuie sur son équipe et sur des conseils extérieurs, mais l&amp;#039;accès direct et immédiat à un ensemble de connaissances fiables lui est nécessaire pour orienter ses réflexions, challenger ses interlocuteurs et, en définitive, conforter ses décisions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez un accès rapide et facile à des connaissances fiables et de haute qualité, disponibles à tout moment.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dirigeants de PME ou d&amp;#039;ETI, les porteurs de projet, clients ou non de Bpifrance.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Universite/Bpifrance-Universite-e-learning</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance-universite.fr/"&gt;
+  Bpifrance Université
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b9a-bpifrance-universite-e-learning/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>60927</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la coopération technologique européenne - Label EUREKA</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le labeL EUREKA est une Initiative intergouvernementale de soutien à la coopération technologique européenne permettant aux bénéficiaires d&amp;#039;obtenir un label et un accès aux financements nationaux de leur projet collaboratif de RDI.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Chaque partenaire est susceptible de bénéficier d&amp;#039;une aide nationale, en France par Bpifrance.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le projet cible un produit, procédé ou service innovant proche du marché dont la phase de développement est de trois ans maximum avec une commercialisation rapide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le consortium doit être composé d&amp;#039;au moins deux partenaires implantés dans deux pays membres du réseau
+  &lt;a href="https://www.eurekanetwork.org/eureka-countries"&gt;
+   EUREKA
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Application des règles et procédures qui régissent le programme de financement éventuellement mobilisé [programmes d&amp;#039;Aide à l&amp;#039;Innovation (AI),...].
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Attribuer un label EUREKA de qualité à des projets collaboratifs transnationaux de Recherche, Développement et Innovation (RDI) ciblant un produit, procédé ou service innovant proche du marché, tous domaines technologiques confondus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter l&amp;#039;accès à des financements nationaux pour les partenaires impliqués dans ces projets.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la notoriété internationale des participants et de leur offre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous participez à un projet collaboratif transnational.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;h4&gt;
+ &lt;p&gt;
+  Tous les projets collaboratifs impliquant au moins deux participants indépendants implantés dans deux pays membres du réseau EUREKA (liste sur le site
+  &lt;a href="https://www.eurekanetwork.org/eureka-countries"&gt;
+   EUREKA
+  &lt;/a&gt;
+  ).
+ &lt;/p&gt;
+ &lt;p&gt;
+  Indirectement tous les partenaires de ces projets.
+ &lt;/p&gt;
+&lt;/h4&gt;
+&lt;h4&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Labels/Label-EUREKA</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Bpifrance de votre région
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ et la Direction du Développement et Support Innovation/Programmes Internationaux Innovation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:mael.mbaye&amp;#64;bpifrance.fr"&gt;
+  Mael Mbaye
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:odile.henin&amp;#64;bpifrance.fr"&gt;
+  Odile Hénin
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c277-label-eureka/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>104962</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions de prévention routière</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux actions de prévention routière</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département souhaite apporter son soutien aux porteurs d&amp;#039;actions de prévention routière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est attribué en fonction de la nature du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les actions en fonctionnement et en investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  les demandes portant sur un projet ou une action clairement définis
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets ayant une résonnance sur le territoire charentais
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : conformément à la notification de décision attributive
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention de fonctionnement affectée à une action : En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  fonctionnement : 31 décembre au cours de laquelle la subvention a été attribuée
+ &lt;/li&gt;
+ &lt;li&gt;
+  investissement : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Routes_et_deplacements/3114_ACTIONS_PREVENTION_ROUTIERE_01.pdf</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches »
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous pouvez utiliser les télé-services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subvention d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement affectée à une action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ INFOS PRATIQUES
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : fin septembre
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des routes et de l&amp;#039;aménagement ; Tél. : 05 16 09 74 09
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18eb-soutenir-les-actions-de-prevention-routiere/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>162925</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la réalisation de Plan d'Occupation Pastorale Intercommunal</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la réalisation de Plan d'Occupation Pastorale Intercommunal</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le POPI (Plan d’Occupation Pastorale Intercommunale), est conçu comme un outil de concertation visant à dynamiser le pastoralisme à l’échelle des intercommunalités. Ce plan vise à donner plus de visibilité au pastoralisme (cartographie des territoires pastoraux, fiches individuelles des éleveurs, plan d&amp;#039;actions) tout en confortant son poids économique,&lt;br /&gt; social et territorial.&lt;/p&gt;
+&lt;p&gt;La première étape du POPI est la réalisation, sous forme d’enquêtes individuelles, d’un état des lieux précis des exploitations et des territoires pastoraux de chaque éleveur des communes (éleveur local ou transhumant), des périodes d’utilisation, des modes de gestion et des principales contraintes de chaque exploitation. La seconde étape du POPI vise à élaborer une Charte Pastorale Intercommunale par le biais d’un important travail de concertation avec les élus locaux, d’une part, et d’ateliers thématiques avec les élus, les éleveurs et les partenaires techniques impliqués sur le territoire, d’autre part.&lt;/p&gt;
+&lt;p&gt;Le POPI définira les enjeux et déclinera des actions spécifiques ainsi qu’un plan d&amp;#039;actions pastoral (visant à synthétiser les actions de chaque enjeu en les priorisant, en proposant des partenaires et en définissant les moyens nécessaires à engager).&lt;/p&gt;
+&lt;p&gt;Les résultats attendus portent sur la mise en valeur de l&amp;#039;importance de l&amp;#039;activité pastorale et ses bénéfices pour le territoire, sur la traduction d’actions afin de maintenir et développer le pastoralisme, dont notamment la préservation des zones pastorales via les documents d&amp;#039;urbanisme.&lt;/p&gt;
+&lt;p&gt;L’élaboration de cet outil permettra d’enclencher, de définir une politique de soutien du pastoralisme par la mise en oeuvre d’actions concrètes et adaptées aux besoins du territoire.&lt;/p&gt; &lt;p&gt;Collectivités territoriales et leurs groupements.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les travaux d’élaboration de POPI devront être conduits par un organisme reconnu sur le champ de l’expertise pastorale.&lt;/li&gt; 	&lt;li&gt;Les usagers des espaces considérés devront être associés à la réflexion dès l’entame des travaux, avec des temps de restitution, à prévoir tout au long du déroulement du processus d’élaboration du Plan d’occupation Pastorale Intercommunale.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Agriculture et agroalimentaire
+Equipement public
+Bâtiments et construction
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les travaux d’élaboration de POPI devront être conduits par un organisme reconnu sur le champ de l’expertise pastorale.&lt;/li&gt; 	&lt;li&gt;Les usagers des espaces considérés devront être associés à la réflexion dès l’entame des travaux, avec des temps de restitution, à prévoir tout au long du déroulement du processus d’élaboration du Plan d’occupation Pastorale Intercommunale.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer sa demande 3 mois avant le démarrage du travail d&amp;#039;expertise sur le Portail des Aides.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/popi</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaline Besnier - Chargée de mission élevage et pastoralisme&lt;br /&gt; &lt;a href="mailto:ibesnier&amp;#64;maregionsud.fr"&gt;ibesnier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-realisation-de-plan-doccupation-pastorale-intercommunal/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>163130</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les aires de covoiturage dans leur dimension multimodale</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux aires de covoiturage dans leur dimension multimodale</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il est aujourd&amp;#039;hui nécessaire de décarboner nos mobilités en diminuant la part de l&amp;#039;autosolisme, et en donnant une place plus importante aux modes actifs et à la prise en compte des performances des TC et du covoiturage.&lt;/p&gt;
+&lt;p&gt;L’objectif de la Région est d’encourager ce mode de déplacement partagé en développant les parkings de covoiturage qui intègrent une dimension multimodale.&lt;/p&gt; &lt;p&gt;Collectivités locales (Départements, communes, EPCI...)&lt;/p&gt; &lt;p&gt;Le financement par la Région des projets d’aires de covoiturage implique donc que 2 conditions soient réunies :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la localisation de l’aire sur ou à proximité immédiate d’une ligne ou d’un arrêt TC du réseau ZOU ! afin de favoriser l’intermodalité avec les services routiers régionaux ;&lt;/li&gt; 	&lt;li&gt;l’intégration de tout ou partie des équipements suivants conférant à ces aires une dimension multimodale : 	&lt;ul&gt; 		&lt;li&gt;stationnement couvert et sécurisé pour vélos ;&lt;/li&gt; 		&lt;li&gt;panneaux d’information multimodale ;&lt;/li&gt; 		&lt;li&gt;bornes de recharge électrique (pour véhicule léger et/ou vélo) ;&lt;/li&gt; 		&lt;li&gt;cheminement piéton sécurisé jusqu’à l’arrêt TC.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2024</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le financement par la Région des projets d’aires de covoiturage implique donc que 2 conditions soient réunies :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la localisation de l’aire sur ou à proximité immédiate d’une ligne ou d’un arrêt TC du réseau ZOU ! afin de favoriser l’intermodalité avec les services routiers régionaux ;&lt;/li&gt; 	&lt;li&gt;l’intégration de tout ou partie des équipements suivants conférant à ces aires une dimension multimodale : 	&lt;ul&gt; 		&lt;li&gt;stationnement couvert et sécurisé pour vélos ;&lt;/li&gt; 		&lt;li&gt;panneaux d’information multimodale ;&lt;/li&gt; 		&lt;li&gt;bornes de recharge électrique (pour véhicule léger et/ou vélo) ;&lt;/li&gt; 		&lt;li&gt;cheminement piéton sécurisé jusqu’à l’arrêt TC.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dépôt d&amp;#039;un dossier de demande de subvention sur subvention en ligne puis sur la plateforme &lt;a href="https://entreprises.maregionsud.fr/"&gt;AIDEN &lt;/a&gt;a partir du 1er octobre 2024.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-aires-de-covoiturage-dans-leur-dimension-multimodale</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Remi DORNE - &lt;a href="mailto:rdorne&amp;#64;maregionsud.fr"&gt;rdorne&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-aires-de-covoiturage-dans-leur-dimension-multimodale/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>117157</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités en matière de mobilité et de développement des transports collectifs (lignes régulières de transports collectifs et transport à la demande)</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la collectivité dans la définition, l&amp;#039;élaboration, la mise en œuvre et le suivi d&amp;#039;un projet de développement ou de restructuration des transports collectifs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Information sur l&amp;#039;organisation des transports collectifs en Île-de-France et le rôle des différents niveaux de collectivités locales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation d&amp;#039;un diagnostic transport et déplacement du territoire : élaboration d&amp;#039;un état des lieux de l&amp;#039;offre de transport collectifs routiers et ferrés ; cartographies et données associées, qualification de l&amp;#039;offre de transport ; appréhender les principaux flux de déplacements du territoire (sous réserve des données disponibles), identifier les pôles attractifs, identifier les projets de transports structurants et leurs impacts (TCSP, trains, métro)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition des besoins prioritaires de développement des transports collectifs (lignes régulières ou transport à la demande).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils pour l&amp;#039;élaboration d&amp;#039;un projet de développement des lignes régulières ou de transport à la demande : opportunité, consistance de l&amp;#039;offre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un cahier des charges d&amp;#039;étude transport ou d&amp;#039;exploitation d&amp;#039;un service de transport à la demande : transmission de modèles, relecture des pièces...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil méthodologique pour la mise en œuvre, accompagnement de la collectivité dans ses démarches auprès des transporteurs, d&amp;#039;Ile-de-France mobilités ou d&amp;#039;autres partenaires. Recherche de financement. Conseil sur la communication auprès des habitants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des projets ou des lignes existantes : bilan de la fréquentation sous réserves des données disponibles ; identification des atouts et dysfonctionnements éventuels (itinéraires, horaires, fréquences, aménagements de voiries/points d&amp;#039;arrêts..) ; conseils et préconisations pour la mise en œuvre d&amp;#039;actions correctives.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3723-accompagner-les-collectivites-en-matiere-de-m/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>117408</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour l’aménagement des pôles gare</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la commune / EPCI dans l&amp;#039;élaboration et le suivi d&amp;#039;un projet d&amp;#039;aménagement de pôle gare : améliorer l&amp;#039;accessibilité à la gare pour l&amp;#039;ensemble des modes de déplacements, aménager les espaces publics, la voirie et les équipements d&amp;#039;intermodalités adaptés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Information sur les modalités de mise en œuvre d&amp;#039;une démarche de pôles gares, sur les partenaires (Ile-de-France Mobilités, transporteurs, collectivités) et les financements des études et des travaux. Accompagnement de la collectivité dans ses démarches auprès de ces partenaires le cas échéant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil sur l&amp;#039;opportunité d&amp;#039;engager une démarche de pôle gare et sur la réalisation d&amp;#039;un pré diagnostic préalable à la sélection d&amp;#039;un prestataire en charge de l&amp;#039;étude de pôle : conditions d&amp;#039;accès et de stationnement des véhicules particuliers et des transports collectifs à la gare, stationnement sauvages, conflits de flux éventuels, cheminements piétons, itinéraires et stationnements cyclables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un cahier des charges d&amp;#039;études : relecture d&amp;#039;un cahier des charges réalisé par la commune / EPCI pour sélectionner un bureau d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation active à l&amp;#039;étude et à la définition du projet de pôle :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - envoi de notes, observations et avis sur les aménagements proposés en tenant compte de l&amp;#039;ensemble des modes, des problématiques d&amp;#039;accessibilité et de sécurité, de l&amp;#039;environnement urbain et paysagé,
+&lt;/p&gt;
+&lt;p&gt;
+ - présence aux COTECH et COPIL réunions techniques
+&lt;/p&gt;
+&lt;p&gt;
+ - interface avec les autres directions du département concernées, Ile de France Mobilités, SNCF, RATP...
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide au montage financier des projets
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1562-accompagner-les-collectivites-pour-lamenageme/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>102204</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Aider citoyens et collaborateurs à chiffrer les avantages du télétravail en termes d'émissions CO2 évitées</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le télétravail a récemment pris une place importante dans bon nombre de structures. Changement fort tant côté employé que pour l&amp;#039;organisation dans son ensemble, le télétravail a également des avantages indéniables en termes d&amp;#039;émissions carbone et de temps de transport... Encore faut-il pouvoir les estimer.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
+ &lt;strong&gt;
+  librement diffusable
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  intégrable sur tout type de site
+ &lt;/strong&gt;
+ pour permettre à chacun de calculer l&amp;#039;impact du télétravail en termes d&amp;#039;
+ &lt;strong&gt;
+  émissions CO2 évitées sur les déplacements et en temps gagné
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;a href="https://impactco2.fr/transport/teletravail" target="_self"&gt;
+   impactco2.fr/transport/teletravail
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est par exemple repris sur le site de
+ &lt;a href="https://www.seineouest.fr/mon-impact-transport" rel="noopener" target="_blank"&gt;
+  Grand Paris Seine Ouest (GPSO)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Appui méthodologique
+Valorisation d'actions
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/transport/teletravail</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04f9-copie-12h21-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>60902</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Engager / structurer démarche et plan d’actions RSE - Accompagnement à la RSE</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI accompagne des entreprises dans l&amp;#039;appropriation des enjeux et opportunités d&amp;#039;une stratégie RSE.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Le programme prévoit 3,5 jours en collectif entre entrepreneurs et consultant formateur et 2 jours de présence du consultant en entreprise, sur une durée de 3 à 4 mois, et un retour d&amp;#039;expérience au bout de 9 à 12 mois.
+ &lt;br /&gt;
+ Il inclut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les fondamentaux de la RSE et échanges avec les autres entrepreneurs, Bpifrance et le consultant
+ &lt;/li&gt;
+ &lt;li&gt;
+  le diagnostic RSE des entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accompagnement à la mise en place d&amp;#039;une démarche RSE adaptée à l&amp;#039;entreprise et à ses objectifs de développement
+ &lt;/li&gt;
+ &lt;li&gt;
+  le retour d&amp;#039;expériences des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Partenaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Greenflex, société de services en Développement Durable, est partenaire de ce programme.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalités
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir une stratégie RSE et mettre en œuvre un plan d&amp;#039;actions adapté.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;outils de pilotage, de suivi et de communication.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mettre en place une démarche de Responsabilité Sociétale d&amp;#039;Entreprise pour dynamiser votre activité et vos collaborateurs.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ TPE, PME, ETI de tous secteurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/nous-decouvrir/notre-accompagnement</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du Développement Durable et de la RSE :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:philippe.kunter&amp;#64;bpifrance.fr"&gt;
+  Philippe Kunter
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:catherine.maille&amp;#64;bpifrance.fr"&gt;
+  Catherine Maille
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d762-accompagnement-a-la-rse/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>60903</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Pour accompagner les dirigeants dans leur développement - Les publications du Lab</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI développe un laboratoire d&amp;#039;idées pour accompagner les dirigeants dans leur développement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Le fruit des travaux du Lab fait l&amp;#039;objet de publications, à retrouver gratuitement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  en version papier, dans les directions régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  en version numérique, sur
+  &lt;a href="https://www.bpifrance-lelab.fr/"&gt;
+   www.bpifrance-lelab.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Exemples de sujets traités par Le Lab :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  «
+  Vaincre les solitudes du dirigeant
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  Disrupter la banque pour la sauver – Les Fintech, acteurs de la révolution numérique dans la finance
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  Ouvrir son capital pour durer – Les PME et ETI familiales face à l&amp;#039;ouverture du capital
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  PME et ETI agroalimentaires – Oser pour grandir
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  Croître avec la révolution écologique – La transition énergétique et écologique vue par les collaborateurs des PME et ETI françaises
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  Transmettre pour grandir – Les dirigeants d&amp;#039;ETI patrimoniales face à la transmission
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  Acquérir pour bondir – La croissance externe au service de la transformation de l&amp;#039;entreprise
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  Se projeter à l&amp;#039;international – Petit guide à l&amp;#039;usage des entrepreneurs
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  Le numérique déroutant
+  »
+ &lt;/li&gt;
+ &lt;li&gt;
+  «
+  PME et ETI manufacturières – Stratégies de rebond face à la crise
+  »
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Partenaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Le Lab a sa propre gouvernance, avec un Conseil d&amp;#039;orientation composé de personnalités externes, économistes et chefs d&amp;#039;entreprise.
+ &lt;br /&gt;
+ Il s&amp;#039;appuie également sur des Comités de pilotage, dont la composition varie selon les sujets d&amp;#039;étude.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalités
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nourrir sa réflexion stratégique sur les questions de croissance et de gouvernance de l&amp;#039;entreprise
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bénéficier des meilleures pratiques de marché issues de ses pairs et de la recherche académique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Comprendre les grandes tendances socio-économiques, notamment les transitions numérique et écologique, et leurs impacts sur l&amp;#039;entreprise
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le Lab croise les points de vue de la recherche académique, des dirigeants eux-mêmes et des lignes métiers de Bpifrance.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;appuie sur une méthodologie robuste et inédite : de l&amp;#039;analyse quantitative à partir des données dont Bpifrance dispose, de l&amp;#039;analyse qualitative à partir d&amp;#039;enquêtes et d&amp;#039;interviews réalisées auprès de dirigeants. Le Lab fait régulièrement appel à des disciplines complémentaires, telles que la psychologie, la sémiologie, etc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez bénéficier des réflexions du Lab.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Dirigeants de PME et ETI françaises.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Universite/Les-publications-du-Lab</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance-lelab.fr/"&gt;
+  Bpifrance le Lab
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/050e-les-publications-du-lab/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>144511</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Aider la création et la restauration d’« Itinéraires de Promenades thématiques » (inscrits au Plan Départemental des Itinéraires de Promenade et de Randonnée)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa compétence légale en matière de mise en œuvre du Plan Départemental des Itinéraires de promenade et de randonnée (PDIPR), le Département des Landes souhaite diversifier l&amp;#039;offre existante en complétant les itinéraires à vocation sportive (randonnées équestre, cyclo et pédestre) déjà inscrits au Plan, par des itinéraires privilégiant une activité de « promenade découverte ».
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de cibler un public familial (itinéraires aux distances courtes et accessibles), en couplant avec une thématique attractive liée à la découverte des territoires valorisant leur patrimoine naturel et/ou culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide à la création de boucles de promenade a pour but de développer une offre locale (au départ des centre-bourgs) complémentaire à celle déjà inscrite au PDIPR.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une subvention du Département est susceptible d&amp;#039;être octroyée pour les opérations visant à la création et la restauration d&amp;#039;itinéraires de promenade thématiques, ciblés pour un public familial grâce à des critères privilégiant des distances courtes et du jalonnement de découverte.
+&lt;/p&gt;
+&lt;p&gt;
+ cf. descriptif complet sur le guide des aides sur landes.fr&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département est accordée aux Communes ou Communautés de Communes ou à l&amp;#039;Office National des Forêts (en tant que gestionnaire du foncier domanial).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Nature du foncier
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les itinéraires proposés doivent privilégier le foncier communal et/ou domanial, ou à défaut emprunter des parcelles privées pour lesquelles une convention d&amp;#039;autorisation de passage devra être co-signée entre la commune ou l&amp;#039;ONF et le propriétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le tracé nécessite la réalisation d&amp;#039;ouvrages de cheminement, le maître d&amp;#039;ouvrage s&amp;#039;engage à acquérir les parcelles privées concernées, de façon à ce que l&amp;#039;intégrité du circuit puisse être maintenue à terme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2. Caractéristiques du tracé
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les itinéraires proposés ne doivent pas excéder de l&amp;#039;ordre de 2 heures de marche (distance d&amp;#039;environ 5 kilomètres) et privilégier les chemins séparés des axes de circulation motorisée non revêtus ou adaptables à l&amp;#039;accueil de public en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3. Jalonnement « découverte »
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;itinéraire doit proposer la découverte d&amp;#039;une thématique du territoire en lien avec le patrimoine naturel et/ou culturel (milieux naturels, forêt, eau, paysages, patrimoine bâti, thermalisme...), par un jalonnement adapté présentant de façon didactique les points d&amp;#039;intérêt du circuit.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements prévus pour ce jalonnement, ainsi que les éventuels ouvrages de cheminement ou le jalonnement spécifique permettant l&amp;#039;accessibilité ou la découverte à un public en situation de handicap, doivent être légers et intégrés aux qualités paysagères des espaces rendus accessibles. Ils devront utiliser le bois en espace naturel et pourront s&amp;#039;accorder avec le mobilier urbain déjà en place au départ du centre bourg.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   4. Entretien du circuit
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage s&amp;#039;engage à assurer l&amp;#039;entretien régulier de l&amp;#039;itinéraire, garantissant la sécurité du promeneur, la qualité du cheminement et la lecture des panneaux de jalonnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet engagement conditionne l&amp;#039;inscription de l&amp;#039;itinéraire au PDIPR et le réengagement de l&amp;#039;aide départementale pour des travaux de restauration de l&amp;#039;itinéraire. Il est consigné dans la convention établie lors de la création du circuit (voir article 5) entre le Département et le maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   5. « Pas à pas » de l&amp;#039;itinéraire
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;itinéraire doit faire l&amp;#039;objet d&amp;#039;un texte de présentation du cheminement, accompagné de 4 photographies libres de droit illustrant les particularités de l&amp;#039;itinéraire, et d&amp;#039;une carte représentant le tracé sur fond IGN au 1/25 000. Ce « pas à pas » fourni dans un format informatique exploitable, sera intégré dans la collection des rando-guides éditée par le Département, chaque itinéraire constituant une nouvelle fiche circuit.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des aides
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Etudes
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La définition de l&amp;#039;itinéraire (tracé, foncier, jalonnement, pas à pas) confiée à un prestataire de service est subventionnable à hauteur de 20 % maximum du coût HT de l&amp;#039;étude (ou TTC sur justification de non récupération de la TVA), plafonné à 10 000 € de dépenses éligibles et dans la limite des autres participations financières en respect de la réglementation relative au plafonnement des aides publiques en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement de la réalisation des dossiers réglementaires est exclu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2. Travaux de création
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation des travaux concourant à la mise en œuvre de l&amp;#039;itinéraire est subventionnable à hauteur de 30 % maximum du coût HT des travaux plafonné à 20 000 € de dépenses éligibles (ou TTC sur justification de non récupération de la TVA), et dans la limite des autres participations financières en respect de la réglementation relative au plafonnement des aides publiques en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés les travaux suivants : ouverture du sentier, mise en place du jalonnement de départ et directionnel, conception et fabrication des panneaux de jalonnement, création éventuelle d&amp;#039;ouvrages de cheminement, élaboration du « pas à pas », travaux permettant d&amp;#039;accueillir le public en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3. Travaux de restauration
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux concourant à la restauration de l&amp;#039;itinéraire sont subventionnables à hauteur de 20 %  maximum du coût HT des travaux plafonné à 10 000 € de dépenses éligibles (ou TTC sur justification de non récupération de la TVA), et dans la limite des autres participations financières en respect de la réglementation relative au plafonnement des aides publiques en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce co-financement ne peut être accordé qu&amp;#039;au terme d&amp;#039;un délai minimum de 5 ans à l&amp;#039;issue de la date de réception des travaux de création ou d&amp;#039;une précédente restauration, et que dans le cas où l&amp;#039;entretien du circuit a été effectué, conformément à l&amp;#039;engagement pris dans la convention établie lors de la création du circuit (voir article 5) entre le Département et le maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ A cet effet, un état des lieux sera établi conjointement entre le département et le Maître d&amp;#039;ouvrage pour déterminer le réengagement de l&amp;#039;aide départementale à des travaux de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés les travaux suivants : remplacement du jalonnement et/ou des panneaux nécessitant des réactualisations, restauration des ouvrages existants. Toute modification du tracé ou création d&amp;#039;ouvrages relève de travaux de création.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Constitution du dossier de demande de subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être réputé complet, le dossier doit comporter les pièces suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ Pour le dossier « Etudes » :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le devis du prestataire identifiant les coûts par poste (identification du tracé, recherche foncière et conventions éventuelles de passage, report cartographique des obligations réglementaires concernant le tracé, identification des thématiques développées, élaboration du programme d&amp;#039;aménagement en coûts et échéancier...). Le financement de la réalisation des dossiers réglementaires est exclu.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les dossiers « Travaux » :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une carte au 1/25 000 présentant le tracé, le foncier et localisant le jalonnement et les ouvrages éventuels et les secteurs d&amp;#039;obligations réglementaires du tracé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les conventions de passage nécessaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;explication des thématiques développées et le contenu des panneaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le récapitulatif des coûts prévisionnels et de l&amp;#039;échéancier par postes de dépenses (ouverture du sentier, mise en place du jalonnement de départ et directionnel, conception et fabrication des panneaux de jalonnement, création éventuelle d&amp;#039;ouvrages de cheminement, élaboration du « pas à pas »),
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération du Conseil municipal ou communautaire engageant sa maîtrise d&amp;#039;ouvrage des travaux (coût et plan de financement), l&amp;#039;entretien futur de l&amp;#039;itinéraire et demandant l&amp;#039;inscription du circuit au PDIPR,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les autorisations obtenues au titre des différents dossiers réglementaires auxquels peut être soumis éventuellement l&amp;#039;itinéraire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités et conditions d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une subvention donnera lieu à l&amp;#039;établissement d&amp;#039;une convention précisant les modalités de co-financement du Département et l&amp;#039;engagement du maître d&amp;#039;ouvrage à entretenir l&amp;#039;itinéraire.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention ainsi que l&amp;#039;approbation des termes de la convention à intervenir entre le Département et le maître d&amp;#039;ouvrage seront soumises aux fins de décision attributive à la Commission Permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités de paiement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention interviendra au prorata des dépenses éligibles effectivement réalisées et sur production des factures justificatives.
+&lt;/p&gt;
+&lt;p&gt;
+ Il se fera en deux temps :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un acompte de 50 % pourra être versé sur production de l&amp;#039;acte administratif ordonnant le commencement de l&amp;#039;étude ou des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le solde de la subvention sur présentation des pièces suivantes :
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour l&amp;#039;étude, du rendu définitif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux, du décompte général des dépenses de travaux visé par le comptable public, du « pas à pas » du circuit au format informatique exploitable et du procès-verbal daté de réception des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Inscription au PDIPR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;issue du versement du solde de la subvention, le Département approuvera l&amp;#039;inscription du circuit au Plan départemental des Itinéraires de Promenade et de Randonnée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=94</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c61-aide-a-la-creation-et-la-restauration-d-itine/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>103501</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'achat de véhicules plus propres pour les particuliers</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicules propres par les particuliers</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région subventionne l&amp;#039;achat d&amp;#039;une voiture électrique.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de renforcer l&amp;#039;action écologique de la Région, tous les modèles de voitures ne sont pas éligibles. Les voitures éligibles sont disponibles
+ &lt;a href="https://www.iledefrance.fr/toutes-les-actualites/vehicules-propres-les-aides-regionales-pour-les-particuliers-et-les-entreprises-evoluent-au-1er-janvier-2024" target="_self"&gt;
+  sur cette page
+ &lt;/a&gt;
+ , si leur prix ne dépasse pas 47 000€ avant aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ La location, ainsi que les véhicules d&amp;#039;occasion achetés auprès de particuliers, ne sont pas éligibles à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, ce dispositif est limité à une aide par foyer fiscal.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2021</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui est éligible ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les particuliers ayant leur résidence principale en grande couronne francilienne (hors communes de la Métropole du Grand Paris).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont ainsi éligibles les particuliers habitant dans les départements de la Seine-et-Marne (77), des Yvelines (78), de l&amp;#039;Essonne (91) ou du Val-d&amp;#039;Oise (95), mais qui n&amp;#039;habitent pas dans les 7 communes suivantes : Argenteuil, Athis-Mons, Juvisy-sur-Orge, Morangis, Paray-Vieille-Poste, Savigny-sur-Orge, Viry-Châtillon.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quel est le montant de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide régionale dépend du revenu fiscal de référence divisé par le nombre de parts du foyer (RFR/part), soit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  2.250€ pour un RFR/part supérieur à 30 508 € ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  4.500€ pour un RFR/part compris entre 14 090 et 30 508 € ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  7.500€ pour un RFR/part compris entre 6 359 et 14 089 € ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  9.000€ pour un RFR/part inférieur ou égal à 6 358 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec toute aide publique donnée sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des aides publiques reçues pour cet achat ne doit pas dépasser 50 % du prix total du véhicule. Ce plafond est porté à 80 % pour les deux niveaux d&amp;#039;aides les plus élevés.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est au bénéficiaire de s&amp;#039;assurer qu&amp;#039;il respecte ce taux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/acquisition-de-vehicules-propres-par-les-particuliers</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de contact sont disponibles via le
+ &lt;a href="https://www.iledefrance.fr/remplacement-des-voitures-des-particuliers-par-des-vehicules-propres" rel="noopener" target="_blank"&gt;
+  lien vers le descriptif complet
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d08-remplacement-des-voitures-des-particuliers-pa/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>60915</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Pour vous accompagner dans une première démarche d'innovation - Diagnostic Innovation</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI vous propose d&amp;#039;être accompagné(e) par un expert conseil et/ou technique et nous participons au financement de ce diagnostic.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;offre se traduit par une prestation de conseil et/ou technique. Pour mettre en oeuvre ce dispositif, Bpifrance s&amp;#039;appuie sur des opérateurs régionaux présents dans chaque territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prestations éligibles
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pré-études techniques, essais, modélisations, études de marché, recherches de partenaires technologiques, dépôt d&amp;#039;un premier brevet français...
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclues :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les prestations à caractère réglementaire obligatoire, les diagnostics «qualité», les études collectives, les taxes légales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les prestations réalisées par une entité ayant un lien juridique avec le demandeur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Modalités financières de l&amp;#039;aide
+ :
+&lt;/h4&gt;
+&lt;p&gt;
+ Le Diagnostic Innovation est une
+ &lt;strong&gt;
+  subvention plafonnée à 8 000 €
+ &lt;/strong&gt;
+ , pour une prise en charge de la prestation de Diagnostic Innovation à hauteur de 50 % de son montant HT (*).
+&lt;/p&gt;
+&lt;p&gt;
+ (*) Sauf spécificités régionales. Pour plus de précisions, se rapprocher de la direction Bpifrance de votre Région, ou de l&amp;#039;opérateur régional en charge du dispositif.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités de versement de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide est versée directement au prestataire après réalisation du Diagnostic Innovation et acquittement par l&amp;#039;entreprise de sa quote-part.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Ce Diagnostic Innovation consiste en une prestation de conseil et/ou technique. Elle permet ainsi aux PME peu familiarisées avec l&amp;#039;innovation d&amp;#039;intégrer cette dimension dans leur stratégie de développement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous initiez une démarche d&amp;#039;innovation et avez besoin de faire appel à un prestataire
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Les PME (selon la définition européenne) n&amp;#039;ayant pas bénéficié d&amp;#039;aide à l&amp;#039;innovation depuis au moins 2 ans inclus (à l&amp;#039;exception du Diagnostic Innovation «1
+ er
+ Brevet» ouvert à toutes les PME déposant leur premier brevet).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclues du Diagnostic Innovation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les personnes physiques, les professions libérales, les organismes publics ou privés ayant une activité de recherche, de conseil, d&amp;#039;assistance ou de transfert de technologie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises en difficulté au sens de la réglementation européenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Conseil/Diagnostic-Innovation</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour bénéficier du Diagnostic Innovation, les dirigeants intéressés sont invités à se rapprocher soit :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ des chargés d&amp;#039;affaires innovation, présents sur tout le territoire dans les
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  directions régionales Bpifrance
+ &lt;/a&gt;
+ ,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ou
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ des opérateurs régionaux en charge du dispositif présents dans chaque territoire et impliqués dans le développement économique et l&amp;#039;innovation (CCI, DIRECCTE, DRRT, SATT, Pôles de compétitivité...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b1e-diagnostic-innovation/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>139432</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement en AMO ainsi que d'assistances et conseils techniques et administratifs</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>AMO en espaces publics, bâtiments, eau et assainissement, ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Aude (ATD 11)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence Technique Départementale de l&amp;#039;Aude, Établissement Public Administratif géré de manière paritaire par les élus représentants du Conseil départemental et des collectivités locales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations de l&amp;#039;ATD11 relèvent de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) pour des opérations d&amp;#039;aménagements d&amp;#039;espaces publics, de voirie (yc ouvrages d&amp;#039;art), bâtiments publics, eau et assainissement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Maîtrise d&amp;#039;Œuvre (MOE) exclusivement pour les ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils techniques et juridiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez trouver des exemples de réalisations en allant sur notre site internet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://atd11.aude.fr/nos-realisations" target="_self"&gt;
+  https://atd11.aude.fr/nos-realisations
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD11
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://atd11.aude.fr/</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://atd11.aude.fr/contacter</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;atd11.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>laurent.naudy@atd11.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0869-test/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>111632</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la sécurité routière</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité et déplacements : Sécurité routière</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Aide définie annuellement dans le cadre du document général d'orientation</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les actions de sécurité routière du Plan Départemental d&amp;#039;Actions de Sécurité Routière (PDASR), fixant annuellement les enjeux de sécurité routière à l&amp;#039;échelle départementale, en cohérence avec les orientations du Document Général d&amp;#039;Orientation : actions de sécurité routière à destination de la population essonnienne organisées par les communes et les intercommunalités.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°017-DTMO-009 (AD du 19/06/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Limiter les déplacements subis
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des infrastructures et de la voirie
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abf7-ameliorer-la-securite-routiere/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>111660</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Développer un projet touristique en Essonne</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme : Développement touristique de l'Essonne</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du coût HT, plafonné à 20.000€ par projet</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développement touristique de l&amp;#039;Essonne : aide à la réalisation de projet touristique en cohérence avec le shéma départemental du tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Thématiques possibles : patrimoine, nature, terroir, hébergement, accessibilité-mobilité-service.
+&lt;/p&gt;
+&lt;p&gt;
+ Appel à projet annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-02-0020 (AD du 19/11/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Forêts
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Logement et habitat
+Paysage
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projets en cohérence avec le schéma départemental du tourisme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délegation tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 26 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d012-developper-un-projet-touristique-en-essonne/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>162839</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la réalisation des infrastructures de recharge des véhicules électriques (IRVE)</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain : Électromobilité</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Afin d’accélérer le développement de l’électromobilité sur son territoire, la Région s’engage à favoriser la réalisation des infrastructures de recharge des véhicules électriques (IRVE) en Île-de-France.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les collectivités territoriales, leurs groupements (y compris syndicats d’énergie) et leurs délégataires de services publics, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’État et ses délégataires,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les établissements publics.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage plafonnée en fonction du type de bornes.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Le dispositif a pour objet le financement :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Des études d’élaboration d’un document stratégique,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;D&lt;/span&gt;e l’installation ou la mise à niveau des IRVE situées sur le domaine public francilien, respectant les critères du label régional et s’inscrivant dans un plan d’actions.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-electromobilite</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-electromobilite-1/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>117146</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Approfondir la connaissance du territoire par un diagnostic territorial partagé</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités dans la connaissance de leur territoire à travers la réalisation d&amp;#039;un diagnostic territorial transversal et multidisciplinaire, partagé avec les acteurs locaux :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Réalisation d&amp;#039;un diagnostic territorial sur toutes les thématiques intéressant les collectivités (aménagement, culture, sport, solidarité, développement économique, tourisme, santé, environnement, transport...)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réunion de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission d&amp;#039;un diagnostic territorial sous format numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/20f8-approfondir-la-connaissance-du-territoire-par/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>117373</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’élaboration du projet de territoire, d’un programme d’actions et de la mise en œuvre de ce dernier</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’élaboration du projet de territoire et à sa mise en œuvre</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à une collectivité,sur la base du diagnostic (réalisable dans ID77), de construire et d&amp;#039;élaborer un projet de territoire et le programme d&amp;#039;actions qui en découle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département met à disposition ses connaissances et ses compétences techniques au service de la collectivité pour aboutir à la constitution d&amp;#039;un programme
+ &lt;br /&gt;
+ d&amp;#039;actions prévisionnel qui pourrait être mis en œuvre et sur l&amp;#039;identification des financements potentiels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appui méthodologique (remise de documents méthodologiques, échanges avec la collectivité)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement/Conseil amont (à un PLU par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;ateliers thématiques à la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un programme d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au montage de projet (recherche de financement par exemple)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Accès aux services
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail :
+&lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+ id77&amp;#64;departement77.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/db38-accompagner-les-collectivites-dans-lelaborati/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>163815</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Mieux-vivre ensemble dans une ruralité attractive et dynamique</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Programme Leader du GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Pays Dunois
+Communauté Coeur de Beauce</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 80</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;LEADER est un programme européen de développement rural, destiné à soutenir des projets portés par les acteurs locaux.&lt;/p&gt;&lt;p&gt;Il a été attribué une enveloppe de 1,2 millions d&amp;#039;euros sur la période 2023-2027 pour financer son programme d&amp;#039;actions.&lt;/p&gt;&lt;p&gt;La stratégie se décline en trois axes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1- Vivre ensemble dans une ruralité attentive aux liens sociaux &lt;/strong&gt;(lien social et intergénérationnel citoyenneté, actions culturelles participatives)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2- Mieux vivre dans une ruralité au cadre de vie préservé &lt;/strong&gt;(transition écologique, santé)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3- Vivre dans une ruralité attractive, accessible et aux filières dynamiques &lt;/strong&gt;(mobilité, nouvelles filières économiques, actions touristiques)&lt;/p&gt;&lt;p&gt;Les projets présentés doivent s&amp;#039;inscrire dans un ou plusieurs de ces axes et se dérouler sur le périmètre du GAL (Pays Dunois / Communauté de communes coeur de beauce) pour être éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples de projets soutenus sur le précédent programme Leader :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur d&amp;#039;une solidarité territoriale : pôle multi-activités pour une association d&amp;#039;aides à domicile, habitat inclusif &lt;/li&gt;&lt;li&gt;Aménagements d&amp;#039;espaces naturels à vocation pédagogique / artistique&lt;/li&gt;&lt;li&gt;Recrutement de personnel sur des thématiques innovantes : manager de commerce, chargé de projet alimentaire&lt;/li&gt;&lt;li&gt;Développement touristique et culturel : outils de visite d&amp;#039;un musée, valorisation d&amp;#039;un itinéraire cyclotouristique, festival culturel itinérant&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Personnes âgées
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les seuils d&amp;#039;éligibilité (dépenses comprises entre 7815 et 156 250 € pour un privé et entre 6250 € et 125 000 € pour un public)&lt;/li&gt;&lt;li&gt;Répondre aux critères de sélection du GAL Beauce Dunois : Caractère pilote, lien avec la stratégie, prise en compte des priorités de l&amp;#039;UE, partenariats, participation des bénéficiaires, cohérence technique et financière&lt;/li&gt;&lt;li&gt;Être auditionnés et retenus par le comité de programmation du GAL Beauce Dunois sur la base de ces critères de sélection&lt;/li&gt;&lt;li&gt;Obtenir un autre financement national (Commune, Département, Région, Etat..)&lt;/li&gt;&lt;li&gt;Ne pas avoir commencé avant le dépôt de la demande&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-dunois.fr/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Assistante administrative : &lt;a target="_self"&gt;secretaire&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Animatrice Leader :&lt;a target="_self"&gt;galbeaucedunois&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 37 96 63 96&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>secretaire@pays-dunois.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mieux-vivre-ensemble-dans-une-ruralite-attractive-et-dynamique-leurope-soutient-les-projets-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>60895</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Vous aider dans la préparation de votre projet d'innovation - Aide pour la faisabilité de l'innovation</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI vous aide dans la préparation de votre projet d&amp;#039;innovation (Subvention ou avance récupérable pour valider la faisabilité de votre projet).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Tout projet de recherche, développement et innovation (RDI) de produits, procédés ou services innovants présentant des perspectives d&amp;#039;industrialisation et/ou de commercialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance a noué un partenariat avec le ministère de l&amp;#039;Agriculture et de l&amp;#039;Alimentation pour renforcer son soutien à des projets d&amp;#039;innovation dans l&amp;#039;industrie agroalimentaire en finançant les études amont de faisabilité ou de recherche de partenaires.
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes d&amp;#039;évaluation et d&amp;#039;analyse du potentiel d&amp;#039;un projet mettant en exergue les perspectives et les risques du projet et précisant les ressources nécessaires pour le mener à bien.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception et définition du projet, planification, validation de la faisabilité technico-économique, veille, étude de positionnement stratégique, démarche design, recrutement de cadres de R&amp;amp;D...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h4&gt;
+&lt;p&gt;
+ Participation au financement de l&amp;#039;étude sous forme de subvention ou sous forme d&amp;#039;avance récupérable.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Inciter l&amp;#039;entreprise à innover en l&amp;#039;aidant dans la préparation de projets de recherche, développement et innovation (RDI) par :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des études de faisabilité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;intégration de compétences,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  permettant de valider les différentes composantes du projet de RDI : ingénierie commerciale et marketing, technique, juridique et propriété intellectuelle, financière et managériale.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous vérifiez la faisabilité de votre projet d&amp;#039;innovation.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ PME (1) et entreprises de moins de 2 000 salariés (2).
+&lt;/p&gt;
+&lt;p&gt;
+ _____________
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Selon la définition européenne de la PME : entreprise de moins de 250 salariés déclarant soit un CA annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indépendantes d&amp;#039;un groupe de plus de 2 000 personnes.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-pour-la-faisabilite-de-l-innovation</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a5cf-aide-pour-la-faisabilite-de-linnovation/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>60935</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Aider les projets de recherche et développement structurants pour la compétitivité (PSPC)</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI participe au financement de votre projet dans le cadre du Programme Investissements d&amp;#039;Avenir :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation au financement du projet sous forme mixte de subvention et d&amp;#039;avance récupérable émanant de l&amp;#039;Etat (PIA), en fonction des risques de projets dans le respect de la réglementation communautaire en matière d&amp;#039;aides d&amp;#039;Etat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;assiette de l&amp;#039;aide est constituée par les dépenses internes ou externes directement liées aux travaux de recherche industrielle et développement expérimental du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Seul le cahier des charges de l&amp;#039;appel à projets en cours fait foi.
+&lt;/p&gt;
+&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Principaux critères :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être formellement collaboratifs
+  &lt;em&gt;
+   (1)
+  &lt;/em&gt;
+  en rassemblant au moins deux entreprises et un acteur public de recherche ou un organisme public de formation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être pilotés par une entreprise réalisant des travaux de R&amp;amp;D,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir pour objet le développement d&amp;#039;un ou plusieurs produits, procédés ou services, non disponibles sur le marché et à fort contenu innovant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un impact économique important et des retombées prévisionnelles pour le territoire national en termes de valeur ajoutée, d&amp;#039;emplois, d&amp;#039;investissement et de structuration d&amp;#039;une filière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer une assiette éligible de travaux qui ne fait pas ou n&amp;#039;a pas fait l&amp;#039;objet de financements hors du cadre du présent appel à projets par l&amp;#039;État, les collectivités territoriales, l&amp;#039;Union européenne ou leurs agences.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  (1)
+ &lt;/em&gt;
+ Définition du projet collaboratif
+ (définition CE - RGEC) :
+ &lt;br /&gt;
+ &lt;em&gt;
+  Soit le projet repose sur une collaboration effective
+ &lt;/em&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entre des entreprises parmi lesquelles figure au moins une PME, ou est mené dans au moins deux États membres, ou dans un État membre et une partie contractante à l&amp;#039;accord sur l&amp;#039;EEE, et aucune entreprise ne supporte seule plus de 70 % des coûts admissibles, ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  entre une entreprise et un ou plusieurs organismes de recherche et de diffusion des connaissances, et ce ou ces derniers supportent au moins 10 % des coûts admissibles et ont le droit de publier librement les résultats de leurs propres recherches menées dans le cadre du projet (le contrat de partenariat devra permettre de vérifier clairement ce point) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Soit les résultats du projet sont largement diffusés au moyen de conférences, de publications, de dépôts en libre accès ou de logiciels gratuits ou libres.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Sont notamment éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les dépenses de personnels affectés au projet et appartenant aux catégories suivantes : chercheurs, ingénieurs et techniciens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les amortissements d&amp;#039;équipement et de matériels de recherche,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux sous traités à des laboratoires publics ou privés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Mettre en œuvre un projet collaboratif d&amp;#039;innovation stratégique présentant des ruptures technologiques et des objectifs industriels prometteurs dans le cadre du Programme d&amp;#039;Investissement d&amp;#039;Avenir (PIA). Les projets PSPC sont destinés à structurer les filières industrielles existantes en relation avec la recherche publique et à en faire émerger de nouvelles.
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépôt de dossier par téléprocédure
+&lt;/h4&gt;
+&lt;p&gt;
+ Les projets sélectionnés par appel à projets, conformément au cahier des charges de l&amp;#039;appel à projets en cours, et entièrement pris en charge en téléprocédure sur l&amp;#039;extranet de Bpifrance :
+ &lt;a href="https://extranet.bpifrance.fr/projets-innovants-collaboratifs/"&gt;
+  https://extranet.bpifrance.fr/projets-innovants-collaboratifs/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;h4&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous participez à un projet collaboratif d&amp;#039;innovation stratégique
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprise implantée en France, quelle que soit sa taille,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Laboratoire, ou établissement de recherche, ou centre de formation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure réalisant ou coordonnant des travaux de R&amp;amp;D.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/catalogue-offres/soutien-a-linnovation/aide-aux-projets-de-recherche-et-developpement-structurants-pour-la-competitivite-pspc</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Bpifrance de votre région
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;p&gt;
+ la
+ &lt;strong&gt;
+  Direction de la Coordination des Programmes et des Pôles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:adminpspc&amp;#64;bpifrance.fr"&gt;
+  Administration PSPC
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:delphine.mure&amp;#64;bpifrance.fr"&gt;
+  Delphine Mure
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:julie.baudet&amp;#64;bpifrance.fr"&gt;
+  Julie Baudet
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5cb7-aide-aux-projets-de-recherche-et-developpemen/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>90845</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de volontariats et d'échanges internationaux</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Volontariats et échanges internationaux</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite accompagner les jeunes les plus éloignés de la mobilité et de l&amp;#039;engagement vers des projets ne nécessitant aucun prérequis académique dans la pratique des langues étrangères. Ces actions permettent de développer la Citoyenneté européenne et internationale.
+Ces projets sont un premier pas vers des mobilités plus longues. L&amp;#039;accompagnement éducatif permet aux jeunes de partir dans un cadre sécurisé et de développer leur appétence pour les langues et les actions relevant de l&amp;#039;intérêt général.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;accueil et l&amp;#039;envoi de volontaires européens pour des missions de court ou long terme.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Encourager la participation de jeunes néo-aquitains à des échanges internationaux permettant de favoriser l&amp;#039;ouverture aux autres et l&amp;#039;apprentissage de la Citoyenneté internationale.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+International
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt en ligne aura lieu
+  tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les associations et établissements publics (EP) œuvrant en direction des jeunes et implantés en Nouvelle-Aquitaine par leur domiciliation ou leur action.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt des demandes s&amp;#039;effectue de manière dématérialisée par le biais du formulaire de demande de subvention accessible sur cette page : https://les-aides.nouvelle-aquitaine.fr/jeunesse/volontariats-et-echanges-internationaux
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;accueil et l&amp;#039;envoi de volontaires européens pour des missions de court terme ou de long terme, sont éligibles les projets qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ciblent de manière prioritaire des jeunes de niveau bac ou infra bac,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposent un accompagnement linguistique adapté en amont de la mobilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnent l&amp;#039;accueil ou l&amp;#039;envoi des volontaires en lien avec les dynamiques de coopérations des territoires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de la participation de jeunes néo-aquitains à des échanges internationaux, sont éligibles les projets qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposent une réflexion collective sur des questions citoyennes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilisent des jeunes de niveau bac ou infra bac dans une perspective de mixité sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont cofinancés par d&amp;#039;autres programmes relatifs à l&amp;#039;éducation à la citoyenneté européenne et internationale tels que le programme Erasmus Jeunesse, le programme de l&amp;#039;Office Franco-Allemand pour la Jeunesse (OFAJ), le programme jeunesse du Ministère de l&amp;#039;Europe et des Affaires Etrangères (MEAE).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale sera appréciée en fonction de l&amp;#039;ensemble des cofinancements obtenus (État, collectivités locales, associations, entreprises...) et de la capacité d&amp;#039;autofinancement du projet. Le montant global des recettes pourra intégrer notamment les contributions volontaires en nature, dans la mesure où celles-ci sont objectivement quantifiées selon les règles en vigueur au plan national.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/volontariats-et-echanges-internationaux</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la jeunesse et de la citoyenneté : 05 49 60 28 28
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2cdf-volontariats-et-echanges-internationaux/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>120795</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'achat de véhicules plus propres pour les communes et les professionnels</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif Véhicules propres - Acquisition de véhicules hydrogène par les petites entreprises</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a vocation à accompagner les entreprises et les communes dans l&amp;#039;achat de véhicules électriques, à hydrogène ou au gaz naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de renforcer l&amp;#039;action écologique de la Région, tous les modèles de voitures ne sont pas éligibles. Les voitures éligibles sont disponibles sur sur
+ &lt;a href="https://www.iledefrance.fr/toutes-les-actualites/vehicules-propres-les-aides-regionales-pour-les-particuliers-et-les-entreprises-evoluent-au-1er-janvier-2024" target="_self"&gt;
+  cette page
+ &lt;/a&gt;
+ , si leur prix ne dépasse pas 47 000 € avant aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ La location, ainsi que les véhicules d&amp;#039;occasion achetés auprès de particuliers, ne sont pas éligibles à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, un nombre limité de véhicules peut être subventionné par bénéficiaire, tel que détaillé dans le règlement téléchargeable ci-dessous (section V).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transition énergétique
+Qualité de l'air
+Biodiversité
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui est éligible ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises ayant leur siège en Île-de-France, comptant au plus 50 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes franciliennes de moins de 10.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quel est le montant de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les véhicules à motorisation électrique, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1.500€ pour les deux-roues, trois-roues et quadricycles
+ &lt;/li&gt;
+ &lt;li&gt;
+  6.000€ pour les voitures, camionnettes, véhicules spécialisés, inférieurs à 3,5 tonnes
+ &lt;/li&gt;
+ &lt;li&gt;
+  9.000€ pour les camions et tracteurs routiers, de plus de 3,5 tonnes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les véhicules roulant au gaz naturel, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  9.000€ pour les camions et tracteurs routiers, supérieurs ou égal à 3,5 tonnes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les véhicules à motorisation hydrogène, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  15.000€ pour les voitures, véhicules spécialisés, inférieurs à 3,5 tonnes
+ &lt;/li&gt;
+ &lt;li&gt;
+  30.000€ pour les camionnettes, camions et tracteurs routiers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec toute aide publique donnée sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des aides publiques reçues pour cet achat ne doit pas dépasser 50 % du prix total du véhicule.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est au bénéficiaire de s&amp;#039;assurer qu&amp;#039;il respecte ce taux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/dispositif-vehicules-propres-acquisition-de-vehicules-hydrogene-par-les-petites-entreprises</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de contact sont disponibles via le lien vers le
+ &lt;a href="https://www.iledefrance.fr/aides-et-appels-a-projets/acquisition-de-vehicules-propres-par-les-communes-et-les-professionnels" target="_self"&gt;
+  descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef30-acquisition-de-vehicules-propres-par-les-prof/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>143361</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’efficacité et la sécurité des bus à haut niveau de service</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de votre projet de bus à haut niveau de service (BHNS) par un organisme expert est importante pour garantir son bon fonctionnement. Si elle n&amp;#039;est pas obligatoire, tous les retours d&amp;#039;expériences montrent les bénéfices qu&amp;#039;elle amène.
+&lt;/p&gt;
+&lt;p&gt;
+ Compétent en matière d&amp;#039;aménagements incluant tous types d&amp;#039;usagers (dont les personnes à mobilité réduite), le Cerema vous accompagne à chaque étape de votre démarche, de la conception à l&amp;#039;optimisation de votre ligne BHNS.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous avez un projet de création ou d&amp;#039;extension de ligne de BHNS ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez garantir un haut niveau de service et de sécurité routière ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous ambitionnez un meilleur partage de l&amp;#039;espace avec les modes actifs ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous envisagez des modifications pour optimiser une ligne existante ? Vous voulez évaluer sa qualité d&amp;#039;usage ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour renforcer l&amp;#039;efficacité et la sécurité des bus à haut niveau de service.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NOS ATOUTS :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un organisme qualifié agréé par l&amp;#039;État (OQA) dans le domaine de l&amp;#039;insertion urbaine des tramways
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une équipe de spécialistes expérimentés (techniciens et cadres de haut niveau) sur les champs aménagement de la voirie, sécurité et insertion urbaine des transports en commun (TC), modes actifs et accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un réseau territorialisé au plus près de vos besoins
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des collaborations pérennes auprès des collectivités locales et exploitants de TC
+ &lt;/li&gt;
+ &lt;li&gt;
+  La participation active à l&amp;#039;édition de normes, réglementations et référentiels techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Déployer votre projet de création ou d&amp;#039;extension de ligne BHNS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A chaque étape de votre projet (des études préliminaires jusqu&amp;#039;à la mise en service commerciale), élaboration d&amp;#039;un rapport d&amp;#039;expertise couvrant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intégration dans le système de mobilité (intermodalité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partage de l&amp;#039;espace (notamment avec les modes actifs : piétons, vélos)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception des aménagements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fonctionnement des carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertinence et implantation de la signalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte de l&amp;#039;accessibilité pour les personnes à mobilité réduite (PMR)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modifier ou optimiser les lignes BHNS en service
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluation de la performance et du niveau de service de la ligne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de l&amp;#039;usage de la ligne (profils des usagers)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil sur les choix d&amp;#039;optimisation pour un meilleur niveau de service, en intégrant tous les usagers (PMR y compris)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise sécurité des modifications d&amp;#039;aménagements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audits ou expertises ponctuelles (analyse de configurations accidentogènes, proposition d&amp;#039;actions correctives)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ILS NOUS FONT CONFIANCE :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat mixte des transports urbains du Grand Nouméa
+   - TSCP Grand Nouméa : expertise sécurité (en phase projet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saint Brieuc Armor agglomération
+   - BHNS de Saint-Brieuc (TEO) : missions d&amp;#039;évaluations du projet de BHNS à Saint-Brieuc
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ile-de-France mobilités
+   - BHNS Massy-Saclay : Partenariat lDFMCerema pour un audit de sécurité de la ligne exploitée (audit sur l&amp;#039;infrastructure et sur les comportements)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nantes métropole
+   - Lignes Chronobus à Nantes : évaluation de la qualité d&amp;#039;usage des lignes Chronobus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ile-de-France mobilités &amp;amp; EPA Sénart
+   - TZen1 en Ile-de-France : diagnostic de sécurité de la ligne en exploitation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Cohésion sociale et inclusion
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/renforcer-efficacite-securite-bus-haut-niveau-service</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/06b7-renforcer-lefficacite-et-la-securite-des-bus-/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>144518</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions et critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée sur les projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présentant l&amp;#039;engagement des collectivités locales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   selon le périmètre d&amp;#039;intervention.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront porter sur les thématiques de la sensibilisation à la transition écologique (tout en respectant les champs d&amp;#039;action du Département) telles que :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la biodiversité (faune, flore et milieux d&amp;#039;intérêt local ou patrimonial, paysage...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;économie circulaire (déchets, consommation, alimentation...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la transition énergétique / le changement climatique (énergie, mobilité, risques majeurs, pollution...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=200</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/demande-subvention</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
+Direction de l&amp;#039;Environnement&lt;br /&gt;
+Service Médiation environnementale et partenariats&lt;br /&gt;
+Tél. : 05.58.05.40.40&lt;br /&gt;
+Mèl : environnement&amp;#64;landes.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>162956</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à l'appel à manifestation d’intérêt pour l’occupation d’un bâtiment à Puget-Théniers (06)</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d’intérêt pour l’occupation d’un bâtiment à Puget-Théniers (06)</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aux termes d’une convention avec l’Etat, approuvée par décret ministériel du 19 décembre 1972, le SYMA, Syndicat Mixte Méditerranée Alpes, avait reçu la concession du réseau secondaire d’intérêt général des Chemins de Fer de Provence. Depuis le 1er janvier 2007, la concession a été transférée par avenant n°2 au traité de concession, à la Région Provence-Alpes-Côte d&amp;#039;Azur. Cette convention prévoit dans son article 3 la possibilité pour le concessionnaire de disposer du domaine du réseau à des fins conformes à l’intérêt général.&lt;/p&gt;
+&lt;p&gt;En application de l’article L. 2122-1-1 du Code Général de la Propriété des Personnes Publiques, la Région lance un appel à manifestation d’intérêt en vue de l’occupation de ce bâtiment sur la commune de Puget-Théniers.&lt;/p&gt;
+&lt;p&gt;Le(s) futur(s) occupant(s) ne pourra(ont) se prévaloir de la législation relative aux baux d’une quelconque nature (civil, commercial, professionnel ou autres).&lt;/p&gt; &lt;p&gt;Tout opérateur économique.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Tout projet soumettant un dossier complet comprenant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Une lettre à l’attention de Monsieur le Président du Conseil Régional manifestant l’intérêt du candidat à présenter une candidature et sollicitant à ce titre une autorisation d’occuper le domaine public concerné.&lt;/li&gt; 	&lt;li&gt;Un document justifiant de la forme juridique du candidat : société, auto-entrepreneur, ... (Kbis ou tout autre document équivalent de moins de 3 mois).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt; Une note présentant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Le candidat.&lt;/li&gt; 	&lt;li&gt;Son activité.&lt;/li&gt; 	&lt;li&gt;Son projet d’utilisation du site.&lt;/li&gt; 	&lt;li&gt;La durée d’occupation souhaitée par le candidat.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;En cas de travaux envisagé sur le bâtiment, il est demandé les éléments éventuels suivants :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Le détail des aménagements avec les matériaux utilisés.&lt;/li&gt; 	&lt;li&gt;Les devis demandés aux artisans et entrepreneurs.&lt;/li&gt; 	&lt;li&gt;Un tableau récapitulant le chiffrage global des travaux.&lt;/li&gt; 	&lt;li&gt;Un plan des aménagements projetés.&lt;/li&gt; 	&lt;li&gt;En cas de travaux affectant l’apparence extérieure du bâtiment, les documents nécessaires à la demande d’autorisation d’urbanisme correspondante (arrêté de permis de construire ou de déclaration préalable) tel que les plans et le CERFA complété. La Région se réserve le droit pendant la procédure de demander au candidat de modifier son projet sur ce point si elle estime que cela porte atteinte à l’esthétique globale du site de la gare dans le cadre de sa charte architecturale.&lt;/li&gt; 	&lt;li&gt;Les documents nécessaires à l’exercice de l’activité projetée : autorisation, agrément, habilitation, autres.&lt;/li&gt; 	&lt;li&gt;Les attestations d’assurance civile et professionnelle couvrant les risques liés à l’activité.&lt;/li&gt; 	&lt;li&gt;Eventuellement, la proposition tarifaire du candidat pour le montant de la redevance. La proposition tarifaire devra être justifiée, au regard de l’investissement réalisé pour l’aménagement du bâtiment, par une note détaillant : 	&lt;ul&gt; 		&lt;li&gt;Le chiffre d’affaires de la structure ;&lt;/li&gt; 		&lt;li&gt;Le bénéfice de la structure.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt; Le mode de financement des investissements : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;prêts bancaires ;&lt;/li&gt; 	&lt;li&gt;subventions ;&lt;/li&gt; 	&lt;li&gt;fonds propres.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;En cas de subventions :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; il est demandé de fournir le règlement relatif à la subvention et les coordonnées du gestionnaire de la subvention.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;En cas de prêts bancaires :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; il est demandé un accord de principe du prêteur avec les conditions du prêts (taux annuel, assurance, remboursement mensuel).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; La durée d’amortissement de l’investissement ou du prêt afin de vérifier sa cohérence avec la durée d’autorisation demandée par le candidat.&lt;/p&gt;
+&lt;p&gt;Le candidat peut fournir librement d’autres documents sous forme d&amp;#039;annexes : Dossier de presse, adresse du site internet, page Facebook et autres réseaux sociaux, ...&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Choix de la proposition :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;La Région examinera les propositions reçues sur le fondement des critères dont la hiérarchie est la suivante (du plus important au moins important) :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;l’intérêt que présente la proposition eu égard à la promotion de la ligne de Chemin de fer ;&lt;/li&gt; 	&lt;li&gt;l’impact positif de l’occupation sur la vie du quartier (notamment animation, service) ;&lt;/li&gt; 	&lt;li&gt;a redevance proposée par le candidat.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;La Région éliminera les candidatures incomplètes ou non conformes à l’objet du présent appel à propositions.&lt;/p&gt;
+&lt;p&gt;La Région pourra, le cas échéant, prendre contact avec les candidats afin d&amp;#039;obtenir toute précision qu&amp;#039;elle jugera utile, et, à cet effet, se réserve le droit de réclamer toute pièce qui lui semblera nécessaire.&lt;/p&gt;
+&lt;p&gt;Il est précisé que la Région n&amp;#039;est tenue par aucun délai pour la délivrance de l’autorisation. La Région se réserve, en outre, le droit de ne pas donner suite à la présente consultation.&lt;/p&gt;
+&lt;p&gt;Aucune indemnisation ne sera versée aux candidats, quelle que soit la suite donnée à leur proposition.&lt;/p&gt;
+&lt;p&gt;Si deux intérêts ou plus se manifestent, les candidatures seront départagées sur la base des critères précités.&lt;/p&gt;
+&lt;p&gt;Le choix effectué par la Région fera l’objet de mesures de publicité adéquates.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>14/06/2024</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Tout projet soumettant un dossier complet comprenant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Une lettre à l’attention de Monsieur le Président du Conseil Régional manifestant l’intérêt du candidat à présenter une candidature et sollicitant à ce titre une autorisation d’occuper le domaine public concerné.&lt;/li&gt; 	&lt;li&gt;Un document justifiant de la forme juridique du candidat : société, auto-entrepreneur, ... (Kbis ou tout autre document équivalent de moins de 3 mois).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt; Une note présentant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Le candidat.&lt;/li&gt; 	&lt;li&gt;Son activité.&lt;/li&gt; 	&lt;li&gt;Son projet d’utilisation du site.&lt;/li&gt; 	&lt;li&gt;La durée d’occupation souhaitée par le candidat.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;En cas de travaux envisagé sur le bâtiment, il est demandé les éléments éventuels suivants :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Le détail des aménagements avec les matériaux utilisés.&lt;/li&gt; 	&lt;li&gt;Les devis demandés aux artisans et entrepreneurs.&lt;/li&gt; 	&lt;li&gt;Un tableau récapitulant le chiffrage global des travaux.&lt;/li&gt; 	&lt;li&gt;Un plan des aménagements projetés.&lt;/li&gt; 	&lt;li&gt;En cas de travaux affectant l’apparence extérieure du bâtiment, les documents nécessaires à la demande d’autorisation d’urbanisme correspondante (arrêté de permis de construire ou de déclaration préalable) tel que les plans et le CERFA complété. La Région se réserve le droit pendant la procédure de demander au candidat de modifier son projet sur ce point si elle estime que cela porte atteinte à l’esthétique globale du site de la gare dans le cadre de sa charte architecturale.&lt;/li&gt; 	&lt;li&gt;Les documents nécessaires à l’exercice de l’activité projetée : autorisation, agrément, habilitation, autres.&lt;/li&gt; 	&lt;li&gt;Les attestations d’assurance civile et professionnelle couvrant les risques liés à l’activité.&lt;/li&gt; 	&lt;li&gt;Eventuellement, la proposition tarifaire du candidat pour le montant de la redevance. La proposition tarifaire devra être justifiée, au regard de l’investissement réalisé pour l’aménagement du bâtiment, par une note détaillant : 	&lt;ul&gt; 		&lt;li&gt;Le chiffre d’affaires de la structure ;&lt;/li&gt; 		&lt;li&gt;Le bénéfice de la structure.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt; Le mode de financement des investissements : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;prêts bancaires ;&lt;/li&gt; 	&lt;li&gt;subventions ;&lt;/li&gt; 	&lt;li&gt;fonds propres.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;En cas de subventions :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; il est demandé de fournir le règlement relatif à la subvention et les coordonnées du gestionnaire de la subvention.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;En cas de prêts bancaires :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; il est demandé un accord de principe du prêteur avec les conditions du prêts (taux annuel, assurance, remboursement mensuel).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; La durée d’amortissement de l’investissement ou du prêt afin de vérifier sa cohérence avec la durée d’autorisation demandée par le candidat.&lt;/p&gt;
+&lt;p&gt;Le candidat peut fournir librement d’autres documents sous forme d&amp;#039;annexes : Dossier de presse, adresse du site internet, page Facebook et autres réseaux sociaux, ...&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Choix de la proposition :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;La Région examinera les propositions reçues sur le fondement des critères dont la hiérarchie est la suivante (du plus important au moins important) :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;l’intérêt que présente la proposition eu égard à la promotion de la ligne de Chemin de fer ;&lt;/li&gt; 	&lt;li&gt;l’impact positif de l’occupation sur la vie du quartier (notamment animation, service) ;&lt;/li&gt; 	&lt;li&gt;a redevance proposée par le candidat.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;La Région éliminera les candidatures incomplètes ou non conformes à l’objet du présent appel à propositions.&lt;/p&gt;
+&lt;p&gt;La Région pourra, le cas échéant, prendre contact avec les candidats afin d&amp;#039;obtenir toute précision qu&amp;#039;elle jugera utile, et, à cet effet, se réserve le droit de réclamer toute pièce qui lui semblera nécessaire.&lt;/p&gt;
+&lt;p&gt;Il est précisé que la Région n&amp;#039;est tenue par aucun délai pour la délivrance de l’autorisation. La Région se réserve, en outre, le droit de ne pas donner suite à la présente consultation.&lt;/p&gt;
+&lt;p&gt;Aucune indemnisation ne sera versée aux candidats, quelle que soit la suite donnée à leur proposition.&lt;/p&gt;
+&lt;p&gt;Si deux intérêts ou plus se manifestent, les candidatures seront départagées sur la base des critères précités.&lt;/p&gt;
+&lt;p&gt;Le choix effectué par la Région fera l’objet de mesures de publicité adéquates.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/ami-occupation-batiment-puget-theniers</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="tel:0491575057"&gt;04 91 57 50 57&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-pour-loccupation-dun-batiment-a-puget-theniers-06/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>165099</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Développer la mobilité européenne Erasmus+ ISSUE</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité européenne Erasmus+ ISSUE</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de stage en Europe ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 1 735 € &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Etudiant en formation initiale, en formation continue ou en apprentissage, inscrit dans un institut de formation sanitaire, membre du consortium Erasmus&amp;#43; ISSUE,&lt;/li&gt;
+&lt;li&gt;Personnel ou formateur d’un institut de formation sanitaire membre du consortium régional.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Membres du consortium à lister &lt;/strong&gt;&lt;em&gt;: IFSI de Charleville-Mézières, IFSI du CHU de Reims, IFSI de Nancy-Lionnois, IFSI Nancy-Laxou, IFSI de Forbach, IFSI de Neufchâteau, IFSI du CHR de Metz-Thionville, sites de Metz, Thionville et Briey, IFSI de Verdun St Mihiel, IFSI de Bar-le-Duc, IFSI de Sarrebourg, IFSI de Sarreguemines, IFSI de Brumath, IFSI de Haguenau, IFSI de Saverne, IFSI d’Epinal, IFSI de Saint-Dizier, IFSI des Hôpitaux Universitaires de Strasbourg, IFSI St Vincent de Strasbourg et l’Institut de formation en ergothérapie Lorraine Champagne-Ardenne de l’Institut de Formation en Masso-Kinésithérapie et Ergothérapie.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une mobilité de stage étudiant de 2 mois minimum (60 jours) dans un pays membre du programme Erasmus&amp;#43; ou dans un pays tiers associé ou non au programme ;&lt;/li&gt;
+&lt;li&gt;Une mobilité de personnel à des fins de formation ou d’enseignement.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les &lt;strong&gt;bourses de stages pour les étudiants&lt;/strong&gt; le montant de l’aide est calculé sur les bases suivantes :
+&lt;ul&gt;
+&lt;li&gt;Frais de séjour du nombre de jours de stage et du groupe dont fait partie le pays d’accueil,&lt;/li&gt;
+&lt;li&gt;Frais de voyage suivant la distance parcourue et le moyen de transport utilisé,&lt;/li&gt;
+&lt;li&gt;Complément financier de stage de 150 € par mois,&lt;/li&gt;
+&lt;li&gt;Complément financier de 250 € par mois pour les étudiants ayant moins d’opportunité &lt;strong&gt;&lt;em&gt;(en situation de handicap ou d’affectation de longue durée (ALD), habitant dans une commune classée zone de revitalisation rurale (ZRR), habitant à une adresse classée Quartiers Prioritaires de la Ville(QPV), boursier sur critères sociaux échelons 6 et 7, appartenant à un foyer dont le quotient familial CAF est inférieur ou égal à 566 €)&lt;/em&gt;.&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les &lt;strong&gt;bourses pour les personnels&lt;/strong&gt;, le montant de l’aide est calculé sur les bases suivantes :&lt;/li&gt;
+&lt;li&gt;Frais de séjour sur la base d’un montant journalier suivant le pays d’accueil&lt;/li&gt;
+&lt;li&gt;Frais de voyage suivant la distance parcourue et le moyen de transport utilisé.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;Aides complémentaires&lt;/h3&gt;
+&lt;p&gt;Pour les étudiants peut s’appliquer en complément une aide à la mobilité internationale à condition de répondre aux critères d’éligibilité (voir la page &lt;a href="https://www.grandest.fr/vos-aides-regionales/mobilite-internationale-formations-saso/"&gt;Aide à la mobilité internationale des formations sanitaires et sociales&lt;/a&gt;).&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;La demande passe par l’institut de formation. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Prendre contact auprès de la personne en charge de la mobilité des étudiants au sein de l’institut de formation sanitaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>29/11/2024</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mobilite-europeenne-erasmus-issue/</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0283/depot/simple</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;issue&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-europeenne-erasmus-issue/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>103260</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre des travaux d’aménagements et d’équipements d’infrastructures pour traiter des sites dangereux en matière de sécurité routière</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise à mettre en œuvre des travaux d&amp;#039;aménagements et d&amp;#039;équipements d&amp;#039;infrastructures destinés à traiter des sites dangereux avérés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;ol&gt;
+   &lt;li&gt;
+    Des opérations visant à sécuriser les zones d&amp;#039;accumulation d&amp;#039;accidents répertoriées, c&amp;#039;est-à-dire où se sont produits au moins 5 accidents sur une section de moins de 850ml sur une période de 5 ans.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Le traitement des zones de transition en entrée d&amp;#039;agglomération concernées par une réduction des vitesses autorisées de 30 km/h au moins.
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;atténuation de la gravité des accidents liés à la présence d&amp;#039;obstacles latéraux, ainsi que la création d&amp;#039;écrans de protection basse pour les deux roues motorisés.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les aménagements résultant de nouvelles approches de conception.
+   &lt;/li&gt;
+   &lt;li&gt;
+    La sécurisation des carrefours à visibilité insuffisante en rase campagne.
+   &lt;/li&gt;
+  &lt;/ol&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelle est la nature de l&amp;#039;aide ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Pour le point 1/ : 50% du montant subventionnable.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les points 2/, 3/ et 4/ : 50% du montant subventionnable du projet dans la limite de 400.000€ HT maximum par opération (zone de transition, programme de protection ou de suppression des obstacles, aménagement).
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour le point 5/ : 50% du montant subventionnable du projet dans la limite de 500.000€ HT maximum par carrefour traité.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;p&gt;
+  Ce taux est susceptible d&amp;#039;être porté à hauteur de 70% pour les opérations situées dans un périmètre des quartiers prioritaires ou placé en dispositif de veille active.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Le montant subventionnable est la part financière de l&amp;#039;opération affectée aux travaux et aux études de réalisation contribuant directement à améliorer la sécurité routière.
+  &lt;br /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelle démarche ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour bénéficier de cette aide, vous devez déposer un dossier sur notre plateforme en ligne
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P45" s="1" t="inlineStr">
+        <is>
+          <t>26/06/2020</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour le point 1/ : L&amp;#039;Etat, les Départements, les EPCI et les syndicats mixtes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les points 2/, 3/ et 4/ : Les Départements, les EPCI et les syndicats mixtes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour le point 5/ : Les Départements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/securite-routiere-actions-portant-sur-linfrastructure</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Transports / Service Pôles et voiries
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  directiondestransports&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5464-securite-routiere-actions-portant-sur-linfras/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>103262</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions en faveur des piétons et visant à limiter les comportements à risque</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité Routière : Actions en faveur des piétons et visant à limiter les comportements à risque</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif soutient les aménagements et équipements renforçant la sécurité des usagers les plus vulnérables, et les mesures d&amp;#039;information et de prévention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  la sécurisation des traversées des routes par les usagers les plus vulnérables jusqu&amp;#039;à 300 m des établissements recevant du public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sensibilisation et la formation du grand public aux enjeux de la sécurité routière par la mise en œuvre d&amp;#039;actions de communication et de formation visant à réduire l&amp;#039;importance du facteur comportemental dans la survenue d&amp;#039;accidents.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Point 1 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30 % du montant subventionnable du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  porté à 70 % pour les travaux concernant les EPLE, les zones de dépôt des gares routières et les arrêts de bus situés près des EPLE, les opérations se situant dans un périmètre des quartiers prioritaires ou en dispositif de veille active.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Point 2 :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30 % du montant subventionnable du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour les projets concernant les EPLE,
+ &lt;/li&gt;
+ &lt;li&gt;
+  plafond des dépenses subventionnables : 100.000 € HT.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant subventionnable est la part financière de l&amp;#039;opération affectée aux travaux et aux études de réalisation contribuant à améliorer la sécurité des usagers les plus vulnérables et la sensibilisation du grand public.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides attribuées au titre du présent règlement font l&amp;#039;objet de conventions de financement conclues entre la Région et le bénéficiaire (et éventuellement les autres co-financeurs).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier à déposer sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  État,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  syndicats mixtes.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/ByzWjqZqN</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports, service Pôles et Voiries
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  directiondestransports&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0ad9-securite-routiere-actions-en-faveur-des-pieto/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>71376</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les territoires à la création d'une offre mobilité solidaire - Programme du réseau Mob'In</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Mob'In France</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs du réseau Mob&amp;#039;In France ont les compétences et la capacité
+ &lt;strong&gt;
+  d&amp;#039;accompagner les collectivités territoriales dans la
+  réflexion, la création et le développement
+ d&amp;#039;une offre de service de mobilité inclusive.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Cet accompagnement peut être global et structurer toute la réflexion, de la phase de diagnostic à la mise en œuvre des préconisations. Ou n&amp;#039;être présent que sur l&amp;#039;une ou l&amp;#039;autre des phases de la construction d&amp;#039;une politique territoriale de mobilité inclusive.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PRESTATIONS
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  REALISEES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Voici les prestations que peut proposer le réseau Mob&amp;#039;In France dans le cadre d&amp;#039;une étude de faisabilité en vue de la création d&amp;#039;une offre de mobilité solidaire :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ - Rédaction d&amp;#039;un diagnostic pour établir un état des lieux global mettant en avant les forces et faiblesses du territoire au regard du projet souhaité ;
+ &lt;br /&gt;
+ - La définition des priorités stratégiques au regard des enjeux identifiés ;
+ &lt;br /&gt;
+ - La rédaction d&amp;#039;un projet incluant plusieurs scenarii ;
+ &lt;br /&gt;
+ - L&amp;#039;accompagnement dans la mise en œuvre du scenario choisi
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La mission d&amp;#039;ingénierie de Mob&amp;#039;In France répondra spécifiquement aux demandes des territoires et se construira sur mesure avec le client.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Mob&amp;#039;In privilégie et conseille une démarche formative et participative.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mob&amp;#039;In s&amp;#039;assure de la représentativité des publics et des territoires dans sa mission d&amp;#039;accompagnement. L&amp;#039;intervention repose sur un principe de co-construction qui paraît, de part l&amp;#039;expérience d&amp;#039;essaimage, le plus pertinent et cohérent au regard de l&amp;#039;existant.
+ &lt;br /&gt;
+ Mob&amp;#039;In mène ses études en tenant compte des
+ &lt;strong&gt;
+  spécificités des territoires
+ &lt;/strong&gt;
+ , de la
+ &lt;strong&gt;
+  présence et de la participation des acteurs locaux
+ &lt;/strong&gt;
+ ainsi que des
+ &lt;strong&gt;
+  besoins des habitants.
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Mob&amp;#039;In peut se charger de l&amp;#039;organisation et l&amp;#039;animation des groupes de travail, du compte-rendu des réunions, de l&amp;#039;analyse et de la rédaction des livrables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagnement du Département de la Meuse dans son approche globale et partenariale des problématiques de mobilité inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Rappel des objectifs
+ &lt;/em&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ - Compléter les états des lieux existants et cartographier les besoins et les freins (territoires, publics, offre mobilité) pour mieux connaître les besoins des publics en emploi et en insertion, des employeurs et des acteurs institutionnels ;
+ &lt;br /&gt;
+ - Mesurer l&amp;#039;adéquation qualitative et quantitative entre l&amp;#039;offre actuelle et les besoins repérés ; identifier les besoins non satisfaits et mesurer les écarts. En fonction il s&amp;#039;agira de recenser les acteurs pertinents, l&amp;#039;offre existante et définir les services nouveaux à développer correspondants aux besoins repérés et non satisfaits ;
+ &lt;br /&gt;
+ - Définir les actions à développer en conséquence et construire une approche départementale de la mobilité en formulant des schémas de développement et coopération visant à l&amp;#039;optimisation des moyens existants et à la construction de réponses nouvelles répondant aux besoins identifiés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Livrables
+ &lt;/em&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Rapport de l&amp;#039;existant :
+ &lt;br /&gt;
+ - cartographie des partenariats existants
+ &lt;br /&gt;
+ - cartographie des financeurs
+ &lt;br /&gt;
+ - précises des forces, faiblesses, opportunités, menaces du territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt; Rapport relatif à :
+ &lt;br /&gt;
+ - la mise en corrélation de l&amp;#039;offre existante avec les besoins non couverts
+ &lt;br /&gt;
+ - la définition des besoins et proposition d&amp;#039;offres complémentaires
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt; Formalisation des deux scenarii retenus (organisation et structuration de l&amp;#039;offre globale).
+ &lt;br /&gt;
+ &amp;gt; Consolidation des livrables dans un rapport de mission
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagnement du département de l&amp;#039;Allier dans le cadre d&amp;#039;une mission confinée par l&amp;#039;Unité Départementale de l&amp;#039;Allier de la DIRECCTE Auvergne-Rhône-Alpes
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mob&amp;#039;In France réalise une mission d&amp;#039;ingénierie en vue de la réalisation d&amp;#039;une étude de faisabilité en vue de la création d&amp;#039;une plateforme mobilité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt; Résultats attendus de l&amp;#039;étude de faisabilité :
+ &lt;br /&gt;
+ - la rédaction d&amp;#039;un diagnostic visant à établir un état des lieux global mettant en avant les forces et les faiblesses du territoire de l&amp;#039;Allier au regard du projet ;
+ &lt;br /&gt;
+ - la définition de priorités stratégiques au regard des enjeux identifiés ;
+ &lt;br /&gt;
+ - la rédaction du projet de plateforme incluant plusieurs scenarii (objectifs, publics cibles, offre de services, partenariats, conditions organisationnelles de mise en œuvre, portage juridique, phasage, indicateurs de résultats, budget...)
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;étude de faisabilité devra être guidée par les résultats attendus à terme de la future plateforme de mobilité à savoir :
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;amélioration de la mobilité des personnes en insertion professionnelle en vue de leur employabilité ;
+ &lt;br /&gt;
+ - le développement de la coopération entre les acteurs de l&amp;#039;Allier et les intervenants sur les questions de mobilité ;
+ &lt;br /&gt;
+ - l&amp;#039;amélioration et la visibilité des outils existants ;
+ &lt;br /&gt;
+ - l&amp;#039;aide à l&amp;#039;orientation des publics quant à l&amp;#039;accès à l&amp;#039;offre de mobilité disponible en fonction des besoins qui seront identifiés en amont du parcours y compris sur les aides à mobiliser ;
+ &lt;br /&gt;
+ - la structuration d&amp;#039;une offre de mobilité adaptée aux besoins des différents publics (maillage, besoins sociaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le dispositif MOUV&amp;#039;UP
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Fédération des Associations de la Route pour l&amp;#039;Education (FARE), fédération préexistante au Réseau Mob&amp;#039;In France, avait lancé, en 2008, le programme Mouv&amp;#039;Up.
+ &lt;br /&gt;
+ Ce programme accompagnait et soutenait les territoires dans les initiatives visant la constitution d&amp;#039;une plateforme solidaire d&amp;#039;aide à la mobilité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En 2013 et après plusieurs expérimentations nationales réussies, un partenariat national est conclu entre la FARE et la Fondation PSA Peugeot Citroën, avec l&amp;#039;appui de l&amp;#039;ACSé et des partenaires tels que CNML, COORACE, CHANTIER-école, Pôle Emploi, Alliance Ville Emploi, la Confédération des MJC..etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Ce programme a permis d&amp;#039;accompagner 27 territoires ayant permis le déploiement de 16 dispositifs de mobilité solidaire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Lutte contre la précarité
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement possible sur toute la France métropolitaine.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pascal GRAND,
+&lt;/p&gt;
+&lt;p&gt;
+ professionnalisation&amp;#64;mobin-solutions.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>contact@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e52f-accompagner-les-territoires-a-la-creation-dun/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>165107</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les services publics de transport à la demande</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux services publics de transport à la demande</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mettre en place un service public de transport à la demande (TAD) au sein de votre communauté de communes ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez d’une aide régionale pouvant aller jusqu’à 40 000 € par an  &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une communauté de communes du Grand Est organisatrice de la mobilité et ne prélevant pas de versement mobilité&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Sont exclus de ce dispositif les EPCI à compétence mobilité obligatoire ou leurs groupements, ainsi que toutes les AOM prélevant le versement mobilité.&lt;/p&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La mise en place d’un service public de transport à la demande (TAD) d’intérêt local et présentant également un intérêt régional : meilleure accessibilité aux centralités rurales et bourgs-centre, amélioration de l’intermodalité avec les différents réseaux de transport collectif, etc. (détail dans le règlement d’intervention).&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si votre projet s’inscrit dans cette logique, l’attribution de l’aide n’est pas pour autant automatique. Votre projet sera étudié au regard des priorités régionales, et sous réserve qu’une étude d’opportunité ait jugé de la pertinence du projet. L’offre TAD mise en place s’inscrira nécessairement dans un bouquet d’offres de mobilités complémentaires et ne saurait s’assimiler à un transport individuel de type taxi.&lt;/p&gt;
+&lt;p&gt;Pour être éligible à une aide régionale, l’offre publique de TAD devra notamment être ouverte à tous et être organisée sur le principe d’une desserte de point d’arrêt à point d’arrêt. Un maillage de points doit être prédéfini et ceux-ci doivent comprendre la desserte des pôles de services et les centralités, ainsi que les gares présentes sur le territoire ou à proximité.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 40 000 € annuel par EPCI&lt;/strong&gt; (correspondant à un taux de prise en charge pouvant aller de 40 à 80% des coûts liés à l’exploitation du TAD).&lt;/p&gt;
+&lt;p&gt;Les dépenses retenues seront étudiées avec chaque collectivité bénéficiaire sur la base d’un tableau-type des dépenses éligibles et des recettes. Les recettes et les dépenses devront être certifiées par le comptable public de la collectivité.&lt;/p&gt;
+&lt;p&gt;Sont par exemple exclues des dépenses éligibles les coûts liés, à la communication ou encore à l’utilisation d’outils de gestion du TAD.&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;En phase d’expérimentation ou d’amorçage d’un nouveau service de TAD, un soutien est envisageable auprès de l’Etat dans le cadre du Plan France Ruralités, via le Fonds vert 2024-2026, au titre de l’axe 3 : Développement des mobilités durables en zones rurales.&lt;br /&gt;
+&lt;a href="https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Axe3_Mobilit%C3%A9s_durables_v2.1.pdf"&gt;Plus d’infos&lt;/a&gt;&lt;br /&gt;
+Vous pouvez vous rapprocher de la Direction Départementale des Territoires, de votre département.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches préalables à l’obtention de l’aide régionale.&lt;/p&gt;
+&lt;p&gt;Privilégiez un envoi par mail : &lt;a href="mailto:dispositif.tad&amp;#64;grandest.fr"&gt;dispositif.tad&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P48" s="1" t="inlineStr">
+        <is>
+          <t>18/10/2024</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/services-publics-tad/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;dispositif.tad&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-services-publics-de-transport-a-la-demande/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>60916</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>S’entraîner à pitcher devant des investisseurs et/ou des clients - Pitch&amp;Win</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI propose une formation au pitch, sur le fond et la forme, délivrée par un prestataire référencé par Bpifrance.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Les grandes étapes :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Une phase préparatoire sur le fond et la forme du pitch : appropriation d&amp;#039;une méthodologie de rédaction d&amp;#039;un pitch, définition du contenu, acquisition des éléments indispensables pour bien structurer un pitch... ; 2 entretiens téléphoniques personnalisés de 30 minutes chacun.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un entraînement en présentiel d&amp;#039;une demi-journée sur la « forme » (posture, voix, rythme...) en petit groupe de 4 à 6 dirigeants, pour une analyse constructive du formateur et des autres participants.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ En bonus, les entreprises qui le souhaitent peuvent bénéficier du label « Pitch&amp;amp;Win » sur
+ EuroQuity
+ , plateforme de Bpifrance de mise en relation entre les sociétés de croissance et leurs partenaires de développement, notamment les investisseurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Tarif
+ : 750 € HT par entreprise (1 pers./entreprise)
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalités
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Revoir la pertinence et l&amp;#039;exhaustivité du contenu du pitch (focus sur le fond)
+  &lt;/li&gt;
+  &lt;li&gt;
+   S&amp;#039;entraîner à la prise de parole afin de réaliser un pitch efficace, en français ou en anglais
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre mis en contact avec des investisseurs nombreux via la plateforme en ligne dédiée de Bpifrance : EuroQuity
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez lever des fonds et vous entraîner à délivrer un pitch efficace et percutant auprès des investisseurs (en français ou en anglais), ou simplement vous entraîner à faire des pitchs commerciaux (en français ou en anglais).
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Dirigeants d&amp;#039;entreprises souhaitant réaliser un tour de table (dans le cas d&amp;#039;un pitch investisseur) ou améliorer leurs performances en pitch commercial.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Universite/Pitch-Win</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour participer à un Pitch &amp;amp; Win, rapprochez-vous de la Délégation Innovation de votre
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  direction régionale Bpifrance
+ &lt;/a&gt;
+ , à l&amp;#039;initiative de l&amp;#039;organisation d&amp;#039;une session.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d1fa-pitchwin/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>143379</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Evaluer la sécurité des aménagements pour l'insertion urbaine des tramways</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2003, la réglementation impose aux Autorités Organisatrices de la Mobilité (AOM) de faire évaluer leurs projets de tramways (et autres transports guidés) par un Organisme Qualifié Agréé (OQA) indépendant.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En qualité d&amp;#039;OQA insertion urbaine, le Cerema est en mesure d&amp;#039;évaluer la sécurité des personnes transportées (passagers, conducteurs...) et des tiers (usagers de l&amp;#039;espace public) en interface avec la circulation du tramway.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous avez un projet de création ou d&amp;#039;extension de ligne de tramway ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous cherchez un OQA pour évaluer la sécurité des aménagements de voirie et des espaces publics ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez réaliser un aménagement qui va impacter une ligne existante (modification substantielle ou non) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous rencontrez des problématiques de sécurité sur votre réseau ?
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour évaluer la sécurité des aménagements pour l&amp;#039;insertion urbaine des tramways et autres transports guidés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un organisme qualifié agréé par l&amp;#039;Etat (OQA) dans le domaine de l&amp;#039;insertion urbaine des tramways
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une équipe de spécialistes expérimentés (techniciens et cadres de haut niveau) sur les champs aménagement de la voirie, sécurité et insertion urbaine des transports en commun (TC), modes actifs et accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un réseau territorialisé au plus près de vos besoins
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des collaborations pérennes auprès des collectivités locales et exploitants de TC
+ &lt;/li&gt;
+ &lt;li&gt;
+  La participation active à l&amp;#039;édition de normes, réglementations et référentiels techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Cas de créations ou extensions de ligne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Évaluation de la sécurité des aménagements de voirie et espaces publics, pour l&amp;#039;insertion urbaine du tramway depuis les études préliminaires jusqu&amp;#039;à la mise en service commerciale. Par phase réglementaire, élaboration d&amp;#039;un rapport d&amp;#039;évaluation couvrant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conception de l&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  fonctionnement des carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  pertinence et implantation de la signalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  partage de l&amp;#039;espace (notamment avec les modes actifs : piétons, vélos)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prise en compte de l&amp;#039;accessibilité pour les personnes à mobilité réduite (PMR).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Cas de lignes de tramway en service
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Évaluation des modifications ou optimisations
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rapports d&amp;#039;expertise dans le cadre de modifications substantielles
+ &lt;/li&gt;
+ &lt;li&gt;
+  avis dans le cadre de modifications non substantielles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Réalisation de diagnostics ou d&amp;#039;expertises ponctuelles
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  analyse de configurations accidentogènes
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposition d&amp;#039;actions pour améliorer le niveau de sécurité ou de service.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Saint-Etienne métropole
+  &lt;/strong&gt;
+  : Prolongement de la troisième ligne de tramway de Saint-Etienne entre la gare de Châteaucreux et la rue Bergson avec desserte du stade Geoffroy Guichard
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Nice Côte d&amp;#039;Azu
+  &lt;/strong&gt;
+  r : Création de la troisième ligne du tramway de Nice entre la Digue des Français et le terminus Saint-Isidore
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   CGL aménagement
+  &lt;/strong&gt;
+  : Modification de deux carrefours à feux situés sur la deuxième ligne du tramway de Montpellier
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   STRMTG
+  &lt;/strong&gt;
+  : Etude de sécurité, avant et après aménagement, sur 10 carrefours accidentogènes situés sur des réseaux de tramways de plusieurs villes françaises
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Grand Lyon, Keolis &amp;amp; Sytral
+  &lt;/strong&gt;
+  : Expertise Cerema pour les manoeuvres problématiques de tourne-à-gauche VL / tramways gérées par feux R24 ou R14 sur l&amp;#039;avenue Berthelot à Lyon.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluer-securite-amenagements-insertion-urbaine-tramways</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a72c-evaluer-la-securite-des-amenagements-pour-lin/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>162815</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'industrie des Véhicules Intermédiaires (eXtrême Défi)</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Industrie des Véhicules Intermédiaires (eXtrême Défi)</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les projets éligibles à cet AAP concernent la fabrication, l’innovation portant sur des véhicules intermédiaires (catégories VAE et L).&lt;br /&gt;Le présent AAP est ouvert aux entreprises de toute taille présentant un projet susceptible de relever d’un ou plusieurs des 4 volets suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 : Projets de développement et d’assemblage de véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir les projets de développement des capacités industrielles ainsi que l’installation de nouvelles usines ou lignes de production pour assembler des véhicules intermédiaires et gagner en compétitivité sur le marché de l’assemblage de ces véhicules. Les porteurs chercheront à industrialiser des familles de véhicule intermédiaires conçu à partir d’une base roulante commune pour des applications de transport de personne et de marchandises. Les projets pourront viser la mise en œuvre de capacité d&amp;#039;ingénierie et d’assemblage pour plusieurs constructeurs sur demande et sur des petites séries.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 : Projets de production des principaux composants « stratégiques » et équipements pour véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir les investissements industriels permettant de développer et accroitre les capacités de production des pièces détachées (composants) ou équipements des véhicules intermédiaires pour lesquels il existe un potentiel de relocalisation et de compétitivité du marché européen (exemples non exhaustifs : roues, cadre, fourche, plateaux, pédaliers, freins, moteurs, moyeux, remorques, batteries, etc.).&lt;br /&gt;Ces pièces et équipements devront chercher à être le plus standard et interopérable possible, en s’inscrivant notamment dans une démarche de coopétition avec la filière. Il sera visé en priorité les composants « stratégiques » tels qu’explicité dans le texte de l&amp;#039;appel.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 3 : Projets d’éco-conception et d’amélioration de l’impact environnemental du cycle de vie des véhicules intermédiaires et des équipements associés&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir des projets d’investissement permettant aux entreprises de renforcer leurs capacités à produire des véhicules intermédiaires éco-conçus, réparables, recyclables et reconditionnables (surcyclables) afin d&amp;#039;accompagner la transition de la filière vers l’économie circulaire et d’encourager des investissements en faveur du recyclage, du réemploi des déchets et d’une baisse de la pression sur les ressources. Les projets auront pour but d’alléger l’empreinte environnementale des pièces et composants de véhicules intermédiaires et des processus de fabrication associés.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 4 : Briques technologiques et démonstrateurs de solutions innovantes directement adossées aux véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir des projets de recherche et de développement ou de premiers démonstrateurs de solutions innovantes portés par des start-ups ou des industriels. Les projets devront être en lien direct avec l’industrialisation du véhicule intermédiaire ou de ses composants, ou avec les éléments physiques et des équipements. Les projets peuvent contribuer à favoriser l’innovation dans les procédés industriels, les matériaux, les utilisations et les solutions digitales pour renforcer la compétitivité, la durabilité du secteur et développer une ingénierie du cycle basée sur des compétences et un savoir-faire spécifique. Les projets ayant une composante collaborative forte, associant notamment des start-ups, des PME, des ETI ou des partenaires de recherche et des universités, et, si besoin, des collectivités territoriales, feront l’objet d’une attention spécifique, tout comme les projets qui privilégieront un partage des objectifs et des résultats au sein de la filière industrielle naissante (notion de « bien commun » décrite dans les critères de sélection).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/industrie-des-vehicules-intermediaires-extreme-defi/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>161740</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux actions ponctuelles</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-actions-ponctuelles</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>165405</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour un territoire inclusif et développer la qualité de vie sur le territoire</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA4</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le GAL (Groupe d&amp;#039;Action Locale) Via Domitia, a un territoire connaissant un solde migratoire positif (la population augmente de &amp;#43;1% par an en moyenne), ainsi qu&amp;#039;un forte saisonnalité du fait de son caractère touristique. Le développement de ce territoire doit être concomitant avec le développement et l&amp;#039;amélioration de l&amp;#039;accès aux services et infrastructures pour tous et toutes, afin de conserver et contribuer à l&amp;#039;amélioration des conditions de vie de la population, sans impacter l&amp;#039;environnement. &lt;/p&gt;&lt;p&gt;Cette fiche action a pour but de répondre aux enjeux suivants:&lt;br /&gt;Avoir une offre de services favorisant la mixité des populations et accompagnant sa mutation&lt;br /&gt;Développer un territoire inclusif&lt;br /&gt;Lutter contre l&amp;#039;utilisation du tout voiture individuelle en favorisant la mobilité douce au quotidien, accompagner la transition&lt;br /&gt;Faciliter l&amp;#039;accès à une alimentation sain et de qualité&lt;/p&gt;&lt;p&gt;Elle a donc pour objectif de favoriser un accueil de qualité sur le territoire, notamment grâce à des politiques publiques adaptées en matière d&amp;#039;urbanisme, d&amp;#039;aménagement du territoire et d&amp;#039;alimentation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.1 : Lutter contre la précarité énergétique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.2 : Accompagner les initiatives en faveur de l&amp;#039;inclusion sur le territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.3 : Retenir et aider au retour des jeunes sur le territoire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.3.1 : &lt;/strong&gt;Soutenir les projets coconstruits avec les jeunes et leurs accompagnants &lt;br /&gt;&lt;strong&gt;4.3.2 :&lt;/strong&gt; Soutenir les initiatives en faveur de services et offres innovantes adaptées aux jeunes populations&lt;br /&gt;&lt;strong&gt;4.3.3 :&lt;/strong&gt; Appuyer l&amp;#039;émergence et le développement de structures ou d&amp;#039;initiatives en faveur de l&amp;#039;accompagnement des jeunes&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.4 : Contribuer aux actions de solidarité et de résilience alimentaire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.4.1 : &lt;/strong&gt;Contribuer aux initiatives d&amp;#039;éducation à l&amp;#039;alimentation &lt;br /&gt;&lt;strong&gt;4.4.2 : &lt;/strong&gt;Contribuer aux actions de lutte contre la précarité alimentaire valorisant l&amp;#039;autoproduction et l&amp;#039;autoconsommation&lt;br /&gt;&lt;strong&gt;4.4.3 : &lt;/strong&gt;Contribuer aux recensements du potentiel alimentaire communal&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.5 : Améliorer les conditions de mobilité douce au quotidien&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.5.1 :&lt;/strong&gt; Soutien aux aménagements au sein des communes&lt;br /&gt;&lt;strong&gt;4.5.2 :&lt;/strong&gt; Actions, animations et services en faveur de la mobilité douce au quotidien &lt;br /&gt;&lt;strong&gt;4.5.3 : &lt;/strong&gt;Accompagnement aux démarches de démobilité&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chantiers participatifs de rénovation du bâti, actions de communication, actions de sensibilisation d&amp;#039;entreprises du bâtiment, action envers les publics défavorisés en ruralité, opération de rénovation du bâti ancien en centre bourg, expérimentations d&amp;#039;adaptations des PLU des centres anciens à l&amp;#039;adaptation climatique, etc. ;&lt;/li&gt;&lt;li&gt;Animation de réseaux professionnels dédiés à des publics spécifiques, action de formation et de sensibilisations, actions de lutte contre les violences sexuelles en milieu rural, action de sensibilisation sur les minorités en milieu rural, action de formation des agents, etc. ;&lt;/li&gt;&lt;li&gt;Aménagements pour jeunes publics, maison des jeunes, &amp;#34;Campus ruraux de projets&amp;#34;, projets d&amp;#039;aménagements et animations co-construits avec les jeunes, etc. ;&lt;/li&gt;&lt;li&gt;Formation de cuisines saine, action de sensibilisation à la précarité alimentaire, expérimentation de sécurité sociale alimentaire, achat d&amp;#039;un support de communication pour une association d&amp;#039;éducation à l&amp;#039;alimentation saine et durable, formation de production potagère à destination des citoyens, projet de jardins d&amp;#039;insertion, projets de jardins familiaux, développement d&amp;#039;une application pour le partage des denrées alimentaires, achat de matériels (irrigation, petits outils) à destination de jardins collectifs, réalisation d&amp;#039;un atlas de la biodiversité comestible, diagnostic des terres au potentiel maraicher, etc .&lt;/li&gt;&lt;li&gt;Aménagements cyclables, action innovante favorisant les déplacements doux pour l&amp;#039;école, schémas directeurs cyclables, plans globaux de déplacement et toutes autres études de mobilités portées par les communes et EPCI, animation favorisant la démobilité, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espaces verts
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-un-territoire-inclusif-et-developper-la-qualite-de-vie-sur-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>162936</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Rendre attrayante une mobilité sobre</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Mobilité et services</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;font face="Segoe UI"&gt;&lt;span&gt;Objectifs : &lt;/span&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Penser l’accès aux services par une mobilité sobre, douce et/ou réduite&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Imaginer la mutualisation, la mutation, la réversibilité et/ou la recyclabilité de lieux, d’équipements, de véhicules et d’usages&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Accompagner à l’acceptabilité du changement des pratiques (comportements, aménagements) vers plus de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Expérimenter de nouvelles mobilités dans une optique de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Faire prendre conscience de l’urgente nécessité de changer les pratiques de mobilité par la sensibilisation, la formation, l’expérimentation, …&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Recréer l’effet « place du village » ou « vie de quartier », par une mobilité adaptée au changement climatique&lt;/font&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place l’autopartage / un réseau d’autostop organisé et/ou amélioré&lt;/li&gt;&lt;li&gt;Réutiliser les anciennes voies de fret pour un nouvel usage de mobilité&lt;/li&gt;&lt;li&gt;Créer des itinéraires « bis » pour piétons ou cyclistes en dehors de routes (réouvertures d’anciennes voies, ...)&lt;/li&gt;&lt;li&gt;Former, créer des réseaux pour les décideurs (chefs d’entreprises, élus, …) sur les questions de mobilité sobre&lt;/li&gt;&lt;li&gt;Etudier et investir autour de nouvelles formes de mobilité douce&lt;/li&gt;&lt;li&gt;Solutions à destination des publics non véhiculés (sans permis, jeune, personne âgée)&lt;/li&gt;&lt;li&gt;Rendre plus simple l’accès aux services en télétravail&lt;/li&gt;&lt;li&gt;Mutualiser des services entre entreprises ou associations&lt;/li&gt;&lt;li&gt;Sensibilisation, organisation d’évènements autour de la mobilité pour une meilleure prise de conscience&lt;/li&gt;&lt;li&gt;Recréer une proximité entre services au sein d’une commune ou d’un quartier&lt;/li&gt;&lt;li&gt;Etude et investissement autour de solutions spécifiques de mobilité pour des publics de premières nécessités&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Appui méthodologique
+Animation et mise en réseau
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rassembler-les-acteurs-autour-de-leconomie-circulaire-et-la-valorisation-de-nos-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>163142</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
+mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
+territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
+au profit des collectivités seine-et-marnaises pour un accompagnement dans la
+mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
+orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
+un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
+Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
+potentialités offertes pour poursuivre son développement, tout en conservant
+ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
+réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
+l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
+initiatrice de la demande, puis auprès des communes volontaires si elles en
+estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
+pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
+leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
+collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>60920</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la trésorerie de votre entreprise pour préparer une levée de fonds - Prêt d'amorçage avec le FEI</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI renforce la trésorerie de votre entreprise pour préparer une levée de fonds.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Soutien de l&amp;#039;Union européenne
+&lt;/h4&gt;
+&lt;p&gt;
+ Ce prêt est soutenu par « la garantie PME InnovFin » (InnovFin SME Guarantee), avec le soutien financier de l&amp;#039;Union européenne dans le cadre du programme Horizon 2020 Instruments Financiers et du
+ Fonds européen pour les investissements stratégiques
+ (EFSI) mis en place dans le cadre du programme d&amp;#039;investissement pour l&amp;#039;Europe. Le but du EFSI est de soutenir le financement, la mise en œuvre d&amp;#039;investissements rentables au sein de l&amp;#039;Union européenne et d&amp;#039;assurer un accès facilité au financement.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour être éligible, l&amp;#039;entreprise doit avoir bénéficié depuis moins de deux ans à la date de demande du prêt d&amp;#039;amorçage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;une aide à l&amp;#039;innovation de Bpifrance ou d&amp;#039;un prix au titre du concours national d&amp;#039;aide à la création d&amp;#039;entreprises de technologies innovantes (i-LAB),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou d&amp;#039;une aide à un projet de recherche, développement et d&amp;#039;innovation (RDI).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Montant
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Minimum : 50 000 euros.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maximum : 100 000 euros par intervention, porté à 300 000 euros dans le cas d&amp;#039;un engagement en garantie de la Région.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant plafonné aux fonds propres (apports initiaux, prêts d&amp;#039;honneur...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Durée/Amortissement
+&lt;/h4&gt;
+&lt;p&gt;
+ Durée sur 8 ans avec un différé d&amp;#039;amortissement de 36 mois, échéances trimestrielles à terme échu avec amortissement linéaire du capital.
+&lt;/p&gt;
+&lt;h4&gt;
+ Conditions financières
+&lt;/h4&gt;
+&lt;p&gt;
+ Un taux fixe ou variable selon barème en vigueur.
+&lt;/p&gt;
+&lt;h4&gt;
+ Garantie
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucune garantie sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant.
+ &lt;br /&gt;
+ Seule une retenue de garantie de 5 % du montant du prêt est prélevée lors du décaissement .
+&lt;/p&gt;
+&lt;h4&gt;
+ Partenariats avec les Régions
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de la Région en garantie permet d&amp;#039;augmenter jusqu&amp;#039;à 300 000 euros le montant maximum du Prêt d&amp;#039;Amorçage. Les modalités sont définies par conventions avec chaque Région.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Renforcer votre trésorerie et créer les conditions favorables à la préparation d&amp;#039;une levée de fonds auprès de fonds d&amp;#039;amorçage ou plus généralement à l&amp;#039;entrée d&amp;#039;investisseurs tout en poursuivant le développement de votre entreprise.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous préparez une levée de fonds, auprès de fonds d&amp;#039;amorçage ou d&amp;#039;investisseurs, tout en poursuivant le développement de votre entreprise.
+&lt;/p&gt;
+&lt;h4&gt;
+ Entreprises éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Petite entreprise au sens de la définition européenne (moins de 50 salariés, bilan ou CA inférieur à 10 millions d&amp;#039;euros) innovante de moins de 5 ans, en phase d&amp;#039;amorçage, et ayant bénéficié d&amp;#039;un soutien public à l&amp;#039;innovation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Pret-d-amorcage-avec-le-FEI</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fba-pret-damorcage-avec-le-fei/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>60894</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer vos fonds propres et rechercher des investisseurs - EuroQuity</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI vous propose de présenter votre projet sur EuroQuity, le service en ligne gratuit vous permettant de rencontrer vos futurs investisseurs.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Vous pouvez vous inscrire gratuitement sur EuroQuity. Pour y accéder, vous devez compléter votre profil utilisateur, présenter votre activité et votre projet d&amp;#039;augmentation de capital.
+ &lt;br /&gt;
+ Vous pouvez ensuite postuler à un ou plusieurs labels ou
+ &lt;a href="https://www.euroquity.com/fr/universe/communitieslist"&gt;
+  communautés
+ &lt;/a&gt;
+ , ce qui vous permet à la fois d&amp;#039;être plus visible auprès des autres utilisateurs d&amp;#039;EuroQuity.
+&lt;/p&gt;
+&lt;p&gt;
+ Les principales fonctionnalités du service sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un moteur de recherche qui vous permet d&amp;#039;accéder aux sociétés et investisseurs EuroQuity en fonction de vos centres d&amp;#039;intérêt : montant d&amp;#039;investissement recherché, zone géographique, secteurs d&amp;#039;activité...
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création d&amp;#039;alertes pour être informé en temps réel des nouveaux inscrits,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la messagerie interne pour échanger avec les autres membres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Partenaires
+&lt;/h4&gt;
+&lt;p&gt;
+ EuroQuity a été lancé en 2008 à la demande des pouvoirs publics, en partenariat avec le Conseil supérieur de l&amp;#039;ordre des experts-comptables.
+&lt;/p&gt;
+&lt;p&gt;
+ EuroQuity est un service proposé en partenariat avec le Sowalfin en Belgique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sociétés françaises inscrites sur
+ &lt;a href="http://www.euroquity.com/"&gt;
+  http://www.euroquity.com/
+ &lt;/a&gt;
+ peuvent trouver des partenaires et investisseurs européens. Elles disposent d&amp;#039;une interface multilingue pour présenter leur profil en français, anglais et en allemand.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Son objectif est d&amp;#039;accompagner la croissance des PME par la rencontre de leurs futurs partenaires pour leurs besoins d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ EuroQuity regroupe en France plus de 14 000 membres dont 5 500 sociétés, 6 600 investisseurs et 2 600 structures d&amp;#039;accompagnement.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bilan
+&lt;/h4&gt;
+&lt;p&gt;
+ Depuis le lancement du service, plus de 415 millions d&amp;#039;euros ont été déclarés levés par les entreprises, avec un taux de satisfaction et une intention de réutilisation du service supérieurs à 80 %.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez renforcer vos fonds propres et recherchez des investisseurs.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Le service en ligne
+ &lt;a href="http://www.euroquity.com/"&gt;
+  http://www.euroquity.com/
+ &lt;/a&gt;
+ s&amp;#039;adresse aux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entreprises qui souhaitent renforcer leurs fonds propres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  investisseurs : sociétés de capital investissement, &amp;#34;business angels&amp;#34;, investisseurs individuels, qui recherchent des opportunités d&amp;#039;investissement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseils (expert-comptables, avocats, CIF) qui les accompagnent dans leurs démarches.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Mises-en-reseau/EuroQuity</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fc0a-euroquity/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>60912</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la structure financière de votre entreprise pour accompagner une levée de fonds - Prêt d'amorçage investissement avec le FEI</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI accompagne le développement et la croissance de votre entreprise.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Soutien de l&amp;#039;Union européenne
+&lt;/h4&gt;
+&lt;p&gt;
+ Ce prêt est soutenu par « la garantie PME InnovFin » (InnovFin SME Guarantee), avec le soutien financier de l&amp;#039;Union européenne dans le cadre du programme Horizon 2020 Instruments Financiers et du
+ Fonds européen pour les investissements stratégiques
+ (EFSI) mis en place dans le cadre du programme d&amp;#039;investissement pour l&amp;#039;Europe. Le but du EFSI est de soutenir le financement,  la mise en œuvre d&amp;#039;investissements rentables  au  sein de l&amp;#039;Union européenne et d&amp;#039;assurer un accès  facilité au financement.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Le prêt devra être mis en œuvre concomitamment à la réalisation de la levée de fonds et au plus tard dans les 3 mois qui suivent afin de rester dans le même niveau de risque que les investisseurs.
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant
+&lt;/h4&gt;
+&lt;p&gt;
+ Au plus égal à la moitié de la levée de fonds réalisée (fonds propres et quasi fonds propres), dans la limite de la nouvelle situation nette de l&amp;#039;emprunteur.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Minimum : 100 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maximum : 500 000 € par intervention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Durée/amortissement
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Durée : 8 ans
+   &lt;/li&gt;
+   &lt;li&gt;
+    Différé d&amp;#039;amortissement : 36 mois, échéances trimestrielles à terme échu avec amortissement linéaire du capital.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+&lt;h4&gt;
+ Conditions financières
+&lt;/h4&gt;
+&lt;p&gt;
+ Un taux fixe ou variable selon barème en vigueur
+&lt;/p&gt;
+&lt;h4&gt;
+ Garantie
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucune garantie sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant.
+&lt;/p&gt;
+&lt;p&gt;
+ Seule une retenue de garantie de 5 % est prélevée lors du décaissement.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Renforcer la trésorerie de l&amp;#039;entreprise qui vient de réussir sa levée de fonds et l&amp;#039;accompagner dans son développement et sa croissance en lui apportant un financement complémentaire sous forme de prêt de développement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous venez de réussir votre levée de fonds.
+&lt;/p&gt;
+&lt;h4&gt;
+ Entreprises éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Petites entreprises au sens de la définition européenne, de moins de 8 ans, ayant réussi leur levée de fonds d&amp;#039;amorçage d&amp;#039;un montant minimum de 200k€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le tour de table devra être composé d&amp;#039;investisseurs professionnels « avisés » (fonds d&amp;#039;investissement - société de capital-risque - Business Angels professionnel, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Les plateformes de crowdfunding qui ont un statut d&amp;#039;investisseur dont le règlement est enregistré par l&amp;#039;AMF sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Pret-d-amorcage-investissement-avec-le-FEI</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/713a-pret-damorcage-investissement-avec-le-fei/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>149091</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer une formation ou un emploi pour les demandeurs d’emploi ou les personnes en situation de précarité confrontés à des problèmes de mobilité</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Un véhicule vers l’emploi</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes demandeur d&amp;#039;emploi ou en situation de précarité et souhaitez intégrer une formation ou un emploi, mais êtes confronté à des problèmes de mobilité ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de la mise à disposition d&amp;#039;un véhicule
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Des véhicules accessibles avec ou sans le permis de conduire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Des points relais dans toute la région Grand Est
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/vehicule-emploi/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1vehiculeverslemploi&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9cc4-un-vehicule-vers-lemploi/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>92349</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour observer les territoires</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en oeuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+ &lt;br /&gt;
+ - les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+ &lt;br /&gt;
+ - l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+ &lt;br /&gt;
+ - des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...) ;
+ &lt;br /&gt;
+ - et des membres associés intéressés par les enjeux territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Observation thématique (loyers, mobilités, habitat, social, stratégies économiques, logement des étudiants...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation des systèmes d&amp;#039;informations géographiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enquêtes de terrain
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Personnes âgées
+Jeunesse
+Santé
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Inclusion numérique
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont 51, réparties sur le territoire métropolitain et ultra-marin. Consulter notre annuaire pour identifier celle, la plus proche de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d0a-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>120661</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les structures de l'Economie Sociale et Solidaire dans leur développement et la consolidation de leurs emplois</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>DLA (Dispositif Local d'Accompagnement)</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Ligue de l'enseignement de l'Aube</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Dispositif Local d&amp;#039;Accompagnement de l&amp;#039;ESS (DLA) est une aide publique ayant pour objectif d&amp;#039;accompagner toute structure employeuse de l&amp;#039;Economie Sociale et Solidaire dans le développement de ses activités et la pérennisation de ses emplois.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour qui ? Associations employeuses, coopératives, structures d&amp;#039;insertion, entreprises  agréées ESUS - tout secteur d&amp;#039;activité (culture, insertion, médico-social, environnement, sport, éducation, etc)
+&lt;/p&gt;
+&lt;p&gt;
+ Quels besoins ? Faire évoluer son organisation interne ou son modèle économique, créer une nouvelle activité, redynamiser sa gouvernance, revoir son projet associatif, etc
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;Aube, le DLA est porté par la Ligue de l&amp;#039;Enseignement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Ex 1 : Accompagner une association en territoire rural proposant des ateliers sport-bien être pour des personnes ayant eu un cancer, dans l&amp;#039;élaboration de son projet associatif &amp;#61;&amp;#61;&amp;gt; résultat : intégration de nouveaux bénévoles dans la gouvernance, construction de nouveaux partenaires
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ex 2 : Accompagner une radio associative locale dans la restructuration de son modèle économique &amp;#61;&amp;#61;&amp;gt; résultat : maintien des 2 emplois salariés ,construction de nouveaux partenaires
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Biodiversité
+Lutte contre la précarité
+Emploi
+Valorisation d'actions
+Mobilité pour tous
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Être une structure de l&amp;#039;Economie Sociale et Solidaire (ESS) d&amp;#039;utilité sociale : association, coopérative (CAE, SCOP, SCIC), structure d&amp;#039;insertion, entreprise agréée ESUS
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir au moins 1 emploi ou souhaitant en créer un à court terme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir son siège social dans l&amp;#039;Aube
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être volontaire pour être accompagné
+  &lt;/li&gt;
+ &lt;/ol&gt;
+</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laligue10.org/dla/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter la Chargée de mission DLA
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  dla10&amp;#64;laligue10.org
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 03.25.82.68.63
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Ligue de l&amp;#039;Enseignement de l&amp;#039;Aube
+ &lt;br /&gt;
+ 15 avenue d&amp;#039;Echenilly - 10120 Saint-André-les-Vergers
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>dla10@laligue10.org</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e80-accompagner-les-structures-de-leconomie-socia/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>163236</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Oeuvrer pour un territoire de proximité, solidaire et inclusif</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 2</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000€ et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les modes de vie, les aspirations, les besoins de mobilité et d’habitat des habitants du territoire ont évolué ces dernières années sans qu’il n’y ait de changements dans la manière d’aménager les espaces urbains et ruraux. Les différentes crises et mutations sociétales invitent à repenser les espaces afin de prendre en compte les préoccupations et les besoins des citoyens du territoire.&lt;/p&gt;&lt;p&gt;L’offre de services et d’infrastructures doit répondre à la diversité des besoins de ses habitants.&lt;/p&gt;&lt;p&gt;A travers sa candidature, le GAL du PETR Pays de Ploërmel – Coeur de Bretagne souhaite développer des environnements physiques, numériques et sociaux réfléchis et accessibles pour toutes et tous.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La programmation viendra apporter son soutien aux projets favorisant une société solidaire et inclusive à travers divers enjeux :&lt;/li&gt;&lt;li&gt;La mobilité&lt;/li&gt;&lt;li&gt;L’accès au numérique, la création d’espace de coopération&lt;/li&gt;&lt;li&gt;L’habitat&lt;/li&gt;&lt;li&gt; L’aménagement du territoire et inclusion&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;De façon transversale, le PETR viendra soutenir l’expérimentation et l’innovation des projet. Il s’agira de travailler sur les questions d’accessibilité (physique, numérique, …), de lien (social, intergénérationnel), d’égalité (femme/homme) et de participation (démocratie participative) répondant à un objectif de développement durable et de cohésion sociale.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets de mobilité multimodale ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation et d’incitation des entreprises sur les alternatives au transport individuel ;&lt;/li&gt;&lt;li&gt;Aménagements en faveur des mobilités douces ;&lt;/li&gt;&lt;li&gt;Dispositifs de mobilités physiques alternatives ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions de moblités ;&lt;/li&gt;&lt;li&gt;Installation d’équipements permettant d’encourager la continuité des mobilités douces entre les arrêts de transports en commun et le domicile ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accessibilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions permettant l’accessibilité numérique à tous les publics ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité des personnes porteuses de handicap aux services ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité physique des services ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions d’accessibilité ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cohésion sociale :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, aménagement et équipement de locaux mutualisés ;&lt;/li&gt;&lt;li&gt;Rénovation ou création, aménagement et équipement de lieux favorisant le lien social ou intergénérationnel ;&lt;/li&gt;&lt;li&gt;Actions de démocratie participative ;&lt;/li&gt;&lt;li&gt;Dispositif visant à réduire les inégalités homme-femme ;&lt;/li&gt;&lt;li&gt;Action de sensibilisation et d’information sur l’égalité homme-femme ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux besoins de la population ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Habitat :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions favorisant l’émergence de nouveaux modes d’habitat ;&lt;/li&gt;&lt;li&gt;Actions en faveur des habitats inclusifs et habitats partagés ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions pour l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositif d’auto-partage ;&lt;/li&gt;&lt;li&gt;Plan piéton ;&lt;/li&gt;&lt;li&gt;Carte des aménagements cyclables ;&lt;/li&gt;&lt;li&gt;Guide des mobilités douces ;&lt;/li&gt;&lt;li&gt;Formation à la pratique du vélo ;&lt;/li&gt;&lt;li&gt;Parking à vélo ;&lt;/li&gt;&lt;li&gt;Totem de réparation de vélo ;&lt;/li&gt;&lt;li&gt;Sites internet accessibles à tous ;&lt;/li&gt;&lt;li&gt;Transcription en braille d’une exposition pour le public malvoyant ;&lt;/li&gt;&lt;li&gt;Dispositif de transcription de la parole en direct pour le public sourd et malentendant ;&lt;/li&gt;&lt;li&gt;Guide sur l’égalité professionnelle homme-femme ;&lt;/li&gt;&lt;li&gt;Animation d’une concertation citoyenne pour l’élaboration d’une polique publique ;&lt;/li&gt;&lt;li&gt;Mise en place d’une convention citoyenne sur l’avenir du territoire ;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mobilité fluviale
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2023</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet devra faire l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Cette grille se compose de quatre critères qui donnent une note globale, laquelle définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus des critères complémentaires sont à prendre en compte pour les projets de&lt;span&gt; création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ploermel.fr/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/oeuvrer-pour-un-territoire-de-proximite-solidaire-et-inclusif/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>162966</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les pollutions à l’ozone et sectorielles</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>164943</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux d’innovation et de démonstration pour l'hydrogène</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Innovation et démonstration Hydrogène</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets (AAP) a pour objectif de soutenir les travaux d’innovation et de démonstration, permettant de &lt;strong&gt;développer ou d&amp;#039;améliorer les composants et systèmes&lt;/strong&gt; liés à la production, au transport d’hydrogène et à ses usages, tels que les applications, industrielles, de transport ou de fourniture d’énergie.&lt;/p&gt;&lt;p&gt;Ces travaux seront portés par une ou plusieurs entreprises, pour &lt;strong&gt;développer un équipement, un produit ou un service, ou bien réaliser un démonstrateur&lt;/strong&gt; mettant en œuvre de l’hydrogène, dans &lt;strong&gt;une perspective de transition écologique et énergétique&lt;/strong&gt; et de structuration de la filière.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans au moins un des quatre axes présentés ci-après :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Axe 1 - Briques technologiques : composants et systèmes innovants.&lt;/li&gt;&lt;li&gt;Axe 2 - Pilotes (ou premières commerciales) innovants industriels et réseaux, fourniture temporaire ou localisée d’énergie.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Axe 3 - Conception et démonstration de nouveaux véhicules.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Axe 4 - Écoconception et recyclabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’appel à projets est ouvert à partir du 6 mai 2025 jusqu’au 25 septembre 2026, et comporte 2 relèves intermédiaires :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Relève intermédiaire 1 : 29 septembre 2025&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Relève intermédiaire 2 : 6 avril 2026&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Clôture finale : 25 septembre 2026&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une révision du cahier des charges pourra avoir lieu au moins annuellement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ADEME se réserve le droit de clore l’appel à projets avant cette date, notamment en raison du niveau de consommation de l’enveloppe allouée. Les informations actualisées seront publiées sur le site de l’appel à projet.&lt;/p&gt;&lt;p&gt;Pour toute demande d&amp;#039;information le porteur doit contacter l’ADEME à l’adresse suivante : aap.h2&amp;#64;ademe.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour organiser une réunion de pré-dépôt, le porteur doit préalablement consulter le cahier des charges de cet appel à projets, avant d&amp;#039;adresser l&amp;#039;annexe 2 complétée à : &lt;a href="mailto:aap.h2&amp;#64;ademe.fr"&gt;aap.h2&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>07/05/2025</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>25/09/2026</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/innovation-et-demonstration-hydrogene</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innovation-et-demonstration-hydrogene/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>142692</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Engager une démarche de résilience sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic participatif et identification des priorités d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des vulnérabilités actuelles et futures, compréhension des inter-dépendances, approches prospectives, inspiration d&amp;#039;autres territoires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de votre plan d&amp;#039;actions résilience avec l&amp;#039;outil « boussole de la résilience » du Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertises ponctuelles pour évaluer des dynamiques de résilience, enrichir des plans d&amp;#039;actions, recalibrer des projets en amont, intégrer ces questions dans les exercices budgétaires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation à la résilience de votre territoire :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; format découverte de type séminaire « tout public » en une journée,
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outil boussole de la résilience Cerema
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Formation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris (chefs de projets)
+ &lt;/li&gt;
+ &lt;li&gt;
+  DREAL ARA et PACA (chefs de projet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupe immobilier ASTRANCE (séminaire de découverte)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;Ouvrage :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+Accessibilité
+Emploi
+Appui méthodologique
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>142701</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une Enquête Mobilité Certifiée Cerema (EMC²) sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité, enjeu incontournable du territoire, se construit et s&amp;#039;organise à partir de données fiables.
+&lt;/p&gt;
+&lt;p&gt;
+ Les Enquêtes Mobilité Certifiées Cerema (EMC2) permettent de comprendre les déplacements des résidents pour élaborer des stratégies territoriales adaptées. Ce dispositif d&amp;#039;enquête s&amp;#039;adresse aux territoires de plus de 40 000 habitants et peut-être subventionné par l&amp;#039;État.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez mieux connaître les pratiques et besoins de déplacements sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous recherchez un outil d&amp;#039;aide à la décision pour élaborer vos politiques de mobilité ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez mesurer les évolutions des comportements de mobilité pour évaluer les politiques menées ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Cerema est l&amp;#039;acteur public de référence pour la connaissance de la mobilité des personnes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un réseau d&amp;#039;experts, dont une équipe de recherche, au plus près des territoires, pour innover ensemble
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche intégrée de l&amp;#039;ensemble des données, y compris issues des technologies numériques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un standard méthodologique reconnu internationalement, en évolution grâce au dialogue avec les acteurs de l&amp;#039;écosystème
+ &lt;/li&gt;
+ &lt;li&gt;
+  40 ans d&amp;#039;expérience au service des pouvoirs publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une base de données nationale regroupant l&amp;#039;intégralité des enquêtes réalisées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coconstruire votre projet d&amp;#039;enquête :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adapter le dispositif EMC2 à vos besoins et moyens, en intégrant les données existantes
+&lt;/p&gt;
+&lt;p&gt;
+ Préciser le périmètre : partenariat, calendrier, caractéristiques des collectes principales et complémentaires
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous accompagner dans la réalisation de ces enquêtes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Rédiger le cahier des charges de la collecte en vue du choix d&amp;#039;un prestataire
+&lt;/p&gt;
+&lt;p&gt;
+ Piloter la phase de recueil de données auprès des ménages
+&lt;/p&gt;
+&lt;p&gt;
+ Garantir qualité et cohérence des données
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;appropriation de l&amp;#039;enquête :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Préparer l&amp;#039;exploitation des données
+&lt;/p&gt;
+&lt;p&gt;
+ Enrichir les fichiers (dont diagnostic énergie-émissions des mobilités - DEEM)
+&lt;/p&gt;
+&lt;p&gt;
+ Effectuer les premiers traitements
+&lt;/p&gt;
+&lt;p&gt;
+ Réaliser des analyses complémentaires pour nourrir l&amp;#039;élaboration des politiques publiques (modélisation, planification, évaluation).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saint-Etienne Métropole : Réalisation d&amp;#039;une EMC2 sur le périmètre de Saint-Étienne/Loire Sud/Pilat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rennes Métropole : Réalisation d&amp;#039;une EMC2 sur le périmètre de Rennes Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole européenne de Lille : Réalisation d&amp;#039;une enquête &amp;#34;Fréquence &amp;#43;&amp;#34; sur le périmètre de la Métropole européenne de Lille.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/realiser-enquete-mobilite-certifiee-cerema-emc2-votre</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3daf-realiser-une-enquete-mobilite-certifiee-cerem/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>162837</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l'environnement</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain : PEMR, voies réservées et aires de covoiturage</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour les PEMR et aires de covoiturage : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicats mixtes,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ville de Paris.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;Pour les v&lt;span&gt;oies réservées : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conditions :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Sans plafond pour les PEMR et les voies réservées,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dans la limite de 1.000€ par place pour les aires de covoiturage.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Financement des équipements collectifs suivants, à condition qu&amp;#039;ils soient situés sur ou à proximité immédiate du réseau routier d’intérêt régional :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es pôles d’échanges multimodaux routiers (PEMR),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es aires de covoiturage d’au moins 5 places,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Les voies réservées.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage-1/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>117409</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner les collectivités sur leurs projets de gare routière à vocation scolaire</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la collectivité ou l&amp;#039;EPCI dans la conception d&amp;#039;un projet de gare routière scolaire et la recherche de subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>Appui technique
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a239-conseiller-et-accompagner-les-collectivites-s/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>117414</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités sur la création, le déplacement ou l'aménagement de points d'arrêt de lignes régulières de transport en commun (arrêt de bus)</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création / déplacement / aménagement de points d&amp;#039;arrêt de lignes régulières de transport en commun (arrêt de bus).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil sur la localisation du point d&amp;#039;arrêt en tenant compte de l&amp;#039;attractivité du point d&amp;#039;arrêt pour les habitants, des problématiques de sécurité (vitesses, proximité des intersections, profil en long et largeur de voirie, cheminements et traversées des piétons, ...), de l&amp;#039;itinéraire des lignes de transports collectifs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil sur les modalités techniques d&amp;#039;aménagements ou de mise en accessibilité PMR de points d&amp;#039;arrêt (arrêts en ligne ou en évitement, normes techniques sur les hauteurs de quai, dimensions de l&amp;#039;espace d&amp;#039;attente, signalisation verticale et horizontale,poteaux d&amp;#039;arrêts/ abris-voyageurs,...) et de leur environnement (traversées et cheminements piétons...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information et conseil sur les possibilités de subventions de ces aménagements; aide et accompagnement pour le montage des dossiers de demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e4c-conseiller-les-collectivites-sur-la-creation-/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>60911</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir prioritairement les PME innovantes, à fort potentiel de croissance, engagées dans des projets collaboratifs - Eurostars</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>France 2030</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme, élaboré par EUREKA et la Commission européenne, destiné à soutenir prioritairement les PME innovantes, à fort potentiel de croissance, engagées dans des projets collaboratifs.
+&lt;/p&gt;
+&lt;p&gt;
+ La BPI participe au financement de votre projet collaboratif de RDI transnational.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Chaque partenaire des projets lauréats est financé par son financeur national.
+ &lt;br /&gt;
+ En France par Bpifrance, en subvention selon les taux suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  PME Eurostars
+  (1)
+  : 40 % des dépenses éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  PME Non Eurostars : 30 % des dépenses éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprise de 250 à 2 000 personnes : 30 % des dépenses éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Laboratoires et universités : 40 % des coûts complets dans la limite de 100 K€
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La signature du contrat d&amp;#039;aide est subordonnée à la production d&amp;#039;un accord de consortium validé par Bpifrance.
+&lt;/p&gt;
+&lt;p&gt;
+ ------------------------
+&lt;/p&gt;
+&lt;p&gt;
+ (1) Définition de la PME Eurostars, prioritairement :
+ &lt;br /&gt;
+ Toute PME ayant entre 100 et 250 personnes, équivalent temps plein (ETP) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dédiant au moins 10 ETP à des activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou dédiant au moins 10 % de ses ETP à des activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou dédiant au moins 10 % de leur chiffre d&amp;#039;affaires à des activités de R&amp;amp;D.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toute PME de moins de 100 personnes, équivalent temps plein (ETP) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ayant au moins 5 ETP dédiés à des activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou dédiant au moins 10 % de ses ETP à des activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou dédiant au moins 10 % de leur chiffre d&amp;#039;affaires à des activités de R&amp;amp;D.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Projets de Recherche, Développement et Innovation (RDI),  collaboratifs, toutes thématiques, visant un procédé, produit ou service innovant commercialisable, dont la phase de développement est de trois ans maximum, et dont la commercialisation intervient dans les deux ans qui suivent la fin du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Incluant la participation d&amp;#039;au moins deux partenaires venant de deux pays membres d&amp;#039;
+  Eurostars
+  ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;une durée de réalisation inférieure à 3 ans suivie d&amp;#039;une commercialisation intervenant moins de 2 ans après la fin du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet ayant pour leader une PME Eurostars
+  (1)
+  d&amp;#039;un pays membre d&amp;#039;Eurostars
+ &lt;/li&gt;
+ &lt;li&gt;
+  La (ou les) PME Eurostars doit/doivent supporter au minimum 50 % des coûts du projet (hors coûts de sous-traitance),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet soumis en ligne sur
+  http://www.eurostars-eureka.eu/
+  par le leader du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ------------------------
+&lt;/p&gt;
+&lt;p&gt;
+ (1) Définition de la PME Eurostars, prioritairement :
+ &lt;br /&gt;
+ Toute PME ayant entre 100 et 250 personnes, équivalent temps plein (ETP) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dédiant au moins 10 ETP à des activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou dédiant au moins 10 % de ses ETP à des activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou dédiant au moins 10 % de leur chiffre d&amp;#039;affaires à des activités de R&amp;amp;D.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toute PME de moins de 100 personnes, équivalent temps plein (ETP) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ayant au moins 5 ETP dédiés à des activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou dédiant au moins 10 % de ses ETP à des activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou dédiant au moins 10 % de leur chiffre d&amp;#039;affaires à des activités de R&amp;amp;D.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses internes ou externes HT directement liées au développement de l&amp;#039;innovation (activités de recherche industrielle et de développement expérimental).
+&lt;/p&gt;
+&lt;h4&gt;
+ Appel à projets
+&lt;/h4&gt;
+&lt;p&gt;
+ Deux appels à projets par an, en continu,  sur toute la période du Programme &amp;#34;Horizon 2020&amp;#34; 2014 - 2020.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financer des partenaires français engagés dans des projets d&amp;#039;innovation collaboratifs transnationaux de toutes thématiques et proches du marché.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attribuer le label EUREKA aux projets lauréats Eurostars.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous participez à un projet collaboratif de Recherche, Développement et Innovation (RDI) transnational.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises innovantes de moins de 2 000 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partenaires académiques.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-collaboratifs/Eurostars</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Bpifrance en région
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ et la Direction du Développement et Support Innovation/Programmes Internationaux Innovation
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:odile.henin&amp;#64;bpifrance.fr"&gt;
+  Odile Hénin
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  Mael Mbaye
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7e07-eurostars/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>60908</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Aider les PME à innover - Prêt participatif de développement Innovation</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>France 2030</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI aide les PME qui souhaitent développer, industrialiser et commercialiser des innovations d&amp;#039;usages et de service.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Montant du prêt compris entre :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  30 et 75 000 € pour les entreprises en création (1 à 3 ans) et
+ &lt;/li&gt;
+ &lt;li&gt;
+  30 à 150 000 € pour les entreprises en développement (&amp;gt; 3 ans), sans dépasser le montant des fonds propres de l&amp;#039;emprunteur.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assiette constituée prioritairement par des investissements immatériels, des investissements corporels ayant une faible valeur de gage et par l&amp;#039;augmentation du besoin en fonds de roulement générée par le projet de développement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée de 5 ou 7 ans.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les prêts de 7 ans bénéficient systématiquement d&amp;#039;un différé d&amp;#039;amortissement du capital de 2 ans. Leur remboursement s&amp;#039;effectue par échéances trimestrielles constantes à terme échu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les PPDI ne font l&amp;#039;objet d&amp;#039;aucune sûreté réelle ni garantie personnelle délivrée par le bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Partenaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Grâce à l&amp;#039;intervention de la Région à hauteur de 20 % sur le volet création et 40 % sur le volet développement, ces prêts bénéficient de conditions  financières préférentielles.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Aider aux développements de l&amp;#039;innovation des PME.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez développer, industrialiser et commercialiser une innovation de service ou d&amp;#039;usage.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ PME des Hauts-de-France exerçant leurs activités depuis plus de 1 an et appartenant au secteur de l&amp;#039;industrie ou des services aux entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclues les opérations relatives au financement de la transmission d&amp;#039;entreprises.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-regionaux/Pret-participatif-de-developpement-Innovation</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c999-pret-participatif-de-developpement-innovation/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>60919</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Faire passer des projets à leur phase d’industrialisation - Fonds SPI  (Sociétés de projets industriels)</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>France 2030</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI investit sous forme de participations minoritaires dans des sociétés de projet créées en partenariat avec des industriels, pour faire passer des projets à leur phase d&amp;#039;industrialisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Caractéristiques du fonds
+&lt;/h4&gt;
+&lt;p&gt;
+ Un fonds financé par le Programme d&amp;#039;Investissement d&amp;#039;Avenir (PIA), et géré par Bpifrance Investissement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  800 M€ mobilisés sous formes de fonds propres (et quasi fonds propres) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissement avisé en minoritaire dans des sociétés de projets, aux côtés de partenaires essentiellement industriels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ticket de 10 M€ minimum;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée du fonds : 12 ans &amp;#43; 2 x 2 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Comment déposer son projet ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour vous permettre de déposer votre projet dans le cadre de ce nouveau fonds,
+ répondez à l&amp;#039;
+ &lt;a href="https://www.bpifrance.fr/A-la-une/Actualites/Fonds-SPI-Societes-de-projets-Industriels-appel-a-manifestation-d-interet-9172"&gt;
+  appel à manifestation d&amp;#039;intérêts (AMI)
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Les premiers investissements
+&lt;/h4&gt;
+&lt;p&gt;
+ Sunchim
+ &lt;br /&gt;
+ YposKesi
+ &lt;br /&gt;
+ Carbiolice
+ &lt;br /&gt;
+ Evertree
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez besoin d&amp;#039;un apport de fonds propres pour accompagner l&amp;#039;industrialisation de votre projet. Celui-ci est en relation avec les 34 plans de la Nouvelle France Industrielle.
+&lt;/p&gt;
+&lt;h4&gt;
+ Les projets visés
+&lt;/h4&gt;
+&lt;p&gt;
+ Ces projets, qu&amp;#039;il s&amp;#039;agisse de mutualisation d&amp;#039;équipements par des industriels, de création de nouvelles capacités de production, de développement de nouveaux marchés à l&amp;#039;export ou encore de développement de services structurants pour une filière, demandent des investissements significatifs et comportent une phase de démarrage parfois risquée.
+&lt;/p&gt;
+&lt;p&gt;
+ Exemples de projets visés
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la création de sites industriels partagés intégrant des acteurs aujourd&amp;#039;hui disjoints ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création d&amp;#039;un équipement partagé par plusieurs industriels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement de services de nature à permettre le développement d&amp;#039;une industrie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création de &amp;#34;vitrines&amp;#34; permettant à une filière française de se développer à l&amp;#039;export.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Participation-au-capital/Investissement-projet/Fonds-SPI-Societes-de-projets-industriels</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9fb-fonds-spi-societes-de-projets-industriels/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>70911</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Aider les entrepreneurs à financer leurs premières dépenses  - Bourse French Tech</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>France 2030</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>La French Tech</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide clé pour encourager les entrepreneurs à sauter le pas : la Bourse French Tech apporte jusqu&amp;#039;à 90 000 euros de subvention pour financer les premières dépenses d&amp;#039;une startup.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Passer de l&amp;#039;idée à la création d&amp;#039;une entreprise n&amp;#039;est jamais facile : la Bourse French Tech viser à faciliter un peu les choses, en couvrant jusqu&amp;#039;à 70% des dépenses éligibles des entrepreneurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 000 startups ont bénéficié du dispositif depuis son lancement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Son but : encourager la création d&amp;#039;entreprises innovantes, avec un fort potentiel de croissance, permettre aux entreprises, qu&amp;#039;elles soient en création ou récemment créées, d&amp;#039;effectuer les premières dépenses pour tester leur marché, diminuer les risques liés à la création d&amp;#039;une startup.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il existe deux types de bourses : la Bourse French Tech, pour soutenir tous les projets innovants, et la Bourse French Tech Emergence, pour les startups qui s&amp;#039;appuient sur des technologies de rupture, à forte dimension technologique (la &amp;#34;Deep Tech&amp;#34;).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Bourse French Tech est un programme qui :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  BOURSE FRENCH TECH
+ &lt;/em&gt;
+ : Aide accordée sous forme de subvention pour les projets de création d&amp;#039;entreprise à partir de tout type d&amp;#039;innovation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comprend :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une subvention pouvant aller jusqu&amp;#039;à 30 000 euros
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La prise en charge jusqu&amp;#039;à 70 % des dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ - Une première étape pour vous permettre de conquérir de nouveaux marchés, d&amp;#039;accroître vos avantages concurrentiels et préparer l&amp;#039;avenir
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  BOURSE FRENCH TECH &amp;#34;EMERGENCE&amp;#34;
+ &lt;/em&gt;
+ : Aide accordée sous forme de subvention pour les projets de création d&amp;#039;entreprise à partir d&amp;#039;une innovation de rupture à fort contenu technologique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comprend :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une subvention pouvant aller jusqu&amp;#039;à 90 000 euros
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accompagnement jusqu&amp;#039;à 70 % des dépenses retenues
+&lt;/p&gt;
+&lt;p&gt;
+ - Une aide clé pour évaluer et analyser le potentiel du projet d&amp;#039;innovation ainsi que ses perspectives de marché
+&lt;/p&gt;
+&lt;p&gt;
+ - Un formidable point d&amp;#039;entrée pour continuer d&amp;#039;être accompagné dans votre projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BOURSE FRENCH TECH
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénéficiaires éligibles: Jeunes entreprises ou Entrepreneurs personnes physiques
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Projets éligibles: Projets nécessitant une phase de maturation et de validation technico-économique, par exemple avec un business model et une faisabilité technologique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Dépenses éligibles: Les dépenses éligibles liées aux études de conception, définition et faisabilité de projet à conduire :
+&lt;/p&gt;
+&lt;p&gt;
+ - Frais externes, frais d&amp;#039;accompagnement, frais propres, frais externes
+&lt;/p&gt;
+&lt;p&gt;
+ - La prise en compte des frais propres est limitée à 50 % des frais externes sans pouvoir dépasser 8 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Modalités d&amp;#039;intervention: Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70 % des dépenses éligibles prévisionnelles dans la limite de 30 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  BOURSE FRENCH TECH &amp;#34;EMERGENCE&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénéficiaires éligibles: Jeunes entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Projets éligibles: Tous les projets d&amp;#039;innovation de rupture à fort contenu technologique, qualifié deeptech, c&amp;#039;est-à-dire reposant sur des technologies ou des combinaisons de technologies (issues d&amp;#039;un laboratoire de recherche, présentant de fortes barrières à l&amp;#039;entrée, etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Dépenses éligibles: Les dépenses éligibles, internes et externes, directement liées aux études de conception, définition et faisabilité de projet à conduire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Modalités d&amp;#039;intervention: Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70 % des dépenses éligibles prévisionnelles dans la limite de 90 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les deux bourses, la procédure de candidature est identique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Prenez contact et rencontrez un chargé d&amp;#039;affaires Bpifrance pour une présentation de votre projet d&amp;#039;innovation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Déposez un dossier de demande d&amp;#039;aide à la direction régionale dont vous dépendez, via Mon Bpifrance en ligne.
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Votre projet sera notifié dans un délai d&amp;#039;un mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://lafrenchtech.com/fr/la-france-aide-les-startups/bourse-french-tech/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Comment se déroule le processus de candidature ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est un processus simple et rapide ! Après rencontre avec un/e chargé/e d&amp;#039;affaires Bpifrance et présentation de votre projet d&amp;#039;innovation, vous déposez votre dossier de demande d&amp;#039;aide à la
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  direction régionale
+ &lt;/a&gt;
+ dont vous dépendez, via
+ &lt;a href="https://mon.bpifrance.fr/"&gt;
+  Mon Bpifrance en ligne
+ &lt;/a&gt;
+ . Ensuite, il ne vous reste plus qu&amp;#039;à vous laisser guider par le site ! Une fois votre dossier complet, il faut compter un délai d&amp;#039;un mois pour que le projet soit notifié. Les équipes Innovation de Bpifrance l&amp;#039;instruiront et en valideront ou non l&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6e11-aider-les-entrepreneurs-a-financer-leurs-prem/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>60921</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Aider le développement deeptech</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>France 2030</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI participe au financement de votre projet d&amp;#039;innovation de rupture avant son lancement industriel et commercial.
+&lt;/p&gt;
+&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Tous projets de R&amp;amp;D visant le développement d&amp;#039;une innovation de rupture à fort contenu technologique, qualifiée deeptech.
+&lt;/p&gt;
+&lt;p&gt;
+ Le terme deeptech qualifie des projets reposant sur des technologies ou des combinaisons de technologies :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Issues d&amp;#039;un laboratoire de recherche (public/privé) et/ou s&amp;#039;appuyant sur une équipe/gouvernance en lien fort avec le monde scientifique (profil scientifique/technologie clé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui présentent de fortes barrières à l&amp;#039;entrée, matérialisées par des verrous technologiques difficiles à lever,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui constituent un avantage fortement différenciateur par rapport à la concurrence,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractérisées par un go-to-market (développement, industrialisation, commercialisation) long/complexe donc probablement capitalistique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Dépenses internes et externes directement liées aux phases de recherche et développement du projet d&amp;#039;innovation qualifié deeptech et composées de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais internes : Frais de personnel et frais généraux forfaitaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais externes : Propriété Intellectuelle, études juridiques, études de faisabilité, études de marché, réalisation et mise au point de prototypes, installations pilotes ou de démonstration, recherche de partenaires, laboratoires ou centres techniques, actualisation du plan d&amp;#039;affaires du lancement industriel et commercial, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres frais : Investissements non récupérables affectés au programme, amortissements des investissements récupérables sur la durée du programme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h4&gt;
+&lt;p&gt;
+ Aide plafonnée à 2 000 000€, accordée sous forme mixte de subvention et d&amp;#039;avance récupérable, pouvant couvrir jusqu&amp;#039;à 45 % des dépenses éligibles prévisionnelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises doivent avoir déposé leur dossier de demande d&amp;#039;aide au projet d&amp;#039;innovation auprès de Bpifrance préalablement à la réalisation du projet et du démarrage des dépenses.
+&lt;/p&gt;
+&lt;h4&gt;
+ Conditions financières
+&lt;/h4&gt;
+&lt;p&gt;
+ Pas de frais d&amp;#039;instruction – Subvention et Avance récupérable à taux zéro
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Aider les entreprises, qui mènent des projets d&amp;#039;innovation technologiques deeptech, comportant des travaux de recherche industrielle et/ou de développement expérimental, à mettre au point des produits, procédés ou services innovants présentant des perspectives concrètes d&amp;#039;industrialisation et de commercialisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous Concevez et développez une innovation à fort contenu technologique
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Entreprises immatriculées en France dont l&amp;#039;effectif consolidé est inférieur à 2 000 personnes, quel que soit le secteur d&amp;#039;activité économique (service, industrie, numérique).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-au-developpement-deeptech</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e255-aide-au-developpement-deeptech/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>163154</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Aider la flotte fluviale à réduire ses impacts environnementaux et à s’adapter aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Plan d’aides à la modernisation et à l’innovation de la flotte (PAMI)</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce Plan d’aide est une réponse aux &lt;strong&gt;grands enjeux de la flotte fluviale &lt;/strong&gt;et comprend des mesures conçues afin d’atteindre les objectifs environnementaux et logistiques listés ci-dessous.&lt;/p&gt;&lt;p&gt;Pour candidater : les &lt;strong&gt;demandes d&amp;#039;aide sont à déposer exclusivement en ligne sur la plateforme web dédiée&lt;/strong&gt; de Voies Navigables de France :&lt;br /&gt;&lt;a target="_blank" href="https://portail-pami-connect.vnf.fr"&gt;PAMI Connect&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le PAMI s’articule en quatre volets d’aides :&lt;/p&gt;&lt;p&gt;Volet A&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance environnementale&lt;/strong&gt; de la flotte&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Réduire la consommation&lt;/strong&gt; en carburant, les émissions et rejets polluants&lt;/li&gt;&lt;li&gt;Encourager le &lt;strong&gt;recours à des énergies renouvelables&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimiser la gestion des énergies&lt;/strong&gt; à bord&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet B&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mieux &lt;strong&gt;intégrer le maillon fluvial aux chaînes logistiques&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Capter de nouveaux trafics&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Consolider la desserte fluviale&lt;/strong&gt; des ports maritimes&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance logistique&lt;/strong&gt; de la flotte fluviale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet C&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Accompagner le renouvellement&lt;/strong&gt; des acteurs et de la filière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet D&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Favoriser l’émergence des solutions innovantes&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P76" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q76" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2027</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/plan-daides-la-modernisation-et-linnovation-de-la-flotte-pami</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-daides-a-la-modernisation-et-a-linnovation-de-la-flotte-pami/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>63646</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à la création, au développement, à la consolidation et à la professionalisation d'un garage solidaire -SOLIDARAUTO</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Solidarauto</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité au quotidien des personnes en situation de précarité et de recherche d&amp;#039;emploi est un enjeu majeur, surtout dans les zones péri-urbaines et rurales qui manquent, dans la quasi-totalité des situations, de transports en commun. D&amp;#039;après le Laboratoire de la Mobilité Inclusive, 7 millions de personnes rencontrent des difficultés de mobilité pour leurs déplacements quotidiens et 1 personne sur 2 a déjà refusé un emploi à cause de difficultés de mobilité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  86% des français estiment que les problèmes de mobilité quotidienne sont un frein à l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  23% des français ont déjà renoncé à un job du fait des difficultés de mobilité pour s&amp;#039;y rendre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% des français estiment ne pas disposer d&amp;#039;un accès facile et rapide au réseau de transport local.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La problématique de la mobilité touche tous les territoires, et impacte les plus précaires tant sur leur insertion professionnelle et leur maintien dans l&amp;#039;emploi que sur leur mobilité sociale et personnelle.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Les garages Solidarauto ont fait le choix d&amp;#039;accueillir directement les bénéficiaires sous présentation d&amp;#039;un quotient familial et de s&amp;#039;entourer d&amp;#039;un réseau de &amp;#34;prescripteurs&amp;#34; qui redirigent les personnes vers le garage.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mission, valeurs, principes
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures SOLIDARAUTO ont pour mission principale d&amp;#039;aider à la mobilité des personnes rencontrant des difficultés sociales ou économiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Nos structures ont vocation à fonctionner dans un cadre partenarial. Elles prennent place dans leur environnement social et économique, dans une logique d&amp;#039;accompagnement global des personnes en difficulté. Elles s&amp;#039;inscrivent dans l&amp;#039;économie sociale et solidaire, sous une forme associative ou coopérative.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout en étant ouverts à tous, les garages solidaires pratiquent des tarifs en fonction des revenus des personnes, en utilisant comme base pour les définir une référence transparente et connue du grand public (quotient familial par exemple).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Notre activité de référence
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une structure Solidarauto gère en pratique un garage automobile solidaire, et est centré autour d&amp;#039;un modèle couvrant obligatoirement les activités suivantes, bases du modèle économique:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accueil, conseil, accompagnement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  réception des dons de véhicules
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  vente de véhicules d&amp;#039;occasion à un public à faibles ressources
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  entretien et réparation de véhicules
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une structure Solidarauto peut développer d&amp;#039;autres activités favorisant la mobilité de publics en recherche d&amp;#039;autonomie, soit seul, soit en partenariat, comme par exemple :
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions apprenantes, éducation, sensibilisation, initiation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Location
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Covoiturage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conduite accompagnée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garage connexe, en relais livraison-réparation ou pour des auto-réparations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plateforme de mobilité, activité d&amp;#039;aide à la mobilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Casse, démantèlement, dépollution
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Self-garage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Auto-école sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Retrouvez plus d&amp;#039;informations sur notre site: www.solidarauto.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie sociale et solidaire
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;engagement premier d&amp;#039;une structure Solidarauto est de favoriser la mobilité de personnes en situation de précarité afin de favoriser leur insertion personnelle et professionnelle.
+ &lt;/strong&gt;
+ Les garages Solidarauto sont tous des associations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://solidarauto.org/en-bref/</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://solidarauto.org/rejoindre-notre-reseau/</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Jean Giraudeau - Chargé de développement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ reseau.solidarauto&amp;#64;gmail.com
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>reseau.solidarauto@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c300-accompagner-a-la-creation-au-developpement-a-/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>163977</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets AACT-AIR est ouvert à &lt;strong&gt;toute collectivité territoriale souhaitant réaliser une étude pour agir sur la qualité de l’air extérieur ou intérieur&lt;/strong&gt;. Attention, l’ADEME ne soutient pas les études obligées par des réglementations (PCAET (Plan climat-air-énergie territorial), constitution d’une ZFE pour les territoires obligés, etc.).&lt;/p&gt;&lt;p&gt;L’objectif de l’étude est de &lt;strong&gt;définir et caractériser des actions pertinentes à déployer sur le territoire pour améliorer la qualité de l&amp;#039;air.&lt;/strong&gt;&lt;br /&gt;Le sujet de l&amp;#039;étude peut être &lt;strong&gt;transversal&lt;/strong&gt; (étude stratégique, de mobilisation citoyenne, d&amp;#039;impact sanitaire…). Cette année, AACT-Air soutient de façon prioritaire l’élaboration de programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée sur la qualité de l’air ambiant.&lt;br /&gt; Le sujet d’étude peut également être &lt;strong&gt;thématique&lt;/strong&gt;, avec deux axes prioritaires : urbanisme, qualité de l’air intérieur, et les autres sujets suivants : combustion de biomasse, chantiers du BTP, agriculture ou encore mobilité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;une&lt;strong&gt; aide financière&lt;/strong&gt; : un financement vous est octroyé sous la forme d&amp;#039;une subvention. L’intensité de l’aide de l’ADEME n’excède pas 70 % des dépenses éligibles.&lt;br /&gt;Le montant de l’aide ADEME est limité :&lt;ul&gt;&lt;li&gt;À 150 000 € pour les programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée « Air ambiant ».&lt;/li&gt;&lt;li&gt;À 100 000 pour toutes les autres études.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;D&amp;#039;un &lt;strong&gt;accompagnement technique&lt;/strong&gt; : des agents ADEME spécialistes de la qualité de l&amp;#039;air et des problématiques rencontrées par les collectivités vous accompagnent dans la réalisation et la valorisation de votre étude.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans la rubrique qui suit « Préparez votre dossier - 2. Rassemblez l’ensemble des documents », les pièces requises au dépôt de dossier sont identiques quel que soit l’objet de projet que vous sélectionnerez, « Assistance à Maîtrise d’Ouvrage » ou « Études Générales ». Il reviendra à l’ADEME de déterminer quel type sera le plus approprié en fonction de la nature de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le dépôt des candidatures a lieu au plus tard le jeudi 15 mai 2025, à 15h.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair-aact-air-1/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>157561</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   seuil minimum des dépenses éligibles : 20.000€ HT :
+  &lt;/li&gt;
+  &lt;li&gt;
+   participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide départementale cumulable avec d&amp;#039;autres financements publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les études préalables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux d&amp;#039;entretien ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="Q79" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les communes « Petites villes de demain » :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les autres bourgs structurants :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://subvention.somme.fr/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
-[...1 lines deleted...]
-Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...3 lines deleted...]
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
-Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
-International
 Attractivité économique
-Information voyageur, billettique multimodale
+Appui méthodologique
+Artisanat
 Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>142229</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Atelier des territoires Flash</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
+&lt;/p&gt;
+&lt;p&gt;
+ A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Flash est un outil permettant aux territoires de s&amp;#039;engager pleinement dans les transitions de leur modèle de développement lesquelles sont abordée par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants, s&amp;#039;intégrant notamment dans les programmes de cohésion des territoires portés par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT) :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions territoriales et urbaines : revitalisation des centre-villes, réhabilitation des entrées de ville, aménagement des friches, protection et valorisation du patrimoine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions culturelles, sociales, économiques : adaptation de l&amp;#039;offre de logements et des mobilités, accompagnement des projets socio-économiques (ESS) et économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projet en lien avec les transitions environnementales et énergétiques : protection, restauration et gestion de l&amp;#039;écosystème terrestre et des ressources naturelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL), en lien étroit avec la ou les collectivités concernées. Le pilotage implique, pour les DDT(M) ou les D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL, d&amp;#039;émettre et exécuter le bon de commande dans le cadre de l&amp;#039;accord-cadre multi-attributaire de la DGALN.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 20 000€, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation (logistiques et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier, principalement de la collectivité.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à bons de commande de la DGALN. Chaque Atelier Flash est attribuée à une des trois équipes d&amp;#039;experts pluridisciplinaires titulaires selon la méthode du tourniquet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 1
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  LANCEMENT : attribution de l&amp;#039;équipe et cadrage de l&amp;#039;étape suivante
+ &lt;/li&gt;
+ &lt;li&gt;
+  APPROPRIATION &amp;amp; APPROFONDISSEMENT : analyse documentaire et entretiens et cadrage de la seconde phase
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 2
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ANIMATION IN SITU : introduction de l&amp;#039;Atelier, arpentage du territoire, animation des temps d&amp;#039;Atelier et conclusion de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  PRODUCTION &amp;amp; RESTITUTION
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée totale : 3 à 6 mois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée de l&amp;#039;atelier : 2 à 3 jours
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Documents stratégiques  : feuille de route, esquisse de plan-guide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents opérationnels  : cahier des charges, charte, éléments de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de capitalisation  : fiche synthétique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Réseaux de chaleur
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Mers et océans</t>
-[...2 lines deleted...]
-      <c r="O2" s="0" t="inlineStr">
+Industrie
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ CANDIDATURE
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  EN SYNTHESE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PORTEURS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PIÈCES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 1 - les dynamiques du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 2 - les dynamiques d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+ Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="T2" s="0" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>78203</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser, préserver les ressources locales et atténuer le changement climatique</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Le territoire présente un environnement peu dégradé, mais porte toutefois les traces d’activités anciennes qui laissent des friches et des sites potentiellement pollués. Les activités contemporaines exercent aussi des pressions sur l’environnement, tout comme le changement climatique.&lt;/p&gt;&lt;p&gt;L’agriculture, dominée par la polyculture et un élevage important, est une composante essentielle du territoire. La production biologique est en plein essor, la demande d’installation sur de petites surfaces est en hausse (en lien avec le projet d’espace-test maraîcher porté par le Pays Comminges Pyrénées) et la filière viande est en cours de structuration.&lt;/p&gt;&lt;p&gt;L’offre de transport demeure limitée, le Pays Comminges Pyrénées doit améliorer les mobilités sur l’ensemble de son territoire afin de le rendre accessible à tout type de population, en priorisant le développement des mobilités multimodales, durables et économes en énergie. Le fait que 78% des actifs résident et travaillent sur le territoire montre que le potentiel de développement des alternatives à la voiture individuelle est réel.&lt;/p&gt;&lt;p&gt;Les enjeux : Valoriser l’environnement, le patrimoine naturel et le cadre de vie ; encourager une agriculture et une consommation locales et durables ; développer le potentiel énergétique renouvelable du territoire et adapter le territoire au changement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.1 Soutenir une agriculture locale durable&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.1.1 Adapter et développer une agriculture locale, de montagne et accessible à tous&lt;/li&gt;&lt;li&gt;4.1.2 Diversifier les activités agricoles par la transformation ou la valorisation des produits et par les activités agritouristiques&lt;/li&gt;&lt;li&gt;4.1.3 Développer les actions inscrites dans le Projet Alimentaire Territorial Comminges Pyrénées et/ou en cohérence avec celui-ci.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;4.2 Accompagner le développement raisonné des ressources naturelles locales&lt;/strong&gt;&lt;br /&gt;&lt;ul&gt;&lt;li&gt;4.2.1 Préserver et valoriser la richesse environnementale du territoire ;&lt;/li&gt;&lt;li&gt;4.2.2 Développer et valoriser les filières locales&lt;/li&gt;&lt;li&gt;4.2.3 Gérer durablement les ressources naturelles du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;span&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3 Favoriser les transitions écologiques et énergétique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.3.1 Développer les initiatives en faveur de la transition écologique, de la maîtrise de l’énergie et des énergies renouvelables&lt;/li&gt;&lt;li&gt;4.3.2 Développer une mobilité innovante et durable&lt;/li&gt;&lt;li&gt;4.3.3 Mettre en œuvre et réviser les Plans Climat Air Energie Territoriaux.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;p&gt;&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’un tiers lieu nourricier, création d’une cuisine centrale pour la restauration collective, création d’un magasin de producteurs, réalisation d’un guide des producteurs locaux, développement des AFP, mise en place d’espaces-tests, etc. ;&lt;/p&gt;&lt;p&gt;- Installation d’unités de production de méthanisation, structuration de la filière laine, protection des captages d’eau, etc. ;&lt;/p&gt;&lt;p&gt;- Projet solaire citoyen, aménagement d’un pôle multimodal, réalisation d’un plan mobilité simplifiée à l’échelle du Pays Comminges Pyrénées, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;br /&gt;&lt;/strong&gt;&lt;br /&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.1.2 Pour les activités agritouristiques&lt;/em&gt; : Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.3. Favoriser les transitions écologique et énergétique &lt;/em&gt;: Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Exclusions spécifiques&lt;/strong&gt; : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X2" s="0" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6359-promouvoir-une-agriculture-locale-perenne-et-/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>117484</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Voir en fonction de chaque aide (suivre le lien du descriptif complet).
-[...70 lines deleted...]
- Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
+ &lt;strong&gt;
+  Conseiller aux décideurs locaux (CDL)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La mise en place de ce nouvel interlocuteur permet :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
-[...5 lines deleted...]
-  la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
+  d&amp;#039;offrir des prestations sur mesure, adaptées au plus près des besoins de chaque collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de proposer une gratuité, une objectivité et une neutralité de la prestation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
   &lt;br /&gt;
  &lt;/li&gt;
+ &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
- &lt;strong&gt;
+ Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la confection d&amp;#039;un budget
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une analyse financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de nouveaux moyens de paiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision en matière financière et fiscale
   &lt;br /&gt;
- &lt;/strong&gt;
-[...13 lines deleted...]
-  Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Simulations fiscales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement le déploiement du nouveau référentiel comptable M57
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
-  Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
+  Accompagnement dans la rationalisation des régies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et gestion des marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la démarche partenariale (CSCF et EP)
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -578,5714 +14748,2542 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P3" s="1" t="inlineStr">
+      <c r="P83" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
-[...2 lines deleted...]
- Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
+ Se rapprocher de votre Direction départementale des Finances publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="H4" s="1" t="inlineStr">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>162730</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Formation professionnelle
+Biodiversité
+Equipement public
+Bâtiments et construction
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>162741</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Apporter de la visibilité aux orientations à prendre pour soutenir la filière hydrogène en région Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Plan régional hydrogène</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dynamique européenne et nationale annonce l&amp;#039;hydrogène comme une solution pertinente à la décarbonation d&amp;#039;activité émettrice de gaz à effet de serre, tel que les secteurs des transports et de l&amp;#039;industrie.&lt;/p&gt;
+&lt;p&gt;Le Plan Régional Hydrogène de la Région est l&amp;#039;aboutissement d&amp;#039;un travail collaboratif public-privé dont l&amp;#039;ambition est d&amp;#039;apporter de la visibilité aux orientations à prendre pour soutenir la filière hydrogène en région Provence-Alpes-Côte d&amp;#039;Azur et répondre aux enjeux de décarbonation et d&amp;#039;intégration des énergies renouvelables. Ce document présente le contexte territorial favorable à l&amp;#039;hydrogène, définit des priorités et objectifs chiffrés ainsi que des actions à entreprendre pour permettre le développement de la filière hydrogène.&lt;/p&gt;
+&lt;p&gt;Les 4 priorités de ce Plan Régional Hydrogène sont la décarbonation de la mobilité, la décarbonation de l&amp;#039;industrie, la production d&amp;#039;hydrogène renouvelable et bas carbone et la structuration d&amp;#039;une filière créatrice d&amp;#039;activités et d&amp;#039;emplois.&lt;/p&gt;
+&lt;p&gt;Dans ce cadre, les type de projet concernés sont :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la production d&amp;#039;hydrogène ;&lt;/li&gt; 	&lt;li&gt;le transport, le stockage et la distribution d&amp;#039;hydrogène ;&lt;/li&gt; 	&lt;li&gt;le déploiement d&amp;#039;usage de l&amp;#039;hydrogène les plus pertinents ;&lt;/li&gt; 	&lt;li&gt;la recherche et développement ;&lt;/li&gt; 	&lt;li&gt;les études d&amp;#039;opportunité ;&lt;/li&gt; 	&lt;li&gt;les études de faisabilité.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Consortium industriel du secteur ;&lt;/li&gt; 	&lt;li&gt;énergéticiens et développeurs de projets ;&lt;/li&gt; 	&lt;li&gt;collectivités locales.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les projets doivent impérativement présenter un caractère mature et respecter les priorités du Plan régional hydrogène.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P85" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent impérativement présenter un caractère mature et respecter les priorités du Plan régional hydrogène.&lt;/p&gt; &lt;p&gt;Dans un premier temps il est indispensable de contacter le chargé de missions régionale pour présenter le projet et demander des renseignements.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/plan-regional-hydrogene</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Stéphane Faudon&lt;/p&gt;
+&lt;p&gt;Mail : &lt;a href="mailto:sfaudon&amp;#64;maregionsud.fr"&gt;sfaudon&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-regional-hydrogene/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>98768</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'habitabilité du territoire</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J86" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
-[...2 lines deleted...]
- Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+ Habiter sur un territoire dépasse les dimensions domestique (manger, dormir) et économique (travailler). Les
+ autres aspects de la vie en société varient en fonction de l&amp;#039;âge, de la condition sociale, des besoins, des envies...
+ Leurs satisfactions constituent les facteurs d&amp;#039;habitabilité du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;amélioration continu de l&amp;#039;accès aux services et aux loisirs stimule la créativité du territoire, améliore l&amp;#039;attractivité
+ et renforce les liens entre les habitants. L&amp;#039;objectif sera d&amp;#039;accompagner les projets visant à rendre le territoire plus
+ facile à vivre pour l&amp;#039;ensemble de la population.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Possibilité de se déplacer et de communiquer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux soins, aux services à la personne et aux services publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement des liens (solidarité, convivialité...) entre les habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Incitation à la sobriété énergétique et foncière
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Expérimentation de mise à disposition de solutions de déplacement alternatives à la voiture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de plate-forme dématérialisée de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;événements intergénérationnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Campagne d&amp;#039;information grand public sur les gestes éco-responsables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation des élus à une gestion raisonnée de l&amp;#039;espace foncier
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Accès aux services
+Animation et mise en réseau
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Dépenses de personnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
+ d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts directs en lien avec l&amp;#039;opération, dont :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition ou location de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de déplacement, d&amp;#039;hébergement et de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;études, de conseils, de formation...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement européen intervient toujours en contrepartie de financements publics nationaux différents de l&amp;#039;Europe. Pour un porteur de projet privé, cela implique qu&amp;#039;il devra solliciter un autre cofinanceur public.
+&lt;/p&gt;
+&lt;h4&gt;
+ Au niveau administratif :
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approuvant le projet et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicitant une subvention européenne dans le cadre de LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  autorisant l&amp;#039;exécutif à signer tout document y afférent
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
-[...6 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE PLOERMEL</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjolaine PONDARD, Chargée de mission contractualisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
+  m.pondard&amp;#64;pays-ploermel.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 06 69 71 55 38 - 02 30 19 01 82
+&lt;/p&gt;
+&lt;p&gt;
+ PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
+  https://www.pays-ploermel.fr/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>m.pondard@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e00e-copie-13h38-favoriser-le-developpement-econom/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>70912</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Encourager l’innovation et la compétitivité des entreprises - Crédit d’impôt recherche French Tech</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>La French Tech</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le crédit d&amp;#039;impôt recherche (CIR) a pour objectif d&amp;#039;encourager l&amp;#039;innovation et la compétitivité des entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce à ce crédit d&amp;#039;impôt, les entreprises peuvent engager des investissements de recherche et développement puis obtenir le remboursement d&amp;#039;une partie de leurs dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le CIR est une mesure de soutien aux activités de R&amp;amp;D des entreprises, sans restriction de secteur ou de taille. Les entreprises qui engagent des dépenses de recherche fondamentale et de développement expérimental peuvent en bénéficier, en déduisant une partie des sommes investies de leur impôt, sous certaines conditions.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux du CIR varie selon le montant des investissements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le CIR a de nombreux avantages. Il peut permettre de :
+&lt;/p&gt;
+&lt;p&gt;
+ · Réduire les frais engagés au titre de la R&amp;amp;D ;
+&lt;/p&gt;
+&lt;p&gt;
+ · Inscrire les démarches R&amp;amp;D dans la durée ;
+&lt;/p&gt;
+&lt;p&gt;
+ · Augmenter les fonds propres de l&amp;#039;entreprise ;
+&lt;/p&gt;
+&lt;p&gt;
+ · Bénéficier d&amp;#039;une réduction d&amp;#039;impôts par subvention publique ;
+&lt;/p&gt;
+&lt;p&gt;
+ · Recruter en CDI de jeunes docteurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le CIR concerne les entreprises industrielles, agricoles que commerciales ou artisanales, à condition qu&amp;#039;elles soient soumises à l&amp;#039;impôt sur les sociétés ou à l&amp;#039;impôt sur le revenu.
+&lt;/p&gt;
+&lt;p&gt;
+ Il peut bénéficier à tous types d&amp;#039;entreprises, quel que soit le secteur : il s&amp;#039;applique donc aussi bien à l&amp;#039;agritech qu&amp;#039;à la regtech, en passant par l&amp;#039;adtech, la fintech ou la medtech. Sans oublier la deeptech, bien sûr.
+&lt;/p&gt;
+&lt;p&gt;
+ Le statut juridique, de même que la taille, n&amp;#039;entrent pas en ligne de compte dans l&amp;#039;éligibilité d&amp;#039;une entreprise. Le CIR ne bénéficie donc pas uniquement aux startups : les entreprises peuvent en bénéficier tout au long de leur développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Mais ce n&amp;#039;est pas pour autant un open-bar. La condition fondamentale pour pouvoir accéder au CIR est d&amp;#039;engager des dépenses dans la recherche et le développement, au sein de l&amp;#039;espace économique européen (à l&amp;#039;exception des dépenses dédiées à la veille technologique ou la défense de brevets).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://lafrenchtech.com/fr/la-france-aide-les-startups/credit-dimpot-recherche/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez en savoir davantage et bénéficier du CIR ? N&amp;#039;hésitez pas à aller sur le site Service Public pour en savoir plus !
+ &lt;a href="https://www.impots.gouv.fr/portail/files/formulaires/2069-a-sd/2017/2069-a-sd_1626.pdf"&gt;
+  Voir notice et critères d&amp;#039;éligibilité
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.impots.gouv.fr/portail/formulaire/2069-sd/credit-dimpot-en-faveur-de-la-recherche"&gt;
+  Remplissez ce formulaire
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3384-encourager-linnovation-et-la-competitivite-de/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>143359</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Anticiper l'évolution des comportements de mobilité</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Modélisation Multimodale des déplacements</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Anticiper l&amp;#039;évolution des comportements de mobilité et prévoir l&amp;#039;impact d&amp;#039;un projet ou d&amp;#039;une politique de transport sont une nécessité pour les acteurs des territoires en charge des politiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema assiste les acteurs publics dans le développement et l&amp;#039;usage d&amp;#039;outils d&amp;#039;évaluation et d&amp;#039;aide à la décision.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema propose des interventions variées dans le domaine de la modélisation multimodale des déplacements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Assistance à maîtrise d&amp;#039;ouvrage
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audits de modèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conduite d&amp;#039;études d&amp;#039;opportunité pour l&amp;#039;élaboration de modèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage de recueils de données et d&amp;#039;enquêtes de circulation en vue d&amp;#039;alimenter les modèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à l&amp;#039;élaboration de modèles multimodaux sur des territoires urbains, métropolitains et régionaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et gestion de modèles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Développement de modèles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exploitation d&amp;#039;enquêtes transports : enquêtes origine- destination, de préférences déclarées, comptages, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction de modèles multimodaux, de modèles de trafic longue distance et de modèles de trafic simplifiés sur des territoires urbains peu denses
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;outils d&amp;#039;analyse spécifiques aux besoins d&amp;#039;un territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Réalisation d&amp;#039;études de trafics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Évaluation de la demande de transports pour des projets et des politiques de transports (Transport collectif en site propre, plan de déplacements urbains...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation socio-économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Diffusion de connaissances
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration de guides et fiches méthodologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de journées techniques d&amp;#039;échanges
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réseaux techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et animation de formations
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/modelisation-multimodale-deplacements</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/08b5-modelisation-multimodale-des-deplacements/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>101961</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les citoyens aux émissions CO2 des déplacements</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Premier secteur émetteur de gaz à effet de serre avec 30% des émissions, le secteur des transports est un secteur clé de la transition écologique. Mais comment
+ &lt;strong&gt;
+  transmettre les bons ordres de grandeur et sensibiliser les citoyens
+ &lt;/strong&gt;
+ ?
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
+ &lt;strong&gt;
+  librement diffusable
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  intégrable sur tout type de site
+ &lt;/strong&gt;
+ pour permettre à chacun de comparer facilement l&amp;#039;impact de ses déplacements, mais aussi de montrer l&amp;#039;impact concret du
+ &lt;strong&gt;
+  covoiturage
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;a href="https://impactco2.fr/transport" target="_self"&gt;
+   impactco2.fr/transport
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt src="https://raw.githubusercontent.com/datagir/datagir-site/master/content/applications/mon-impact-transport/mon-impact-transport.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déjà utilisé dans différents défis et challenges de la mobilité aux 4 coins de la France (
+ &lt;a href="https://www.defimobilite-paysdelaloire.fr/page/73/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Pays de la Loire
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="http://challenge-mobilite-hdf.fr/blog/votre-%C3%A9co-calculateur-mobilit%C3%A9" rel="noopener" target="_blank"&gt;
+  Haut-de-France
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.challengemobilite-bfc.fr/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Bourgogne-Franche-Comté
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.challengedelamobilite.com/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Nouvelle-Aquitaine
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...), ce simulateur est aussi intégré sur les sites de
+ &lt;a href="https://www.grenoble.fr/2295-mon-impact-transport.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.larochelle-zerocarbone.fr/s-engager/la-boite-a-outils-du-zero-carbone/mon-impact-transport" rel="noopener" target="_blank"&gt;
+  La Rochelle
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/mobilites/action-5-je-privilegie-des-modes-de-transport-doux" rel="noopener" target="_blank"&gt;
+  Issy
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.normandie-tourisme.fr/preparer-son-sejour/informations-pratiques/venir-en-normandie/" rel="noopener" target="_blank"&gt;
+  Normandie Tourisme
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://sudrhone.fr/2020/06/29/vacances-partir-sans-oublier-la-planete/#" rel="noopener" target="_blank"&gt;
+  Sud Rhône Environnement
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Animation et mise en réseau
+Valorisation d'actions
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/transport/</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/21a8-sensibiliser-les-citoyens-aux-emissions-co2-d/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>165668</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Aider au changement de comportement</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Aides au changement de comportement</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides au changement de comportement&lt;/strong&gt; visent à financer des projets de sensibilisation, d’animation et/ou de communication &lt;strong&gt;d’envergure et structurants &lt;/strong&gt;pour le territoire !&lt;/p&gt;&lt;p&gt;Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;formation/sensibilisation &lt;/strong&gt;: analyse des besoins, conception de modules de formation, animation de sessions ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;communication &lt;/strong&gt;: réalisation d’outils, diffusion d’informations, création de sites internet, organisation d’événements ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;animation &lt;/strong&gt;: mobilisation d’une cible, dissémination de solutions, structuration d’une filière, financement de postes relais.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l’ADEME avant de déposer vos projets sur la plateforme. En effet, l’éligibilité d’un projet dépend des orientations et de la stratégie de chaque Direction régionale, et sous réserve de budget disponible.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P90" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aides-au-changement-de-comportement</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aides-au-changement-de-comportement?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-changement-de-comportement/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>146348</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, au développement et à la professionnalisation d'un garage solidaire ou d'un service de location sociale</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Agil'ess</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le Réseau Agil&amp;#039;ess, le réseau national des garages et loueurs solidaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Notre association a pour but de rassembler et d&amp;#039;œuvrer pour le développement et la professionnalisation des garages et loueurs solidaires qui interviennent en faveur de la mobilité pour tous. En 2023, il regroupe 50 structures sur l&amp;#039;ensemble du territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les garages et loueurs sociaux et solidaires sont des structures de l&amp;#039;Économie Sociale et Solidaire proposant des solutions et des accompagnements adaptés à des personnes situation de précarité et/ou en insertion professionnelle : réparation, entretien, location de véhicules à bas tarif (voiture, vélo, etc.), mais aussi micro-transport social, atelier de formation à la mécanique... Une majorité d&amp;#039;entre elles sont des Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE), recrutant des personnes éloignées de l&amp;#039;emploi. Depuis plusieurs années, les garages et loueurs solidaires développent des solutions ayant un faible impact sur l&amp;#039;environnement (location de vélo, de véhicule électrique, covoiturage, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Notre accompagnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous avons développé une expertise importante sur la création d&amp;#039;activité de mobilité solidaire. Nous proposons différentes formes d&amp;#039;accompagnements, adaptés chaque situation : étude de faisabilité du projet, modélisation économique et mise en place du projet. Ainsi, notre accompagnement peut vous permettre d&amp;#039;accéder à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une étude de marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une cartographie des acteurs sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;tat des lieux de l&amp;#039;activité sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La compréhension les besoins et la actions pour structurer votre projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide pour mettre en place d&amp;#039;un modèle économique pérenne (création de budget prévisionnel, notes explicatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La préparation d&amp;#039;une gouvernance et d&amp;#039;un modèle de gestion d&amp;#039;un garage solidaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un focus sur les partenariats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide au fonctionnement et gestion quotidienne du garage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De plus, notre connaissance du secteur nous permet de réaliser des études prospectives comme la création d&amp;#039;un centre VHU solidaire ou l&amp;#039;inclusion de véhicule sans permis dans l&amp;#039;activité des garages et loueurs solidaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Depuis 2017 nous avons effectué plus de 120 journées d&amp;#039;accompagnement auprès de 14 porteurs de projets.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemple 1 : Accompagnement à la création d&amp;#039;un garage solidaire : CIEL 64
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CIEL est une structure d&amp;#039;insertion qui souhaitait la création d&amp;#039;un garage solidaire afin d&amp;#039;offrir des solutions de mobilité à ses salariés en insertion et aux bénéficiaires en situation de précarité sur le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement proposé :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la modélisation du projet de garage solidaire de l&amp;#039;association
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former les salariés aux spécificités d&amp;#039;une activité de réparation sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer un atelier mécanique, de l&amp;#039;organisation de l&amp;#039;atelier à la gestion des stocks et procédures d&amp;#039;hygiène et sécurité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Résultat ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemple 2 : Accompagnement à la création d&amp;#039;un garage solidaire : LIM
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Solutions Mobilité est une plateforme de mobilité accompagnant les personnes en situation de précarité dans leur prise en main de leur mobilité. Dans ce cadre, elle souhaitait être accompagner à la création de garage solidaire au sein deux SIAE sur les activités de réparation location et vente de véhicules.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement proposé :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la modélisation du projet de garage solidaire de l&amp;#039;association : location, réparation et vente de véhicule à destination de publics en insertion sociale et professionnelle et bénéficiaire des minimas sociaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former les salariés aux spécificités d&amp;#039;une activité de réparation sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer un atelier mécanique, de l&amp;#039;organisation de l&amp;#039;atelier à la gestion des stocks et procédures d&amp;#039;hygiène et sécurité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Piloter développer une action de location avec les partenaires financiers et technique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Résultat ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemple 3 : étude prospective pour la création d&amp;#039;un centre VHU solidaire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Fort d&amp;#039;un partenariat avec une casse automobile à Saint-Jean-d&amp;#039;Angély, Solid&amp;#039;Auto, garage solidaire, souhaite développer une activité pour la gestion et la revalorisation des déchets des VHU (véhicules hors d&amp;#039;usage) qui affluent chez son partenaire. Solid&amp;#039;Auto souhaite que sa nouvelle structure intervienne, par le biais de l&amp;#039;insertion, sur la revalorisation du plastique, du cuivre, de l&amp;#039;acier et de l&amp;#039;aluminium.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement proposé :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaître parfaitement les besoins et l&amp;#039;existant en termes de revalorisation des déchets VHU auprès des casses et autres acteurs de l&amp;#039;automobile du département de Charente-Maritime.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appréhender toute la dimension juridique et la règlementation autour des centres de revalorisation des déchets.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établir un budget prévisionnel (financier, RH...) pour la création de la structure.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer l&amp;#039;ensemble partenarial (financier, prescripteurs, fournisseurs...) autour du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la mise en œuvre opérationnelle du projet de centre de gestion et de revalorisation des déchets VHU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Résultat ?&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Notre organisme de formation est référencés par le Datadock et l&amp;#039;OPCA Uniformation. Nous sommes également référencés en tant que prestataire pour le Dispositif Local d&amp;#039;Accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Réseau Agil&amp;#039;ess est également intervenu comme prestataire auprès de réseaux nationaux des structures d&amp;#039;insertion comme Chantier Ecole, la Fédération des Entreprises d&amp;#039;Insertion, etc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Notre accompagnement est accessible aux porteurs de projets ou aux structures existantes, qu&amp;#039;ils soient associatif, structure de l&amp;#039;économie sociale, et solidaire, entreprise d&amp;#039;insertion ou collectivité territoriale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agiless.fr/</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agiless.fr/contact/</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nathan Crouzevialle - Chargé d&amp;#039;études et d&amp;#039;accompagnements via les adresses suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ nathan.crouzevialle&amp;#64;agiless.fr ou contact&amp;#64;agiless.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>contact@agiless.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09b7-aide-a-la-creation-au-developpement-et-a-la-p/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>154980</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Développer et professionnaliser les garages et loueurs solidaires</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Agil'ess</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Agil'ess</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous avons développé une expertise importante sur la création d&amp;#039;activité de mobilité solidaire. Nous proposons différentes
+&lt;/p&gt;
+&lt;p&gt;
+ formes d&amp;#039;accompagnements, adaptés chaque situation : étude de faisabilité du projet, modélisation économique et mise en
+&lt;/p&gt;
+&lt;p&gt;
+ place du projet. Ainsi, notre accompagnement peut vous permettre d&amp;#039;accéder à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une étude de marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une cartographie des acteurs sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;état des lieux de l&amp;#039;activité sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La compréhension les besoins et la actions pour structurer votre projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide pour mettre en place d&amp;#039;un modèle économique pérenne (création de budget prévisionnel, notes explicatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La préparation d&amp;#039;une gouvernance et d&amp;#039;un modèle de gestion d&amp;#039;un garage solidaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un focus sur les partenariats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide au fonctionnement et gestion quotidienne du garage.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2017 nous avons effectué plus de 120 journées d&amp;#039;accompagnement auprès de 14 porteurs de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la création d&amp;#039;un garage solidaire dans le departement 64
+&lt;/p&gt;
+&lt;p&gt;
+ Contexte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CIEL est une structure d&amp;#039;insertion qui souhaitait la création d&amp;#039;un garage solidaire afin d&amp;#039;offrir des solutions de mobilité à ses salariés en insertion et aux bénéficiaires en situation de précarité sur le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement proposé :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la modélisation du projet de garage solidaire de l&amp;#039;association
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former les salariés aux spécificités d&amp;#039;une activité de réparation sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer un atelier mécanique, de l&amp;#039;organisation de l&amp;#039;atelier à la gestion des stocks et procédures d&amp;#039;hygiène et sécurité
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Associations loi 1901
+&lt;/p&gt;
+&lt;p&gt;
+ Srructures IAE
+&lt;/p&gt;
+&lt;p&gt;
+ Agrement ESUS
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agiless.fr/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nathan Crouzevialle - Chargé d&amp;#039;accompagnements et de formation : nathan.crouzevialle&amp;#64;agiless.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Michèle Morgan - Déléguée Générale : michele.morgan&amp;#64;agiless.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>contact@agiless.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f71b-developper-et-professionnaliser-les-garages-e/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>161677</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'élaboration des plans de financement afin de sécuriser la faisabilité financière de votre projet</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Elaboration de plans de financement prévisionnels</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez avoir une vision affinée, pertinente et réaliste des taux d&amp;#039;intervention financière de chaque co-financeur public ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie vous propose de vous accompagner dans l&amp;#039;élaboration des plans de financements prévisionnels, au vu de l&amp;#039;avant projet détaillé, vous permettant d&amp;#039;avoir une projection de la faisabilité financière de votre projet en intégrant les subventions mobilisables et en calculant votre reste à charge.&lt;/p&gt;&lt;p&gt;L&amp;#039;optimisation de vos plans de financements vous permettra de réduire votre autofinancement et de maîtriser l&amp;#039;impact financier du projet dans votre budget.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
-Forêts
-[...1 lines deleted...]
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
-Voirie et réseaux
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...1 lines deleted...]
-Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
-Citoyenneté
 Santé
 Education et renforcement des compétences
-Alimentation
 Commerces et services
-Formation professionnelle
-Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...3 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
-[...1 lines deleted...]
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-International
 Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/simuler-laccompagnement-des-financeurs-pour-la-faisabilite-financiere-de-votre-projet/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>161678</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Constituer les dossiers de demandes de subventions</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Aide au montage des dossiers de demande de subvention</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez besoin d&amp;#039;être accompagné dans la constitution de vos dossiers de demandes de subventions ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans la constitution de vos dossiers de demandes de subventions :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;aide à la rédaction de la notice de présentation de votre projet &lt;/li&gt;&lt;li&gt;vérification de la complétude du dossier de demande de subvention&lt;/li&gt;&lt;li&gt;relecture de votre plan de financement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Prestation tarifée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/constituer-les-dossiers-de-demandes-de-subventions/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>60900</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Garantir les prêts qui accompagneront l’innovation de votre entreprise - Garantie Innovation</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI garantit les prêts qui accompagneront l&amp;#039;innovation de votre entreprise: Cette offre vous permettra de garantir des prêts visant à rendre votre entreprise plus innovante.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Garantie de prêts à moyen ou long terme ou de crédit-bail, y compris les prêts personnels aux associés pour réaliser des apports en fonds propres, ayant pour objet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements incorporels ou corporels à faible valeur de gage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le préfinancement des subventions publiques attribuées aux associations de gestion et aux PME des pôles de compétitivité et des grappes d&amp;#039;entreprises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le préfinancement du CIR : crédit moyen terme (24 mois minimum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation du besoin en fonds de roulement induit par le projet innovant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout investissement au profit d&amp;#039;une PME innovante répondant à l&amp;#039;un des critères suivants :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  moins de 7 ans avec un ou plusieurs fonds de capital-risque parmi ses actionnaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Labels/Qualification-entreprise-innovante"&gt;
+   qualification « entreprise innovante »
+  &lt;/a&gt;
+  délivrée par Bpifrance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-pour-le-developpement-de-l-innovation"&gt;
+   aide à l&amp;#039;innovation Bpifrance
+  &lt;/a&gt;
+  accordée dans les 24 derniers mois.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;h4&gt;
+ Montant
+&lt;/h4&gt;
+&lt;p&gt;
+ Plafond de risques (toutes banques confondues) : 1,5 millions € sur une même entreprise ou groupe d&amp;#039;entreprises
+&lt;/p&gt;
+&lt;h4&gt;
+ Conditions financières
+&lt;/h4&gt;
+&lt;p&gt;
+ En général quotité maximale de 60 % et commission* 0,80 %.
+ &lt;br /&gt;
+ *
+ En pourcentage annuel du capital restant dû du prêt. Prélèvement en une seule fois après décaissement.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalités
+&lt;/h4&gt;
+&lt;p&gt;
+ Cette garantie vise :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la conception et le développement de produits ou services nouveaux (recherche, développement, industrialisation, commercialisation...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;introduction d&amp;#039;une technologie ou technique nouvelle dans un des processus de l&amp;#039;entreprise (fabrication, commercialisation, gestion,...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...18 lines deleted...]
-      <c r="R4" s="1" t="inlineStr">
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- • Les projets relevant des typologies suivantes sont prioritaires :
-[...35 lines deleted...]
- Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ Vous recherchez un financement pour développer l&amp;#039;innovation au sein de votre entreprise.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ PME et TPE innovantes de plus de trois ans.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X4" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Garanties-et-assurances/Garanties-aux-banques/Garantie-Innovation</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- E-mail : subventions.dmit&amp;#64;gers.fr
-[...3 lines deleted...]
- Téléphone : 05 62 67 31 50
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7614-garantie-innovation/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...232 lines deleted...]
-      <c r="K6" s="1" t="inlineStr">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>60891</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Pour investir au capital de jeunes start-ups - French Tech Accélération</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
-[...524 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI intervient en capital amorçage, capital-risque et fonds de fonds (Fonds dédiés aux accélérateurs et fonds d&amp;#039;investissement d&amp;#039;accélération).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Fiche d&amp;#039;identité
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Société de gestion :
   Bpifrance Investissement
  &lt;/li&gt;
  &lt;li&gt;
   Zone d&amp;#039;implantation : France
  &lt;/li&gt;
  &lt;li&gt;
   Date de création : décembre 2015
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Fonds financé dans le cadre du Programme d&amp;#039;investissement d&amp;#039;avenir (PIA)
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;intervention
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Investissements en fonds propres ou quasi-fonds propres
   &lt;/li&gt;
   &lt;li&gt;
    Tickets entre 1M€ et 20 M€, en co-investissement avec des acteurs privés
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   Interventions en capital amorçage et en capital-risque, et fonds de fonds
   &lt;br /&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous développez un modèle d&amp;#039;accélérateur pour start-up et vous investissez au capital de ces jeunes pousses.
 &lt;/p&gt;
 &lt;h4&gt;
  Entreprises cibles
 &lt;/h4&gt;
 &lt;p&gt;
  Structurées en SAS ou en fonds d&amp;#039;investissement, toutes structures dédiées à l&amp;#039;accompagnement des entreprises innovantes secteurs divers (digital, medtechs...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Participation-au-capital/Fonds-d-investissement-thematiques/French-Tech-Acceleration</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b7d5-french-tech-acceleration/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...96 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>163829</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un soutien aux études d’idéation et de conception réalisées dans l’objectif de créer des solutions de logistique des premiers ou derniers kilomètres</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Ideation eXtrême Défi Logistique</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de l&amp;#039;eXtrême Défi Logistique (XDL), cet AAP (Appel à projets) apporte un &lt;strong&gt;soutien aux études d’idéation et de conception&lt;/strong&gt; réalisées dans l’objectif de &lt;strong&gt;créer des solutions de logistique des premiers ou derniers kilomètres&lt;/strong&gt; qui soient plus mutualisées, optimisées et qui favorisent le report modal.&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP Idéation XDL vise à apporter un soutien aux projets de CMDU (Centre Mutualisé de Distribution Urbaine), Micro-hubs ou CCAP (Circuit Court Alimentaire de Proximité) en mesure d’avoir de &lt;strong&gt;meilleurs impacts environnementaux&lt;/strong&gt; (moins de véhicules, moins de kilométrages, report modal, motorisation adaptée aux circuits des véhicules, empreinte foncière diminuée), &lt;strong&gt;économiques&lt;/strong&gt; (mutualisation, optimisation du remplissage et kilométrage), &lt;strong&gt;sociaux&lt;/strong&gt; (création d’emplois locaux décents non délocalisables, amélioration de la qualité de vie des habitants).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
-[...4273 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ideation-extreme-defi-logistique/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>62848</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -6331,10774 +17329,163 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W33" s="1" t="inlineStr">
+      <c r="W98" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-[...2510 lines deleted...]
-      <c r="E44" s="1" t="inlineStr">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>111757</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
-[...8108 lines deleted...]
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -17135,82 +17522,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M76" s="1" t="inlineStr">
+      <c r="M99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -17256,15338 +17643,870 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T76" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W76" s="1" t="inlineStr">
+      <c r="W99" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-[...2886 lines deleted...]
-      <c r="G93" s="1" t="inlineStr">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>71654</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Développer une école de conduite à statut associatif</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Mob'In France</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K93" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Lancés en 2019, les dispositifs « Aisance Aquatique » et « Savoir rouler à vélo » ont pour objectif de garantir à chaque enfant l&amp;#039;acquisition de savoirs sportifs fondamentaux indispensables pour leur épanouissement, leur santé, leur autonomie et leur sécurité.
-[...29 lines deleted...]
-Education et renforcement des compétences
+ Les
+ &lt;strong&gt;
+  écoles de conduite à statut associatif
+ &lt;/strong&gt;
+ sont des associations qui accueillent des publics en insertion sociale et/ou professionnelle, présentant des risques du point de vue de leur socialisation ou leur insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles ont pour finalité de prévenir ou de gérer des risques sociaux, de permettre l&amp;#039;accès à la mobilité, l&amp;#039;accès à la mobilisation de personnes en manque ou ruptures de liens et d&amp;#039;accompagner à l&amp;#039;insertion sociale et professionnelle.
+ &lt;br /&gt;
+ L&amp;#039;enseignement du code et de la conduite est considéré comme un vecteur d&amp;#039;insertion grâce à une approche globale de la personne (le rapport à la règle et à la loi, l&amp;#039;estime de soi, l&amp;#039;apprentissage, les savoirs fondamentaux, les repérages espace-temps, les motivations personnelles, la santé, le développement cognitif, la reconnaissance et l&amp;#039;intégration sociale) et à la double dimension « formation - éducation ».
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;arrêté du 08 janvier 2001 relatif aux conditions d&amp;#039;agrément ECSA (école de conduite à statut associatif) précise le cadre réglementaire et législatif qui s&amp;#039;impose à ces associations qui s&amp;#039;appuient sur la formation à la conduite et à la sécurité routière pour faciliter l&amp;#039;insertion ou la réinsertion sociale ou professionnelle.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Plusieurs acteurs territoriaux du réseau Mob&amp;#039;In France possèdent l&amp;#039;agrément ECSA et peuvent vous accompagner dans les démarches législatives, juridiques ou organisationnelles dans la création et le développement d&amp;#039;une école de conduite à statut associatif.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ AFODIL, acteur membre du réseau Mob&amp;#039;In Pays de la Loire (https://www.afodil.org/) a aidé à la création d&amp;#039;une ECSA à Laval et à la Roche-sur-Yon.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Emploi
 Mobilité pour tous
-Modes actifs : vélo, marche et aménagements associés</t>
-[...2 lines deleted...]
-      <c r="O93" s="1" t="inlineStr">
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="X93" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Besoin d&amp;#039;un appui local ? Ecrivez à l&amp;#039;adresse
-[...9 lines deleted...]
- &lt;/a&gt;
+ Programmes disponibles sur les Régions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Grand Est
+ &lt;br /&gt;
+ - Bourgogne Franche Comté
+ &lt;br /&gt;
+ - Auvergne Rhône Alpes
+ &lt;br /&gt;
+ - Corse
+ &lt;br /&gt;
+ - Occitanie
+ &lt;br /&gt;
+ - Nouvelle Aquitaine
+ &lt;br /&gt;
+ - Centre Val de Loire
+ &lt;br /&gt;
+ - Pays de la Loire
+ &lt;br /&gt;
+ - Bretagne
+ &lt;br /&gt;
+ - Normandie
+ &lt;br /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
-[...479 lines deleted...]
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T95" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X95" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Se rapprocher de sa préfecture de département ou de région.
- &lt;br /&gt;
+ Pascal GRAND
+&lt;/p&gt;
+&lt;p&gt;
+ professionnalisation&amp;#64;mobin-solutions.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
-[...1162 lines deleted...]
-      </c>
       <c r="Y100" s="1" t="inlineStr">
         <is>
-          <t>cae.admin@iledefrance.fr</t>
+          <t>contact@mobin-solutions.fr</t>
         </is>
       </c>
       <c r="Z100" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/ef30-acquisition-de-vehicules-propres-par-les-prof/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/65c1-developper-une-ecode-de-conduite-a-statut-ass/</t>
         </is>
       </c>
       <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:27" customHeight="0">
       <c r="A101" s="1">
-        <v>121006</v>
+        <v>163285</v>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+          <t>Étudier le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>Subzen</t>
+          <t>Études sur le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>La Banque Postale</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
-        <is>
-[...5073 lines deleted...]
-      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...10 lines deleted...]
-      <c r="K125" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
-[...88 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;V&lt;strong&gt;ous êtes intéressé par le potentiel de l’hydrogène bas carbone/renouvelable &lt;/strong&gt;comme solution de substitution aux énergies fossiles pour vos activités industrielles ou pour baisser l’empreinte carbone des flux de personnes ou de marchandises sur votre territoire ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous envisagez d’investir dans ce type de solutions mais :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;vous en êtes au stade de la réflexion ?&lt;/li&gt;&lt;li&gt;ou vous avez participé à un diagnostic à l&amp;#039;échelle territoriale et disposez d’une première cartographie des consommateurs potentiels d’hydrogène (exemples : flottes captives, utilités industrielles…) ?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le présent dispositif de l’ADEME peut vous aider à &lt;strong&gt;conduire une étude d&amp;#039;opportunité &lt;/strong&gt;(dans un premier temps) ou &lt;strong&gt;une étude de faisabilité &lt;/strong&gt;(dans un deuxième temps), afin de juger la pertinence et de &lt;strong&gt;préparer un projet de décarbonation via l’hydrogène&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans cette perspective, l’étude préalable que vous sous-traiterez à un prestataire pourra être&lt;strong&gt; subventionnée jusqu’à 70 % &lt;/strong&gt;des dépenses éligibles (taux variable selon le commanditaire de l’étude). L’assiette des dépenses éligibles de l&amp;#039;étude de préfaisabilité sera plafonnée à 50 000 € L’assiette des dépenses éligibles de l&amp;#039;étude d&amp;#039;opportunité sera plafonnée à 50 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude de faisabilité sera plafonnée à 100 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude stratégique sera plafonnée à 100 000 €.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Chaque étude (opportunité ou faisabilité) devra se conformer à des attendus en termes d’objectifs et de livrables à produire qui sont décrits dans le cahier des charges proposé par l’ADEME (voir ci-dessous « Pour vous accompagner dans vos démarches »).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’étude de préfaisabilité d’usages non standards de l’hydrogène &lt;/strong&gt;est dédiée à des applications particulières de l’hydrogène non liées à un écosystème hydrogène (process industriel, stockage, hydrogénoduc, alimentation électrique d’un site isolé, maritime, fluvial, ferroviaires).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude d’opportunité vise à accompagner les potentiels consommateurs d’hydrogène (mobilité, industrie, stationnaire) dans leur réflexion de décarbonation&lt;/strong&gt;, collectivement sur l’ensemble d’un territoire (regroupement de collectivités, zone industrielle…). Les profils d’usage seront analysés pour déterminer quelle énergie/carburant est le plus adapté. Ces études ne peuvent donc pas être portées par des développeurs d’infrastructures.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude de faisabilité se concentre sur le déploiement du vecteur hydrogène &lt;/strong&gt;sur un territoire où une demande suffisante aura été préalablement identifiée. Une infrastructure adéquate aux volumes pressentis pourra être dimensionnée, pour modéliser un modèle économique et anticiper les contraintes techniques et réglementaires. Ces études peuvent être portées par des développeurs d’infrastructures ou par de futurs usagers d’hydrogène.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Une étude d’opportunité peut déboucher sur une étude de faisabilité &lt;/strong&gt;en cas d’identification d’une pertinence pour le vecteur hydrogène. L’octroi d’une aide pour une étude de faisabilité sera conditionné par la réalisation préalable d’une étude d’opportunité qui aura respecté - a minima - les exigences fixées dans le cahier des charges.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude stratégique à l’échelle d’un territoire&lt;/strong&gt; a pour objectif d’estimer à moyen et à long terme les besoins d’hydrogène du territoire et les infrastructures de production et de distribution à déployer pour faire face à ces besoins.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Mobilité pour tous
-[...3 lines deleted...]
-      <c r="O125" s="1" t="inlineStr">
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-le-deploiement-decosystemes-et-dusages-de-lhydrogene/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="K126" s="1" t="inlineStr">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>162809</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Fonds d'innovation pour la formation</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'innovation pour la formation</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
-[...146 lines deleted...]
-      <c r="O126" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet d’innovation formative répondant aux besoins en compétences des filières et métiers stratégiques régionaux (filières fortement pourvoyeuses d’emplois et d’enjeux d’avenir, nouveau métier ou métier en forte évolution, métiers en tension de recrutement).&lt;/p&gt;
+&lt;p&gt;Vous êtes organisme de formation, entreprise, Campus des métiers et qualifications et vous souhaitez éprouver un nouveau référentiel de formation, de nouvelles modalités pédagogiques ou encore proposer et tester un outillage innovant de l’approche par les compétences. Le Fonds d’innovation pour la formation vous permet de financer la recherche appliquée ou le développement expérimental avec une subvention pouvant aller jusqu’à 70% du coût du projet maximum, et 50% des investissements nécessaires à l’expérimentation.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Un organisme de formation, agissant en propre ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Un campus des métiers, ou un membre d’un campus des métiers, agissant au nom du campus ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Une entreprise, un groupement d’intérêt économique, une association, une société coopérative d’intérêt collective, ou d’autres formes de groupements d’entreprises, agissant comme mandataire d’un groupement associant au moins un organisme de formation continue ou initiale.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Tourisme
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Agriculture et agroalimentaire
+Biodiversité
+Emploi
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Par mail adressé à innovation-formation&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/fonds-dinnovation-pour-la-formation</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:innovation-formation&amp;#64;maregionsud.fr"&gt;innovation-formation&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-dinnovation-pour-la-formation/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G127" s="1" t="inlineStr">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>162644</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Innover en encourageant de nouvelles pratiques pour les mobilités</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche-Action 1 - Innover en encourageant de nouvelles pratiques pour les mobilités</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...7 lines deleted...]
-      <c r="K127" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 50 000 €</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;img src="https://fr.wikipedia.org/wiki/Pays_de_l%27Isle_en_P%C3%A9rigord#/media/Fichier:Logo_Pays_de_l&amp;#039;Isle_en_P%C3%A9rigord.png" alt /&gt;&lt;img src="https://fr.wikipedia.org/wiki/Pays_de_l%27Isle_en_P%C3%A9rigord#/media/Fichier:Logo_Pays_de_l&amp;#039;Isle_en_P%C3%A9rigord.png" alt /&gt;L’objectif de cette fiche-action est de réfléchir collectivement pour initier et consolider des solutions alternatives pour les mobilités du quotidien, soit à la (seconde) voiture personnelle, soit pour celles et ceux qui n’ont pas (ou plus) de moyens de locomotion (jeunes et moins jeunes). Il s’agit d’encourager de nouvelles pratiques dans des zones éloignées d’une gare/halte.&lt;/p&gt;&lt;p&gt;En privilégiant des solutions qui encouragent l’entraide, la solidarité et le collectif, afin de rendre possible les déplacements et l’accès aux services publics, commerces, équipements, grands axes de communication… tout en réduisant la facture énergétique pour le territoire et les personnes.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Développer des solutions de mobilités innovantes durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Études et diagnostics directement liés à une action soutenue&lt;br /&gt;• Billettique intégrée pour emprunter une pluralité des modes de transports ...&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Renforcer les modes de déplacement doux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Études stratégiques à l’échelle du territoire du Pays&lt;br /&gt;• Installation de loueurs de vélos électriques&lt;br /&gt;• Aménagements piétonniers&lt;br /&gt;• Voies vélo&lt;br /&gt;• Voies cyclables&lt;br /&gt;• Zones de partage, au service de la mobilité du quotidien&lt;br /&gt;• Acquisition de matériel roulant doux et investissements liés à la mise à disposition du public …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mettre en œuvre des actions de sensibilisation aux nouvelles pratiques de mobilités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées&lt;br /&gt;• Ateliers&lt;br /&gt;• Manifestations de sensibilisation ...&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer de nouveaux services en faveur de la mobilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Test d’usage&lt;br /&gt;• Urbanisme tactique&lt;br /&gt;• Centre d’appel&lt;br /&gt;• Solution d’achats groupés&lt;br /&gt;• Services solidaires …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mettre en place des mobilités inversées (« aller vers » de certains services)&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Transport à la demande&lt;br /&gt;• Co-voiturage solidaire&lt;br /&gt;• Permanences&lt;br /&gt;• Services itinérants&lt;br /&gt;• Opérations visant l’expérimentation d’actions de mobilité inversée …&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les projets proches d’une gare ou d’une halte (les projets intégrés dans une stratégie de développement de l’intermodalité autour des gares/haltes.&lt;/p&gt;&lt;p&gt; - Les investissements matériels et les projets d’ingénierie (immatériel et / ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants.&lt;/p&gt;&lt;p&gt;- Les projets portés sur le territoire de la Communauté d’Agglomération Le Grand Périgueux&lt;/p&gt;&lt;p&gt;- Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses d’auto-construction&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les contributions en nature &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA1-Mobilites.pdf</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-encourageant-de-nouvelles-pratiques-pour-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>56129</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des carrefours routiers avec une signalisation lumineuse</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J104" s="1" t="inlineStr">
+        <is>
+          <t>Aide globale plafonnée jusqu'à 10 000€ par carrefour</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...258 lines deleted...]
- En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
+ Les  installations  de  signalisation  lumineuse  des  carrefours  doivent  répondre  à  des  exigences  de  sécurité  particulièrement  importantes.  La  qualité  des  contrats  de  maintenance, la mise aux normes des installations et le règlement spécifique de la loi handicap, sont des priorités proposées par le SDEC ÉNERGIE.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux financés concernent la création, le renouvellement (équipement en LED), les études de comptage, la mise aux normes PMR par exemple.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="O127" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Handicap
+Equipement public
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...22 lines deleted...]
- S&amp;#039;agissant d&amp;#039;une formation initiale, aucun prérequis n&amp;#039;est nécessaire.
+ Les communes demandeuses doivent être adhérentes au syndicat et doivent lui avoir transféré leur compétence &amp;#34;signalisation lumineuse&amp;#34;.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
-[...186 lines deleted...]
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X128" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+ Mail : eclairage&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 65
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7725-raccorder-de-nouveaux-services-au-reseau-decl/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-[...978 lines deleted...]
-      <c r="G133" s="1" t="inlineStr">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>152162</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la réalisation de travaux d’aménagement d’infrastructures de circulation douce et modes de déplacements actifs</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>CIRCULATIONS DOUCES / MODES DE DEPLACEMENT ACTIFS</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
-[...630 lines deleted...]
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
-[...1768 lines deleted...]
-      <c r="K146" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
-[...998 lines deleted...]
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la réalisation de travaux d&amp;#039;aménagement d&amp;#039;infrastructures de circulations douces destinés aux publics pratiquant un mode de déplacement actif, y compris les études préliminaires, les acquisitions foncières et les équipements de service annexes et en lien direct avec l&amp;#039;utilisation des infrastructures.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ces voies de circulations douces sont réservées à un usage non motorisé (exception faite, le cas échéant, des véhicules de déplacement personnels de type trottinette électrique ou véhicules d&amp;#039;entretien) et regroupent différents types d&amp;#039;aménagements : voie verte, bande cyclable, piste cyclable, etc.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une voie douce pour les promeneurs à Clairoix
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une liaison piétonne et cyclable vers la gare de Verberie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une piste cyclable le long de la RD 820
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Installation de stationnements sécurisés pour les vélos à Compiègne
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un itinéraire cyclable entre Thourotte et Longueil-Annel
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une voie verte entre Noyon et Ribécourt-Dreslincourt
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une piste cyclable le long de l&amp;#039;Oise à Creil
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place des zones 30 et pistes cyclables à Lacroix-Saint-Ouen
  &lt;/li&gt;
  &lt;li&gt;
   Étude et création de circulations douces entre les communes de Bury et Tricot
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -32771,2825 +18690,1718 @@
 &lt;ul&gt;
  &lt;li&gt;
   infrastructures exclusivement dédiées à une pratique sportive (ex.: parcours BMX) ;
  &lt;/li&gt;
  &lt;li&gt;
   trottoirs et sentes piétonnes en agglomération ;
  &lt;/li&gt;
  &lt;li&gt;
   itinéraires de randonnée pédestre ;
  &lt;/li&gt;
  &lt;li&gt;
   zones 30 et zones de rencontre (éligibles au titres des crédits d&amp;#039;Etat, amendes de police) ;
  &lt;/li&gt;
  &lt;li&gt;
   aménagement de type chaussée à voie centrale banalisée (CVCB ou Chaussidou) sur Route Départementale hors agglomération ;
  &lt;/li&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ;
  &lt;/li&gt;
  &lt;li&gt;
   aménagements hors champ de l&amp;#039;objet de l&amp;#039;aide.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W151" s="1" t="inlineStr">
+      <c r="W105" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2b58-aider-a-la-mise-en-place-ou-a-la-rehabilitati/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G152" s="1" t="inlineStr">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>165393</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le verdissement des flottes professionnelles par l’acquisition de véhicules propres</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>IDEE Action « mobilité décarbonée »</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H152" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I152" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K152" s="1" t="inlineStr">
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>L’aide prendra la forme d’une subvention plafonnée :  à 50% des dépenses éligibles par véhicule (surcoût du véhicule par rapport à son équivalent diesel Euro VI pour l’acquisition et la location, et coût de l’opération de rétrofit)</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les véhicules éligibles sont les véhicules de transports de
+voyageurs et de marchandises suivants : &lt;/p&gt;&lt;p&gt;- Véhicules de transport de personnes :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;De
+     catégorie M1 (au sens de l’article R311-1 du Code de la route) uniquement
+     de type minibus 7 à 9 places ;&lt;/li&gt;
+ &lt;li&gt;Les
+     minibus, navettes urbaines, autocars, autobus,…&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;-  Véhicules de transports de marchandises et de
+matériels : &lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;de
+     type utilitaire de catégorie N1 (au sens de l’article R311-1 du Code de la
+     Route) uniquement : camionnette, fourgonnette, fourgon, châssis-cabine ;&lt;/li&gt;
+ &lt;li&gt;Les
+     poids lourds (tracteurs et porteurs) de PTAC ³ 3,5 t ;&lt;/li&gt;
+ &lt;li&gt;Les
+     véhicules spécialisés (balayeuses, BOM…).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Les véhicules éligibles sont ceux dont le système de
+propulsion est alimenté &lt;u&gt;exclusivement&lt;/u&gt; par une ou plusieurs
+sources d’énergie suivantes :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;électricité,&lt;/li&gt;
+ &lt;li&gt;hydrogène,&lt;/li&gt;
+ &lt;li&gt;gaz
+     naturel renouvelable.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations éligibles sont :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;l’achat
+     de véhicules strictement neufs et jamais immatriculés ;&lt;/li&gt;
+ &lt;li&gt;la
+     mise à niveau (rétrofit) de véhicules fonctionnant antérieurement avec des
+     carburants fossiles ;&lt;/li&gt;
+ &lt;li&gt;Pour
+     les véhicules alimentés exclusivement à l’hydrogène, la location longue
+     durée, avec ou sans option d’achat, sera également éligible à l’aide
+     (plafonds identiques à ceux d’un achat).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Sont exclus du bénéfice de l’aide :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les
+     véhicules commandés et/ou achetés avant la réception du dossier de demande
+     d’aide par la Région ;&lt;/li&gt;
+ &lt;li&gt;Les
+     véhicules d’occasion, de démonstration, de collaborateur ou à usage de
+     courtoisie.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Les véhicules hybrides rechargeables et
+auto-rechargeables fonctionnant avec un carburant fossile ne sont pas éligibles
+au dispositif&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif ne peut être sollicité que dans la limite de 2
+véhicules par bénéficiaire.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’aide est cumulable avec les aides d’état et tout autre
+aide publique dans la limite de la règlementation communautaire applicable.
+Toutefois, pour l’acquisition et la location de véhicules neufs, le cumul de
+ces aides ne doit pas dépasser 100% du surcoût HT par rapport à un véhicule de
+la même catégorie qui est conforme aux normes de l’union européenne applicables
+déjà en vigueur et qui aurait été acquis sans l’aide. En cas de dépassement de
+ce taux, l’aide régionale sera ajustée.&lt;br /&gt;
+L’aide n’est pas cumulable avec les autres aides de la Région Normandie,
+notamment l’aide à l’acquisition de véhicule collectif - Trans’sport en
+Normandie ; Emergence ESS ; Impulsion Environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="85" valign="top"&gt;
+  &lt;p&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="top"&gt;
+  &lt;p&gt;Carl Pique&lt;/p&gt;
+  &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
+  &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
+  &lt;p&gt;Direction Energies, Environnement et Développement Durable
+  (DEEDD)&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="85" valign="bottom"&gt;
+  &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT5SURBVGhD7VsJdFRVmv7q1b6kUqmQPewgINIs4ootuLZb6zja7dp92vWgc1rRcZt2bW1HGW3pPm4wIyiutHq0nZZGxgbcEARpZFERxJCwZKmkUqnU/l69mu&amp;#43;/ScWIBCTJnNDnzH/OI8lb7r3/9&amp;#43;//vdhyJPw/7RMB2z8kNhYLLAcQaH/wdeiBQ8bRjfn9gSAqb2YyMNtjyLbFYISaodc3wF5SCs9xU/psDzZN0/o8yP/JAIaBbDyJbEsrjHArss2tZLwRRmMLjIYQ9MYmGE1yn39H2mBG4zDjCeh6I4Y/8wx806b2eVm2Po9wkAPksllKOo6sMNwaJZMhMixXSwfzTWRWrpYWPm8n07wIkqlnOJOBHEz&amp;#43;FLMSoVqpZLysVv7Kv7M5uMrGovD8Mw5yVft&amp;#43;vV/Byba1I0spZlsi0JtCyIYo7T2N0BvIdIMwTRCoCWY4imx7lEynkCPTOei8xEg6mLaQaXLcxbTFZoPVblfmtj/KphPwHz8F1mDg0AInumQF6q6aBSRNmAlKOpPulHRHMOxiGiIPMi9St9qhORwA&amp;#43;VbvZDTksupl5Kw5WOWnrQM2RR349Ug5apZ3xrH9AowM0i&amp;#43;ak9MNNPzmP2DQGVoRIA92WB3kuJPprtXmCJE3iywZtLlMZDOWDsajVuTSGoxyatHwFOwJG3xhO5otBmw7XLDmRJsAjYAJeKboloPm5eDXeeTMHDSbB95jJh9a4ET&amp;#43;9N9IfLYOFtcgZCck4A6aSK4nU81Ex0MmOhkwExoc06MYNYcRhcyYbgs2v&amp;#43;hF4u4hKD07gqKH9lChckiFraj7iw8tLxXh8MN0eE&amp;#43;l3xmTQtZGQAlwrs6ByPNF0OrtsPg6xs/pOuzlZXCOGXnogCMONjRnPt2BCxbdgj0OHUNubkQgZUP9rEr4ajyAj&amp;#43;JWQs7BE8ih5msNpaX87htqBJ&amp;#43;ZFhMVtzRh13onGhYVweXJIlCVxYj7WxDxZvD1ZgdSiz2w7HLA6uUY02MoWbADoZuq4drupgaZyBkZOEYMgTXgP3TAaV/6PhJ/Xw&amp;#43;rxw&amp;#43;NTBavLMTOZ9L48dMt8C3che0XD4VzD7WIUid2MCbGUT3GwJblLlSO1lE8LYlV7gw2Xl8Bz69aUf5jRjIth9ZdNtTMKYR1sxd&amp;#43;Wn&amp;#43;peCmtQ0va1xQh016Pglsa0Hb1cHjptsTfOEcN7Tdg&amp;#43;sXnhOf/qcNTMpJIkPW66BuWFGPLbBPjZ7XiR&amp;#43;99g12zS5BaUsjI5UAmxpBLkGofKkXlrWHYpscx5Q8NsH3uQctmN9IB&amp;#43;hk6pcqMFSMm0z8NiSPZaEOu2QajzcrcxwK/S0f1JB2bmunAO320hHjHsKpDBxy9bg9iyz5ixPF1LcpkdHFnrYg/UoXVq92YMLceo&amp;#43;c1IvNFM&amp;#43;Lr3NCKDPjcOZzz4h44hxv47G0nfBVpjLo8hrKEeF1e1AT1syPgIR2yYNcqN7wMX5pBHSnMYeMODW0Pl2OwK4eOAGeBrVz0q/&amp;#43;oT9EqungZ9LZm2LzBb1dEUZo0C5/XgPZhACt/asPoB0IYd1aSko0xx6GeEQTnSB0NW2yIhqyYMCMFtHIIal1sjwXRndQSHagaq8PKe9aCHN&amp;#43;1I/J0qfJHBrXPm3BgiJNA2fMRywpb6aD&amp;#43;Q6avoVxyG5Ww7YNEmm6vicE7fNg2047Y7SHYynSMmppGQYAONEkFYSg&amp;#43;5twEkzagnk76i/8Kwklgqy5oh51Mb1rtwMSfZGhmwLSb2rC7hJFqZQEslXTSS90w6uiMRbxsLMg6NJ/30ABHap7E2o0qt&amp;#43;iJxAc53SYq212IzRuEMU/vQUEZ71IrLE4geDi55udb/8eOzVdVo7zJj5G/q0PZGRnENmlYc3cFMmuSGDmzFcEygnZzBLiJF00tPN&amp;#43;Dpn&amp;#43;tRoVJPySehzWi5uiTIXyPjV6PltzwBeuiRljd&amp;#43;5EWcUglbQhOi2HqE7sBRifEgEiLBU1bHUhHNIQ/cyP2RiHGhIiSTceO&amp;#43;UXwnhOFqzyLYLWB2BMV2PxGAGD&amp;#43;ZC03EJyQwrhfxuAfoWOXlRMQHJUhSmkh9VU/Uq/BSazbRG1mMWj51hmrdUnKz2TPYjJ6ca2lv2pB9R/qlZOtXWnDttcL0PqhB56vPXDrGgpzNgyys&amp;#43;SgaeQMDQEO56JWZagMjTs1jGb49jS7kKYZ6bShNv5rnLkF8Z12FNLv5Gi6KkwyqURWfuk/6jU4qc1buYrvSyrHkqDgxBhyM9pRPD6NwgsT2PKmA9ufL0RqhQ&amp;#43;BNieGaxYFgMbZGazBpBf&amp;#43;iyPIjU9i2DURhPZo&amp;#43;OCnlSjb4IODkS1DM3JW6QieS&amp;#43;c/NA37SPqsjyV4d6beojk5ApyWyr3/qNfgZL6pJTR7FU9cq3QP6obG0dKYxbhRWXz9uAd7bq9AZdJFQFgV0QolUxYZqxDMzDBbbOBzdxK2ehPxxW7seCqAYZ8G4WVkknpdMyyIjU3g62JmxgzdsZUO7FzkRzlDuypLaVIS0KWn05/UK3Ck6tYbmmER0XcnSlDMw7mwFFWWHJrnqbiOEdQSKSEEkJyAkf42wtlYS1mY3BX/ZyXZs2A34Shm5HFLI4Nlgcn3peA0lvlRsKwQohs7OVIJtc/Ouk2sSUjAMZqa&amp;#43;xOb3lXl2Qh7MW1ROtDvh3GtMAu/kxV2xAa/MMekUHkCwSmlwXV8HMU0IRvLCdOiYRfDdXphCTw0m6K7GuAcSvb5XmStB9sWeTG4xg/viDSK6YitJQaMuIb4RicSnxM&amp;#43;gyNz/A7rIpj1TQMPjurXpJm&amp;#43;dms&amp;#43;idkbZCp0UiuG/YrNrk&amp;#43;9aPt9KbxSUEmiJsSywO6nqZwYRQETu7aUBZmIB0ZWw7DH9qA1mMGOv3kVAPpuG340nRX5nXVoK8igvtaGTCNbIeUmCv&amp;#43;pBd4aJ9ruq2A2Lo5f8hwNmdpdAw&amp;#43;O9G&amp;#43;g02N0azwJ&amp;#43;w6CoC33o/bIOCZeH4bJnk30vip4dC6e&amp;#43;Y5BJuyTE9QqK&amp;#43;rZnTAp&amp;#43;NJxLDppSrs/oe1NMuFnL8fGEJ6bGENotxVbX/LCupYN85gDTk4o8zRas6iaWwfHjQ1Iz66EnZU6YUfmm7qBB&amp;#43;fbDtN315KlbxiUtCNMM0mwJBj3bxHUFplopQahjuGYryfdWQwebODtiypx3HVtKDw&amp;#43;QU1jO3VxALEtZH9wBvo6xv1tfrhrXRgco1&amp;#43;jQxbnLZeQP&amp;#43;tEwVo/0jPCaCdc4tJyNoJTs1O1aa2Bwn4BqVcOuauhbeSX220tdJLBXW5sO30kWn7TgIn3tKHy7Ha0/sWPyMc&amp;#43;eChlaRIeeUpKtSxqv7Kh4NIwhj7UhBxNSbYYNQ//odbl0hborVak2NxK7iRgbRrMmBXWMgOpo9qx484SVNukG0DNsduUz0lvrYHn6EkDB47mZmPLxQQsygpyL5&amp;#43;s9k8Zsit0K5rur8DyGhuOvjeM0pltKL2yjS1RSpl11YhbwkgyuNQs9WHST3iDlmoZZig3pvO&amp;#43;SX/kpNY5WIdhuI51cwgKNctRlUFqoxXpP7J0aHKz&amp;#43;dUZsVg&amp;#43;mNkEEp9uHGBwCv2slH0wuXUCSmxfpDPrHcQ8JPR8CVZsceGY3zciy60Tny&amp;#43;HgmIyTJCav7Jj5FFpBIczEWQ&amp;#43;uf0jB8KbnXBX6gqkIMGqHG/AwQA2&amp;#43;bwkvl5eBOuSIDzMi1JRJpLMeejOulyfOOX4h2sx6PpfDpzmWP0&amp;#43;1R4QG6d8e1yIdPRKvayX1/ix&amp;#43;hI7htwSQsn51DaxRjI1eAprrQDLLUbgD29j//m1Uoy/lZtyN7UjtdOCpXcHMenydgydnkGAza2py2ph7rLCoOmu&amp;#43;fcgWheUoJCFeb5o0KxuJFavV5t7mrfngviHItcrnyODO9mvjX&amp;#43;ydv/zUPqZGDt3LAGOuCGKwGXMYMXsaEJJ/ppmAdr8uQ1fPVaE4DslKCLU8RoHdCqkTifsphPfckkQ9RdG4Ds2Di99TYB9oKJgDkOYK218NYCijIO1Z0eqYHE6ka6tRXz131Fwygk/FIMe3&amp;#43;s1OK4JY5F7ZR8OWZSCuUeOPsOkmrtYCw2ftwsu&amp;#43;hWd9eeOVQ7U/s2D9CovNDpXJ7deytk5dDENSDMn0t8KID2rGQXH6kixQ1j&amp;#43;SSGcz5ei7XkTIen3laQxbdU3SNBJ&amp;#43;6N2Fp6dOZRCR1o7GUTfendgwXEfNZGsS2e7o7bJkwDj8JtwHpeElVnvkLuakCzOYv18F2r/5Ie50oeChB0VdKBOlgAaQSE2KjN2Dcmg8powHGN0fPBAAcwVfuVXNLYmiqhJnmHc16oyYO/sUnBbsKO26kZWqxfRt5eh4uE7GPVoc32gXmuO58gJ3Ccq57ZvCzR3p9&amp;#43;RMMwSO/OLEBrHxDF&amp;#43;ehohzrDqrAq4mJdUEE4f255SfEr4VZdk0EVZhK&amp;#43;qh4Vglp6ewZoH/cg8Wo0x0h&amp;#43;WjbwkG&amp;#43;knRRHiuIHKLJIVOTRucLKr&amp;#43;n1wLCz30zXb0f7Oeyj85zP7AE0fdjytRYXcej0aLYteQS4uZWKHl5W9yYanmMpnC7FhMH0OVb8y5EWBywKDjO7dcbGwNjJoguHZZapUW30Xta7egWrmOgaLVyEre8WtWxwI/aYC7dTKGjpkx1Y3fHxn34bN8Ra8OnDgyKKrnvgdiv/lFzwGwhaUnJBgpS5XcI8cIogg09BK/8Nn3jhSqQT9EKOTampKui&amp;#43;mKIbB3i8PDQy1MAHkT7QwpkvjvBMYmUeiXqDFiWI20LKNagiWIwSG9/dFVlcB2t99H9KtdE88vNfa02uzkhltxUXwndDzxr2ZSrN6l5MXUXWwyAiFFXh6QwOPnMjvPHUh52taeDKjrfOMTTJJM0p3dnw6CkppqpkE0dA6T17YRT/lfg&amp;#43;nCtguzVIYzX9cgMELHh0YcA40q0b7l8tWNoh72CN6fD3HDp46uhJpJ1hhdTAp28SfPL6izu7wdyMkx1c63jFjvBIE0JTjKx3mnAdR7YYQRM3iRutLb6Lk1plwjRt1oKXu83mfNGd/M&amp;#43;qysS9nan4AWZwOAliirgOCyD6SEY7w8FOkQ/MIni4Hn3gGKCunvtTBp7A6BpdpqEP9nbMx7LW5HWd9DpL6DE4qlUKSplBUVKSmjsfjWLJkCQ4//HB1CbXwlFZhYSEbXN&amp;#43;drrW1laHaBbebDl32njpTgu6/d&amp;#43;dHgcjM/ECbdybXI6fHjBCBoimzYdTRvz1I6hM40WgUixYtUozLNXXqVLzxxhvw&amp;#43;1l7cTGxWAx//etf2bcxWVP5cOqpp2LVqlWYPn063nvvPTQ10Xx4SmPKlCkYNGgQXnvtNVx//fXYuHGjAuywww47SHY6Xtf4rVwHAvFAg/cJHGG&amp;#43;srIS55xzDl555RXU1dUppo477jhUV1djxYoVisGxY8eikXtcojmiWZs3b4YAe/HFFytwBNAJEyaoex9//DGcLANEGwea&amp;#43;gSOmMQXX3yhQCktLcXQoUPxySefoI2Rp6qqSpmKvCPAvP322wo0j8fzHRPKm5KY58knn6wAFLO84IILBhqb3jXY86sWqYspHXXUUfjoo4&amp;#43;UtEXqzc3N&amp;#43;PLLL3HMMccosyooKFDgFRcXK1M74ogjEGL0ETPK8Bzx5MmTEQwGFchiYuvXr&amp;#43;/yPwOJUJ80p6SkRElb6Mwzz1Qmcv755yuQxNyExHREk0RjJHqJdgmJ/xEQxQy93o4t5bKyMvXzqquuGkhMuubuEZz6&amp;#43;nqEw2GMHz&amp;#43;&amp;#43;62VxpqNHj1bOU0iei2aI9AWciooKFbWE2ddff105XDkEfuyxx2LSpEnqG9Ew0RR5Jz&amp;#43;OzLVz504cffTRXXOtWbNGmaZcQjLHsmXL1Dx5&amp;#43;vTTT3koW1fmunTpUnz22WfK&amp;#43;YsmC/hCIrA333wTZ5xxhno2f/58RCKRrmeXXnppV1TdWyI9grNu3TpcdNFFWLt2bdfHN998M&amp;#43;6//36cdtppeOedd3DjjTeqZxKZHn74Ydx3332QybZt26akf&amp;#43;6556oFzZ49G3fffTeuvPJK3HDDDZgxYwYee&amp;#43;yxrrVcccUVyqxefvlldc/g6fVTTjkFl112GebOnavuif&amp;#43;68MIL8etf/1rNJfTqq68qRgUcuefgsV1x/rfddpsSxoIFC9R3d911lwKsvb0dv/3tb3HNNdcosxXgZH09UY/giCOVyS655BK8//77CAQCyjTkkvzk2muvxbx587okKY5YnOjxxx&amp;#43;vnKpoxwsvvKDmXb58OW699VYFjmjXnDlz1PfCyLvvvqukPmvWrK41vvTSS&amp;#43;rZhg0b0MBSo5zVv5Dce/LJJzFx4kS1LjFJ0Sgh&amp;#43;f2OO&amp;#43;7AiSeeiDT31GQdAo7MKWmGgCHvCpCPPPJIj4B0f9AjOIKyqLAs6LzzzlMACVgCjjAjzHdXcXG&amp;#43;p59&amp;#43;Ov785z/jZz/7mZJKnkSTxCkLyULPOussJV0BQbTt7LPPVhLOa4gwJWYp4D799NNK2mI&amp;#43;ee267rrr1Pzi4EVQQsK8&amp;#43;DYhCQoCtowh4MgzGV9yLcmhRHNkfSNGjFBaddCaIwMKQPfccw/E/mUyAUZItGpfeUgikejKeLdu3apMQ3IXCeVvvfWW&amp;#43;lbMQCQsTAugYnoSvUS7hD744AM13zP8zx1btmzBypUrce&amp;#43;99yrByFgnnXQSnnrqKWVyJ5xwggIiT93/k8vu3bu7BJJ/nk9GjzzySAWWaPH&amp;#43;aL/RKq&amp;#43;yYtuirps2bVJIi4bcfvvtapGS0QpJpiwJ3OOPP64ctZjCgw8&amp;#43;CFmkaImYpZBogDDxwAMPKN8j4IuG5DVNfJH4OhGEOHLRuueee05pgDAnTl4AFeBkDeLLhOSZrFf8lSSfYrp5gcg9eS65lETEmTNndmEiz/Yua/IP9wtOXtVloaKiYq&amp;#43;Sp8jfApg4XWFMQrRoxIsvvggJ7xJ9pIQQ5oREc37&amp;#43;858r0xStE/UXqYuzl7HER4jZ1dTUYMeOHco088mh5D0CoKQEec2VMQVw0TBhWEjmu/POO/Hoo4&amp;#43;qNYqQZH4BXcYWgYiAtm/fjmnTpqnxRVBXX321MrN9UY/gSP0zbty4rm&amp;#43;GDRsGCZ35nEScojAn2iILkIWI6gtJyfDss892fSvaJQ5SSMxJ/I5QXq0vv/xyJXEBefHixd9JAMWMFi5cqCKilCgCfp7y0Ur&amp;#43;fuKJJ1RiKTRq1Kiutch38p74KyEJHOIS8n5I/FZP1CM4kq/kK&amp;#43;38x/mcI/&amp;#43;3TCBS2JtEO2SB3Smf53SXfv55fuHy995zyj1xnEL5xDL/nWhD/lsBrTtw3efufl9qvh9KfcqQf&amp;#43;gk/6jv/S8vJ4lppof3uQAAAABJRU5ErkJggg&amp;#61;&amp;#61;" alt="Une image contenant texte, logo, Police, Graphique
+Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="bottom"&gt;
+  &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
+  &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;&lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="577" colspan="2" valign="top"&gt;
+  &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>carl.pique@normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-verdissement-des-flottes-professionnelles-par-lacquisition-de-vehicules-propres/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>162219</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets d’investissements industriels structurants et aux impacts positifs importants</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets éligibles au fonds vert sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet 1 : à titre principal, &lt;strong&gt;des projets d’investissements industriels structurants et ambitieux sur le plan environnemental&lt;/strong&gt; (par exemple : projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, etc.) qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (cf. liste d’exemples ci-après).&lt;/p&gt;&lt;p&gt;Volet 2 : à titre auxiliaire, &lt;strong&gt;des projets d’investissements contribuant au développement des compétences&lt;/strong&gt; (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/p&gt;&lt;p&gt;Volet 3 : à titre exceptionnel, &lt;strong&gt;un soutien spécifique et renforcé aux projets d’investissements industriels structurants et ambitieux&lt;/strong&gt; sur le plan environnemental, tels que définis aux volets 1 et 2 qui contribuent à la redynamisation de territoires « rebond industriel » (territoires confrontés à de fortes difficultés industrielles ou des restructurations importantes de chaînes de valeur, qui bénéficient spécifiquement d’un accompagnement en ingénierie par l’Agence Nationale de la Cohésion des Territoires (ANCT) dans une limite de 3 territoires par an).&lt;/p&gt;&lt;p&gt;Pour candidater &lt;a target="_blank" href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie"&gt;rendez-vous sur le site démarche simplifiée&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/fonds-vert-territoires-dindustrie-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>161739</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Tremplin pour la transition écologique des PME</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>70211</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le covoiturage entre particuliers (ATPS)</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Aide au Transport aux Particuliers - COVOITUREURS ATPS</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le Facil vise à :
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
-[...2 lines deleted...]
-  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+  Aider les salariés pratiquant le covoiturage et qui utilisent leur véhicule pour aller travailler par la prise en charge d&amp;#039;une partie des frais liés au trajet domicile-travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les personnes qui travaillent ou qui reprennent un travail et qui n&amp;#039;ont pas accès aux transports en commun.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les salariés en CDI ou CDD d&amp;#039;au moins un mois (y compris les contrats de professionnalisation), les apprentis, les intérimaires cumulant plusieurs contrats sans interruption sur un mois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Forme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le montant de l&amp;#039;aide est fixé à 20 euros / mois
+ &lt;/strong&gt;
+ pour un salarié (y compris les contrats de professionnalisation) utilisant un véhicule particulier ou un deux-roues motorisé pour se rendre sur son lieu de travail.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;octroi de l&amp;#039;Aide au transport aux particuliers n&amp;#039;est effectif qu&amp;#039;après instruction du dossier complet et notification de la décision au salarié.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ouverture des droits intervient au début du mois de la validation de la demande. Pour les salariés en CDD, l&amp;#039;aide cessera au terme du dernier mois du contrat de travail en cours. L&amp;#039;aide sera donc versée dans son intégralité pour le dernier mois.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle sera versée au bénéficiaire sur le compte bancaire dont il aura saisi les coordonnées au moment de sa demande dans l&amp;#039;application dédiée. Le versement sera trimestriel, à terme échu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le salarié s&amp;#039;inscrira au préalable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   sur la plateforme Pass Pass Covoiturage
+  &lt;/strong&gt;
+  , la plateforme gratuite de covoiturage de Hauts-de-France Mobilités
+  &lt;a href="https://www.passpasscovoiturage.fr"&gt;
+   https://www.passpasscovoiturage.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ou sur celle mise en place par Oise Mobilité
+  &lt;/strong&gt;
+  &lt;a href="http://www.covoiturage-oise.fr/"&gt;
+   http://www.covoiturage-oise.fr/
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un justificatif de domicile aux nom et prénom du demandeur, de moins de trois mois,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un relevé d&amp;#039;identité bancaire aux nom et prénom du demandeur,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les salariés (dont apprentis et intérimaires), l&amp;#039;attestation-type à télécharger, validée par l&amp;#039;employeur, précisant le nom, le prénom, la qualité au sein de l&amp;#039;entreprise et la signature de la personne représentant ledit employeur. Le cachet de l&amp;#039;entreprise est obligatoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les covoitureurs, le mail de confirmation à son inscription aux plateformes de covoiturage précitées ainsi que le mail récapitulatif de confirmation de son covoiturage.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En cas de contrôle, le covoitureur devra transmettre à la Région l&amp;#039;ensemble des mails de confirmation de ses covoiturages sur la boîte mail dédiée :
+ &lt;a&gt;
+  atp-infos&amp;#64;hautsdefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vérification de l&amp;#039;éligibilité de l&amp;#039;aide aux transports
+ &lt;/strong&gt;
+ :
+ &lt;a href="http://www.hautsdefrance.fr/aide-transport/"&gt;
+  http://www.hautsdefrance.fr/aide-transport/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide n&amp;#039;est pas cumulable avec :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le remboursement par l&amp;#039;employeur de dépenses de transports collectifs prévues par le Code du travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise à disposition par l&amp;#039;employeur d&amp;#039;un véhicule de fonction ou de service.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour être éligible à cette aide, le salarié doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être domicilié en région Hauts-de-France,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  utiliser un véhicule particulier ou un deux-roues motorisé pour la majorité de ses déplacements quotidiens domicile - travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre salarié en contrat à durée indéterminée ou en contrat à durée déterminée d&amp;#039;au moins un mois,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir une distance routière entre le domicile et le lieu de travail supérieure ou égale à 10 kilomètres (1 trajet). Une tolérance de 10% sera accordée pour tenir compte des itinéraires contraints et des risques d&amp;#039;erreur liés au logiciel de calcul de distance,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Percevoir un salaire net inférieur ou égal à 2 fois le SMIC (montant au 1er janvier de l&amp;#039;année en cours), hors treizième mois et primes ; le salaire retenu sera celui mentionné avant prélèvement de l&amp;#039;impôt à la source,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attester, dans le cas où il serait domicilié et travaillerait dans des « ressorts territoriaux des autorités organisatrices de la mobilité » (ex-périmètres de transports urbains/PTU), d&amp;#039;horaires décalés concernant la majorité de son temps de travail (travail de nuit, travail posté avec un début de journée de travail avant 7 heures et/ou une fin de journée de travail après 22 heures).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette obligation ne s&amp;#039;applique pas aux salariés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pouvant justifier d&amp;#039;une attestation de reconnaissance de travailleur handicapé,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  domiciliés et travaillant dans des ressorts territoriaux des autorités organisatrices de la mobilité dont la population est inférieure à 50 000 habitants,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le temps de déplacement en transports collectifs est supérieur ou égal à deux heures (aller/retour); ainsi le critère du ressort territorial des autorités organisatrices de la mobilité est levé ; le salarié doit néanmoins faire valider cette situation par son employeur.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://guide-aides.hautsdefrance.fr/spip.php?page=dispositif&amp;id_dispositif=787</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt de la demande se fait sur le portail régional Hauts-de-France (portail &amp;#34;usagers&amp;#34;) et la demande doit être renouvelée chaque année.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>bettina.leblanc@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ac1-soutenir-le-covoiturage-entre-particuliers-at/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>161671</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J110" s="1" t="inlineStr">
+        <is>
+          <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
+Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
+Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Personnes âgées
 Jeunesse
-Famille et enfance
-[...1 lines deleted...]
-Egalité des chances
 Accès aux services
-Cohésion sociale et inclusion
 Citoyenneté
-Education et renforcement des compétences
-Alimentation
 Commerces et services
+Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
 Revitalisation
+Innovation, créativité et recherche
 Biodiversité
 Equipement public
-Bâtiments et construction
-[...2 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+Réhabilitation
+Logement et habitat
+Paysage
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
 Spectacle vivant
-Réduction de l'empreinte carbone
-[...4 lines deleted...]
-      <c r="O152" s="1" t="inlineStr">
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P110" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2023</t>
+        </is>
+      </c>
+      <c r="Q110" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
+existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Allier</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>i.charnet@agglo-moulins.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>60939</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet de partenariat technologique (APT)</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="J111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention plafonnée à 50.000€</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI participe au financement de votre projet de partenariat innovant.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Toutes les dépenses internes ou externes de préparation d&amp;#039;un partenariat : recherche de partenaire(s), négociation de l&amp;#039;accord de consortium, recours à des conseils ou prestataires spécialisés, préparation des réponses aux appels à projets, des accords et des candidatures, assistance et conseil juridique, participation à un salon professionnel, notamment.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h4&gt;
+&lt;p&gt;
+ Participation au financement du projet de partenariat principalement sous forme de subvention plafonnée à 50 000 euros ou sous forme d&amp;#039;Avance récupérable au-delà.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la préparation du partenariat dans le cadre d&amp;#039;un projet innovant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter la participation des entreprises françaises à des projets collaboratifs de RDI nationaux ( PSPC. ..), transnationaux (ERA-Net), intergouvernementaux ( EUREKA , Eurostars ) européens ( Programme Horizon 2020 , Instrument PME-Phase2 si le projet est partenarial, Fast Track to Innovation) ou via des coopérations bilatérales extra-européennes.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
-[...9 lines deleted...]
-      <c r="T152" s="1" t="inlineStr">
+ Vous innovez avec des partenaires français ou étrangers.
+&lt;/p&gt;
+&lt;h4&gt;
+ Entreprises éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ PME(1) et entreprises de moins de 2 000 salariés(2).
+&lt;/p&gt;
+&lt;p&gt;
+ ______________
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Selon la définition européenne de la PME : entreprise de moins de 250 salariés déclarant soit un CA annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indépendante d&amp;#039;un groupe de plus de 2 000 personnes.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X152" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-au-partenariat-technologique-APT</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Service Info Maires 47 :
-[...7 lines deleted...]
-  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/25a5-aide-au-partenariat-technologique-apt/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="G153" s="1" t="inlineStr">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>117477</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le déploiement du "Savoir Rouler à Vélo" à destination des enfants de 6 à 11 ans</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement du savoir rouler à vélo à l'usage des collectivités</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Ministère des Sports et des Jeux Olympiques et Paralympiques</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lancés en 2019, les dispositifs « Aisance Aquatique » et « Savoir rouler à vélo » ont pour objectif de garantir à chaque enfant l&amp;#039;acquisition de savoirs sportifs fondamentaux indispensables pour leur épanouissement, leur santé, leur autonomie et leur sécurité.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mettre en oeuvre le Savoir Rouler à Vélo dans votre territoire ? Les services de l&amp;#039;Etat en charge des sports vous accompagnent à la réalisation de vos projets, contactez votre correspondant local à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:srav&amp;#64;sports.gouv.fr" rel="noopener" target="_blank"&gt;
+  srav&amp;#64;sports.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les premières informations de la mise en place du &amp;#34;Savoir Rouler à Vélo&amp;#34; dans les territoires sont décrites dans le guide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une présentation du dispositif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des exemples de mise en oeuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des précisions sur les conditions d&amp;#039;encadrement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une liste de différents financements mobilisables.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Egalité des chances
+Education et renforcement des compétences
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://sports.gouv.fr/savoir-rouler-a-velo/zoom-sur/article/guide-d-accompagnement-du-savoir-rouler-a-velo-a-l-usage-des-collectivites-2022</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Besoin d&amp;#039;un appui local ? Ecrivez à l&amp;#039;adresse
+ &lt;a href="mailto:srav&amp;#64;sports.gouv.fr" rel="noopener" target="_blank"&gt;
+  srav&amp;#64;sports.gouv.fr
+ &lt;/a&gt;
+ pour connaître le référent départemental SRAV.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous cherchez un intervenant près de chez vous ? Consultez la carte interactive des intervenants :
+ &lt;a href="https://sports.gouv.fr/savoir-rouler-a-velo/article/pres-de-chez-vous" rel="noopener" target="_blank"&gt;
+  https://sports.gouv.fr/savoir-rouler-a-velo/article/pres-de-chez-vous
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>leila.bengana@jeunesse-sports.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8f72-accompagner-le-deploiement-du-savoir-rouler-a/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>163208</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Développer le Vélotourisme</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Développer le Vélotourisme</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...20 lines deleted...]
-      <c r="K153" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme Développer le vélotourisme se prolonge sur 2024. Ce programme s&amp;#039;articule autour de 3 axes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter les&lt;strong&gt; établissements touristiques&lt;/strong&gt; à entrer dans une &lt;strong&gt;démarche de référencement auprès de la marque Accueil Vélo&lt;/strong&gt;.   &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Permettre aux &lt;strong&gt;collectivités territoriales d’investir dans des équipements&lt;/strong&gt; plébiscités par les touristes à vélo en implantant des aires de services le long des itinéraires inscrits au schéma national, régional ou départemental des véloroutes.&lt;/li&gt;&lt;li&gt;Aider les &lt;strong&gt;collectivités territoriales et comités d’itinéraire&lt;/strong&gt; à la réalisation d’études pour &lt;strong&gt;créer ou accélérer la réalisation d&amp;#039;itinéraires ou tronçons&lt;/strong&gt; d&amp;#039;itinéraires de véloroutes.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Axe 1 - Devenir Accueil Vélo&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Office du tourisme&lt;/li&gt;&lt;li&gt;Site touristique dont      halte et port fluvial&lt;/li&gt;&lt;li&gt;Hébergement touristique&lt;/li&gt;&lt;li&gt;Restaurant&lt;/li&gt;&lt;li&gt;Les collectivités territoriales dès lors qu’elles gèrent un des établissements cités ci-dessus&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;L&amp;#039;établissement doit s&amp;#039;engager dans une démarche de référencement auprès de la marque Accueil      Vélo ou être déjà labellisés afin d’accroître leur capacité d’accueil et      d’amélioration la qualité des services proposés.&lt;/li&gt;&lt;li&gt;L’établissement doit se      situer à &lt;strong&gt;moins de 5 km d’un itinéraire cyclable balisé selon confirmation&lt;/strong&gt;      du référent qualité de la marque Accueil Vélo.&lt;/li&gt;&lt;li&gt;Est attendu l’implantation      de 5 emplacements stationnements vélo au minimum.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En fonction des typologies d&amp;#039;établissements des critères supplémentaires spécifiques s’appliquent.&lt;/p&gt;&lt;p&gt;Ces critères d’éligibilités correspondent aux référentiels de la marque Accueil Vélo qui sont détaillés dans le &lt;a target="_blank" href="http://www.francevelotourisme.com/sites/default/files/accueil-velo-guide-pratique.pdf"&gt;guide pratique Accueil Vélo&lt;/a&gt;. &lt;/p&gt;&lt;p&gt;Il est nécessaire de prendre contact auprès du référent qualité de la marque Accueil Vélo &lt;a target="_blank" href="http://www.francevelotourisme.com/contact/devenir_accueil_velo"&gt;via le formulaire de contact&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;En amont du dépôt de la demande cela permettra de s’assurer :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;De l&amp;#039;éligibilité de      l&amp;#039;établissement&lt;/li&gt;&lt;li&gt;De la correspondance du      projet d’investissement envisagé et des attendus de la marque Accueil Vélo&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Axe 2 - Implanter des aires de services le long des itinéraires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les haltes fluviales et      ports fluviaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les &lt;strong&gt;itinéraires&lt;/strong&gt;      concernés sont ceux &lt;strong&gt;inscrits au schéma national, régional ou      départemental&lt;/strong&gt; des véloroutes&lt;/li&gt;&lt;li&gt;L’aire de services doit      être &lt;strong&gt;visible depuis l’itinéraire&lt;/strong&gt; ou située à &lt;strong&gt;moins de 200 mètres avec une      signalétique&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Pour le confort des      usagers, il est attendu une &lt;strong&gt;répartition homogène des aires de services le      long des itinéraires &lt;/strong&gt;: tout au plus tous les 30 km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est préconisé de distancier d’une vingtaine de kilomètres l’implantation des aires de services le long d’un même itinéraire. N&amp;#039;est pas éligible une implantation distante de moins de 10 km.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe 3 - Réaliser des études&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les structures      représentant un comité d’itinéraire (chef de file du comité d’itinéraire)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’itinéraire concerné par l’étude doit être &lt;strong&gt;inscrit soit au schéma national, régional&lt;/strong&gt; &lt;strong&gt;ou départemental&lt;/strong&gt; des véloroutes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4 thématiques sont proposées pour réaliser les études :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Créer de nouveaux itinéraire cyclables touristiques&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Accélérer la réalisation      de tronçons&lt;/strong&gt; d’itinéraires déjà inscrits à un schéma&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la mise en      sécurité&lt;/strong&gt; des itinéraires&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Renforcer l’attractivité&lt;/strong&gt;      des véloroutes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous êtes invités à lire attentivement le texte de l&amp;#039;appel à projet dans la rubrique « Vérifier mon éligibilité » en amont du dépôt de votre dossier.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240725/developper-velotourisme</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-le-velotourisme-2/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>111656</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Développer les aménagements cyclables, le stationnement et le jalonnement vélos</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité et déplacements : Plan vélo</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J114" s="1" t="inlineStr">
+        <is>
+          <t>Montants de subvention plafonnés</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
-[...20 lines deleted...]
- -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+ Plan vélo : aide aux aménagements cyclables, au stationnement et aux travaux liés à la mise en oeuvre d&amp;#039;un plan de jalonnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement de bande cyclable, de piste cyclable unidirectionnelle ou bidirectionnelle et de voies vertes.
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aménagements cyclables, plafond de dépense subventionnable : 550.000€ HT par km aménagé.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Stationnement, plafond de dépense subventionnable : 1.000€ HT par place de stationnement vélos aménagée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Jalonnement, plafond de dépense subventionnable : 150€ HT par mètre linéaire jalonné.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2018-04-0020 (AD du 28/05/2018)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M153" s="1" t="inlineStr">
-[...60 lines deleted...]
-  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Voirie et réseaux
+Paysage
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports et des mobilités
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e066-developper-les-amenagements-cyclables-le-stat/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>391</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Cours d'eau / canaux / plans d'eau
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
+Sports et loisirs
 Tourisme
 Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
+International
 Attractivité économique
-Appui méthodologique
-[...1921 lines deleted...]
-Appui méthodologique
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Réduction de l'empreinte carbone
-[...5 lines deleted...]
-      <c r="O161" s="1" t="inlineStr">
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- •    Être une collectivité locale ou un EPCI de Moselle.
-[...3 lines deleted...]
- &lt;br /&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...17 lines deleted...]
-      <c r="X161" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
-[...18 lines deleted...]
- &lt;br /&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-[...244 lines deleted...]
-      <c r="A163" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>158480</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -35621,2170 +20433,851 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P116" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W163" s="1" t="inlineStr">
+      <c r="W116" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-[...34 lines deleted...]
-      <c r="H164" s="1" t="inlineStr">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J164" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K164" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...19 lines deleted...]
- &lt;br /&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Ingénierie dédiée à l&amp;#039;action « parcours résidentiel » ou visant à apporter une amélioration énergétique du parc de logements ou ciblant de l&amp;#039;habitat très dégradé
-[...2 lines deleted...]
-  Création et amélioration de logements sociaux (moins de 20 logements)
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Accompagnement des changements de pratique de mobilité
-[...54 lines deleted...]
-  Etudes portant sur des solutions collectives pour les producteurs de biodéchets intermédiaires et « assimilés » (hors gros producteurs et ménages)
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Economie d'énergie et rénovation énergétique
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
-Jeunesse
-[...241 lines deleted...]
-          <t>Forêts
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
-Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
-Economie sociale et solidaire
-[...1 lines deleted...]
-Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
 Lutte contre la précarité
-Emploi
-Animation et mise en réseau
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
 Inclusion numérique
 Sécurité
-Mobilité et véhicules autonomes</t>
-[...2 lines deleted...]
-      <c r="O165" s="1" t="inlineStr">
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
-[...5 lines deleted...]
-  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X165" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Ludmilla HELLOT, chargée de mission LEADER -
-[...17 lines deleted...]
-&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C166" s="1" t="inlineStr">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>154984</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les solutions de mobilité existantes, coordonner et réduire les besoins en déplacement</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G166" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I166" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J166" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;span&gt;
-[...55 lines deleted...]
- Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+ Le territoire bénéficie d&amp;#039;une position de carrefour régional, interrégional et transfrontalier et profite d&amp;#039;un réseau d&amp;#039;infrastructures qui le traverse facilement du nord au sud et mais de manière plus contraignante d&amp;#039;est en ouest.
+&lt;/p&gt;
+&lt;p&gt;
+ Corrélativement à la montée en charge du cadencement du TER 200, le territoire qui profite d&amp;#039;une offre de transport en commun de type inter-urbaine et scolaire, a conforté ses atouts avec des offres complémentaires (le Transport Intercommunal de Sélestat ;
+&lt;/p&gt;
+&lt;p&gt;
+ la plateforme de covoiturage ;
+&lt;/p&gt;
+&lt;p&gt;
+ le développement de l&amp;#039;autopartage avec le réseau Citiz ;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;incitation à la pratique du vélo ;&lt;/p&gt;
+&lt;p&gt;
+ Malgré toutes ces initiatives, des faiblesses persistent et la mobilité demeure contraignante pour l&amp;#039;ensemble du territoire, ses habitants et ses usagers - les publics jeunes, les séniors, mais également les professionnels,
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité est donc un besoin majeur du territoire. Les EPCI membres du PETR et la Communauté de communes du Canton d&amp;#039;Erstein se sont saisis du sujet en se constituant Autorité organisatrice de mobilité (AOM).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la démarche LEADER, le besoin de mobilité fait émerger un enjeu sur l&amp;#039;amélioration du maillage et des services de mobilité partagées, actives et décarbonées et un enjeu sur la réduction de besoin de mobilité, soit la dé-mobilité, laquelle est liée aux besoins de services et d&amp;#039; équipements de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
-[...32 lines deleted...]
-Biodiversité
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir l&amp;#039;implantation et le développement des transports à la demande, du covoiturage, de l&amp;#039;autopartage des transports mutualisés et des mobilités sociales et solidaires ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Actions d&amp;#039;animation, de coordination, de mise en réseau, de promotion, de sensibilisation et de communication contribuant au développement des mobilités alternatives (mobilité partagée, mobilité actives, mobilité décarbonée)
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutien à la création et au développement des services et/ou équipements dédiés aux vélos ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutien au développement des plans de mobilité au sein des entreprises (études, actions de mise en réseau, outils de communication) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Soutenir l&amp;#039;implantation de commerces/services de proximité ou itinérants dans les communes ; Création et développement d&amp;#039;équipements mutualisés (santé, petite enfance, parentalité, intergénérationnel)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
 Equipement public
-Bâtiments et construction
-[...12 lines deleted...]
-Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...10 lines deleted...]
-      <c r="O166" s="1" t="inlineStr">
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
-[...2 lines deleted...]
- Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T166" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e71e-promouvoir-les-solutions-de-mobilite-existant/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-[...573 lines deleted...]
-      <c r="G171" s="1" t="inlineStr">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>117155</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière de sécurité routière, aménagements de voirie et modes actifs</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K171" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
-[...26 lines deleted...]
-Foncier
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la définition des contraintes et de solutions techniques et financières  pour la sécurisation et l&amp;#039;aménagement de la voirie communale, de cheminements piétons, cycles et PMR et d&amp;#039;aires de covoiturage, de même que la sécurisation et la mise en accessibilité des points d&amp;#039;arrêt transports en commun.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Sensibilisation sur les règles de voirie et de la sécurité routière. Conseils pour l&amp;#039;établissement d&amp;#039;un diagnostic de sécurité routière, sur la définition des orientations d&amp;#039;aménagement, la méthodologie, les interlocuteurs et les types de solutions tant pour la voirie, que les cheminements modes actifs et points d&amp;#039;arrêts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil pour l&amp;#039;élaboration de schéma directeur de déplacements modes actifs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur la répartition des responsabilités sur le domaine public et prise en compte dans les projets d&amp;#039;aménagements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur l&amp;#039;établissement d&amp;#039;un plan de financement et recherche de financements extérieurs suivant les types d&amp;#039;aménagements
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
 Voirie et réseaux
-Transition énergétique
-[...5 lines deleted...]
-Revitalisation
 Risques naturels
-Biodiversité
-[...5 lines deleted...]
-Paysage
 Accessibilité
-Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-[...115 lines deleted...]
-Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
-Réduction de l'empreinte carbone</t>
-[...44 lines deleted...]
-      <c r="AA172" s="1" t="inlineStr">
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7b34-conseiller-les-collectivites-en-matiere-de-se/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="K173" s="1" t="inlineStr">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>163014</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
-[...13 lines deleted...]
-Emploi
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
-Réduction de l'empreinte carbone</t>
-[...7 lines deleted...]
-      <c r="S173" s="1" t="inlineStr">
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...33 lines deleted...]
-      <c r="AA173" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-[...318 lines deleted...]
-      <c r="A177" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>162241</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Se former aux financements de projets de son territoire par le mécénat</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
-[...2 lines deleted...]
-Ingénierie financière
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
 d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
 dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
 gagnant-gagnant entre les collectivités et les entreprises locales ou
 nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
 permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
 potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
 2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
 mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
 délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
 collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
 financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
 donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
 structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
 mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
 potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
 engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
 et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
 projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
 financements (mécénat) pour les projets (petits et grands) portés par les
 communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
@@ -37792,1776 +21285,4126 @@
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
 projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
 d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue
 de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G178" s="1" t="inlineStr">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...9 lines deleted...]
-      <c r="K178" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="N178" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
+Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
+Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
+Médias et communication
 Industrie
+Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W122" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="K179" s="1" t="inlineStr">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="O179" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P179" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S179" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes de Saint-Pierre-et-Miquelon ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W123" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>76806</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Générer votre attestation sur l'honneur du covoiturage pour bénéficier du forfait mobilités durables</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Registre de preuve de covoiturage</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Générateur d&amp;#039;attestation sur l&amp;#039;honneur de covoiturage
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le
+ &lt;strong&gt;
+  forfait mobilités durables
+ &lt;/strong&gt;
+ (Article 82, loi d&amp;#039;orientation des mobilités) permet aux employeurs la prise en charge des frais engagés par ses salariés pour se rendre sur leur lieu de travail, notamment en
+ &lt;strong&gt;
+  covoiturage
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;employeur doit pouvoir se procurer, auprès de ses salariés et selon une périodicité au moins annuelle, une attestation sur l&amp;#039;honneur du salarié ou un justificatif de l&amp;#039;utilisation des modes de transport ouvrant droit à la prise en charge dans le cadre du « forfait mobilités durables ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Je suis salarié du
+ &lt;strong&gt;
+  secteur public
+ &lt;/strong&gt;
+ , je souhaite générer mon attestation sur l&amp;#039;honneur.
+ &lt;a href="https://attestation.covoiturage.beta.gouv.fr/salarie-secteur-public"&gt;
+  &lt;strong&gt;
+   Je clique ici
+  &lt;/strong&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Je suis salarié du
+ &lt;strong&gt;
+  secteur privé
+ &lt;/strong&gt;
+ , je souhaite générer mon attestation sur l&amp;#039;honneur.
+ &lt;a href="https://attestation.covoiturage.beta.gouv.fr/salarie-secteur-prive"&gt;
+  &lt;strong&gt;
+   Je clique ici
+  &lt;/strong&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://attestation.covoiturage.beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Remplissez les formulaires ci-dessus pour bénéficier de votre attestation sur l&amp;#039;honneur du covoiturage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une question, un problème ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contactez-nous :
+ &lt;/strong&gt;
+ &lt;a&gt;
+  attestation&amp;#64;covoiturage.beta.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/629b-beneficier-dattestation-sur-lhonneur-du-covoi/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>142829</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Organiser les mobilités en territoires peu denses</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre territoire est en milieu rural ou péri-urbain ? Vous représentez une commune petite ou moyenne et avez besoin d&amp;#039;appui pour imaginer des solutions innovantes adaptées ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour diagnostiquer vos besoins, organiser, planifier et évaluer vos politiques publiques sur ces questions de mobilité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous devez connaître plus finement la mobilité sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez anticiper les évolutions des mobilités ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez élaborer une stratégie de mobilité et identifier les solutions les plus pertinentes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez un retour objectif sur les projets mis en oeuvre ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires et expertes (ingénieurs, techniciens, architectes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises et compétences au plus près de vos besoins, grâce à un réseau territorialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des compétences multiples pour vos mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plusieurs dizaines d&amp;#039;années d&amp;#039;expérience au service des services publics de l&amp;#039;État et des collectivités locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des participations actives à l&amp;#039;édition de normes et règlement, aux côtés des pouvoirs publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Éclairer la décision
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic : collecte et analyse des données de mobilité/méthodologie adaptée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage : assistance pour la conduite de projet et aide à la mise en place de partenariats locaux à travers la concertation et la coconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prospective : mobilisation d&amp;#039;outils techniques pour prévoir et quantifier les besoins de mobilité à venir
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Mettre en œuvre vos projets et services de mobilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Stratégie : accompagnement dans toutes les phases d&amp;#039;élaboration de votre stratégie pour définir objectifs et priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions : appui à la définition des services de mobilité en adéquation avec vos enjeux et à partir de retours d&amp;#039;expériences locales (covoiturage, autopartage, transport à la demande, vélo...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation : réalisation du bilan des politiques et services retenus et anticipation des conséquences des choix de mobilités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Parc naturel régional des Volcans d&amp;#039;Auvergne
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ TEAMM Volcans, co-construction de solutions de mobilité avec le Parc naturel régional (PNR) des Volcans d&amp;#039;Auvergne pour les trajets domicile-travail des habitants d&amp;#039;une trentaine de collectivités du parc.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ardèche, le département
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude sur les besoins de mobilité du territoire de l&amp;#039;Ardèche
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Gaillac Graulhet Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Appui à l&amp;#039;élaboration du plan de mobilité rurale de Gaillac Graulhet Agglomération
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Kintoa Mugi
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide à la définition d&amp;#039;une solution de mobilité pour la Vallée des Aldudes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Cohésion sociale et inclusion
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/organiser-mobilites-territoires-peu-denses</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01ae-organiser-les-mobilites-en-territoires-peu-de/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-[...655 lines deleted...]
-      <c r="G186" s="1" t="inlineStr">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>143362</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K186" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O186" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de neutralité carbone à horizon 2050 implique d&amp;#039;importants changements sur l&amp;#039;organisation des systèmes de transports, les usages et comportements, ainsi que les choix technologiques associés. Tous les leviers (report modal, taux de remplissage, efficacité énergétique, sobriété des déplacements) doivent être mobilisés, à la fois pour les voyageurs et les marchandises.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Expert public des mobilités, le Cerema accompagne le passage à l&amp;#039;action des collectivités dans le déploiement de solutions structurantes pour la mobilité décarbonée de tous, dans une dynamique vertueuse de réduction des émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA REPONSE DU CEREMA
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Du diagnostic des besoins de déplacements à la mise en place des services de mobilité les plus adaptés, le Cerema s&amp;#039;engage à vos côtés !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Développer les modes actifs : vélo, marche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema sécurise et adapte la conception des espaces publics et voiries urbaines au développement de la marche et du vélo.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage, expertise et conseil pour élaborer votre politique modes actifs et réaliser des aménagements cyclables et piétons
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations aux politiques de développement des modes actifs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Programmes et références
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recommandations d&amp;#039;aménagement pour déployer les « coronapistes »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil technique de proximité pour développer les politiques cyclables (programme CEE AVELO2 avec Ademe) ; faire évoluer la doctrine et la diffuser (programme CEE ADMA).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Favoriser le report modal vers les transports collectifs et services de mobilités partagés (covoiturage, autopartage)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organiser l&amp;#039;intermodalité : pôles d&amp;#039;échanges, coordination des services de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Redynamiser les petites lignes ferroviaires, via des outils d&amp;#039;analyse du potentiel ferroviaire et de la redynamisation des capillaires fret
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser les mobilités et leur intermodalité en villes moyennes et territoires peu denses (programmes France Mobilités et Action Coeur de ville)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des solutions de covoiturage (services et voies réservées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer l&amp;#039;offre de services numériques (systèmes tout en un « MaaS »).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Organiser des actions de logistique urbaine durable pour la décarbonation du dernier kilomètre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Programme InTerLUD (d&amp;#039;Innovations Territoriales et Logistique Urbaine Durable) avec LLC, Rozo et Ademe, dans le cadre du dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  250 métropoles, communautés urbaines et d&amp;#039;agglomérations sensibilisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 chartes locales de logistique urbaine élaborées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des actions spécifiques déployées (espaces logistiques, optimisation des tournées, gestion des livraisons, logistique fluviale...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Accompagner la transition énergétique des systèmes de transport
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en oeuvre des SDIRVE (bornes de recharge électriques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation de systèmes pour les autoroutes électriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil aux collectivités pour la transition des flottes de bus (potentiel d&amp;#039;usage des différentes motorisations, pertinence avec le réseau de transport).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Adapter les conditions d&amp;#039;usages des mobilités
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation des revêtements et voiries urbaines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Management de la mobilité ; adaptation des horaires et politiques temporelles des activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification de la vulnérabilité des réseaux de transports.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagné pour préparer un projet MaaS sur votre territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des aménagements cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser une logistique urbaine vertueuse
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;efficacité d&amp;#039;un service de mobilité autonome
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P186" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-mobilite-decarbonee</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38c4-agir-pour-une-mobilite-decarbonee/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-[...54 lines deleted...]
-      <c r="O187" s="1" t="inlineStr">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>144507</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études des centralités landaises pour la revitalisation, dynamisation et restructuration des centres-villes et centres-bourgs</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Financement des études de type</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J127" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 50.000€</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une commune inscrite comme centralités à l&amp;#039;échelle départementale, engagée dans une démarche de revitalisation, dynamisation ou de restructuration de son centre-bourg ou centre- ville devra préalablement réaliser une étude de définition d&amp;#039;un projet d&amp;#039;aménagement d&amp;#039;ensemble du type &amp;#34;Plan de référence&amp;#34; ou document de programmation similaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette étude se compose d&amp;#039;un diagnostic de la situation décrivant les symptômes de la dévitalisation, les besoins de restructuration ou de dynamisation proposant une stratégie élaborée en concertation avec l&amp;#039;EPCI et un programme d&amp;#039;actions pluriannuel reposant sur 4 thématiques qu&amp;#039;il convient de traiter dans le programme opérationnel : l&amp;#039;habitat et le logement, le commerce et les services, le cadre de vie et l&amp;#039;environnement, et les espaces publics en lien avec les mobilités, la transition énergétique et écologique ainsi que les équipements à destination de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services du Département devront être associés à la démarche à travers la mise en place d&amp;#039;un comité de pilotage ad hoc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Attractivité économique
+Mobilité pour tous
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P187" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Commune inscrite comme centralité à l&amp;#039;échelle départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50f7-accompagner-les-etudes-des-centralites-landai/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-[...128 lines deleted...]
-      <c r="C189" s="1" t="inlineStr">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>160867</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G189" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 4</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...254 lines deleted...]
-Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H191" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="S191" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J128" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>105015</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les partenaires du Département</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux partenaires du Département</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En dehors des dispositifs de subventions existants, le Département est susceptible d&amp;#039;accorder son soutien aux organismes partenaires, dans la limite des compétences qui sont les siennes. Dans ce cadre, l&amp;#039;octroi d&amp;#039;une subvention reste à l&amp;#039;appréciation discrétionnaire du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est attribué en fonction de la nature de la demande.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Milieux humides
+Cimetières et funéraire
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les demandes portant sur un projet ou une action clairement définis
+ &lt;/li&gt;
+ &lt;li&gt;
+  les demandes portant sur les frais de fonctionnement de la structure
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets ayant une résonnance sur le territoire charentais
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les demandes de subvention inférieures à 500 euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  les demandes hors compétences du Département
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les demandes portant sur des subventions dont l&amp;#039;octroi est prévu par un autre dispositif départemental
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : conformément à la notification de décision attributive
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  fonctionnement : 31 décembre de l&amp;#039;année au cours de laquelle la subvention a été attribuée
+ &lt;/li&gt;
+ &lt;li&gt;
+  investissement : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Autres_domaines/8500_PARTENAIRES_DEPARTEMENTAUX.pdf</t>
+        </is>
+      </c>
+      <c r="W129" s="1" t="inlineStr">
+        <is>
+          <t>http://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches »
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous pouvez utiliser les télé-services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subvention d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement affectée à une action
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 31 octobre
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des services ; Tél. : 05 16 09 74 24
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 75 45
+&lt;/p&gt;
+&lt;p&gt;
+ Service patrimoine et tourisme ; Tél. : 05 16 09 74 32
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a88-soutenir-les-partenaires-du-departement/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E192" s="1" t="inlineStr">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides financières de la CCMS.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P130" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q130" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  c.maitre&amp;#64;cc-massifdusancy.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>157090</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I131" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J131" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une sensibilisation des acteurs à la sobriété énergétique du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Un développement des projets de rénovation énergétique des bâtiments publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ - La production d&amp;#039;énergies renouvelables sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - La réduction des volumes et la valorisation des déchets
+&lt;/p&gt;
+&lt;p&gt;
+ - Un usage renforcé des mobilités actives et décarbonées
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien et la valorisation des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ - La préservation des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Productions d&amp;#039;énergies
+&lt;/p&gt;
+&lt;p&gt;
+ - Maîtrise des dépenses énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement et/ou stockage de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Valorisation des ressources locales
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion et valorisation des déchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Suivi de la biodiversité, préservation et valorisation des milieux
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et information des professionnels et acteurs privés
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Innovation, créativité et recherche
+Biodiversité
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;a target="_self"&gt;
+ &lt;p&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>162824</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I132" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J132" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>112009</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Développer les mobilités alternatives</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Autre aide financière
+Subvention
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Implanter des équipements de mobilité alternative et accompagner les acteurs du territoire pour la mutation de leurs flottes vers des véhicules propres.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ MODALITES D&amp;#039;ACCOMPAGNEMENT
+&lt;/p&gt;
+&lt;p&gt;
+ En lien avec les services de développement économiques et/ou les services logistiques de la collectivité, le SDEEG identifie le potentiel du territoire et développe le projet d&amp;#039;infrastructure de recharge pour véhicules électriques ou de stations au biogaz:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  investissement et réalisation de borne de recharge pour véhicules électriques à usage public ou privé (parking ateliers municipaux...) et/ou de station au biogaz
+ &lt;/li&gt;
+ &lt;li&gt;
+  exploitation des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  communication et information sur les avantages à convertir une flotte et les aides financières : baisse des émissions de particules fines, de Nox, de CO2, des nuisances sonores.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  infrastructure de recharge électrique ou station au biogaz accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  étude de faisabilité technico-économique de conversion de flotte
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Qualité de l'air
+Animation et mise en réseau
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  intervention en référence au parc existant d&amp;#039;IRVE et au schéma départemental et régional des station GNV (Gaz Naturel pour Véhicules)
+ &lt;/li&gt;
+ &lt;li&gt;
+  présence de potentiels utilisateurs à proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  trafic routier à proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  présence du réseau d&amp;#039;électricité et de gaz
+ &lt;/li&gt;
+ &lt;li&gt;
+  foncier disponible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/316-mobilite-durable.html</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental Energies et Environnement de Gironde
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie Lalanne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de projets mobilité alternative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f797-developper-les-mobilites-alternatives/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I134" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J134" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>111763</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Former et sensibiliser aux Enjeux Energie Climat</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Proposer aux élus, aux techniciens des Collectivités  des temps de formation et de sensibilisation aux Enjeux Energie Climat.
+&lt;/p&gt;
+&lt;p&gt;
+ Informer sur les actualités réglementaires et les innovations techniques d&amp;#039;actualité (petits déjeuner techniques)
+&lt;/p&gt;
+&lt;p&gt;
+ Capitaliser les connaissances et les compétences en généralisant les retours d&amp;#039;expériences,
+&lt;/p&gt;
+&lt;p&gt;
+ Créer des synergies
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation de Commissions techniques, réglementaires et de retours d&amp;#039;expérience avec l&amp;#039;ensemble des EPCI de Gironde (Commission Consultative Paritaire). Temps d&amp;#039;échanges et de coordination de l&amp;#039;action Départementale dans le cadre des PCAET.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation de groupes d&amp;#039;information technique à destination des élus et des techniciens des Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Identification de sujets d&amp;#039;actualité en lien avec les problématiques des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Groupes d&amp;#039;échanges régulier « Conversations Carbone », identification des problématiques des chargés de missions pour la mise en place d&amp;#039;actions de Transition Energétique et Environnementale au sein de leur Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ -	Pour participer aux Commissions Consultatives Paritaire de l&amp;#039;Energie à destination des EPCI de Gironde, désignation par délibération d&amp;#039;un délégué pour chacune des EPCI
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aucunes conditions particulières pour participer aux autres accompagnements
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/mediatheque-numerique/les-manifestations-forum-salons-journees-a-theme/377-petits-dejeuners-energetiques.html</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Énergie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>157095</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Aide montage des dossiers de subventions</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I137" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P137" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q137" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W138" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I192" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J192" s="1" t="inlineStr">
+      <c r="J139" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M192" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N192" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -39600,1988 +25443,9896 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y192" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G193" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>164111</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J140" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Consommation et production
+Risques naturels
+Qualité de l'air
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>82912</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Charente
+CAUE de la Seine-Maritime
+CAUE de la Haute-Loire
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+CAUE des Deux-Sèvres
+CAUE de la Sarthe
+CAUE du Puy-de-Dôme
+CAUE de la Dordogne
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE du Calvados
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
+CAUE du Lot
+CAUE de la Vendée
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de l'Ardèche
+CAUE du Maine-et-Loire
+CAUE de l'Yonne
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte
+CAUE du Morbihan</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Haute-Savoie
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Ardèche
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE de Corse
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE de Mayotte
+CAUE des Hauts-de-Seine
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE de la Somme
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE de la Vendée
+CAUE du Val d'Oise
+CAUE de la Haute-Vienne
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE de la Dordogne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE des Landes
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE du Cher
+CAUE de Corrèze
+CAUE de la Creuse
+CAUE de l'Aude
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I144" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J144" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>164101</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- fiche action 7</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Consommation et production
+Innovation, créativité et recherche
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q146" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="K193" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M193" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G194" s="1" t="inlineStr">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>117415</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Aider au montage administratif et financier des projets inscrits dans la politique contractuelle départementale</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseiller et accompagner les collectivités locales dans l&amp;#039;élaboration administrative et technique de leur dossier de demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre aux collectivités de connaître les différents dispositifs mis à leur disposition et d&amp;#039;avoir une bonne lisibilité des étapes d&amp;#039;élaboration de leur dossier/projet.
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Définition des besoins
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Présentation détaillée du dispositif le plus approprié
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Établissement des dossiers nécessaires (administratif - technique)
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Suivi technique du projet
+&lt;/p&gt;
+&lt;p&gt;
+ Mission de service public par les services départementaux (DADT/SDT).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de Seine-et-Marne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5400-aider-au-montage-administratif-et-financier-d/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>128974</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Demander une subvention au titre de la convention interrégionale du Massif central (CIMAC) 2021-2027</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Convention interrégionale du Massif central (CIMAC) 2021-2027</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Commissariat du Massif Central</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H194" s="1" t="inlineStr">
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J194" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Information voyageur, billettique multimodale
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espace public
+Accès aux services
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Réhabilitation
+Paysage
+Accessibilité
+Attractivité économique
+Animation et mise en réseau
+Artisanat
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Consulter la
+ &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/1.-CIMAC-21-27.pdf" target="_self"&gt;
+  convention de massif
+ &lt;/a&gt;
+ et sa
+ &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/2.-Plaquette-presentation_convention_massif_central_21_27.pdf" target="_self"&gt;
+  plaquette de présentation
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Massif central</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.massif-central.eu/jai-un-projet/deposer-un-dossier/je-ne-sollicite-pas-de-feder/</t>
+        </is>
+      </c>
+      <c r="W149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-subvention-cimac-2021-2027</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ANCT Commissariat du Massif central
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.massif-central.eu/contact/carnets-de-contacts/animateurs-thematiques/" target="_self"&gt;
+  Coordonnées des chargés de mission thématiques
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ et
+ &lt;a target="_self"&gt;
+  massif.central&amp;#64;anct.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>massif.central@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>131345</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Créer un schéma cyclable intra-communal pour les communes PVD</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I150" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J150" s="1" t="inlineStr">
+        <is>
+          <t>avec un plafond d'aide maximal de 10 000 €.</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La communauté de communes du Massif du Sancy souhaite aider les communes lauréates du programme Petites Villes de Demain (Besse, La Bourboule et Le Mont-Dore) dans la création d&amp;#039;un schéma cyclable intra-communal.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide aux travaux sera conditionnée à la réalisation d&amp;#039;une étude préalable permettant d&amp;#039;évaluer les besoins et de projeter un schéma adéquat.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention : 20% d&amp;#039;aide, avec un plafond d&amp;#039;aide maximal de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour rappel : dans le cadre du programme Petites Villes de Demain, les communes lauréates peuvent bénéficier d&amp;#039;une aide de 50% pour les études préalables (fonds Banque des territoires). Pour en bénéficier, contacter la cheffe de projet Petites Villes de Demain du territoire.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour candidater, il convient d&amp;#039;envoyer les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention du président,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à demander la subvention faisant figurer le plan de financement des travaux (intégrant l&amp;#039;ensemble des co-financeurs),
+ &lt;/li&gt;
+ &lt;li&gt;
+  un ou des devis justifiant du montant des dépenses,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le rapport synthétique de l&amp;#039;étude préalable.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q150" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2026</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Dépôt de dossier de demande de subvention à
+  ccms&amp;#64;cc-massifdusancy.fr
+ à l&amp;#039;attention de la secrétaire générale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour toutes informations complémentaires, vous pouvez contacter le 04 73 65 24 48.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour le financement de l&amp;#039;étude préalable, vous pouvez contacter : Marie FERNANDEZ MADRID - cheffe de projet Petites Villes de Demain / 04 73 93 91 36 ou par mail à
+  m.fernandezmadrid&amp;#64;cc-massifdusancy.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0a20-creation-dun-schema-cyclable-intra-communal-p/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
-Modes actifs : vélo, marche et aménagements associés</t>
-[...22 lines deleted...]
-      <c r="S194" s="1" t="inlineStr">
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G195" s="1" t="inlineStr">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W152" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...8 lines deleted...]
-      <c r="K195" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
-[...13 lines deleted...]
-          <t>Tourisme
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
 Espace public
-Formation professionnelle
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
-Emploi
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
 Transports collectifs et optimisation des trafics routiers
-Mobilité pour tous</t>
-[...2 lines deleted...]
-      <c r="O195" s="1" t="inlineStr">
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P195" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S195" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W154" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G196" s="1" t="inlineStr">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>143855</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Aider les associations de prévention routière</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention aux associations de prévention routière</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir les actions d&amp;#039;information, de sensibilisation et de prévention des jeunes aux dangers de la route et voirie.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Témoignages d&amp;#039;adhérents victimes d&amp;#039;accidents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention dans les établissements scolaires&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Jeunesse
+Education et renforcement des compétences
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrat d&amp;#039;engagement républicain&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Formulaire-de-demande-de.html</t>
+        </is>
+      </c>
+      <c r="W155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction des Services Techniques
+&lt;/p&gt;
+&lt;p&gt;
+ Service Administration
+&lt;/p&gt;
+&lt;p&gt;
+ Coordination Interne
+&lt;/p&gt;
+&lt;p&gt;
+ Françoise MARTIN
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.42.46
+&lt;/p&gt;
+&lt;p&gt;
+ mail :
+ &lt;a href="mailto:dist.sa-secretariat&amp;#64;hauteloire.fr" target="_self"&gt;
+  dist.sa-secretariat&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35af-aider-les-associations-de-prevention-routiere/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>71378</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Former des conseillers mobilité - Programme du Réseau Mob'In</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Mob'In France</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...7 lines deleted...]
-      <c r="K196" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O196" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le conseil en mobilité pour l&amp;#039;insertion s&amp;#039;affirme comme la fonction pivot des parcours et actions de mobilité inclusive sur les territoires. Mob&amp;#039;In France souhaite accompagner les acteurs territoriaux de la mobilité inclusive dans la
+ &lt;strong&gt;
+  réflexion, la mise en place et le développement du conseil en mobilité sur leur territoire.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Public visé
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseiller(e)s mobilité ou futur(e)s conseiller(e)s mobilité
+ &lt;/strong&gt;
+ dans le cadre du développement de leurs compétences.
+ &lt;br /&gt;
+ Tout acteur d&amp;#039;une structure intervenant ou souhaitant intervenir dans le champ de la mobilité inclusive souhaitant s&amp;#039;acculturer au conseil en mobilité pour l&amp;#039;insertion.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Objectif général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Acquérir un socle de connaissances et de compétences nécessaires à la pratique du conseil en mobilité pour l&amp;#039;insertion.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Déroulé
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Formation en présentiel organisée en 3 journées de 7 heures. Les deux premières journées sont réunies, la 3ème journée se réalise entre 1 à 3 mois après.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Méthodes et moyens pédagogiques
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toute méthode permettant la facilitation de l&amp;#039;apprentissage ; la méthode active est privilégiée.
+ &lt;br /&gt;
+ Animation de la formation par deux professionnels expérimentés : un responsable de structure/plateforme de mobilité et un conseiller mobilité insertion.
+ &lt;br /&gt;
+ Mise à disposition de ressources pédagogiques variées.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Contenu de la formation :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Module 1 : le conseil en mobilité insertion dans son environnement
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - la mobilité inclusive : une question sociétale, définition de la mobilité inclusive, le savoir/vouloir/pouvoir bouger, les publics, les concepts de base,
+ &lt;br /&gt;
+ - le cadre législatif et institutionnel : les grands textes, les autorités compétentes, les acteurs nationaux de la mobilité inclusive, l&amp;#039;écosystème local,
+ &lt;br /&gt;
+ - les acteurs et plateforme de mobilité : des constructions territoriales, les principes communs d&amp;#039;une plateforme, l&amp;#039;accompagnement à la mobilité pour l&amp;#039;insertion : cœur de métier,
+ &lt;br /&gt;
+ - le positionnement de la fonction du CeMi : sur le champ économique, social, écologique, territorial,
+ &lt;br /&gt;
+ - les missions, activités et compétences : informer, évaluer, conseiller, suivre, accompagner, former, coordonner, observer, proposer.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Module 2 : le conseil en mobilité au contact du public
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - les représentations de la mobilité,
+ &lt;br /&gt;
+ - le parcours mobilité vers l&amp;#039;insertion,
+ &lt;br /&gt;
+ - de l&amp;#039;orientation au plan d&amp;#039;actions individualisé : la demande, l&amp;#039;accueil, les critères, indicateurs et outils de l&amp;#039;évaluation mobilité, le bilan et le plan d&amp;#039;action individualisés, la co-construction du parcours,
+ &lt;br /&gt;
+ - les fondamentaux de l&amp;#039;accompagnement : posture, pré-requis, limites,
+ &lt;br /&gt;
+ - l&amp;#039;accompagnement à la mobilité : l&amp;#039;accueil, le contrat, les situations d&amp;#039;accompagnement à la mobilité, les outils et ressources du conseiller,
+ &lt;br /&gt;
+ - le bilan du parcours mobilité : résultats et effets sur la situation de la personne accompagnée.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Suivi et évaluation
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le suivi de la formation est assurée par la signature de feuilles de présence.
+ &lt;br /&gt;
+ A l&amp;#039;issue de la formation :
+ &lt;br /&gt;
+ •    chaque participant complète une fiche d&amp;#039;auto évaluation des connaissances et compétences acquises
+ &lt;br /&gt;
+ •    une attestation de formation est remise au participant
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Formation éligible au financement par OPCO.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nombre de formations (année 2019/2020): 5
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre de stagiaires (2019/2020): 75
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre de formateurs : 10
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Formation professionnelle
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="S196" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Programme disponible sur toute la France métropolitaine et outre-mer.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Une formation peut être mise en place à partir de 8 participants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pascal GRAND,
+&lt;/p&gt;
+&lt;p&gt;
+ professionnalisation&amp;#64;mobin-solutions.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>contact@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8745-former-des-conseillers-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>165658</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Engins agricoles électriques – Programme CEE E-Trans</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Engins agricoles électriques – Programme CEE E-Trans</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de ce dispositif, les dépenses éligibles à l’aide couvrent non seulement l’acquisition de l’engin et l’infrastructure de recharge, mais également les études préalables à la décision d’investir visant à dimensionner au mieux les besoins du porteur de projet ainsi que les études de retour d’expérience et diffusion de connaissance liées au projet.&lt;/p&gt;&lt;p&gt;Une visioconférence s’est tenue le 15/12/2025 de 15h30 à 17h, pendant laquelle l’ADEME a présenté le dispositif « Engins agricoles électriques 2025 », qui, pour rappel, contient les mêmes conditions d’éligibilité et de financement que le présent dispositif. &lt;/p&gt;&lt;p&gt;La rediffusion de la visioconférence est disponible à l&amp;#039;adresse suivante : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://ademecloud.sharepoint.com/:v:/s/P-ECOSYSELEC/IQBrjWblcWR4Qo_nlk7Yr7yEAYOMa3coq9JAbFQFXfd3ows?nav&amp;#61;eyJyZWZlcnJhbEluZm8iOnsicmVmZXJyYWxBcHAiOiJTdHJlYW1XZWJBcHAiLCJyZWZlcnJhbFZpZXciOiJTaGFyZURpYWxvZy1MaW5rIiwicmVmZXJyYWxBcHBQbGF0Zm9ybSI6IldlYiIsInJlZmVycmFsTW9kZSI6InZpZXcifX0%3D&amp;amp;e&amp;#61;pb9ghX"&gt;Présentation du dispositif d&amp;#039;aides aux engins agricoles électriques - programme CEE E-trans - 15 décembre 2025&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Les demandes d’aide peuvent être soumises pendant toute la période d’ouverture du dispositif. Elles seront instruites au fur et à mesure des dépôts et jusqu’à épuisement du budget.&lt;/p&gt;&lt;p&gt;L’ADEME juge de l’éligibilité des projets et la décision finale d’octroi d’une aide est formalisée par un contrat d’aide établi entre l’ADEME, le bénéficiaire et le crédit-bailleur le cas échéant.&lt;/p&gt;&lt;p&gt;Toute question peut être envoyée à l’adresse email générique dédiée au dispositif : &lt;a href="mailto:engins-agricoles-elec&amp;#64;ademe.fr"&gt;engins-agricoles-elec&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P157" s="1" t="inlineStr">
+        <is>
+          <t>02/01/2026</t>
+        </is>
+      </c>
+      <c r="Q157" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;L’ensemble des entités éligibles pour chaque typologie de dépense est détaillé dans les conditions d’éligibilité et de financement du présent dispositif. Le dossier de demande d’aide peut être porté par un consortium d’acteurs.&lt;/p&gt;&lt;p&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/p&gt;&lt;p&gt;Toutes les Régions&lt;/p&gt;&lt;p&gt;Je vérifie mon éligibilité&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/E-Trans%20engins%20agricoles%20électriques%20-%20Conditions%20d%27éligibilité%20et%20de%20financement%20-%202026.pdf" target="_self"&gt;E-Trans engins agricoles électriques - Conditions d&amp;#039;éligibilité et de financement - 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/engins-agricoles-electriques-programme-cee-e-trans</t>
+        </is>
+      </c>
+      <c r="W157" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/engins-agricoles-electriques-programme-cee-e-trans#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000936" target="_self"&gt;Contacter l&amp;#039;ADEME&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engins-agricoles-electriques-programme-cee-e-trans/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G197" s="1" t="inlineStr">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F158" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...28 lines deleted...]
-      <c r="O197" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J158" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P197" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S197" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-          <t>Etablissement public dont services de l'Etat
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>164103</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le territoire par l'offre de services à la population et les initiatives solidaires//</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche action  9</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
-[...22 lines deleted...]
-Tourisme
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I159" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Aide plafond:  30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer une offre de services en adéquation avec les besoins préalablement identifiés de la population locale tout en réduisant l’impact sur l’environnement &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir et conforter les services à la population existants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer la coopération et la solidarité entre les territoires du Calaisis&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir les initiatives permettant d&amp;#039;accroître et de consolider une offre de services sur la santé &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Faciliter l’accès pour tous aux services publics, aux services de soins et aux services de préventions sanitaires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser, communiquer sur les dispositifs sociaux existants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les actions de mutualisation, de partenariats, de mise en réseau des structures sur les politiques jeunesse &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir les initiatives solidaires  &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Proposer des solutions de mobilité durable, alternatives à la voiture individuelle&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/87855c78-6497-4672-b568-576afb84dfe5/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 9&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
 Santé
 Education et renforcement des compétences
+Alimentation
+Lutte contre la précarité
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q159" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/cff056a0-dca4-4a03-8b5a-46727b5d1995/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 9&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-dynamiser-le-territoire-par-loffre-de-services-a-la-population-et-les-initiatives-solidaires/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>162990</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Proposer une offre pour insérer les jeunes dans le monde économique</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 12 - FEADER</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I160" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J160" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les jeunes actifs sont le public le plus durement touché sur le
+territoire du Cœur Entre-deux-Mers par le chômage et la précarité économique.
+Il convient donc d’agir ensemble en associant avant tout les jeunes mais aussi
+les acteurs et structures qui les accompagnent (collectivités, Missions
+Locales, …). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour favoriser l’emploi et l’insertion des jeunes, les domaines d’actions
+seront nombreux et concerneront notamment le développement d’une approche
+globale dans l’accompagnement des jeunes dans leurs parcours personnels (suivi
+de formation locale, mobilité, logement, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficultés&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
+professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Solutions et
+amélioration de la mobilité notamment des jeunes et jeunes actifs du territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Equipements,
+matériels et matériaux nécessaires à l’organisation de « chantiers
+formations », de « chantiers d’insertion » et de
+« chantiers de jeunes »&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animations territoriales notamment auprès des jeunes
+et jeunes actifs pour découvrir les métiers, les formations et développer leur
+capacité à entreprendre &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
 Formation professionnelle
-Agriculture et agroalimentaire
-Biodiversité
+Economie sociale et solidaire
 Emploi
+Attractivité économique
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S198" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P160" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q160" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...28 lines deleted...]
-      <c r="AA198" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-2/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E199" s="1" t="inlineStr">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>163008</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Développer des mobilités durables adaptées aux besoins des habitants</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J161" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Développer des mobilités durables adaptées aux besoins des habitants &lt;/em&gt;&lt;/strong&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis, par sa position
+géographique et ses caractéristiques socio-économiques, est un territoire qui
+génère de nombreux déplacements domicile/travail internes et externes. Par
+ailleurs, nombre d’habitants, du fait du caractère rural ou péri-urbain du
+territoire, sont dépendants de la voiture pour accéder aux services essentiels.
+Ces flux sont en grande majorité faits en voiture individuelle, occasionnant
+des problèmes de trafic routier, de nuisances environnementales, d&amp;#039;accès à
+l’emploi ou d’isolement en cas d’absence de véhicule… Le Pays d’Ancenis doit
+relever le défi d’une mobilité alternative et innovante, en mettant l’accessibilité
+et la proximité au cœur de son développement&lt;/span&gt;. &lt;font face="Arial Narrow, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire
+     l’autosolisme en développant des modes de déplacement plus vertueux pour
+     l’environnement en complémentarité avec les autorités organisatrices de
+     mobilité&lt;/li&gt;&lt;li&gt;Expérimenter
+     et développer des mobilités alternatives adaptées au territoire et
+     différenciées selon les espaces (hameaux, bourgs, centres-villes) en
+     promouvant les solutions innovantes (covoiturage, libre-service, mobilité
+     solidaire, par exemple)&lt;/li&gt;&lt;li&gt;Faciliter
+     et accompagner le changement de pratiques de déplacement&lt;/li&gt;&lt;li&gt;Sécuriser
+     la pratique des mobilités actives en développant ses infrastructures pour
+     favoriser le report modal sur les trajets courts et améliorer
+     l’intermodalité&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans le
+domaine des mobilités : études stratégiques, diagnostics préalables,
+études de faisabilité, études de marchés, schémas des mobilités, plans de
+déplacements, par exemple&lt;/li&gt;&lt;li&gt;Expérimentations de solutions de mobilités alternatives, actions
+     de sensibilisation, d’animation et de communication et organisation
+     d’évènements pour la promotion des transports alternatifs afin de limiter
+     le recours aux véhicules individuels, notamment ceux utilisant les
+     énergies fossiles (par exemple véhicules mutualisés entre communes type
+     bus ou minibus, véhicules électriques en libre-service, ateliers de
+     réparation, services de sécurisation des usagers du vélo)&lt;/li&gt;&lt;li&gt;Actions pour le développement d’une mobilité solidaire
+     (covoiturage, réseau mobilité, transports solidaires, garages solidaires,
+     par exemple)&lt;/li&gt;&lt;li&gt;Travaux de construction, de rénovation et d’équipements pour le
+développement des mobilités vertueuses (dont voies cyclables, équipements en
+bornes électriques, par exemple) et des projets multimodaux dans une logique
+d’intérêt communautaire&lt;/li&gt;&lt;li&gt;Travaux de construction, rénovation et d’équipements pour le
+développement de transports solidaires (point stop, covoiturage dynamique, par
+exemple)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P161" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q161" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-dynamique-culturelle-et-sportive-au-service-des-besoins-des-habitants/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>161700</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
-[...17 lines deleted...]
-          <t>Transports collectifs et optimisation des trafics routiers
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Mobilité pour tous</t>
-[...2 lines deleted...]
-      <c r="O199" s="1" t="inlineStr">
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-[...45 lines deleted...]
-      <c r="K200" s="1" t="inlineStr">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>60925</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre projet d'innovation ayant un impact social - Fonds d'innovation sociale (FISO 2)</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
-[...25 lines deleted...]
-Valorisation d'actions
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour financer votre projet d&amp;#039;innovation ayant un impact social.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais internes (salaires) et externes, liés au projet (réalisation de prototypes, préséries, coûts de PI (PME), design, études de marchés tests...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements non récupérables affectés au programme et amortissements sur la durée du programme des investissements récupérables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aides sous forme d&amp;#039;avances récupérables ou de prêt Feder Innovation, versées en deux tranches : acompte à la signature du contrat et solde à la fin du projet sur présentation des justificatifs de dépenses.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Montant
+ :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Minimum de 30 000 euros en avance récupérable et 50 000 € en prêt Feder Innovation.  Aide plafonnée aux fonds propres ou quasi-fonds propres
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Taux d&amp;#039;aide
+ :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide représentant jusqu&amp;#039;à 50 % des dépenses éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt Feder Innovation à taux zéro
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Durée/Amortissement :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée du Prêt Feder Innovation : 5 à 8 ans dont un différé de remboursement compris entre 1 et 3 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avances récupérables : 24 mois maximum de programme, 12 trimestres maximum de remboursement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echéances trimestrielles de remboursement à terme échu avec un amortissement linéaire du capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Partenariats :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Partenariat avec le ministère de la Transition écologique et solidaire et les Régions volontaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement des projets
+ via
+ le nouveau Fonds d&amp;#039;Innovation Sociale 2 (FISO 2) et les fonds régionaux d&amp;#039;innovation, dans le cadre du programme French Impact.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Finalité :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Promouvoir les activités durables et solidaires de demain et soutenir la création d&amp;#039;emplois et de richesses par le financement de projets proposant une solution innovante pour répondre à des besoins sociaux non ou mal satisfaits.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Spectacle vivant</t>
-[...2 lines deleted...]
-      <c r="O200" s="1" t="inlineStr">
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous développez une innovation à impact social.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  PME au sens européen, immatriculées en France et établies dans une Région participante au FISO 2.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures juridiques de l&amp;#039;ESS répondant à la définition de la PME au sens européen sont également éligibles : associations, structures coopératives (dont SCIC et SCOP) et entreprises titulaires de l&amp;#039;agrément « entreprises solidaires », délivré par le Préfet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Les projets qui, cumulativement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  proposent une solution innovante (nouveau procédé, nouveau bien ou service, nouveau mode de distribution ou d&amp;#039;échange, nouveau mode d&amp;#039;organisation), répondant à un besoin social non ou mal satisfait
+ &lt;/li&gt;
+ &lt;li&gt;
+  cherchent à démontrer la faisabilité de la solution, sa viabilité et ses possibilités de duplication /d&amp;#039;essaimage
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrivent dans un objectif de modèle économique viable
+ &lt;/li&gt;
+ &lt;li&gt;
+  créent de l&amp;#039;emploi et/ou apportent un bénéfice social et/ou environnemental
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;engagent dans une démarche participative avec implication des parties prenantes.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Fonds-d-innovation-sociale-FISO-2</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Bpifrance dans votre région
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a8e8-fonds-dinnovation-sociale-fiso-2/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="H201" s="1" t="inlineStr">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>60934</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Participer au financement de votre innovation pour son lancement industriel et/ou commercial - Subvention Innovation Outre-mer</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Sports et loisirs
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI participe au financement de votre innovation pour son lancement industriel et/ou commercial (Subvention jusqu&amp;#039;à 100 000€).
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses éligibles, internes et externes, directement liées à l&amp;#039;industrialisation et/ou à la commercialisation des résultats d&amp;#039;une démarche d&amp;#039;innovation aboutie.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais internes : frais de personnel affecté au programme (salariés), frais généraux forfaitaires (20% des frais de personnel).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais externes : frais d&amp;#039;industrialisation (études techniques, tests, pré-série, ...), frais de commercialisation (démarches commerciales, ...), autres prestation et sous-traitance (formations spécifiques, intérim, ...) et autres frais externes liés au projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres frais : ils peuvent inclure des dépenses comme les investissements liés à l&amp;#039;industrialisation et les autres frais spécifiques du projet (frais de déplacement et frais d&amp;#039;inscription à un salon, ...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70 % des dépenses éligibles prévisionnelles retenues dans la limite de 100 000 € maximum et, lorsque l&amp;#039;aide est accordée sur la base du règlement dit des aides «
+   de minimis
+   », dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre de ce règlement.  Le cumul des aides «
+   de minimis »
+   ne doit pas excéder 200 000 € sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  20 000 € minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  100 000 € maximum
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Conditions financières
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pas de frais d&amp;#039;instruction.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Mobilité pour tous</t>
-[...49 lines deleted...]
-      <c r="AA201" s="1" t="inlineStr">
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Entreprises établies dans un Département ou Région d&amp;#039;Outre-mer (Martinique, Guyane, Guadeloupe, la Réunion, et Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, quel que soit leur âge, pouvant justifier d&amp;#039;une démarche d&amp;#039;innovation aboutie [par exemple à travers l&amp;#039;obtention d&amp;#039;une aide à la RDI (Recherche, Développement et Innovation), le dépôt d&amp;#039;un brevet, l&amp;#039;obtention d&amp;#039;un CIR (Crédit d&amp;#039;Impôt Recherche), d&amp;#039;un CII (Crédit d&amp;#039;impôt Innovation), ...].
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Projets liés aux phases d&amp;#039;industrialisation et/ou de commercialisation des résultats d&amp;#039;une démarche d&amp;#039;innovation aboutie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T164" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Subvention-Innovation-Outre-mer</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Bpifrance de votre région
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon.bpifrance.fr/authentication/?TAM_OP&amp;#61;login&amp;amp;ERROR_CODE&amp;#61;0x00000000&amp;amp;URL&amp;#61;%2Fmon-espace%2F#/formulaire/siom"&gt;
+  Demande en ligne
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3c01-subvention-innovation-outre-mer/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K202" s="1" t="inlineStr">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>60917</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Financer le lancement industriel et commercial d’une innovation en France ou à l'étranger - Prêt Innovation FEI</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Sports et loisirs
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI finance les dépenses immatérielles liées au lancement industriel et commercial de votre innovation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Soutien de l&amp;#039;Union européenne
+&lt;/h4&gt;
+&lt;p&gt;
+ Ce prêt est soutenu par « la garantie PME InnovFin » (InnovFin SME Guarantee), avec le soutien financier de l&amp;#039;Union européenne dans le cadre du programme Horizon 2020 Instruments Financiers et du
+ Fonds européen pour les investissements stratégiques
+ (EFSI) mis en place dans le cadre du programme d&amp;#039;investissement pour l&amp;#039;Europe. Le but du EFSI est de soutenir le financement,  la mise en œuvre d&amp;#039;investissements rentables  au  sein de l&amp;#039;Union européenne et d&amp;#039;assurer un accès  facilité au financement.
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De 50 000 euros à 5 000 000 euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans la limite du double des fonds propres et quasi-fonds propres de l&amp;#039;entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Durée/amortissement
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  7 ans dont 24 mois de différé d&amp;#039;amortissement en capital
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echéances trimestrielles à terme échu avec amortissement linéaire du capital
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Conditions financières
+&lt;/h4&gt;
+&lt;p&gt;
+ Taux fixe ou taux variable selon barème en vigueur
+&lt;/p&gt;
+&lt;h4&gt;
+ Garantie
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aucune garantie sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seule une retenue de garantie de 5 % est prévue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurance décès invalidité obligatoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Mobilité pour tous</t>
-[...49 lines deleted...]
-      <c r="AA202" s="1" t="inlineStr">
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez lancer sur le marché un produit ou un service innovant
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Entreprise (PME et ETI) créée depuis plus de trois ans, développant ou commercialisant un nouveau produit, procédé ou service et pouvant justifier d&amp;#039;une innovation, par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;obtention d&amp;#039;une aide récente à la Recherche-Développement et Innovation (RDI) ou du Crédit Impôt Recherche,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dépôt d&amp;#039;un brevet ou d&amp;#039;une création numérique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des dépenses des R&amp;amp;D significatives.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Le Prêt Innovation finance l&amp;#039;ensemble des dépenses immatérielles nécessaires à l&amp;#039;industrialisation et à la commercialisation, comme notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les actifs immatériels permettant une optimisation des ressources et des processus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la conception du produit ou du processus de fabrication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en place du processus de fabrication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en œuvre de normes et/ou de certifications,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la protection de la propriété intellectuelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le marketing,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la commercialisation (ressources humaines spécifiques, partenaires de distribution...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Pret-Innovation-FEI</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/08dc-pret-innovation-fei/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-[...142 lines deleted...]
-      <c r="G204" s="1" t="inlineStr">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>162536</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les efforts de compétitivité, de souveraineté, d'innovation et d’investissement productif de la filière industrielle du vélo</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Industries du Vélo</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;*Sous réserve de publication de l’arrêté du Premier Ministre approuvant le cahier des charges de cet appel à projets au JORF*&lt;/p&gt;&lt;p&gt;Le présent AAP est ouvert aux entreprises de toute taille présentant un projet susceptible de relever d’un ou plusieurs des 4 volets suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 1&lt;/strong&gt; : Projets de développement et d’assemblage de vélos&lt;/p&gt;&lt;p&gt;Ce volet vise à&lt;strong&gt; soutenir les projets innovants et risqués de développement des capacités industrielles&lt;/strong&gt; ainsi que l’installation de &lt;strong&gt;nouvelles usines ou lignes de production innovantes&lt;/strong&gt; pour assembler des vélos et gagner en compétitivité sur le marché de l’assemblage de vélos. &lt;br /&gt;Les projets pourront notamment comporter :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des dépenses relatives à      l’installation de nouveaux sites industriels.&lt;/li&gt;&lt;li&gt;Des dépenses de      développement relatives à une mutation industrielle vers l’assemblage de      vélo. S’ils ne sont pas exclus de ce dispositif, les constructeurs et      sous-traitants automobiles candidats à ce volet pourront toutefois être      redirigés vers d’autres dispositifs dédiés.&lt;/li&gt;&lt;li&gt;Des investissements      capacitaires relatifs à la création de nouvelles unités de production, la      transformation de l’outil industriel existant (usines 4.0), l’adaptation      de l’outil industriel existant en vue de la phase d’industrialisation et      de la production en série et la création de nouvelles lignes d’assemblages      liées à la production de nouveaux produits innovants.&lt;/li&gt;&lt;li&gt;Des dépenses de recherche      et de développement relatives à de nouveaux modèles de production      innovants ou à la conception et fabrication de solutions et machines de      montages innovantes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Volet 2&lt;/strong&gt; : Projets de production des principaux composants et équipements pour vélos&lt;/p&gt;&lt;p&gt;Ce volet vise à &lt;strong&gt;soutenir les investissements industriels permettant de développer et accroitre les capacités de production des pièces détachées&lt;/strong&gt; (composants) ou &lt;strong&gt;équipements pour vélos&lt;/strong&gt; pour lesquels il existe un &lt;strong&gt;potentiel de relocalisation et de compétitivité du marché européen&lt;/strong&gt;. Ces pièces et équipements devront chercher à être le plus standard et interopérable possible, en s’inscrivant notamment dans une démarche de coopération avec la filière.&lt;br /&gt;Les projets pourront notamment comporter :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des dépenses relatives à      l’installation de nouvelles usines (usines ou micro-usines) ou unités de      production.&lt;/li&gt;&lt;li&gt;Des dépenses permettant      d’améliorer significativement la compétitivité des sites existants      (automatisation, procédés innovants, usines 4.0) et d’augmenter les      capacités de production existantes (élargissement des usines ou      installation de nouvelles lignes de production).&lt;/li&gt;&lt;li&gt;Des dépenses de recherche      et de développement pour développer de nouveaux composants et équipements      innovants répondant à de nouveaux besoins et potentiels de marché ainsi      que des savoirs faire d’ingénierie et de fabrication.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Volet 3&lt;/strong&gt; : Projets d’éco-conception et d’amélioration de l’impact environnemental des vélos et des équipements associés, sur leur cycle de vie.&lt;br /&gt;Ce volet vise à &lt;strong&gt;soutenir des projets d’investissement&lt;/strong&gt; permettant aux entreprises :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De renforcer leurs capacités à produire des vélos éco-conçus, réparables et recyclables.&lt;/li&gt;&lt;li&gt;De développer le recyclage et le réemploi des vélos et leurs équipements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets auront pour but d’alléger significativement l’empreinte environnementale des pièces et composants de vélos et des processus de fabrication associés, notamment par des solutions de conception et des process innovants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 4&lt;/strong&gt; : Briques technologiques et démonstrateurs de solutions innovantes directement adossées aux vélos et leurs équipements&lt;/p&gt;&lt;p&gt;Ce volet vise à &lt;strong&gt;soutenir des projets de recherche et de développement ou de premiers démonstrateurs de solutions innovantes&lt;/strong&gt; portés par des start-ups ou des industriels. Les projets devront être en lien direct avec l’industrialisation du vélo, de ses composants et des équipements vélos.&lt;br /&gt;Les projets peuvent contribuer à favoriser l’innovation dans les solutions technologiques, les procédés industriels, les matériaux, les utilisations et les solutions digitales pour renforcer la compétitivité, la durabilité du secteur et développer une ingénierie du cycle basée sur des compétences et un savoir-faire spécifique. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/industries-du-velo/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>163085</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets qui favorisent le partage des richesses culturelles et la vie locale</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I167" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J167" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l’offre culturelle locale (dont le patrimoine), les services aux habitants pour favoriser le bien vivre ensemble dans les villages. Il vise également à trouver des solutions de mobilité durables qui permettent aux habitants d’accéder aux opportunités proches de chez eux. Enfin, il vise à renforcer le lien social, à favoriser la mixité, l’entraide et la solidarité.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Sauvegarder et transmettre les patrimoines matériels et immatériels&lt;/p&gt;&lt;p&gt;- Créer une offre culturelle locale favorisant les échanges&lt;/p&gt;&lt;p&gt;- Renforcer le lien social et les actions en faveur de la jeunesse&lt;/p&gt;&lt;p&gt;- Développer les services aux habitants&lt;/p&gt;&lt;p&gt;- Favoriser les mobilités alternatives au service du lien social ou de la vie locale&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le
+projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné
+par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union
+Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre
+cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds
+propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Restauration de patrimoine permettant de créer du lien social, recueil de récits et valorisation, etc.&lt;/p&gt;&lt;p&gt;‐ Création artistique sur le territoire, etc.&lt;/p&gt;&lt;p&gt;‐ Activités intergénérationnelles, tiers-lieu culturel, etc.&lt;/p&gt;&lt;p&gt;‐ Bibliothèque itinérante, activités inter-villages, etc.&lt;/p&gt;&lt;p&gt;‐ Rosalies, installations de racks à vélo et bornes de réparation, autopartage, navette mutualisée, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Architecture
+Paysage
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q167" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet
+se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité
+temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de
+la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte,
+notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de
+promotion et communication, formation, animation, prestation de service,
+équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou
+exemplaire &lt;/strong&gt;pour le territoire ET le projet f&lt;strong&gt;avoriser les interactions et crée du
+lien social.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement
+appeler en contrepartie un cofinancement auprès d’une structure publique (Etat,
+Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;PETR Garrigues et Costières de Nîmes&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;1 rue du Colisée - &lt;/span&gt;&lt;span&gt;30900 NÎMES&lt;/span&gt;&lt;br /&gt;06 30 07 33 52  | 04 &lt;span&gt;66 02 54 12&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-un-programme-europeen-au-service-des-ruralites/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>154987</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Impulser le changement avec les habitants</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 de Fougères Agglomération</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Fougères Agglomération
+L'Europe s'engage en Bretagne</t>
+        </is>
+      </c>
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I204" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Economie circulaire
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme européen LEADER est porté par Fougères Agglomération. La zone couverte associe Fougères Agglomération et Couesnon Marches de Bretagne.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Principes essentiels
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide LEADER  se définit autour de 4  principes-clés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une stratégie locale
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les priorités sont le fruit d&amp;#039;une concertation qui a été menée en 2022 et qui a mobilisé un maximum d&amp;#039;acteurs de Fougères Agglomération et de Couesnon Marches de Bretagne. L&amp;#039;Europe, la France et la Région fixent un cadre mais elles laissent le territoire définir son programme d&amp;#039;actions. Le thème central du programme 2023-2027 est : « LE CHANGEMENT AVEC LES HABITANTS ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une gouvernance mixte
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chaque projet est examiné par le Comité Programmation LEADER (CPL). Cette instance réunit élus et membres de la société civile. Elle auditionne les porteurs et décide de l&amp;#039;attribution des fonds.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le soutien à des projets novateurs, duplicables et multi-partenariaux
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LEADER vient permettre l&amp;#039;impulsion d&amp;#039;actions-pilotes, en termes de contenu et/ou de méthode. Le programme est conçu pour avoir un effet-levier. Ainsi, les conditions de poursuite du projet après le financement LEADER et les possibilités de transfert sur d&amp;#039;autres thématiques ou territoires sont prises en compte. D&amp;#039;autre part, la qualité de la co-construction c&amp;#039;est-à-dire la manière d&amp;#039;impliquer plusieurs partenaires est un critère important. L&amp;#039;opération ne doit pas être « isolée ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;encouragement à la mise en réseaux des acteurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les échanges de pratiques sont au coeur du dispositif d&amp;#039;où la mise en place de réseaux à différentes échelles (régionale, nationale et européenne). Les coopérations sont aussi facilitées avec d&amp;#039;autres territoires français, européens ou extra-européens.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Fiches-actions
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour pouvoir bénéficier d&amp;#039;un éventuel financement, les projets  doivent venir contribuer à la stratégie locale et répondre au moins à l&amp;#039;une des fiches-actions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Défi 1 - MOBILISER POUR AGIR CONTRE LE RÉCHAUFFEMENT CLIMATIQUE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 1 / PRÉSERVER
+  &lt;em&gt;
+   - Préserver les ressources naturelles et accompagner la transition énergétique par des démarches innovantes et collectives
+   &lt;br /&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  S&amp;#039;appuyer sur l&amp;#039;action collective pour poursuivre la transition climatique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir dans cette perspective, les projets visant à la préservation des ressources naturelles du territoire, à la réduction de l&amp;#039;usage des énergies fossiles et à l&amp;#039;augmentation de la production d&amp;#039;énergies renouvelables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Fiche-action 2 / VALORISER -
+  &lt;em&gt;
+   Valoriser les spécificités du territoire déjà connues ou émergentes pour composer un « avenir durable »
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+&lt;/p&gt;
+&lt;p&gt;
+ •    Agir contre le réchauffement climatique en prenant appui sur les ressources et spécificités locales
+ &lt;br /&gt;
+ •    Sensibiliser / mettre en perspective les données historiques, paysagères, culturelles au regard des enjeux climatiques
+ &lt;br /&gt;
+ •    Inventer de nouveaux procédés à partir des ressources locales
+ &lt;br /&gt;
+ •    Adapter les usages et les modes de consommation
+ &lt;br /&gt;
+ •    Favoriser l&amp;#039;économie circulaire
+ &lt;br /&gt;
+ •    Favoriser l&amp;#039;économie collaborative
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 3 / SE DÉPLACER -
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Se déplacer en expérimentant avec les structures dédiées et/ou des citoyens volontaires (F/H), des solutions de mobilités décarbonnées ou de transports collectifs
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associer les structures et habitants - femmes et hommes - pour développer les mobilités durables (modes de déplacements décarbonnés et/ou partagés et/ou collectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des alternatives à l&amp;#039;autosolisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Défi 2 - MOBILISER POUR FORTIFIER LA COHÉSION SOCIALE
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 4 /
+ CRÉER -
+  &lt;em&gt;
+   Créer pour élargir et renforcer les actions locales en impliquant les partenaires et/ou la population
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créer des services ou des événementiels par et pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Défi transversal
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 5 /
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  COOPÉRER
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   - Coopérer aux échelles interterritoriale et/ ou transnationale
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enrichir la stratégie par un partage d&amp;#039;expériences avec d&amp;#039;autres territoires sur des axes de développement comparables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;ouverture du territoire sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualiser les moyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanger
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Friche
+Transition énergétique
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
-Appui méthodologique
+Revitalisation
+Biodiversité
 Animation et mise en réseau
 Mobilité partagée
 Mobilité pour tous
-Connaissance de la mobilité
-[...13 lines deleted...]
-      <c r="Q204" s="1" t="inlineStr">
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P168" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q168" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T204" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>CA Fougères Agglomération</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://fougeres-agglo.bzh/fougeres-agglo/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valérie JANVIER, Chargée de mission LEADER, Tél : 02 99 17 05 29
+&lt;/p&gt;
+&lt;p&gt;
+ Fougères Agglomération
+&lt;/p&gt;
+&lt;p&gt;
+ Parc d&amp;#039;activités de l&amp;#039;Aumaillerie
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CS 70665. La Selle-en-Luitré
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 35306 Fougères CEDEX
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>vjanvier@fougeres-agglo.bzh</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eefe-impulser-le-changement-avec-les-habitants/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>154986</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la coopération pour mutualiser les moyens et révéler les opportunités du territoire</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I169" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La coopération constitue l&amp;#039;un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d&amp;#039;innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d&amp;#039;autres territoires, nationaux ou européens, et à favoriser les recherches d&amp;#039;expériences, de pratiques, de savoir-faire.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération peut prendre les formes suivantes :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+&lt;/li&gt;&lt;li&gt;La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront soutenues :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+&lt;/li&gt;&lt;li&gt;La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ •	Environnement, agriculture, énergie, biodiversité, transition climatique, bois
+&lt;/p&gt;
+&lt;p&gt;
+ •	Commerces, tourisme, économie sociale et solidaire, économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ •	Mobilité
+&lt;/p&gt;
+&lt;p&gt;
+ •	Jeunesse (- de 25 ans) : conseil municipaux et intercommunaux des jeunes
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Jeunesse
+Citoyenneté
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Biodiversité
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bb4e-renforcer-la-cooperation-pour-mutualiser-les-/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
+l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
+dispositifs d’aides à l’ingénierie et de financements recensés sur la
+plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
+communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
+spécialiste des cofinancements, mais vous apportera une vision plus claire de
+la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
+recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
+de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
+territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
+Président, vice-président, conseiller communautaire en fonction à la date de la
+formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
+portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>143314</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir les fondamentaux de la sécurité routière (Formation)</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La sécurité routière est un enjeu incontournable pour les décideurs et gestionnaires routiers des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;amélioration de la prise en compte de la sécurité routière dans les services nécessite des connaissances larges ainsi qu&amp;#039;une réflexion et un regard critique dans le quotidien des agents œuvrant dans les différents métiers en lien avec la sécurité.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette formation, basée sur les fondamentaux de la SR, permet une approche systémique et balaye ainsi différentes thématiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contexte général (accident, enjeux, acteurs, culture SR)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurité des Infrastructures
+ &lt;/li&gt;
+ &lt;li&gt;
+  Thématiques particulières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception des Infrastructures
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements de la route.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appréhender les fondamentaux de la SR au travers de ses nombreuses composantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apporter une vision élargie et critique sur tous les aspects de la SR
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les différentes démarches de sécurité des Infrastructures
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir intégrer la SR dans son quotidien et prendre en compte tous les usagers, tant dans les démarches de sécurité, d&amp;#039;accidentologie ou de conception, entretien et exploitation de la route
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la réglementation et les règles de mise en œuvre des équipements de la route
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Jour 1
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Introduction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les données accident
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accident – les facteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les enjeux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de l&amp;#039;insécurité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acteurs de sécurité routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Culture sécurité routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Politique locale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Jour 2
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sécurité des Infrastructures
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les 7 critères de sécurité routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démarches sécurité routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSPR - Audits
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bilans de sécurité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inspection ISRI, Démarche SURE, Etude Enjeux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic d&amp;#039;itinéraires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse d&amp;#039;accidents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lecture PV
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Jour 3
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Thématiques particulières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obstacles latéraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Supports à sécurité passive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contresens
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 RM, Usagers vulnérables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Passages à niveau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echanges et Retours d&amp;#039;expérience
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guides et références, sites utiles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Jour 4
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conception Infrastructures
+ &lt;/li&gt;
+ &lt;li&gt;
+  Usagers vulnérables
+ &lt;/li&gt;
+ &lt;li&gt;
+  ARP-ACI
+ &lt;/li&gt;
+ &lt;li&gt;
+  VSA - VRTC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visibilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Code de la rue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;Action Mobilités Actives (PAMA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements Urbains
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Jour 5
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equipements de la route
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs de retenue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signalisations horizontale/verticale de police
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signalisation directionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signalisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Temporaire et Dynamique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Illustrations vidéo et/ou photos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentations d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retours et échanges d&amp;#039;expérience
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges entre stagiaires et formateurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;évaluation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attesttation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité de nos formations aux personnes en situation de handicap :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, merci de contacter le référent handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Délais d&amp;#039;accès :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Public :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités locales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chefs de service, chefs de projet, chargés d&amp;#039;études, agents des services sécurité routière, services aménagement, conception, entretien et exploitation, agents en charge de la sécurité routière et des équipements de la route
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acteurs de la sécurité routière et des aménagements routiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Niveau pré-requis :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ S&amp;#039;agissant d&amp;#039;une formation initiale, aucun prérequis n&amp;#039;est nécessaire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-acquerir-fondamentaux-securite-routiere</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/253b-acquerir-les-fondamentaux-de-la-securite-rout/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>142700</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Développer l’intermodalité sur votre territoire par l’aménagement de Pôles d’Echanges Multimodaux (PEM)</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Organiser la multimodalité au cœur des villes ou diversifier l&amp;#039;offre de mobilité des territoires peu denses nécessite l&amp;#039;aménagement de Pôles d&amp;#039;Échanges Multimodaux (PEM), dont le rôle est de mieux connecter les différentes offres de mobilité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour développer cet outil-clé des politiques d&amp;#039;intermodalité et d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez définir une politique de développement ou de remise à niveau de PEM ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous projetez de créer ou d&amp;#039;adapter un PEM ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous avez besoin d&amp;#039;une expertise (en matière de rabattements, usages, aménagements), ou d&amp;#039;une assistance à l&amp;#039;expérimentation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous ambitionnez une montée en compétences de vos équipes sur les PEM et l&amp;#039;intermodalité ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un réseau territorialisé d&amp;#039;experts dans les principaux domaines d&amp;#039;applications des PEM
+ &lt;/li&gt;
+ &lt;li&gt;
+  La maîtrise des règles de conception de la voirie urbaine, intégrant multimodalité et sécurité des déplacements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires ayant la capacité d&amp;#039;intervenir sur d&amp;#039;autres thèmes spécifiques : politiques et aménagements cyclables, éclairage, ouvrages d&amp;#039;art, nature en ville...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un centre national de ressources, des productions éditoriales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une implication dans l&amp;#039;évaluation d&amp;#039;expérimentations (stations sur autoroutes, aménagements « tactiques » vélos/piétons, dispositifs PMR ou d&amp;#039;éclairage...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir votre stratégie de développement des PEM
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic en lien avec vos enjeux mobilité, urbanisme, Maas, logistique urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ Elaboration d&amp;#039;une typologie de PEM
+&lt;/p&gt;
+&lt;p&gt;
+ Identification des acteurs clés
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaborer vos projets de PEM
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Assistance à la rédaction d&amp;#039;un cahier des charges et au choix d&amp;#039;un bureau d&amp;#039;études
+&lt;/p&gt;
+&lt;p&gt;
+ Exploration des usages (parcours commentés avec usagers et diagnostics de sites)
+&lt;/p&gt;
+&lt;p&gt;
+ Etude des rabattements, d&amp;#039;opportunité d&amp;#039;un projet ou d&amp;#039;un aménagement (parking relais, parvis...)
+&lt;/p&gt;
+&lt;p&gt;
+ Animation d&amp;#039;ateliers participatifs pour co-construire votre projet avec les parties prenantes
+&lt;/p&gt;
+&lt;p&gt;
+ Evaluation d&amp;#039;expérimentations
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concevoir des aménagements détaillés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pôles connectés aux autoroutes
+&lt;/p&gt;
+&lt;p&gt;
+ Expertises thématiques : sécurité des déplacements, parkings relais et gares routières, accessibilité PMR, signalétique
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Monter en compétences
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Formations sur-mesures incluant apports méthodologiques, retours d&amp;#039;expériences, visites de sites, ateliers d&amp;#039;échanges, mises en situation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saint Brieuc Agglomération : Définition des usages et besoins en signalétique d&amp;#039;un PEM (à partir d&amp;#039;observations usagers, entretiens, focus groupes et parcours commentés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicat Mixte de Transports de l&amp;#039;Aire Métropolitaine Lyonnaise : Production d&amp;#039;un « état de l&amp;#039;art » des politiques territoriales de Parcs Relais et d&amp;#039;amélioration des rabattements sur les gares
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole d&amp;#039;Aix Marseille Provence : Assistance à l&amp;#039;élaboration du programme des PEM, et réalisation des études de conception de stations sur autoroutes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  SNCF – Direction des Gares Île-de-France : Formalisation d&amp;#039;un diagnostic exploratoire et identification d&amp;#039;actions innovantes pour améliorer l&amp;#039;insertion urbaine et l&amp;#039;ancrage territorial de la gare de Fontainebleau Avon.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accessibilité
+Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/developper-intermodalite-votre-territoire-amenagement-poles</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ac41-developper-lintermodalite-sur-votre-territoir/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W173" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>162409</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’aménagement d’infrastructures cyclables hors agglomération pour la pratique du vélo au quotidien</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Programme Vélo du Quotidien</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Ce dispositif vise à favoriser le
+développement de la pratique du vélo au quotidien, en particulier dans le cadre
+des déplacements domicile-travail, par l’accompagnement des collectivités locales
+(EPCI et communes) dans la réalisation d’aménagements cyclables situés hors agglomération
+le long d’une route départementale. &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Les travaux concernés par l’octroi de l’aide départementale :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aménagement d’une
+piste cyclable bidirectionnelle ou monodirectionnelle le long des routes départementales
+(prise en charge à 40% par le Département plafonné à 300 000€ par an et par
+canton).&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sécurisation des
+traversées de routes départementales par les pistes ou itinéraires cyclables (prise
+en charge par le Département à 40% plafonné à 300 000€ par an et par canton).&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Aménagement de bandes
+multifonctionnelles sur routes départementales (prise en charge à 80% par le Département
+plafonné à 300 000€ par an et par canton)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Autres critères d’éligibilité :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’aménagement doit être
+situé le long d’une route départementale hors agglomération&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Respecter le référentiel
+d’aménagement&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir fait l’objet d’un contact préalable avec l’Agence Routière Départementale
+(ARD) concernée, garantissant la faisabilité technique du projet. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vendee.fr/amenager-et-preserver-leur-cadre-de-vie/organiser-les-mobilites/pistes-cyclables</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Département de la Vendée&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;40, rue Foch, 85923 LA ROCHE SUR YON cedex 9&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Tel : 02 28 85 86 02&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Mail : &lt;a href="mailto:mobilites-durables&amp;#64;vendee.fr" target="_blank"&gt;&lt;span&gt;mobilites-durables&amp;#64;vendee.fr &lt;/span&gt;&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>hugo.bard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lamenagement-dinfrastructures-cyclables-hors-agglomeration-pour-la-pratique-du-velo-au-quotidien/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>144517</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des aménagements cyclables</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le Schéma Cyclable 2018-2027 tient compte des orientations et stratégies nationales, régionales et avant tout locales, les projets de territoires constituant le socle de mise en œuvre du maillage cyclable.&lt;br /&gt;&lt;br /&gt;L’adoption de la Loi d’Orientation des Mobilités (LOM) le 14 décembre 2019 marque un tournant décisif dans l’organisation de la mobilité et placent les intercommunalités au titre d’Autorité Organisatrice de la Mobilité (AOM). A défaut, cette prise de compétence est assurée par la Région Nouvelle-Aquitaine qui devient AOM du territoire concerné.&lt;br /&gt;&lt;br /&gt;Lors de la Décision Modificative n° 1 du 17 juillet 2020, l’Assemblée départementale a confirmé le lancement de la définition de sa politique de la mobilité qui prévoit de conforter un lien très fort avec la solidarité, l’insertion et la mobilité. Dans ce contexte, le Département tient à tenir un rôle central en matière de cohésion sociale et territoriale et d’accompagnement des collectivités&lt;br /&gt;&lt;br /&gt;Un diagnostic des dynamiques territoriales, des pratiques et offres de mobilité des territoires landais a été réalisé en 2020 et partagé au sein d’un groupe projet associant les services de l’Etat, de la Région Nouvelle-Aquitaine, du Syndicat mixte Nouvelle-Aquitaine Mobilités ainsi que les Directions du Département intervenant dans le champ de la mobilité.&lt;br /&gt;&lt;br /&gt;A l’appui de ce diagnostic, le Département a approuvé sa stratégie de mobilité lors de la DM2-2020. La politique cyclable devenant par déclinaison, un des volets de la politique de mobilité du Département.&lt;br /&gt;&lt;br /&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;br /&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=91</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a87d-realisation-damenagements-cyclables/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>163994</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Développer une politique cyclable</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>AVELO 3 - 3ᵉ relevé</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le présent appel à projets s&amp;#039;articule autour de &lt;strong&gt;quatre axes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Axe 1 - Le &lt;strong&gt;soutien à la construction d’une      politique cyclable&lt;/strong&gt; via le financement d’études.&lt;/li&gt;&lt;li&gt;Axe 2 - Le &lt;strong&gt;soutien à l’expérimentation      de services vélo&lt;/strong&gt; dans les territoires.&lt;/li&gt;&lt;li&gt;Axe 3 - Le &lt;strong&gt;soutien à l&amp;#039;animation et la      promotion de politiques cyclables&lt;/strong&gt; intégrées à l’échelle du territoire.&lt;/li&gt;&lt;li&gt;Axe 4 - Le &lt;strong&gt;soutien au recrutement d&amp;#039;un(e) chargé(e) de mission vélo / mobilités actives &lt;/strong&gt;pour mettre en œuvre une politique cyclable intégrée à l’échelle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le ou les projets devront se terminer au plus tard le 30 juin 2027.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;territoires éligibles et leurs conditions d&amp;#039;éligibilité&lt;/strong&gt; sont détaillés dans le &lt;strong&gt;Cahier des charges&lt;/strong&gt; de l&amp;#039;appel à projets.&lt;/p&gt;&lt;p&gt;Les demandes d’aides peuvent être déposées pendant toute la période d’ouverture du dispositif. Elles seront instruites au fur et à mesure des dépôts et jusqu’à épuisement du budget.&lt;/p&gt;&lt;p&gt;L’ADEME se réserve le droit de &lt;strong&gt;clôturer par anticipation ce dispositif de soutien en cas d’épuisement du budget&lt;/strong&gt; avant la date de clôture prévue.&lt;/p&gt;&lt;p&gt;Les devis ne sont pas obligatoires au stade de la candidature. Cependant, si la collectivité est retenue comme lauréate, les dépenses pour l’axe 1 devront obligatoirement être justifiées par un ou plusieurs devis lors de la contractualisation.&lt;/p&gt;&lt;p&gt;Les échanges avec l’ADEME sont fortement recommandés avant le dépôt du dossier : &lt;a href="mailto:aapavelo3&amp;#64;ademe.fr"&gt;aapavelo3&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/avelo-3-3-releve</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/avelo-3-3-releve/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>162739</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Développer des infrastructures cyclables de façon massive pour qu’une plus grande part des trajets du quotidien s’effectuent à vélo</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Le Sud à vélo : Aménagements pour desserte d’équipements</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif est de développer des infrastructures cyclables de façon massive pour qu’une plus grande part des trajets du quotidien s’effectuent à vélo. Le dispositif présenté consiste pour la Région à apporter un soutien financier aux porteurs de projets qui développent des aménagements cyclables autour d’établissements et de pôles qu’elle considère prioritaires et pour lesquels l’accessibilité à vélo doit être encouragée et facilitée. Il s’agit :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;des gares (ferroviaires et routières du réseau Zou !) ;&lt;/li&gt; 	&lt;li&gt;des établissements d’enseignement et de formation régionaux ;&lt;/li&gt; 	&lt;li&gt;des équipements et pôles dits structurants pour un territoire (définis dans les Contrats opérationnels de Mobilité.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les départements ;&lt;/li&gt; 	&lt;li&gt;les communes et leurs groupements ;&lt;/li&gt; 	&lt;li&gt;les syndicats d’aménagement ou intercommunaux et autres organismes publics (société publique locale d’aménagement, établissement public).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Critère 1 :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;appartenir à un itinéraire de schéma vélo ou Plan de Mobilité ou Plan de mobilité simplifié ou document équivalent figurant des itinéraires cyclables . Un rabattement entre un itinéraire vélo et l’équipement à desservir constitue également un projet éligible.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Critère 2 :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;des équipements à desservir, identifiés dans le cadre des Contrats opérationnels de mobilité – COM - (les gares et les établissements scolaires sous compétence régionale sont éligibles sans obligatoirement figurer au COM).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Eligibilité aux critères 1 et 2 et respect des recommandations techniques (CEREMA, Code de la Route, ISSR ...).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P177" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2024</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critère 1 :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;appartenir à un itinéraire de schéma vélo ou Plan de Mobilité ou Plan de mobilité simplifié ou document équivalent figurant des itinéraires cyclables . Un rabattement entre un itinéraire vélo et l’équipement à desservir constitue également un projet éligible.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Critère 2 :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;des équipements à desservir, identifiés dans le cadre des Contrats opérationnels de mobilité – COM - (les gares et les établissements scolaires sous compétence régionale sont éligibles sans obligatoirement figurer au COM).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Eligibilité aux critères 1 et 2 et respect des recommandations techniques (CEREMA, Code de la Route, ISSR ...).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/amenagements-cyclables-le-sud-a-velo</t>
+        </is>
+      </c>
+      <c r="W177" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Allo Région Sud&lt;/strong&gt;&lt;br /&gt; Tel : &lt;a href="tel:0491575757"&gt;04 91 57 57 57&lt;/a&gt;&lt;br /&gt; Mail : &lt;a href="mailto:contact&amp;#64;alloregionsud.fr"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenagements-cyclables-le-sud-a-velo/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>162938</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C205" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I205" s="1" t="inlineStr">
+      <c r="I178" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P205" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q205" s="1" t="inlineStr">
+      <c r="Q178" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R205" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T205" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G206" s="1" t="inlineStr">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>154415</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Amplifier la transition écologique et énergétique du territoire avec l'implication de tous</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°3</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I179" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de favoriser l&amp;#039;émergence d&amp;#039;activités et de pratiques en phase avec les défis de la transition.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Encourager la sobriété et viser l&amp;#039;autotomie énergétique du territoire
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Préserver les ressources naturelles et la biodiversité :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Encourager les démarches de protection et de valorisation des espaces et ressources naturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les dispositifs qui encouragent la préservation de la ressource en eau et la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les démarches innovantes et l&amp;#039;expérimentation pour un aménagement durable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Encourager les mobilités durables et solidaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Favoriser l&amp;#039;économie circulaire sur le territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développer la cohésion territoriale et l&amp;#039;implication de tous :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les initiatives citoyennes qui concourent aux enjeux de la transition socio-écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engager les acteurs du territoire et les habitants dans la transition socio-écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les solidarités et les coopérations territoriales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Recherche/développement pour améliorer l&amp;#039;efficacité énergétique de l&amp;#039;habitat ; accompagner l&amp;#039;émergence des réseaux d&amp;#039;acteurs (PTCE)
+ &lt;br /&gt;
+ •    Création de forêt comestible publique ; Développer des outils d&amp;#039;analyse mettant en avant les îlots de chaleur sur le territoire
+ &lt;br /&gt;
+ •    Etudier/Animer/Développer les services de mobilité de proximité
+ &lt;br /&gt;
+ •    Soutenir les démarches collectives de réduction des déchets pour les particuliers, artisans, commerçants
+ &lt;br /&gt;
+ •    Soutien des projets financés dans le cadre du Fonds Coup de Pousse
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Animation et mise en réseau
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d752-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>143372</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser une gestion intégrée de l’eau en ville et dans les infrastructures de transport</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Alors que les villes rassemblent 80 % de la population française, la gestion de l&amp;#039;eau en milieu urbain est un enjeu majeur pour les collectivités préoccupées par les questions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alimenter en eau et assainir les villes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer le risque d&amp;#039;inondation (ruissellement et débordement);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion patrimoniale des réseaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver et valoriser la ressource (cadre de vie qualitatif, intégration de l&amp;#039;eau au milieu urbain, favoriser la réutilisation de l&amp;#039;eau)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les impacts socio-économiques associés peuvent être importants du fait de demandes sociétales et obligations réglementaires croissantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Axé sur l&amp;#039;innovation, le Cerema développe des solutions en matière de gestion intégrée de l&amp;#039;eau - un enjeu majeur pour les collectivités qui ont en charge l&amp;#039;aménagement de leurs territoires : gestion des eaux pluviales et assainissement, gestion des réseaux, qualité des milieux aquatiques et prévention des inondations...
+ &lt;br /&gt;
+ La réponse du Cerema
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En cohérence avec les actions menées par le Cerema sur les notions de services écosystémiques – intégration de la Nature en ville, l&amp;#039;établissement accompagne les collectivités locales dans leurs démarches en faveur d&amp;#039;une gestion intégrée de l&amp;#039;eau pour l&amp;#039;aménagement du territoire. Il peut apporter plusieurs réponses :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le développement de schémas d&amp;#039;organisation des compétences locales de l&amp;#039;eau et à la structuration de la gouvernance : analyses multi-échelles des problématiques, appui à la définition d&amp;#039;orientations politiques territorialisées...
+ &lt;/li&gt;
+ &lt;li&gt;
+  la définition, la mise en œuvre et l&amp;#039;évaluation de stratégie d&amp;#039;économies d&amp;#039;eaux et de mobilisation de ressources alternatives (eaux usées traitées, eaux pluviales,...) : diagnostics de besoins, assistance et expertise d&amp;#039;opportunité – conception – dimensionnement, qualification des systèmes de traitement...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La définition et l&amp;#039;accompagnement de stratégies territoriales de gestion des eaux pluviales et de désimperméabilisation des sols à différentes échelles : expertise liée à la mise en œuvre des techniques alternatives, élaboration de guides locaux et nationaux, approches techniques et socio-économiques, traduction réglementaire (zonage, PLU,...)...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et l&amp;#039;évaluation de dispositifs innovants de maîtrise des eaux pluviales (hydrologie, polluants, biodiversité,..) : conduite d&amp;#039;activités de recherche opérationnelle, sites pilotes, démonstrateurs physiques et numériques, planches expérimentales, outils d&amp;#039;aide à la conception, au dimensionnement et à la gestion des eaux pluviales urbaines et provenant d&amp;#039;infrastructures de transport...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;actions de surveillance, essais, mesures, développements analytiques pour le suivi des émissions et pressions pouvant impacter les milieux aquatiques : réalisation de campagnes de mesures quantitatives et qualitatives (physico-chimie, hydrobiologie) sur milieu récepteur et réseaux (et STEP), évaluation des impacts des rejets urbains sur les eaux de surface et souterraines, instrumentation d&amp;#039;ouvrages de gestion des eaux pluviales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;une assistance à maîtrise d&amp;#039;ouvrage sur ces thématiques (rédaction de CCTP, analyse des offres...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;outils d&amp;#039;accompagnement (sensibilisation, formations)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Mobilité pour tous
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/favoriser-gestion-integree-eau-ville-infrastructures</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7616-favoriser-une-gestion-integree-de-leau-en-vil/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>162980</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Développer des mobilités alternatives et durables</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 3 - FEDER</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...148 lines deleted...]
-Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Recherche</t>
-[...26 lines deleted...]
-Bâtiments et construction
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I181" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J181" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers&lt;/span&gt;&lt;span&gt;,
+territoire périurbain mais aussi rural, la mobilité est essentiellement vécue
+comme une pratique individuelle, ancrée dans le quotidien et consommatrice
+d’énergies fossiles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les déplacements se font majoritairement vers les
+pôles urbains extérieurs au territoire et subissent les phénomènes de
+congestion (notamment pour les actifs en trajet domicile /travail) et
+l’augmentation des coûts de l’énergie même si le développement du télétravail
+est aussi un élément influant sur les pratiques de mobilité pendulaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives à la voiture pour désenclaver les secteurs et
+les pratiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Rendre plus durables les pratiques de mobilité&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Développement des
+pistes cyclables et de leurs aménagements favorisant notamment la mobilité du
+quotidien&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures, équipements,
+services et solutions de mobilités multimodales, collectives ou solidaires&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures de
+recharges décarbonés pour la mobilité des voyageurs et des marchandises&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner le
+territoire dans la mise en place d’un Contrat Opérationnel de Mobilité (COM)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
-Réduction de l'empreinte carbone</t>
-[...2 lines deleted...]
-      <c r="O207" s="1" t="inlineStr">
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="P181" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q181" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-preservation-des-ressources-naturelles-locales/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>162347</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Assurer la protection des individus lors de leurs déplacements sur le réseau de transport régional</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Pass Sûreté</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Réservé aux métiers des forces de l’ordre et de secours, le Pass Sûreté accorde la gratuité des transports ZOU ! sur un trajet domicile-travail.&lt;/p&gt;
+&lt;p&gt;En souscrivant à ce Pass, les bénéficiaires s’engagent à porter assistance aux usagers en cas de besoin et à intervenir pour assurer la protection des individus lors de leurs déplacements sur le réseau de transport régional.&lt;/p&gt; &lt;p&gt;Policiers, gendarmes, douaniers, pompiers, marins-pompiers, militaires, personnels actifs de l’administration pénitentiaire et les Equipes Mobiles Académiques de Sécurité (EMAS), résidant et travaillant exclusivement en Provence-Alpes-Côte d’Azur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P182" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2022</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Souscription à l’abonnement sur le site &lt;a href="https://m.ter.sncf.com/sud-provence-alpes-cote-d-azur/tarifs-cartes/tarifs-speciaux/pass-surete-nouvelle-formule/demande"&gt;TER SNCF SUD&lt;/a&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/pass-surete</t>
+        </is>
+      </c>
+      <c r="W182" s="1" t="inlineStr">
+        <is>
+          <t>https://m.ter.sncf.com/sud-provence-alpes-cote-d-azur/tarifs-cartes/tarifs-speciaux/pass-surete-nouvelle-formule/demande</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pass-surete/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>143382</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Appliquer les nouvelles règles sur la visibilité en conception routière (formation)</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Formation Conception routière : Appliquer les nouvelles règles sur la visibilité</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les règles de conception géométrique des infrastructures routières sont basées sur des fondements, généralement anciens, dont certains ont fait l&amp;#039;objet depuis quelques années d&amp;#039;un réexamen global à l&amp;#039;aune d&amp;#039;une mise à jour des connaissances des paramètres influant sur leur définition (évolutions techniques, technologiques, comportement de l&amp;#039;usager,...).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;objectif de ce réexamen global est notamment de rechercher les marges potentielles permettant d&amp;#039;optimiser l&amp;#039;intégration et le coût des infrastructures.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Dans le cadre de cette démarche, les règles sur la visibilité et sur les rayons en angle saillant du profil en long, figurant dans les guides techniques actuels (ARP1, ICTAAL2, .... ) ont été révisées et intégrées dans un guide technique du Cerema intitulé « Conception des routes et autoroutes, révision des règles sur la visibilité et sur les rayons en angle saillant du profil en long » paru en octobre 2018.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Ces nouvelles règles, applicables au réseau routier national par instruction ministérielle du 01 octobre 2018, peuvent, dans un souci de cohérence du réseau routier sur le territoire, servir de document de référence pour l&amp;#039;élaboration des projets des collectivités territoriales.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ ARP (aménagement des routes principales)
+ &lt;br /&gt;
+ &lt;br /&gt;
+ ICTAAL (instruction sur les conditions techniques d&amp;#039;aménagement des autoroutes de liaison)
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+ &lt;br /&gt;
+ A l&amp;#039;issue de la formation, les stagiaires seront capables de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  connaître les nouveautés apportées par le guide technique en matière de règles sur la visibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  comprendre l&amp;#039;approche performantielle du guide
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en œuvre les règles - comprendre les notions de souplesse, d&amp;#039;écart, et les situations où on peut éventuellement y avoir recours
+ &lt;/li&gt;
+ &lt;li&gt;
+  savoir utiliser le guide en fonction du cas de figure
+ &lt;/li&gt;
+ &lt;li&gt;
+  vérifier les distances de visibilité
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-conception-routiere-appliquer-nouvelles-regles</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/91f6-appliquer-les-nouvelles-regles-sur-la-visibil/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>143370</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Accéder aux ouvrages d'arts complexes : la passerelle EPSILON</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La passerelle à câble Epsilon du Cerema est l&amp;#039;unique moyen d&amp;#039;accès aux ouvrages d&amp;#039;art de dimension exceptionnelle ou stratégique. Venez découvrir l&amp;#039;outil unique que le Cerema met à votre disposition pour accéder au contact des ouvrages d&amp;#039;art, comme le préconise l&amp;#039;instruction technique pour la surveillance et l&amp;#039;entretien des ouvrages d&amp;#039;arts (ITSEOA).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le Cerema à vos côtés pour vos missions de surveillance, d&amp;#039;investigation, d&amp;#039;inspection détaillée et de réalisation d&amp;#039;entretien courant ou spécialisé.
+ &lt;br /&gt;
+ Un produit adapté pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accéder à un pont en arc et son intrados
+ &lt;/li&gt;
+ &lt;li&gt;
+  atteindre les parements d&amp;#039;un ouvrage présentant des appuis de grande hauteur
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas neutraliser la chaussée
+ &lt;/li&gt;
+ &lt;li&gt;
+  intervenir sur des ouvrages d&amp;#039;art étroits voire limités en tonnage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Les solutions offertes par notre passerelle
+  &lt;br /&gt;
+  &amp;gt; Accès physique aux zones inaccessibles par des moyens d&amp;#039;accès conventionnels :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plateforme légère d&amp;#039;une longueur modulable (panier de 1 m ou passerelle de 6 à 18 m) permettant d&amp;#039;emmener deux passagers et leur matériel, en plus du chef de manœuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utilisation transversale (pile, intrados de voûte ou de plan incliné) comme longitudinale (mur de tympan, encorbellement, mur de soutènement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La passerelle peut être équipée de flotteurs et est accompagnée d&amp;#039;un bateau pour les interventions au-dessus de l&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Possibilité de suspendre la passerelle Epsilon jusqu&amp;#039;à 150 m en dessous du tablier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les franchissements de grande largeur avec caillebotis : passage du câble entre deux tabliers parallèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite des ouvrages à faible capacité portante : deux chariots thermiques, mobiles et légers à bras télescopiques hydrauliques articulés (6 tonnes par chariot de 1,3 m de large).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;utilisation
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &amp;gt; Mise à disposition de la passerelle pour :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une utilisation par vos spécialistes en ouvrage d&amp;#039;art pour l&amp;#039;inspection détaillée, l&amp;#039;entretien courant ou spécialisé et l&amp;#039;investigation (carottage, instrumentation, gammagraphie...),ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ia réalisation d&amp;#039;une prestation par une équipe qualifiée du Cerema, formée au déplacement sur corde pour les manipulations plus atypiques et de sécurité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Mise à disposition dans toute la France métropolitaine
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Matériel entièrement démontable et acheminé sur les ouvrages dans un ensemble routier tracteur semi-remorque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation sur site en moins de 2 heures par notre équipe
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention sans interrompre la circulation - Encombrement de la chaussée réduit : utilisation du trottoir ou de la piste cyclable, grâce à une faible largeur des chariots
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - DIR Centre-Est : Le pont de Givors inspecté périodiquement
+ &lt;br /&gt;
+ - BOAS : Inspection détaillée périodique du pont de Serrières, un pont voûte de grande dimension, sur l&amp;#039;Ain
+ &lt;br /&gt;
+ - Conseil Départemental du Finistère : Gestion du Pont de Terenez
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Bâtiments et construction
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/passerelle-epsilon-acces-aux-ouvrages-art-complexes</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a3e-acceder-aux-ouvrages-darts-complexes-la-passe/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>143360</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Apprendre à réaliser une Enquête Mobilité Certifiée Cerema (EMC²) - Formation</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une Enquête Mobilité Certifiée Cerema (EMC²) - Formation</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les enquêtes ménages-déplacements alimentent les politiques publiques depuis la fin des années 1970.
+ &lt;br /&gt;
+ Initialement conçues pour les zones denses des grandes agglomérations (EMD), les enquêtes ont été déclinées dans les villes moyennes (Enquête Déplacements Villes Moyennes – EDVM) et les couronnes périurbaines (Enquête Déplacements Grands Territoires – EDGT).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Aujourd&amp;#039;hui, ces méthodes ont été harmonisées pour n&amp;#039;en former qu&amp;#039;une seule : l&amp;#039;enquête mobilité certifiée Cerema (EMC2).
+Avec sa méthodologie modulable, elle s&amp;#039;adapte aux besoins des territoires et étend ses champs de construction de la connaissance.
+Elle continue d&amp;#039;être largement réalisée par les collectivités qui ont besoin de mettre à jour leurs indicateurs de planification et/ou leur modèle multimodaux de prévision de trafic.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS PÉDAGOGIQUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;issue du module, les stagiaires doivent être en capacité de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Déterminer les cas pour lesquels il est judicieux de réaliser une EMC2 et à quoi elles servent
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décrire les étapes d&amp;#039;une enquête pour en planifier une.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Citer les grands principes méthodologiques des EMC et leurs justifications 2 : champs temporel, géographique, stratification territoriale, population concernée, taux de sondage, processus de recueil téléphone et/ou face à face, contenu du questionnaire du cœur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utiliser les exploitations standards.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PROGRAMME :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Première journée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  10h00 – 10h30 : Accueil des participant·e·s : Présentation de la formation, Tour de table des participant·e·s et de leurs attentes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  10h30 – 11h15 :   Introduction à la Mobilité : Pourquoi recueille-t-on de la donnée de mobilité et définitions utiles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  11h15 – 12h30 : Les EMC2 dans le paysage des enquêtes de déplacements : Panorama des enquêtes de mobilité ; Données numériques pour la mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  12H30 – 14H00 : Pause déjeuner
+ &lt;/li&gt;
+ &lt;li&gt;
+  14H00 – 17H30 : La méthodologie des EMC2 : Processus d&amp;#039;une EMC2 ; Principes méthodologiques : calendrier, plan de sondage, questionnaire, temporalité ; Le déplacement : unité et variables recueillies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Deuxième journée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  8h30 – 9H00 :Accueil des participant·e·s : retours sur la journée de la veille, questions éventuelles, présentation de la journée
+ &lt;/li&gt;
+ &lt;li&gt;
+  9h00 – 10H45 : La donnée c&amp;#039;est pas donné ! Les erreurs et biais de l&amp;#039;enquête et comment le Cerema intervient pour les minimiser.
+ &lt;/li&gt;
+ &lt;li&gt;
+  10H45 – 11H00 : Pause
+ &lt;/li&gt;
+ &lt;li&gt;
+  11H00 – 11h45 : Une EMC2 à quoi ça ressemble : Fichier brut, dictionnaire des variables, outils d&amp;#039;exploitation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  11h45 – 12h45 : Une EMC2 à quoi ça ressemble : l&amp;#039;exploitation standard ; Présentation de l&amp;#039;exploitation standard et comment l&amp;#039;utiliser.
+ &lt;/li&gt;
+ &lt;li&gt;
+  12H45 – 14H00 : Pause déjeuner
+ &lt;/li&gt;
+ &lt;li&gt;
+  14H00 – 15H30  : Les EMC2 : leurs limites et au-delà. Avantages et faiblesses des EMC2 Comment les options y répondent
+ &lt;/li&gt;
+ &lt;li&gt;
+  15H30-16H30 : Evaluation ; Conclusion de la formation, premiers retours.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PUBLIC :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cette formation vise, à la fois, toute personne en charge de la conception, du suivi d&amp;#039;une EMC2, mais également les personnes en charge de traitements et analyses des données issues des EMC2.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniciens, chargés d&amp;#039;études des services mobilités des services de l&amp;#039;Etat et des collectivités locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargés d&amp;#039;études en agence d&amp;#039;urbanisme ou bureaux d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chercheurs en mobilité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NIVEAU PRÉ-REQUIS : Aucun
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OUTILS PÉDAGOGIQUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exposés méthodologiques et apports techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exercices / études de cas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retours d&amp;#039;expérience
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quiz
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS D&amp;#039;ÉVALUATION :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACCESSIBILITÉ DE NOS FORMATIONS AUX PERSONNES EN SITUATION DE HANDICAP
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉLAIS D&amp;#039;ACCÈS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-realiser-enquete-mobilite-certifiee-cerema-emc2</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa26-formation-realiser-une-enquete-mobilite-certi/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>165442</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Développer la Coopération</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>AAP n°4</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="F186" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I186" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de coopération permettent de saisir des opportunités de découverte et d&amp;#039;échanges, participant au développement d&amp;#039;un territoire. Le GAL souhaite renforcer sa stratégie territoriale afin de faciliter le transfert de savoir-faire, encourager les pratiques nouvelles et promouvoir le territoire à l&amp;#039;extérieur. Ces objectifs seraient une source de plus-values réciproques pour les territoires souhaitant coopérer. Les projets de coopération devront s&amp;#039;inscrire dans les objectifs définis par le Conseil Régional Centre-Val de Loire lors de l&amp;#039;appel à candidature LEADER. &lt;/p&gt;&lt;p&gt;&lt;em&gt;Afin de répondre à la stratégie du GAL, la fiche action vise à:&lt;/em&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l&amp;#039;accès à des services de proximité (santé, mobilité, alimentation, accueil jeunes, services aux personnes âgées etc.) et appuyer l&amp;#039;innovation sociale pour des territoires inclusifs. &lt;/li&gt;&lt;li&gt;Relocaliser et reterritorialiser l&amp;#039;économie.&lt;/li&gt;&lt;li&gt;Atténuer les effets et adapter le territoire face au dérèglement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;FINANCEMENT:&lt;/strong&gt; Deux modalités de financements sont proposées selon l&amp;#039;origine des fonds:&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Financement via l&amp;#039;enveloppe réservataire de la Région Centre-Val de Loire de 500 000€:&lt;/em&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Territoires limitrophes avec Région CVL: Plafond 10 000€ FEADER&lt;/li&gt;&lt;li&gt;Projet de coopération Nationale: Plafond 20 000€ FEADER&lt;/li&gt;&lt;li&gt;Projet de coopération transnationale: Plafond 30 000€ FEADER&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;br /&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Financement via l&amp;#039;enveloppe du GAL de 71 500€: Projet de coopération impliquant un GAL de la Région Centre-Val de Loire, ou projet ayant reçu un avis défavorable de la Région Centre-Val de Loire, selon les modalités classiques des appels à projets Leader du GAL. &lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets entrant dans cet appel à projet doivent entrer en adéquation avec un/des objectifs des autres appels à projets du GAL Castelroussin-Valençay. Il vise à soutenir des projets de coopération entre territoires dans une logique de mutualisation, de transfert d&amp;#039;innovation et de développement territorial intégré. &lt;/p&gt;&lt;p&gt;Les opérations susceptibles d&amp;#039;être subventionnées sont les opérations subventionnées dans les appels à projets 1.2 - 2.2 et 3.2 du GAL Castelroussin Valençay. Un volet est néanmoins spécifique à la coopération:&lt;/p&gt;&lt;p&gt;&lt;em&gt;Gouvernance et méthodes participatives:&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Echanges de bonnes pratiques entre GAL (gouvernance, animation territoriale).&lt;/li&gt;&lt;li&gt;Formation des équipes LEADER et des porteurs de projets.&lt;/li&gt;&lt;li&gt;Co-Construction d&amp;#039;outils de participation citoyenne (Budget participatif, diagnostics).&lt;/li&gt;&lt;li&gt;Vie locale, participation et cohésion sociale territoriale.&lt;/li&gt;&lt;li&gt;Action innovante en faveur de l&amp;#039;accueil des nouveaux arrivants.&lt;/li&gt;&lt;li&gt;Création d&amp;#039;itinéraires patrimoniaux ou touristiques communs.&lt;/li&gt;&lt;li&gt;Mise en réseau de sites naturels ou culturels similaires.&lt;/li&gt;&lt;li&gt;Valorisation conjointe du patrimoine immatériel (langue, savoir-faire, traditions).&lt;/li&gt;&lt;li&gt;Elaboration d&amp;#039;une identité territoriale partagée (marque, label, communication).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Santé
+Formation professionnelle
+Tiers-lieux
+Agriculture et agroalimentaire
+Biodiversité
+Attractivité économique
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q186" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;DÉPENSES ÉLIGIBLES SUR FACTURE :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;&lt;/li&gt;&lt;li&gt;Prestation de services et frais d&amp;#039;honoraires en accompagnement comptable, juridique, et technique nécessaire à la réalisation de l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;&lt;/li&gt;&lt;li&gt;Frais de conception et d&amp;#039;aménagement de stands ;&lt;/li&gt;&lt;li&gt;Frais de communication (encart publicitaire, frais d&amp;#039;impression, affranchissement pour envoi en nombre, conception de supports de communication), de promotion, d&amp;#039;information (guide, film, site internet...) ;&lt;/li&gt;&lt;li&gt;Acquisition de matériel/outillage industriel, mobilier, fournitures (hors acquisition d&amp;#039;occasion et hors investissement agricole) ;&lt;/li&gt;&lt;li&gt;Investissement immatériel (logiciels et brevets) ;&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d&amp;#039;éligibilité définies au niveau régional) ;&lt;/li&gt;&lt;li&gt;Location de biens meubles ou immeubles ;&lt;/li&gt;&lt;li&gt;Véhicule en lien direct avec le projet (maximum 1 par opération) et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention et dans le périmètre éligible au programme LEADER.&lt;/li&gt;&lt;li&gt;Echanges de bonnes pratiques entre GAL (gouvernance, animation territoriale).&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation des équipes LEADER et des porteurs de projets.&lt;/li&gt;&lt;li&gt;Co-Construction d&amp;#039;outils de participation citoyenne (Budget participatif, diagnostics).&lt;/li&gt;&lt;li&gt;Vie locale, participation et cohésion sociale territoriale.&lt;/li&gt;&lt;li&gt;Action innovante en faveur de l&amp;#039;accueil des nouveaux arrivants.&lt;/li&gt;&lt;li&gt;Création d&amp;#039;itinéraires patrimoniaux ou touristiques communs.&lt;/li&gt;&lt;li&gt;Mise en réseau de sites naturels ou culturels similaires.&lt;/li&gt;&lt;li&gt;Valorisation conjointe du patrimoine immatériel (langue, savoir-faire, traditions).&lt;/li&gt;&lt;li&gt;Elaboration d&amp;#039;une identité territoriale partagée (marque, label, communication).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;strong&gt;DÉPENSES ÉLIGIBLES DE PERSONNEL:&lt;br /&gt;&lt;/strong&gt;• Frais de personnels ou bénévoles nécessaires à la réalisation de l&amp;#039;opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires, un justificatif de temps de travail sera demandé) ;&lt;br /&gt;• Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;&lt;br /&gt;• Notes de frais des personnels ou bénévoles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D&amp;#039;ÉLIGIBILITÉ:&lt;br /&gt;&lt;/strong&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;• Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;Le financement s&amp;#039;effectue selon la règle suivante: 1€ de fonds publics hors FEADER donne 4€ de FEADER. Aucun autofinancement n&amp;#039;est exigé. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide avant son début d&amp;#039;exécution. Tout commencement d&amp;#039;exécution d&amp;#039;une dépense avant l&amp;#039;accusé de réception de la demande d&amp;#039;aide remet en cause l&amp;#039;éligibilité de cette dépense.&lt;br /&gt;Par « commencement d&amp;#039;exécution de l&amp;#039;opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d&amp;#039;un devis, d&amp;#039;un bon de commande, notification d&amp;#039;un marché public, paiement d&amp;#039;un acompte, d&amp;#039;une facture etc.).&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les opérations susceptibles d&amp;#039;être subventionnées sont les opérations subventionnées dans les appels à projets 1.2 - 2.2 et 3.2 du GAL Castelroussin-Valençay.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.payscastelroussin.fr/</t>
+        </is>
+      </c>
+      <c r="W186" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr/</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thibault MOURIER&lt;br /&gt;Gestionnaire / Animateur&lt;br /&gt;Tél : 02.34.68.04.70&lt;br /&gt;Courriel : &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/leader&amp;#64;payscastelroussin.fr" target="_self"&gt;leader&amp;#64;payscastelroussin.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Marlène HODEE&lt;/p&gt;&lt;p&gt;Animatrice LEADER&lt;/p&gt;&lt;p&gt;Tel: 02.54.00.35.33&lt;/p&gt;&lt;p&gt;Courriel: leader&amp;#64;paysvalencayenberry.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>leader@payscastelroussin.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-cooperation/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>162974</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>DDT de l'Aube</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K208" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les
 services spécialisés de la Direction Départementale des
 Territoires de l’Aube, selon le domaine concerné, sont les
 interlocuteurs de proximité des élus qui souhaitent être
 accompagnés et soutenus dans la mise en œuvre de leurs projets
 relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
 	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
 	des actes d’urbanisme et conseil aux services instructeurs des
 	collectivités,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
 	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
 	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	aux collectivités dans la mise en œuvre de l’ingénierie sur
 	mesure proposée par l’ANCT, ...&lt;/p&gt;
 	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
 	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	et instruction des procédures environnementales des projets,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
@@ -41617,378 +35368,8917 @@
 	douces,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
 	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
 	des collectivités pour la prise d’arrêtés de mise en sécurité,
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Développement
 économique et commercial&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	et accompagnement pour la réalisation de projets économiques ou
 	industriels, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Ingénierie
 financière&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
 	à la recherche de financements publics (outil aides territoires),
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M208" s="1" t="inlineStr">
+      <c r="M187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 – Action
 Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
 Petites Villes de Demain (PVD) ;&lt;/p&gt;
 &lt;p&gt;– Pacte
 Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
 &lt;p&gt;– Aménagements
 d’espaces publics ;&lt;/p&gt;
 &lt;p&gt;– Renouvellement
 urbain, écoquartiers ;&lt;/p&gt;
 &lt;p&gt;– Rénovation
 thermique de bâtiments publics, production d&amp;#039;EnR ; 
 &lt;/p&gt;
 &lt;p&gt;– Agendas
 d’accessibilité programmée ;&lt;/p&gt;
 &lt;p&gt;– Diagnostics
 de sécurité routière ;&lt;/p&gt;
 &lt;p&gt;– Aires
 d’accueil des gens du voyage ;&lt;/p&gt;
 &lt;p&gt;– Plans
 communaux de sauvegarde ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
 liés aux énergies renouvelables ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
 de friches artisanales et industrielles ;&lt;/p&gt;
 &lt;p&gt;– Planification
 territoriale… .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Prévention des risques
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction
 Départementale des Territoires de l’Aube.&lt;/p&gt;
 &lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>jean-michel.barrois@aube.gouv.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C209" s="1" t="inlineStr">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>142711</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Evaluer la sécurité des aménagements pour l'insertion urbaine des tramways</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La connaissance de la demande de mobilité est un intrant indispensable à l&amp;#039;élaboration et à l&amp;#039;évaluation de politiques publiques liées directement ou indirectement aux déplacements (tourisme, santé, économie). Les méthodes de recueil et les sources de données étant très nombreuses et en constante évolution, une expertise est nécessaire pour identifier la bonne méthode pour obtenir, utiliser, capitaliser et diffuser la donnée répondant aux besoins spécifiques du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Acteur historique, le Cerema vous accompagne dans les processus de recueil, d&amp;#039;analyse, de capitalisation et de diffusion de données sur la demande de mobilité en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous vous proposons un accompagnement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Expliciter les besoins en données de mobilité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place les processus de recueil de données ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyser les données en lien avec les besoins identifiés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stocker et diffuser les données et les analyses.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etude sur la mobilité des seniors en Bourgogne Franche Comté.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Logistique urbaine
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/analyser-observer-demande-mobilite</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a60-evaluer-la-securite-des-amenagements-pour-lin/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>164414</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Développer et animer les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G209" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Fonds LEADER</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>PETR Pays d'Auch</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I189" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le PETR dispose d&amp;#039;une enveloppe LEADER à destination d&amp;#039;acteurs privés ou publics qui porteraient des &lt;strong&gt;projets innovants et visant à développer les territoires ruraux du Pays d&amp;#039;Auch&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Les principaux objectifs du programme sont ainsi d&amp;#039;apporter un &lt;strong&gt;accompagnement technique&lt;/strong&gt; (COTECH) et &lt;strong&gt;administratif &lt;/strong&gt;aux porteurs de projet (prestation gratuite et assurée par l&amp;#039;animateur LEADER), et selon éligibilité et sélection du projet, de leur fournir une &lt;strong&gt;aide financière&lt;/strong&gt; versée après réalisation de l&amp;#039;opération subventionnée. La demande de financement doit avoir lieu avant le début des travaux liés au projet (signature d&amp;#039;un marché public, première facture...).&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : les particuliers, les SC immobilières et patrimoniales, les entreprises agricoles. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe est répartie selon trois fiches action qui s&amp;#039;articulent selon les thématiques suivantes : &lt;/p&gt;&lt;p&gt;1. Economie de proximité et filières locales / Tourisme durable et patrimoine&lt;/p&gt;&lt;p&gt;2. Services, équipements et vie associative / Culture&lt;/p&gt;&lt;p&gt;3. Transition écologique et énergétique / Biodiversité et ressources naturelles / Mobilités durables&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Transition énergétique
+Commerces et services
+Biodiversité
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P189" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q189" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La structure éligible peut être publique (collectivité, OQDP, organismes publics, chambres consulaires, etc.) ou privée (associations, entreprises, coopératives, etc.) et doit porter un projet de territoire qui s&amp;#039;inscrit dans les thématiques préalablement présentées. &lt;/p&gt;&lt;p&gt;Le territoire du projet doit être inscrit au sein du périmètre du Pays d&amp;#039;Auch, sauf la commune d&amp;#039;Auch qui n&amp;#039;est pas éligible en lien avec son caractère urbain. &lt;/p&gt;&lt;p&gt;Le programme LEADER peut financer : Les actions et outils de promotion et communication; La création, le développement, le maintien ou la mutualisation de services, activités ou outils; La création, reprise, développement et implantation d&amp;#039;entreprises ou filières (qui ne s&amp;#039;insèrent pas dans un contexte concurrentiel); La formation, l&amp;#039;animation, accompagnement et expertise; Les opérations immobilières; L&amp;#039;organisation ou l&amp;#039;animation en lien avec un événement; La réalisation d&amp;#039;études; La réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements de constructions et équipements; Les voyages d&amp;#039;étude. &lt;/p&gt;&lt;p&gt;Le projet présenté ne peut pas avoir déjà été financé par des fonds européens. &lt;/p&gt;&lt;p&gt;Les matériaux d&amp;#039;occasion ne peuvent pas être financés par LEADER. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Il est fortement recommandé de contacter l&amp;#039;animatrice LEADER du PETR pour vérifier l&amp;#039;éligibilité de votre projet.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>PAYS D'AUCH</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-auch.fr/programme-leader/</t>
+        </is>
+      </c>
+      <c r="W189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-auch.fr/documents-outils-leader/</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact de l&amp;#039;animatrice LEADER : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;savanah.mercier&amp;#64;pays.auch.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06 34 64 18 10&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>savanah.mercier@pays.auch.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-animer-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>142764</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Rassembler tous les acteurs volontaires pour produire des ressources ouvertes</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété et Résilience des Territoires </t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à communs est un mode d&amp;#039;intervention dont l&amp;#039;entrée collaborative, dès la phase d&amp;#039;idéation du projet, est au cœur du dispositif.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention :
+ &lt;/strong&gt;
+ les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir) :
+ &lt;br /&gt;
+ https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles répondent aux quatre critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ils sont développés en licences ouvertes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils intègrent des communautés d&amp;#039;utilisateurs et de contributeurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils sont documentés sur le support public de l&amp;#039;appel à communs (le Wiki) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils répondent à au moins l&amp;#039;un des défis de l&amp;#039;appel à communs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ À noter que les projets sont éligibles à tous les stades de maturité.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 relevés de communs auront lieu : le 1er juin, le 29 septembre et le 15 décembre 2023.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à communs sobriété et résilience des territoires s&amp;#039;appuie sur le retour d&amp;#039;expérience de la 1re édition de l&amp;#039;appel à communs lancée en 2021 par l&amp;#039;ADEME sur le sujet de la résilience des territoires. Au vu du bilan positif1 de cette première édition, l&amp;#039;ADEME a souhaité renouveler le dispositif et s&amp;#039;associer à d&amp;#039;autres agences publiques. Pour cette 2e édition, l&amp;#039;IGN et l&amp;#039;ANCT sont associés pour soutenir les dynamiques de coopération sur ces sujets.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communs sélectionnés bénéficieront de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien technique de      l&amp;#039;ADEME ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  selon le sujet, un soutien      technique de l&amp;#039;IGN et de l&amp;#039;ANCT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un accompagnement de l&amp;#039;équipe      conseil externe, spécialiste des communs (licence, gouvernance, modèle      économique, communautés) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un financement de l&amp;#039;ADEME ne      pouvant pas dépasser 70 % du montant éligible. Le taux d&amp;#039;aide appliqué est      fixé par l&amp;#039;ADEME lors de l&amp;#039;instruction du dossier en fonction du système      d&amp;#039;aide dont le dossier dépendra.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir)
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
+&lt;/p&gt;
+&lt;p&gt;
+ Le site de l&amp;#039;appel à communs :
+ &lt;br /&gt;
+ https://resilience-territoire.ademe.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ 1 https://librairie.ademe.fr/urbanisme-et-batiment/6149-retour-d-experience-du-1er-appel-a-commun-de-l-ademe.html
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230418/sobriete-resilience-territoires</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cbf3-sobriete-et-resilience-des-territoires/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>159896</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Assurer un panier de services pour les besoins de base</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F191" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J191" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conforter l&amp;#039;économie résidentielle, améliorer la vie des habitants du territoire, assurer un panier de services de base à tous.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les services publics et aux publics apportent des réponses concrètes aux besoins de base de tout un chacun : se loger décemment, se mouvoir sur le territoire, avoir accès à des commerces de proximité... Mais il s&amp;#039;agit également pour les acteurs locaux d&amp;#039;apporter des réponses qui soient dans une perspective d&amp;#039;adapter les modes de vie contemporains aux enjeux climatiques et environnementaux.
+ &lt;br /&gt;
+ Cette fiche-action ambitionne ainsi de contribuer à améliorer l&amp;#039;offre de services publics et privés sur l&amp;#039;ensemble du territoire et pour tous les publics. L&amp;#039;accès à un panier de services continue d&amp;#039;être un élément clé de l&amp;#039;attractivité et du développement économique du territoire Adour Chalosse Tursan Marsan.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développement des parcours résidentiels et mise à niveau du parc de logements
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie dédiée à l&amp;#039;action « parcours résidentiel » ou visant à apporter une amélioration énergétique du parc de logements ou ciblant de l&amp;#039;habitat très dégradé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et amélioration de logements sociaux (moins de 20 logements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des changements de pratique de mobilité
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes sur la mobilité couvrant au minimum l&amp;#039;échelle d&amp;#039;un EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;ingénierie permettant la coordination et communication sur l&amp;#039;éventail des possibilités de déplacements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements et actions d&amp;#039;ingénierie favorisant les déplacements multimodaux (aires de covoiturages, d&amp;#039;auto-partage, parking vélo...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien au développement de la cyclo-logistique et de plateforme de mobilité solidaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux premiers ou derniers commerces de centre-bourg dans leur domaine d&amp;#039;activité
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation ou aménagement de local commercial
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux actions visant à développer des services à destination de la jeunesse
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant le développement de nouveaux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création, réhabilitation de bâtiments et/ou équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Amélioration de la gestion des biodéchets
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes portant sur des solutions collectives pour les producteurs de biodéchets intermédiaires et « assimilés » (hors gros producteurs et ménages)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Logement et habitat
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P191" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q191" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d747-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>161751</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux relais</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>117422</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition des enjeux d'aménagement et de développement local</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités dans  leurs réflexions amont d&amp;#039;aménagement et d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Suite au diagnostic territorial (réalisable dans le cadre d&amp;#039;ID77), le Département met à disposition de la collectivité ses connaissances et ses compétences techniques, afin qu&amp;#039;elle bénéficie d&amp;#039;un accompagnement amont permettant de l&amp;#039;aider à identifier les grands enjeux et les outils à mobiliser, dans l&amp;#039;optique d&amp;#039;un aménagement durable de son territoire.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Cet accompagnement peut être mené en amont de tout projet d&amp;#039;aménagement du territoire, de type :
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ - Aménagement d&amp;#039;un centre bourg,
+&lt;/p&gt;
+&lt;p&gt;
+ - Intégration des mobilités dans les espaces publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - Choix d&amp;#039;un lieu pour un équipement
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet d&amp;#039;aménagement pourra être poursuivi pour sa mise en œuvre dans le cadre d&amp;#039;ID77
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalité
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Premier contact avec la collectivité pour préciser la commande,
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;une réunion avec la collectivité, les services départementaux et organismes concernés, afin d&amp;#039;identifier les enjeux et problématiques,
+&lt;/p&gt;
+&lt;p&gt;
+ - Production par le Département d&amp;#039;un document synthétisant ces enjeux et proposant des outils à mobiliser.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Milieux humides
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f9b-accompagner-les-collectivites-dans-la-definit/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>111759</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I194" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la carte intégrant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de la Stratégie territoriale Air Energie Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de la concertation du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition du plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de l&amp;#039;Etat initial de l&amp;#039;environnement et de l&amp;#039;Evaluation environnementale Stratégique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration du dispositif de suivi du plan d&amp;#039;actions et évaluation (définition des indicateurs, suivi de la mise en place des actions, comité des acteurs, logiciel PROSPER Actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à l&amp;#039;approbation du PCAET (Lien MRAE, DDTM, ADEME, préfecture, Région ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation post- PCAET
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostics PCAET, Profil Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etat initial de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport Stratégique, Rapport PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tableur de suivi des actions (logiciel PROSPER actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support de communication et de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement et Finalisation de PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépôt du PCAET sur la plateforme ADEME
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche de subventions ....
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Sols
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T194" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I195" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J195" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P195" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q195" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T195" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I209" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J209" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
-[...28 lines deleted...]
-          <t>Espace public
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
 Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P196" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q196" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T196" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>144508</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études des démarches "Petites Villes de Demain"</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I197" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les centralités retenues dans le cadre du programme national « Petites Villes de Demain » (PVD) et non retenues par la Région Nouvelle Aquitaine « au titre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt Centres-bourgs, pourront bénéficier d&amp;#039;un soutien départemental pour la conduite d&amp;#039;études stratégiques, thématiques et pré-opérationnelles dans le cadre d&amp;#039;un partenariat établi avec la Banque des Territoires/ Caisse des dépôts et consignations.
+&lt;/p&gt;
+&lt;p&gt;
+ La sélection des études sera soumise à la validation préalable de la Banque des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant maximal du financement apporté par la Caisse des dépôts au cofinancement d&amp;#039;études stratégiques, thématiques ou pré-opérationnelles est fixé à 50 % du coût réel de l&amp;#039;étude, le montant maximal du cofinancement apporté par le Département à la contribution de la Caisse des Dépôts aux études stratégiques, thématiques ou pré-opérationnelles est fixé à 30 % du coût de l&amp;#039;étude.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les études sur l&amp;#039;habitat, incluses dans les démarches « Petites villes de demain », et cofinancées par l&amp;#039;Agence nationale de l&amp;#039;habitat (ANAH), qui ne pourraient pas être retenues ou que partiellement dans la convention PVD avec la Banque des territoires, en cohérence avec le Programme départemental de l&amp;#039;habitat (PDH), le Département pourra également intervenir à hauteur de 30% maximum.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Espaces verts
+Espace public
+Friche
+Foncier
+Accès aux services
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Attractivité économique
+Artisanat
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide destinée aux centralités retenues dans le cadre du programme national « Petites Villes de Demain » (PVD) et non retenues par la Région Nouvelle Aquitaine « au titre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt Centres-bourgs.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention soumise à l&amp;#039;approbation du comité de régulation &amp;#34;Petites Villes de Demain&amp;#34;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1731-accompagner-les-etudes-des-demarches/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>101591</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'outils de gestion de projet de mobilité</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ADEME
+Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F198" s="1" t="inlineStr">
+        <is>
+          <t>Cellules France Mobilités</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez disposer d&amp;#039;outils vous permettant de mener, en autonomie, vos projets de mobilité.
+&lt;br /&gt;
+&lt;br /&gt;
+France Mobilités vous permet d&amp;#039;avoir un accès aux différents appels à projets (AAP) et appels à manifestation d&amp;#039;intérêt (AMI), tel que Tenmod (« France Mobilités - Territoires de nouvelles mobilités durables »), et ainsi de bénéficier d&amp;#039;un appui au montage de projet présentés dans le cadre des AAP et AMI. France Mobilités vous permet également de bénéficier d&amp;#039;outils (commande publique, réalisation de DCE, base de données opendata des marchés, et cartographie des dispositifs de financements), voire des webinaires accompagnant leur prise en main. Les outils pourront être étoffés au fur et à mesure. Un appui à l&amp;#039;ingénierie territoriale permet d&amp;#039;accompagner l&amp;#039;usage des outils (pour cela, voir le produit &amp;#34;concevoir son projet de mobilité et développer des expérimentations&amp;#34;).</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre cellule régionale : https://www.francemobilites.fr/regions
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3598-beneficier-doutils-de-gestion-de-projet-de-mo/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>139926</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Transition écologique</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides de la CCMS.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P199" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q199" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ c.maitre&amp;#64;cc-massifdusancy.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>9082</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Mission régionale de conseil aux décideurs publics (MRCDP
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P200" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>71377</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une offre de mobilité pour les migrants - Programme du réseau Mob'In</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>Mob'In France</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;accès à une mobilité autonome et durable est un facteur essentiel d&amp;#039;insertion sociale et professionnelle dans le sens où il facilite l&amp;#039;accès à une autonomie sociale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Être mobile est une condition souvent nécessaire à l&amp;#039;accès à l&amp;#039;emploi et cette compétence est également un cadre efficace à la socialisation et à l&amp;#039;apprentissage de la règle et de la citoyenneté. La découverte et l&amp;#039;application de ces codes favorisent une bonne compréhension du fonctionnement des réglementations du champ professionnel, social, juridique et civique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Toutefois, la préparation du code de la route, la connaissance des réseaux de transports en commun, ou l&amp;#039;acquisition de compétences pour se déplacer pour les personnes non francophones nécessitent des réponses spécifiques, complémentaires au droit commun.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Depuis de nombreuses années, les acteurs du réseau Mob&amp;#039;In travaillent en partenariat avec les acteurs locaux de l&amp;#039;intégration et de l&amp;#039;insertion pour permettre aux publics étrangers de répondre à ce double enjeu dans le cadre d&amp;#039;actions qui permet à la fois :
+&lt;/p&gt;
+&lt;p&gt;
+ •    un accès à la mobilité autonome, des compétences indispensables à l&amp;#039;insertion sociale et professionnelle
+ &lt;br /&gt;
+ •    une meilleure maîtrise de la langue française au travers des formations centrées sur l&amp;#039;objectif spécifique de la mobilité
+ &lt;br /&gt;
+ •    une appropriation des codes de la citoyenneté au travers un apprentissage basé sur le référentiel d&amp;#039;éducation à la mobilité citoyenne (REMC).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Deux programmes complémentaires ont été créés par les acteurs du réseau Mob&amp;#039;In
+ &lt;/strong&gt;
+ et sont proposés sur l&amp;#039;ensemble du territoire :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   IntegraCode
+  &lt;/strong&gt;
+  : l&amp;#039;apprentissage du français par la préparation au code de la route
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   IntegraMob
+  &lt;/strong&gt;
+  : formation et accompagnement des étrangers-primo arrivants vers des solutions de mobilité alternatives à la conduite automobile.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces deux programmes ont été co-financés par la DAAEN. IntegraCode en 2018 et 2019 et IntegraMob en 2020.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Un référentiel national IntegraCode a été coproduit par les acteurs du projet. Cette ressource pédagogique permet aux structures adhérentes de Mob&amp;#039;In de mettre en place, sur leur territoire, une action inscrite dans le cadre de la politique d&amp;#039;intégration des étrangers primo-arrivants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   PRESENTATION INTEGRACODE
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet Integracode est né du constat que la préparation du code de la route, pour les publics non francophones, reste très difficile, faute de réponses adaptée.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;entrée en formation Intégracode
+ &lt;strong&gt;
+  s&amp;#039;inscrit dans le parcours global d&amp;#039;intégration
+ &lt;/strong&gt;
+ de la personne. C&amp;#039;est pourquoi, cette action doit se mettre en place en collaboration étroite avec les acteurs locaux de l&amp;#039;intégration : OFII, DDCSPP, préfecture, opérateurs de l&amp;#039;accompagnement des étrangers, organismes de formation en français, ...
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Une formation en français sur objectif spécifique « code de la route »
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le programme et le contenu de la formation s&amp;#039;appuie donc à la fois sur des sources pédagogiques liées à l&amp;#039;apprentissage du français et des sources liées au code de la route :
+ &lt;br /&gt;
+ - Le mémoire de master 2ème année, mention Sciences du Langage Spécialité Français Langue Étrangère, d&amp;#039;Agnès de Capitani « Conduite langagière. Le français du code de la route ».
+ &lt;br /&gt;
+ - Le Cadre Européen Commun de Référence pour les Langues (CECRL) et notamment l&amp;#039;inventaire linguistique des contenus clés
+ &lt;br /&gt;
+ - Les ressources du Centre International d&amp;#039;Etudes Pédagogiques (CIEP), notamment celles liées au Diplôme Elémentaire en Langue Française (DELF)
+ &lt;br /&gt;
+ - Le Référentiel d&amp;#039;Education à la Mobilité Citoyenne (REMC)
+ &lt;br /&gt;
+ - Le code de la route des éditions ENPC
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Une formation qui poursuit un double objectif, contribuant à l&amp;#039;accès à la citoyenneté
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La formation Intégracode permet à la personne à la fois de d&amp;#039;augmenter son niveau de maîtrise du français vers le niveau B1 et de valider les pré requis langagiers nécessaires à la préparation du code de la route.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   PRESENTATION INTEGRAMOB
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme IntegraMob a pour objectifs de former et accompagner les étrangers primo-arrivants vers les
+ &lt;strong&gt;
+  solutions de mobilité alternatives à la conduite automobile
+ &lt;/strong&gt;
+ . Il s&amp;#039;agit d&amp;#039;engager une collaboration avec les acteurs locaux de l&amp;#039;intégration, que ce soit en milieu rural ou urbain, pour accompagner ces publics vers des solutions de mobilité pérennes, durables et adaptées à leurs capacités.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il comprend :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Une formation mobilité socle :
+ &lt;/em&gt;
+ &lt;br /&gt;
+ Ces ateliers, animés par un formateur ou conseiller mobilité, pourront porter, selon les réalités de chaque territoire sur :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La connaissance de son territoire, les notions de rayon de mobilité : découverte du territoire, des adresses utiles, des modes de déplacements possibles, ...
+ &lt;br /&gt;
+ - L&amp;#039;utilisation des solutions locales de mobilité, connaitre et savoir utiliser les modes collectifs de déplacement : lire des horaires, un plan, itinéraire, acheter un billet, ...
+ &lt;br /&gt;
+ - La maîtrise des bases du numérique pour se déplacer : utiliser son ordinateur, ou son smartphone, l&amp;#039;utilisation du covoiturage, les différentes solutions mobilité, l&amp;#039;inscription sur un site, l&amp;#039;utilisation d&amp;#039;applications, ...
+ &lt;br /&gt;
+ - Une mise en situation pratique sur l&amp;#039;utilisation du vélo ou du vélo à assistance électrique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ A l&amp;#039;issue de cette formation socle, un bilan individualisé sera réalisé avec la personne, sa structure accompagnatrice et l&amp;#039;acteur local Mob&amp;#039;In. Ce bilan permettra de valider ou non la prolongation du parcours dans le cadre de la formation complémentaire ASR.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Une formation complémentaire : la préparation à l&amp;#039;ASR
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;Attestation de Sécurité Routière (ASR) permet à la fois de se former aux bases du code de la route et ouvre la possibilité de la conduite d&amp;#039;un deux-roues motorisé ou d&amp;#039;une voiturette (obligatoire pour passer le permis AM ou permis cyclomoteur pour les publics nés avant le 1er Janvier 1988).
+ &lt;br /&gt;
+ Selon les territoires entre 40 à 60% des EPA ayant suivi la formation mobilité socle pourront être orientés vers la préparation à l&amp;#039;ASR.
+ &lt;br /&gt;
+ Pour le public migrant, dont le niveau de maîtrise du français est faible, la préparation à l&amp;#039;ASR est l&amp;#039;occasion d&amp;#039;acquérir un vocabulaire et une syntaxe de base, qui peut ensuite permettre d&amp;#039;aller vers le code de la route.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ A l&amp;#039;issue de cette formation, les personnes pourront être présentées à l&amp;#039;examen de l&amp;#039;ASR (passé gratuitement au Greta), si elles atteignent le niveau requis à l&amp;#039;examen.
+ &lt;br /&gt;
+ Cette formation ASR sera animée par un formateur spécialisé (bepecaser) sur une durée de 30 heures.  Elle pourra se mettre en place en présentiel (groupes de 6/8), et/ou à distance.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Un accompagnement individualisé au « pouvoir bouger »
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;issue du parcours,
+ &lt;strong&gt;
+  toute personne doit disposer d&amp;#039;une ou plusieurs solutions de mobilité lui permettant de réaliser ses démarches personnelles et professionnelles en autonomie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Chacun des participants bénéficiera d&amp;#039;un accompagnement individualisé pour « pouvoir bouger »
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction des besoins de chacun, cet accompagnement, assuré par un formateur ou conseiller mobilité, pourra se traduire par :
+ &lt;br /&gt;
+ - un accompagnement physique dans ses démarches liées à la mobilité,
+ &lt;br /&gt;
+ - un conseil et un soutien individualisé dans les démarches d&amp;#039;accès à la mobilité,
+ &lt;br /&gt;
+ - une aide dans la recherche d&amp;#039;achat ou de location d&amp;#039;un véhicule (hors voiture),
+ &lt;br /&gt;
+ - une intermédiation avec le ou les acteurs  participant au parcours d&amp;#039;intégration.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cet accompagnement se réalisera en lien étroit avec les structures locales d&amp;#039;hébergement et/ou d&amp;#039;accompagnement des migrants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   IntegraCode
+  &lt;/strong&gt;
+  :
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Bilan 2018 :
+ &lt;br /&gt;
+ 163 EPA ont participé aux 18 groupes.
+ &lt;br /&gt;
+ Les 14 structures prévues ont assuré la formation et coconstruit le référentiel national.
+ &lt;br /&gt;
+ 25 formateurs FLE et sécurité routière se sont investis dans le projet et développé un socle pédagogique commun.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En 2019, 30 nouveaux groupes se sont mis en place avec un soutien à environ 300 EPA.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   IntegraMob
+  &lt;/strong&gt;
+  :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 18 structures positionnées sur 8 régions (territoires ruraux ou péri-urbains) pour mettre en œuvre le programme en 2020/2021.
+ &lt;br /&gt;
+ Environ 250 étrangers primo-arrivants accompagnés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Citoyenneté
+Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S209" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programmes disponibles sur les régions suivantes :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ - Grand Est
+ &lt;br /&gt;
+ - BFC
+ &lt;br /&gt;
+ - AURA
+ &lt;br /&gt;
+ - Corse
+ &lt;br /&gt;
+ - Occitanie
+ &lt;br /&gt;
+ - Nouvelle Aquitaine
+ &lt;br /&gt;
+ - Centre Val de Loire
+ &lt;br /&gt;
+ - Pays de la loire
+ &lt;br /&gt;
+ - Bretagne
+ &lt;br /&gt;
+ - Normandie
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
+      <c r="T201" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>http://professionnalisation@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pascal GRAND
+&lt;/p&gt;
+&lt;p&gt;
+ professionnalisation&amp;#64;mobin-solutions.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>contact@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e6f9-mettre-en-place-une-offre-de-mobilite-pour-le/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>165674</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Co-construire des connaissances pour des mobilités et logistiques soutenables</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Co-construction de connaissances pour des mobilités et logistiques soutenables </t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mobilogs entend soutenir des travaux de recherche multidisciplinaires ou transdisciplinaires traitant de la sobriété sous toutes ses formes sans oublier les enjeux de mobilité inclusive et d’efficience économique.&lt;/p&gt;&lt;p&gt;Par sobriété sous toutes ses formes, on entend :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;« sobriété fonctionnelle »&lt;/strong&gt; : réduction des distances de déplacement, démotorisation, raccourcissement des chaines logistiques, réduction des volumes consommés et produits ;&lt;/li&gt;&lt;li&gt; &lt;strong&gt;« sobriété coopérative » &lt;/strong&gt;: partage d’espace de stockage, covoiturage, autopartage, mutualisation de flux de marchandises, partage de l’espace public pour accueillir tous les modes ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;« sobriété structurelle ou organisationnelle »&lt;/strong&gt; : relocalisation d’activités, chaines logistiques restructurées (cyclogistique, transport combiné) ou ralenties (transport maritime à voile), etc. ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;« sobriété dimensionnelle »&lt;/strong&gt; : écoconception et acquisition de véhicules dont les caractéristiques techniques et les performances sont adaptées aux besoins réels de déplacement (véhicules légers intermédiaires, rétrofit).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les travaux soutenus par Mobilogs se structurent autour des trois principales étapes nécessaires au processus de transformation des systèmes &lt;strong&gt;dans une logique d’amélioration continue&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;« &lt;strong&gt;Planifier &lt;/strong&gt;» : Les travaux de recherche pourront permettre de développer des visions de long terme au travers, notamment, d’analyses historiques permettant de dégager les tendances lourdes qu’il faudrait changer. La finalité globale est de concevoir et d’évaluer ex ante de nouveaux scénarios de transition, de nouvelles mesures de politiques publiques nationales ou locales, de nouvelles stratégies de filières prenant en compte la réalité des systèmes.&lt;/li&gt;&lt;li&gt; « &lt;strong&gt;Expérimenter&lt;/strong&gt; » : les travaux de recherche attendus auront pour finalité la co-conception, l’expérimentation et l’évaluation de mesures, de modèles organisationnels, et plus largement de dispositif avec un effet attendu sur la soutenabilité des systèmes de mobilité ou de logistique.&lt;/li&gt;&lt;li&gt; « &lt;strong&gt;Déployer&lt;/strong&gt; » : les travaux de recherche concerneront les &lt;strong&gt;conditions et modalités de diffusion de connaissances utile&lt;/strong&gt;s à la transformation des systèmes de mobilité et de logistique. En se nourrissant notamment des retours d’expérience, il pourra s’agir de développer ou d’améliorer des argumentaires scientifiquement fondés, des récits inspirants ou stratégies d’influence éclairées pour convaincre, des mécanismes de concertation ou de coopération des parties prenantes, des ressources pour monter en compétences et agir en faveur de la soutenabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les priorités sont précisées dans la section « Problèmes à traiter » du texte de l’appel à projets ci-dessus.&lt;/p&gt;&lt;p&gt;Les projets pourront relever de projets collaboratifs &lt;strong&gt;multidisciplinaires&lt;/strong&gt;, de &lt;strong&gt;recherche participat&lt;/strong&gt;ive ou de &lt;strong&gt;recherche-action&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Le montant moyen de l’aide attribuable par projet est de 180-250 k€, pour une durée généralement comprise entre 24 et 36 mois. &lt;/p&gt;&lt;p&gt;Selon la maturité du projet, il est aussi possible d’être accompagné dans le cadre d’un projet de &lt;strong&gt;recherche en émergence &lt;/strong&gt;sur une durée de 18 mois pour un montant d’aide maximum de 30 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour vous informer plus avant sur cet appel à projets : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;N’hésitez pas à participer au webinaire organisé le 6 janvier 2026 de 10h30 à 12h : &lt;a href="https://events.teams.microsoft.com/event/29056358-2e50-45ce-98e3-18736fb14e93&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849" target="_blank"&gt;s’inscrire au webinaire&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment faire pour candidater ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le présent&lt;strong&gt; appel à manifestation d’intérêt&lt;/strong&gt; constitue &lt;strong&gt;la première étape du processus de sélection de Mobilogs&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Il est ouvert&lt;strong&gt; jusqu’au 19 mars 2026 à 17h.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il s’agit d’une phase d’idéation qui devra se conclure par le dépôt d’une lettre d’intention par le coordonnateur du consortium dans le formulaire en ligne. Un guide d’aide à la préparation de la lettre d’intention est disponible ci-dessous. &lt;/p&gt;&lt;p&gt;Attention, cette lettre d’intention ne constituera pas la demande d’aide définitive et il n’est attendu qu’un coût de projet et montant d’aide indicatifs. Le guide de catégories des dépenses est disponible à titre informatif pour permettre d’identifier les postes de dépenses a priori éligibles.&lt;/p&gt;&lt;p&gt;À ce stade, par souci de simplicité, il est également possible de n’enregistrer sur la plateforme que le coordonnateur du projet. En revanche, les acteurs cités dans la lettre d’intention devront tous être déclarés lors du dépôt du dossier complet (cf. ci-dessous).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Suite du processus de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Un avis d’opportunités formulé par les équipes de l’ADEME sera adressé au porteur du projet dans les 3 semaines suivant le dépôt de la lettre d’intention.&lt;/p&gt;&lt;p&gt;Seuls les consortiums ayant reçu un avis favorable pourront constituer et déposer un dossier complet en tenant compte des recommandations éventuelles formulées par l’ADEME. L’appel sera&lt;strong&gt; clôturé le 18 juin 2026 à 17h.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;C’est la date d’accusé réception de ce dossier complet qui sera prise en compte pour l’éligibilité des dépenses.&lt;/p&gt;&lt;p&gt;Toutes les informations sur les modalités de dépôt, d’évaluation et de sélection seront communiquées ultérieurement.&lt;/p&gt;&lt;p&gt;Les résultats seront annoncés au mois &lt;strong&gt;d’octobre 2026&lt;/strong&gt; et les contractualisations des projets lauréats s’étaleront entre novembre 2026 et le printemps 2027.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P202" s="1" t="inlineStr">
+        <is>
+          <t>17/12/2025</t>
+        </is>
+      </c>
+      <c r="Q202" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/co-construction-de-connaissances-pour-des-mobilites-et-logistiques-soutenables</t>
+        </is>
+      </c>
+      <c r="W202" s="1" t="inlineStr">
+        <is>
+          <t>https://vosaides.ademe.fr/create-assistant?id_dispo=1f0c4a35-1388-67d0-962e-5d7e930b4089&amp;id_liste=&amp;dossier_aide_type=REINNO</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/co-construction-de-connaissances-pour-des-mobilites-et-logistiques-soutenables/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>165359</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P203" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2025</t>
+        </is>
+      </c>
+      <c r="Q203" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="W203" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>90964</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’émergence des infrastructures délivrant du BioGNV et accélérer la construction d’un réseau de stations</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Règlement d'intervention</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite faciliter l&amp;#039;émergence des infrastructures délivrant du BioGNV et accélérer la construction d&amp;#039;un réseau de stations. Dans la continuité de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt (lancé en décembre 2016), le présent Appel à Projets vise à financer, d&amp;#039;une part, les projets de stations délivrant du BioGNV et d&amp;#039;autre part, les véhicules s&amp;#039;engageant contractuellement avec les stations soutenues par la Région Nouvelle-Aquitaine.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le financement aux stations délivrant du BioGNV a vocation à permettre aux exploitants de proposer le BioGNV au prix du GNV aux premiers transporteurs s&amp;#039;engageant à s&amp;#039;approvisionner en BioGNV sur la station.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement des véhicules doit permettre de faciliter et accélérer l&amp;#039;émergence des stations BioGNV et soutenir les transporteurs routiers dans leurs efforts de renouvellement et verdissement de leurs flottes.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Mobilité pour tous
+Industrie</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprises, GIE, collectivités, syndicats ou sociétés d&amp;#039;économie mixte, pour les projets de station ;
+ &lt;br /&gt;
+ Entreprises ayant une flotte de poids lourds pour le transport de marchandises ou de voyageurs, et ayant une implantation en Nouvelle-Aquitaine, pour les véhicules GNC.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de stations répondant à l&amp;#039;Appel à Projets devront  :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être publiques ou multi-acteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être adaptées au remplissage rapide de poids lourds (&amp;#43; de 3,5 tonnes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être alimentées en GNC depuis le réseau de gaz ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  comporter une part significative de BioGNC d&amp;#039;origine française.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Télécharger le dossier de candidature accessible ci-dessous
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoyer votre demande à l&amp;#039;adresse :
+  &lt;br /&gt;
+  Guillaume Connan
+  &lt;br /&gt;
+  14 Rue François de Sourdis
+  &lt;br /&gt;
+  33077 Bordeaux cedex
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T204" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/mobilite-biognv</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Guillaume Connan
+Direction de l&amp;#039;énergie et du climat
+14, Rue François de Sourdis, 33077
+                                                    Bordeaux cedex
+05 56 56 38 34.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b9e5-mobilite-biognv/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>60926</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès des PME françaises à l’Accélérateur de l’EIC (Conseil Européen de l’Innovation) - Diagnostic Europe</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour faciliter l&amp;#039;accès des PME françaises à l&amp;#039;Accélérateur de l&amp;#039;EIC (Conseil Européen de l&amp;#039;Innovation) – ex. Instrument PME Phase 2.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalité
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Prise en charge partielle du coût de la prestation de diagnostic et de conseil, ciblant une candidature à l&amp;#039;Accélérateur de l&amp;#039;EIC.
+&lt;/p&gt;
+&lt;p&gt;
+ La prestation est réalisée par une société de conseil spécialisée en financements européens et sélectionnée parmi les membres de l&amp;#039;Association des Conseils en Innovation (ACI) avec laquelle Bpifrance a noué un partenariat spécifiquement dédié à cette action.
+&lt;/p&gt;
+&lt;p&gt;
+ La prestation d&amp;#039;accompagnement et de conseil délivrée par un expert conseil en financements européens est destinée à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer le dirigeant sur les programmes européens de RDI financés par la Commission européenne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluer la pertinence d&amp;#039;une candidature de l&amp;#039;entreprise à l&amp;#039;accélérateur de l&amp;#039;EIC.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner l&amp;#039;entreprise dans la rédaction de son dossier de candidature.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Bpifrance prend en charge 50% du montant de la prestation fixée à 20 000 € HT maximum.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Finalité
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Inciter les PME françaises à participer aux programmes européens de RDI financés par le budget de l&amp;#039;Union européenne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostiquer leurs besoins, évaluer leurs potentialités et favoriser ainsi leur orientation vers l&amp;#039;accélérateur de l&amp;#039;EIC.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez présenter seul un projet d&amp;#039;innovation stratégique pour votre entreprise dans le cadre de l&amp;#039;Accélérateur de l&amp;#039;EIC.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ PME française (&amp;lt;250 salariés) innovantes présentant un fort potentiel de croissance et visant l&amp;#039;international.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Conseil/Diagnostic-Europe</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour bénéficier du Diagnostic Europe :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez les chargés d&amp;#039;affaires innovation de votre
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  direction régionale Bpifrance
+ &lt;/a&gt;
+ ,
+&lt;/p&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;p&gt;
+ Rendez-vous sur la plateforme de demande en ligne :
+ &lt;a href="http://diagcroissance.bpifrance.fr/"&gt;
+  diageurope.bpifrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf89-diagnostic-europe/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>60930</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Sourcer les meilleures startups B2B françaises - Le Hub Digital</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La plateforme de référence pour sourcer les meilleures startups B2B françaises.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La BPI met gratuitement à disposition une plateforme pour vous permettre d&amp;#039;identifier et de contacter les startups qui correspondent le mieux à vos critères en plus de vous donner un accès rapide à des informations sur leurs produits, leurs équipes, leurs clients et bien plus..
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ La plateforme est ouverte et consultable par tous, en créant un compte les internautes auront accès à des services supplémentaires (contacter et avoir plus d&amp;#039;informations sur les startups, créer des listes, poster des appels à projets..).
+&lt;/p&gt;
+&lt;p&gt;
+ Les startups voulant se référencer peuvent postuler directement depuis le site.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Partenaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Le réseau Bpifrance accélère la collaboration entre les entreprises traditionnelles et la crème des startups françaises. Une initiative soutenue par la French Tech et La French Fab.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Finalités
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour le Grand Groupe/PME/ETI :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sourcer et contacter en un rien de temps les meilleures startups B2B françaises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  sauvegarder et partager ses recherches avec ses collaborateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  poster ses appels à projets auprès d&amp;#039;une communauté de plus de 1 100 startups B2B,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être accompagné sur la définition de ses besoins d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour la start-up :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  booster sa visibilité gratuitement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accélérer son business en multipliant les opportunités commerciales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  consulter et postuler à des appels à projets de Grands Groupes/PME/ETI.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes un Grand Groupe/PME/ETI avec des enjeux d&amp;#039;innovation ? Vous cherchez des solutions concrètes et actionnables pour développer votre business ? Vous souhaitez être accompagné par une équipe d&amp;#039;experts ?
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Grands Groupes/PME/ETI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Start-ups
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T206" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Mises-en-reseau/Le-Hub-Digital</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ N&amp;#039;attendez plus pour rejoindre la
+ &lt;a href="https://lehub.web.bpifrance.fr/corporates"&gt;
+  plateforme Business du Hub
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82e4-le-hub-digital/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>74103</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui technique de proximité à la mise en oeuvre des politiques publiques prioritaires et un accompagnement amont sur les procédures réglementaires associées</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la Direction Départementale des Territoires et de la Mer du Finistère, sont les interlocuteurs de proximité des élus qui souhaitent être accompagnés et soutenus
+dans la mise en oeuvre de projets relevant des
+ &lt;strong&gt;
+  politiques publiques prioritaires
+ &lt;/strong&gt;
+ suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aménagement de bourgs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  transition énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  qualité de l&amp;#039;eau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  publicité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sécurité routière
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiment durable et accessibilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  biodiversité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  risques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette aide se matérialise par un conseil global en aménagement, des interventions ponctuelles ou une mise en réseau.
+ &lt;/strong&gt;
+ Suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation prédiagnostic, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  s différents services apportent dans une logique de simplification administrative, un conseil stratégique amont tenant compte du contexte local et des particularités du projet, et permet d&amp;#039;aplanir la complexité des procédures inhérentes aux projets d&amp;#039;aménagement et de développement économique.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après un examen sur la base d&amp;#039;une question et pré-dossier du porteur de projet, l&amp;#039;Atelier délivre au bénéficiaire un avis préalable sur les procédures applicables et les délais induits ainsi qu&amp;#039;une synthèse des informations utiles
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  aménagements d&amp;#039;espaces publics ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de nouveaux quartiers, renouvellement urbain, écoquartiers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation thermique de bâtiments publics, production d&amp;#039;EnR ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  agendas d&amp;#039;accessibilité programmée ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics publicité ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics de sécurité routière ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aires d&amp;#039;accueil des gens du voyage ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plans communaux de sauvegarde.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pôle d&amp;#039;échanges multi-modal,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  implantation, extension de sites d&amp;#039;activités, projets liés aux énergies renouvelables...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remise en culture de friches agricoles, remise en activité ou renaturation de friches artisanales et industrielles...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba53-obtenir-un-appui-technique-de-proximite-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>111995</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Plateforme d'apprentissage Interreg Europe PLP</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F208" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
+ &lt;/li&gt;
+ &lt;li&gt;
+  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
+&lt;/p&gt;
+&lt;p&gt;
+ A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
+ &lt;a rel="noopener" target="_blank"&gt;
+  interregeurope.eu
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
+        </is>
+      </c>
+      <c r="W208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier  &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase    &amp;#43;33 (0) 491 575 606
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>143381</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Connaitre les bases des carrefours à feu (formation)</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les carrefours à feux sont par essence un lieu de croisement entre les flux des différents modes de déplacements dans un environnement bien souvent très contraint. Ils assurent le partage du temps entres les différentes branches du  carrefour. La conception des carrefours à feux se fait en deux dimensions : l&amp;#039;espace mais aussi le temps, contrairement à celle des autres carrefours qui se limite à la dimension spatiale. Cela conduit à des règles bien spécifiques de conception souvent contre intuitives pour les néophytes. Une fois mis en service les carrefours à feux doivent faire l&amp;#039;objet d&amp;#039;un suivi, d&amp;#039;une mise à jour régulière de leur fonctionnement et d&amp;#039;une maintenance appropriée.
+ &lt;br /&gt;
+ Cette formation s&amp;#039;inscrit comme un module d&amp;#039;acculturation aux différents aspects du cycle de vie d&amp;#039;un carrefour à feux.
+ &lt;br /&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+ &lt;br /&gt;
+ À l&amp;#039;issue de ce module, les stagiaires seront capables de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Décrypter le vocabulaire propre aux carrefours à feux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comprendre les différentes étapes de cycle de vie des carrefours à feux : de la conception au suivi opérationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les différents règlements, normes s&amp;#039;appliquant aux carrefours à feux
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U209" s="1" t="inlineStr">
         <is>
-          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V209" s="1" t="inlineStr">
         <is>
-          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+          <t>https://www.cerema.fr/fr/activites/services/formation-carrefours-feux-bases</t>
         </is>
       </c>
       <c r="X209" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y209" s="1" t="inlineStr">
         <is>
-          <t>europe@coeurentre2mers.com</t>
+          <t>partenariats@cerema.fr</t>
         </is>
       </c>
       <c r="Z209" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-preservation-des-ressources-naturelles-locales/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d864-connaitre-les-bases-des-carrefours-a-feu-form/</t>
         </is>
       </c>
       <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:27" customHeight="0">
       <c r="A210" s="1">
-        <v>162982</v>
+        <v>60910</v>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Coopérer avec d’autres territoires</t>
-[...2 lines deleted...]
-      <c r="C210" s="1" t="inlineStr">
+          <t>Aider le développement de l'innovation</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI participe au financement de votre innovation avant son lancement industriel et commercial.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Tout projet de recherche, développement et innovation (RDI), collaboratif ou non, visant le développement de produits, procédés ou services innovants et présentant des perspectives concrètes d&amp;#039;industrialisation et de commercialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance a noué des partenariats avec le Centre national du cinéma et de l&amp;#039;image animée (CNC), la Direction Générale de l&amp;#039;Armement (DGA) et le Secrétariat Général de la Défense et de la Sécurité Nationale et l&amp;#039;Agence Nationale de la Sécurité des Systèmes d&amp;#039;Information (SGDSN/ANSSI) pour renforcer son soutien à des projets des secteurs du cinéma, de l&amp;#039;audiovisuel, du multimédia et du jeu vidéo, des domaines des applications des technologies duales et de la sécurité des systèmes d&amp;#039;information.
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses internes ou externes directement liées au développement de l&amp;#039;innovation (activités de recherche industrielle et/ou de développement expérimental).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide pourra couvrir, notamment, la réalisation et la mise au point de prototypes, préséries, installations pilotes ou de démonstration, les dépenses de propriété intellectuelle (le dépôt et l&amp;#039;extension de brevet uniquement pour les PME...) ou de mise aux normes, la démarche design, les études de marché tests, l&amp;#039;actualisation du plan d&amp;#039;affaires du lancement industriel et commercial...
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h4&gt;
+&lt;p&gt;
+ Participation au financement du projet, sous la forme d&amp;#039;une avance récupérable ou d&amp;#039;un Prêt Innovation R&amp;amp;D.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette intervention est modulée par
+ Bpifrance
+ en fonction des caractéristiques et de l&amp;#039;état d&amp;#039;avancement du projet, du niveau de risque, du profil de l&amp;#039;entreprise, de l&amp;#039;incitativité réelle de l&amp;#039;aide (taux d&amp;#039;aide de 25 à 65 %, sur assiette des dépenses retenues) : recherche industrielle, développement expérimental ; projet collaboratif ou non ; en phase amont ou de développement...
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises doivent avoir déposé leur dossier de demande d&amp;#039;aide au projet de RDI auprès de
+ Bpifrance
+ (directions régionales) préalablement à la réalisation du projet et du démarrage des dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets collaboratifs internationaux : versement de l&amp;#039;aide conditionné à la présentation d&amp;#039;un accord de partenariat signé entre l&amp;#039;entreprise française et l&amp;#039;entité ou les entités établie/s hors de France.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Aider les entreprises qui mènent des projets d&amp;#039;innovation comportant des travaux de recherche industrielle et/ou de développement expérimental :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   à mettre au point des produits, procédés ou services innovants, présentant des perspectives concrètes d&amp;#039;industrialisation et de commercialisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   à financer leur participation à des partenariats technologiques nationaux ou internationaux, dans le cadre de projets de recherche, développement et innovation (RDI).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Développer une innovation en collaboration avec un partenaire étranger :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    participation d&amp;#039;au moins deux entités (une entreprise française et une entité établie hors de France),
+   &lt;/li&gt;
+   &lt;li&gt;
+    contributions des partenaires équilibrées (un pays ou un partenaire ne peut dépasser 75 % du montant total du projet) et collaboration effective.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous concevez et développez une innovation, seul ou en partenariat.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ PME(1) et entreprises de moins de 2 000 salariés(2).
+&lt;/p&gt;
+&lt;p&gt;
+ ____________
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  PME : selon la définition européenne, moins de 250 salariés, déclarant soit un CA annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indépendantes d&amp;#039;un groupe de plus de 2 000 personnes. Pour les entreprises de plus de 2 000 personnes, à titre exceptionnel et sur dérogation.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-pour-le-developpement-de-l-innovation</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d271-aide-pour-le-developpement-de-linnovation/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>142706</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles vos bâtiments, espaces publics et transports</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assurer l&amp;#039;accessibilité de la chaîne des déplacements renforce l&amp;#039;attractivité du territoire et répond à une exigence sociale croissante.
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte de la diversité des publics et leurs besoins évolutifs (pour construire des réponses adaptées) constitue un vecteur majeur d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema, fort de son expertise technique et de sa capacité à développer des approches innovantes et intégrées, vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité, qu&amp;#039;ils concernent la voirie et les espaces publics, les bâtiments ou les transports.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment prendre en compte l&amp;#039;ensemble des besoins spécifiques de chaque population (vieillissement, handicaps) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer la continuité de la chaîne du déplacement et traiter les interfaces ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer un cheminement accessible, confortable et sécurisé pour tous ? et permettre à chacun de se repérer et s&amp;#039;orienter ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment garantir l&amp;#039;accès pour tous aux établissements et leur confort d&amp;#039;usage ? Comment assurer l&amp;#039;accessibilité des logements et favoriser le maintien à domicile ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer le niveau d&amp;#039;accessibilité des transports ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maître d&amp;#039;ouvrage public ou privé (dans les domaines voirie, bâtiment ou transport), et plus particulièrement : une collectivité (métropole, ville, commune) en France métropolitaine ou d&amp;#039;Outre-mer, un gestionnaire de patrimoine public ou privé, une région, un département, le Cerema vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour l&amp;#039;élaboration et la mise en œuvre de stratégies d&amp;#039;accessibilité (en amont, programmation de l&amp;#039;accessibilité, à une échelle territoriale ou patrimoniale...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise intégrée sur des projets liés à l&amp;#039;accessibilité (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - bonne connaissance de la réglementation et des besoins des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser d&amp;#039;autres partenaires (acteurs de la &amp;#34;mise en œuvre&amp;#34;, développeurs de solutions)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réseaux, d&amp;#039;ateliers techniques (démarches participatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation / sensibilisation : montage ou support au montage de formations sur-mesure (en présentiel, à distance, ou mixtes)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Expérimentations sur le guidage en traversée piétonne avec la ville de Paris
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Solidéo, société de livraison des ouvrages olympiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement de la solidéo pour la livraison de logements accessibles et adaptés au vieillissement sur l&amp;#039;opération &amp;#34;Cluster Média&amp;#34; des JOP Paris 2024
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lorient Agglomération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mission d&amp;#039;évaluation du niveau d&amp;#039;accessibilité des transports pour le compte de Lorient Agglomération
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rendre-accessibles-vos-batiments-espaces-publics-transports</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3fb-rendre-accessibles-vos-batiments-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I212" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J212" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Architecture
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>161676</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans une démarche d'identification exhaustive des subventions mobilisables</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>CONSEIL FINANCIER OPERATIONNEL</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous recherchez des subventions pour financer vos projets quelle qu&amp;#039;en soit la thématique ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie  vous propose un conseil opérationnel dans la recherche des financements institutionnels (Etat, Région, Département).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Tiers-lieux
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T213" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rechercher-et-mobiliser-les-subventions-selon-la-nature-du-projet/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>162358</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l'impact du véhicule électrique sur le réseau</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Infrastructures de recharges intelligentes pour véhicules électriques</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l&amp;#039;impact du véhicule électrique sur le réseau.&lt;/p&gt;
+&lt;p&gt;Cette nouvelle édition a vocation à poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l&amp;#039;impact du véhicule électrique sur le réseau. Elle a aussi vocation à accompagner la transition des taxis vers des véhicules propres en finançant les bornes associées (en complément de l&amp;#039;autre dispositif de financement des véhicules). Cette édition vient remplacer la précédente édition.&lt;/p&gt; &lt;p&gt;Les bénéficiaires peuvent être des aménageurs publics ayant la compétence infrastructures de recharge des véhicules intelligents ou des entreprises privées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P214" s="1" t="inlineStr">
+        <is>
+          <t>22/02/2019</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Du dépôt d’un dossier jusqu’au paiement d’une subvention régionale, &lt;strong&gt;découvrez les étapes et la marche à suivre en parcourant les fiches pratiques, ainsi que divers documents complémentaires sur &lt;/strong&gt;&lt;a href="http://subventions.maregionsud.fr/" target="_blank"&gt;http://subventions.maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/infrastructures-de-recharges-intelligentes-pour-vehicules-electriques</t>
+        </is>
+      </c>
+      <c r="W214" s="1" t="inlineStr">
+        <is>
+          <t>http://subventions.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de la Transition Energétique et des Territoires&lt;/p&gt;
+&lt;p&gt;Service Transition Energétique&lt;/p&gt;
+&lt;p&gt;Franck FERRIZ – &lt;a href="mailto:fferriz&amp;#64;maregionsud.fr"&gt;fferriz&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Tél : 0491575839&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/infrastructures-de-recharges-intelligentes-pour-vehicules-electriques/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>162514</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Financer les aménagements cyclables inscrits au schéma directeur départemental des véloroutes</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>AMENAGEMENTS CYCLABLES INSCRITS AU SCHEMA DIRECTEUR DEPARTEMENTAL DES VELOROUTES</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I215" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J215" s="1" t="inlineStr">
+        <is>
+          <t>diminué des éventuelles subventions perçues par la commune ou l'EPCI pour maintenir un principe de parité entre le maitre d'ouvrage et le Département</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réalisation de travaux visant à l&amp;#039;amélioration des conditions de circulation des cyclistes sur les itinéraires cyclables en site propre et/ ou en site partagé inscrits au schéma directeur départemental des véloroutes.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les sites partagés: les travaux de revêtement de fil d&amp;#039;eau au fil d&amp;#039;eau &lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les sites propres: l&amp;#039;ensemble des dépenses d&amp;#039;infrastructures, y compris les frais de maitrise d&amp;#039;oeuvre et les aménagements connexes de type aires de repos, de pique-nique ou de stationnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aucun investissement ne participant pas directement par sa nature à la fonction première de l’aménagement ne pourra être pris en compte (exemple : éclairage public).&lt;/li&gt;&lt;li&gt;Les études, les travaux sur des ouvrages d’art, les investissements de jalonnement et de signalisation de police ne peuvent être subventionnés spécifiquement au titre de cette aide. Ces dépenses peuvent éligibles dans le cas d’un projet global d’aménagement cyclable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plafonds de dépenses:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les sites partagés : dépense plafonnée à 8€ / m²&lt;/li&gt;&lt;li&gt;pour les sites propres: sans plafond&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Conditions:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses devront répondre aux recommandations en vigueur (CERTU, Vélo &amp;amp; Territoires, CEREMA...), en particulier en ce qui concerne la largeur de l’infrastructure qui doit être d’au moins 3 mètres pour les aménagements cyclables en site propre (diminution ponctuelle envisageable à 2,5 m minimum).&lt;/li&gt;&lt;li&gt;Le revêtement des aménagements cyclables est imposé avec un niveau de finition permettant un usage « par tous et en toute saison » de type enrobé ou béton.&lt;/li&gt;&lt;li&gt;Dans le cas où un projet d’aménagement cyclable se situe à proximité d’un itinéraire du Schéma Directeur Départemental des Véloroutes, l’association des services du Département en amont du dépôt du dossier de subvention est nécessaire afin d’étudier l’intérêt de l’intégration de cet aménagement au sein de l’itinéraire cyclable départemental et donc de définir l’éligibilité du projet à ce dispositif de soutien.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T215" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagements-cyclables-inscrits-au-schema-directeur-departemental-des-veloroutes/</t>
+        </is>
+      </c>
+      <c r="W215" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-amenagements-cyclables-inscrits-au-schema-directeur-departemental-des-veloroutes/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>165395</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Financer des bornes de recharge électrique à proximité d'installations sportives</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA) - Chapitre Transport</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="G216" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I216" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J216" s="1" t="inlineStr">
+        <is>
+          <t>Aide financière à hauteur de 50 % du prix du projet dans la limite de 8 000 € et dans la limite de l’enveloppe financière identifiée par la FFF</t>
+        </is>
+      </c>
+      <c r="K216" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Par l’intermédiaire de ce dispositif, et dans le cadre
+de son programme RSO #MARQUERDEMAIN, la FFF
+souhaite accompagner la mise en place de bornes
+de recharge pour véhicules électriques à proximité
+des installations sportives utilisées par les clubs de
+football. &lt;/p&gt;&lt;p&gt;Le porteur de projet (collectivité ou club) est libre de choisir son maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Le projet devra à minima comprendre deux bornes de 7kW comme présenté sur le document de présentation du projet ci-après : https://media.fff.fr/uploads/documents/20220215_fff_izivia.pdf&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans ce cadre, et sous réserve du strict respect du présent cahier des charges,
+le porteur du projet pourra bénéficier d’une aide financière à hauteur de 50 %
+du prix du projet dans la limite de 8 000 € et dans la limite de l’enveloppe
+financière identifiée par la Fédération Française de Football.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N216" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Transition énergétique
+Equipement public
+Accessibilité
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P216" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q216" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Le porteur doit être une collectivité locale en collaboration avec un club support affilié à la FFF
+ou directement un club affilié à la FFF ; &lt;/li&gt;&lt;li&gt;Le dossier doit être saisi par votre District d’appartenance au plus tard 3 mois après la date
+de commencement des travaux ; &lt;/li&gt;&lt;li&gt;L’équipement projeté doit être situé obligatoirement dans un parking public situé à moins de
+ 100 mètres de l’installation sportive utilisée par le club support affilié à la FFF ou dans l’installation
+sportive. Le projet concerne l’équipement de stade et non la reprise d’installation existante ; &lt;/li&gt;&lt;li&gt;Le porteur de projet doit impérativement présenter un plan d’utilisation des installations
+envisagées dans le respect des attentes de la FFF énoncées ci-dessus ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour information, IZIVIA, filiale de EDF et partenaire de
+la Fédération Française de Football,
+est spécialisée dans la mise en place
+et la gestion de bornes de recharge
+pour les véhicules électriques. Si
+vous souhaitez des informations sur
+le coût de votre projet, vous pouvez
+contacter vous rendre sur le site
+https://izivia.com/ ou contacter IZIVIA
+par mail projetclubfff&amp;#64;izivia.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T216" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U216" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V216" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W216" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_borne-recharge-electrique_25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Madame Cynthia TRUONG, Responsable des Financements et aides aux clubs à la FFF : ctruong&amp;#64;fff.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y216" s="1" t="inlineStr">
+        <is>
+          <t>ctruong@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z216" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-bornes-de-recharge-electrique-a-proximite-dinstallations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA216" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Loiret
+CAUE du Tarn
+CAUE du Gers
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de l'Orne
+CAUE du Calvados
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE de la Manche
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE de la Dordogne
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE de la Guyane
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne
+CAUE du Puy-de-Dôme
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE de la Vendée
+CAUE du Cantal
+CAUE de la Somme
+CAUE de la Meuse
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Haute-Loire
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE du Pas-de-Calais
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte</t>
+        </is>
+      </c>
+      <c r="G217" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K217" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N217" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O217" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S217" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T217" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U217" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V217" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y217" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z217" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA217" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
+        <v>157094</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et mettre en oeuvre des activités de coopération</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G210" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°5 : Préparation et mise en œuvre d'activités de coopération</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I218" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J218" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes :
+&lt;/p&gt;
+&lt;p&gt;
+ - Promouvoir un territoire sobre et résilient
+&lt;/p&gt;
+&lt;p&gt;
+ - Soutenir l&amp;#039;initiative économique
+&lt;/p&gt;
+&lt;p&gt;
+ - Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services
+&lt;/p&gt;
+&lt;p&gt;
+ - Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ A travers l&amp;#039;action &amp;#34;Préparation et mise en œuvre d&amp;#039;activités de coopération&amp;#34;, le GAL souhaite, de manière générale, développer tout projet de coopération lié aux 4 grands axes de la stratégie locale de développement. Les thématiques propices à la coopération sur le territoire sont privilégiées, à savoir : la culture, les énergies renouvelables, l&amp;#039;urbanisme rural durable et les mobilités.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération aura pour attendus :
+&lt;/p&gt;
+&lt;p&gt;
+ - La mutualisation de moyens pour la recherche commune de solutions à des problématiques partagées.
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;actions communes répondant aux enjeux identifiés dans la stratégie locale de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement de partenariats internes au territoire et vers d&amp;#039;autres GAL en région Normandie ou en dehors.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le partage d&amp;#039;expériences et la diffusion de bonnes pratiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Echanges d&amp;#039;expériences : rencontres, visites sur site de projets réalisés, missions sur des problématiques précises (à définir, selon le projet de coopération).
+&lt;/p&gt;
+&lt;p&gt;
+ - Missions de conseils, d&amp;#039;expertise, d&amp;#039;animation territoriale et de mise en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions collectives d&amp;#039;échange, de diffusion de bonnes pratiques et de communication.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formations non professionnelles, d&amp;#039;information et de sensibilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formation visant à la mise en réseau, à la sensibilisation ou à l&amp;#039;éducation des acteurs sur des problématiques de développement rural et intégrées dans un projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Traduction.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O218" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S218" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T218" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U218" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y218" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z218" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/253b-leader-action-n5-preparation-et-mise-en-uvre-/</t>
+        </is>
+      </c>
+      <c r="AA218" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C219" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N219" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O219" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S219" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U219" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V219" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z219" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA219" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
+        <v>151703</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnements de la DDT 53</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>DDT de Mayenne</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment, l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;habitat, le logement social et la rénovation urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts et plus d&amp;#039;informations:
+ &lt;strong&gt;
+  vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Alimentation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O220" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et autres acteurs situés en Mayenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S220" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T220" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U220" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse du service territorial (Référents territoriaux)
+ :
+ &lt;strong&gt;
+  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
+   ddt-st&amp;#64;mayenne.gouv.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y220" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z220" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
+        </is>
+      </c>
+      <c r="AA220" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I221" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J221" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P221" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q221" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S221" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T221" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>164949</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Développer des services à la population et contribuer à un territoire inclusif en milieu rural</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>AAP n°1.2</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I222" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60</t>
+        </is>
+      </c>
+      <c r="K222" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La stratégie du GAL spécifique à cet appel à projets - &lt;strong&gt;« Développer des services à la population et contribuer à un territoire inclusif en milieu rural »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La stratégie de la fiche action n°1 du programme LEADER du GAL Castelroussin-Valençay vise à :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;• Soutenir la création ou le maintien de services de proximité essentiels.&lt;/p&gt;&lt;p&gt;• Promouvoir les mobilités et faciliter les déplacements durables.&lt;/p&gt;&lt;p&gt;• Participer au développement d’un territoire inclusif en matière de santé.&lt;/p&gt;&lt;p&gt;• Faciliter l’accès à la culture et les loisirs pour tous les habitants du territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations éligibles&lt;/p&gt;&lt;p&gt;Lors de l’élaboration du dossier de candidature LEADER, la liste d’opérations suivantes avaient été retenues :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe de soutien à la création ou au maintien de services de proximité essentiels:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions dans le domaine de la petite enfance et de l’enfance.&lt;/p&gt;&lt;p&gt;• Actions de création et de soutien de lieux multi-commerces et multi-services.&lt;/p&gt;&lt;p&gt;• Actions de développement d’une offre mobile pour les territoires les plus éloignés.&lt;/p&gt;&lt;p&gt;• Actions permettant l’accès aux services de proximité.&lt;/p&gt;&lt;p&gt;• Actions culturelles et ou sportives.&lt;/p&gt;&lt;p&gt;• Soutien à l’innovation en termes de lieux partagés et de nouveaux services d’accueil (locaux partagés,autogestion...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Promouvoir les mobilités et faciliter les déplacements durables :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives innovantes pour améliorer la mobilité de la population, notamment des jeunes et des personnes âgées (ex : minibus électrique dédié aux transports des personnes âgées vers les zones de commerces, covoiturage pour les jeunes, auto partage, pédibus, cheminement utilitaire, création de pistes cyclables...).&lt;/p&gt;&lt;p&gt;• Actions de communication sur les outils/projets existants ou à venir (transport à la demande par exemple...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Participer au développement d’un territoire inclusif en matière sociale et de santé :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions d’information et de sensibilisation permettant l’intégration et la mobilisation des habitants et de tous les acteurs aux problématiques d’un territoire inclusif.&lt;/p&gt;&lt;p&gt;• Initiatives innovantes de prévention santé notamment en lien avec les Contrats locaux de santé du Pays (exemple &amp;#61; théâtre éducatif et inclusif, programme de démocratie participative en santé, etc.).&lt;/p&gt;&lt;p&gt;• Actions innovantes et expérimentales visant à renforcer l’offre du territoire du GAL en matière sanitaire et sociale (exemple : Bus médical, maisons de santé, lieux intergénérationnels, actions liées au développement de la silver économie, ateliers de cuisine pour une alimentation de qualité pour des publics diversifiés (bénéficiaires de l’aide alimentaire, publics scolaires), etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Faciliter l’accès à la culture et les loisirs pour tous les habitants du territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions innovantes de valorisation et évènementiels culturels et/ou sportifs sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;• Soutien à des actions de communication des évènementiels culturels et/ou sportifs. Ex : soutien à des animations itinérantes (lecture, animations de loisirs ou culturelles, spectacles dans les villages, donner de la lisibilité par une publication adaptée...).&lt;/p&gt;&lt;p&gt;• Soutien à la mise en place d’actions pour tous (politique tarifaire, politique culturelle intergénérationnelle...).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N222" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Accès aux services
+Santé
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O222" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P222" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q222" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; &lt;strong&gt;Bénéficiaires éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Associations loi 1901, agréées, étrangères.&lt;/p&gt;&lt;p&gt;• Collectivités territoriales (communes, EPCI,...).&lt;/p&gt;&lt;p&gt;• Établissements publics, dont les chambres consulaires.&lt;/p&gt;&lt;p&gt;• Micro entreprises, TPE, PME, groupements d’entreprises (qui restent des PME).&lt;/p&gt;&lt;p&gt;• Syndicats professionnels ou interprofessionnels (salariés et patronaux) .&lt;/p&gt;&lt;p&gt;• Offices de tourisme.&lt;/p&gt;&lt;p&gt;• Sociétés agricoles, exploitants agricoles et groupements d’agriculteurs (études uniquement).&lt;/p&gt;&lt;p&gt;• Organismes de formation avec numéro d’agrément.&lt;/p&gt;&lt;p&gt;• Organismes d’enseignement.&lt;/p&gt;&lt;p&gt;• Fondations.&lt;/p&gt;&lt;p&gt;• Établissements privés à but non lucratif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres conditions d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D’ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d’aide publique. Au moment du paiement, le montant d’aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;/p&gt;&lt;p&gt;• Plafond maximum de dépenses publiques pour les projets d’investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;• Plafond maximum d’attribution d’une aide Leader sur le territoire du GAL Castelroussin-Valençay : 80 000 €&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt; les dépenses éligibles sont déterminées lors de l’instruction.&lt;/p&gt;&lt;p&gt;Le seuil est donc vérifié à cette étape et non lors du dépôt de dossier.&lt;/p&gt;&lt;p&gt;Le seuil est vérifié à nouveau lors de la demande de paiement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense. Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, l&amp;#039;investissement doit être réalisé sur le périmètre du GAL Castelroussin-Valençay (hors projet de coopération); À noter : possibilité de mise en place d&amp;#039;actions hors périmètre du GAL à condition que les bénéfices resurgissent sur le territoire de celui-ci.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;DÉPENSES ÉLIGIBLES SUR FACTURE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;•    Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;
+ &lt;br /&gt;
+ •    Prestation de services et frais d&amp;#039;honoraires en accompagnement 
+comptable, juridique, et technique nécessaire à la réalisation de 
+l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;
+ &lt;br /&gt;
+ •    Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;
+ &lt;br /&gt;
+ •    Frais de conception et d&amp;#039;aménagement de stands ;
+ &lt;br /&gt;
+ •    Frais de communication (encart publicitaire, frais d&amp;#039;impression, 
+affranchissement pour envoi en nombre, conception de supports de 
+communication), de promotion, d&amp;#039;information (guide, film, site 
+internet...) ;
+ &lt;br /&gt;
+ •    Acquisition de matériel/outillage industriel, mobilier, 
+fournitures (hors acquisition d&amp;#039;occasion et hors investissement 
+agricole) ;
+ &lt;br /&gt;
+ •    Investissement immatériel (logiciels et brevets) ;
+ &lt;br /&gt;
+ •    Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;
+ &lt;br /&gt;
+ •    Achat de biens immeubles (dans la limite des règles d&amp;#039;éligibilité définies au niveau régional) ;
+ &lt;br /&gt;
+ •    Location de biens meubles ou immeubles ;
+ &lt;br /&gt;
+ •    Véhicule en lien direct avec le projet (maximum 1 par opération) 
+et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention
+ et dans le périmètre éligible au programme LEADER.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ DÉPENSES ÉLIGIBLES DE PERSONNEL
+ :&lt;/p&gt;&lt;p&gt;
+ •    Frais de personnels nécessaires à la réalisation de l&amp;#039;opération et
+ comportant un lien démontré avec celle-ci (salaires, charges liées et 
+traitements accessoires, un justificatif de temps de travail sera 
+demandé) ;
+ &lt;br /&gt;
+ •    Coûts indirects selon un taux forfaitaire de 15 % des frais de 
+personnels directs éligibles (option de coûts simplifiés (OCS) 
+conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux 
+plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 
+2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;
+ &lt;br /&gt;
+ •    Notes de frais des personnels ou bénévoles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S222" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T222" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U222" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>https://www.payscastelroussin.fr/actions/leader.html</t>
+        </is>
+      </c>
+      <c r="W222" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr/</t>
+        </is>
+      </c>
+      <c r="X222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Marlène HODEE&lt;br /&gt;Animatrice LEADER&lt;br /&gt;Tél : 02.54.00.35.33&lt;br /&gt;Courriel : leader&amp;#64;paysvalençayenberry.com&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
+        <is>
+          <t>leader@payscastelroussin.fr</t>
+        </is>
+      </c>
+      <c r="Z222" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-services-a-la-population-et-contribuer-a-un-territoire-inclusif-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA222" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
+        <v>92586</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G223" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I223" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K223" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
+&lt;/p&gt;
+&lt;p&gt;
+ La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations pouvant prétendre à subventions contractuelles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
+&lt;/p&gt;
+&lt;p&gt;
+ - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 immobilières et foncières.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 5 pour les communes de plus de 5 000 habitants,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 8 pour les communes de moins de 5 000 habitants ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter les thématiques éligibles ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N223" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O223" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S223" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T223" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U223" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="V223" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
+        </is>
+      </c>
+      <c r="X223" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y223" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z223" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
+        </is>
+      </c>
+      <c r="AA223" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G224" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K224" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S224" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T224" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U224" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V224" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G225" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H225" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I225" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K225" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N225" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O225" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q225" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S225" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T225" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U225" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V225" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y225" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z225" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA225" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
+        <v>163043</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F226" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G226" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I210" s="1" t="inlineStr">
+      <c r="I226" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K226" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N226" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie sociale et solidaire
+Accessibilité
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O226" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S226" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T226" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U226" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V226" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y226" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z226" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
+        </is>
+      </c>
+      <c r="AA226" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>163169</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Développer les mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Des mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité.</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G227" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I227" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J227" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K227" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La mobilité dans le Pays du Bessin au Virois est très dépendante de l&amp;#039;automobile.
+Cette situation renforce la vulnérabilité des publics fragiles ou isolés et n&amp;#039;est pas soutenable à
+terme compte tenu des enjeux climatiques et énergétiques.
+Par ailleurs, le développement des alternatives doit s&amp;#039;articuler avec la préservation des
+espaces naturels et agricoles (consommation de foncier).
+Cette fiche vise à soutenir l&amp;#039;émergence de solutions de mobilité décarbonées, accessibles à
+tou.te.s, mais également de dispositifs permettant de réduire les déplacements subis ou
+contraints dans une logique de sobriété. Les objectifs poursuivis font échos à 10 axes du
+SRADDET, en particulier l’objectif 44 qui traite des nouvelles pratiques de mobilité.
+Naturellement, cette fiche action prend en compte les constats du GIEC normand et se veut
+répondre aux problématiques de la pollution de l’air et les inégalités d’accès aux services de
+soins.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives aux modes de déplacements individuels et carbonés
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organiser les déplacements contraints
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Garantir l&amp;#039;accès à la mobilité pour tou.te.s.
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planifier l&amp;#039;offre de mobilité à une plus grande échelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation et animation de schémas globaux de déplacements dans les EPCI et entre les EPCI ;
+&lt;/li&gt;&lt;li&gt;Création/renforcement de &amp;#34;pôles de mobilité&amp;#34; de proximité, regroupant les offres alternatives ;
+&lt;/li&gt;&lt;li&gt;Création ou développement de plateformes de réservation en ligne et de partage de solutions de mobilité ;
+&lt;/li&gt;&lt;li&gt;Développement de lignes de transports collectifs intra et inter communautaires (EPCI) permettant de renforcer
+l&amp;#039;accès aux services et commerces ;
+&lt;/li&gt;&lt;li&gt;Création de dispositifs d&amp;#039;autopartage basés sur des véhicules à faible impact (électrique ou GNV), portés par les
+entreprises et/ou les collectivités à destination des habitants et/ou des salariés ;
+&lt;/li&gt;&lt;li&gt;Promotion de dispositifs favorisant le covoiturage (études, communication) ;
+&lt;/li&gt;&lt;li&gt;Création de services de mobilités actives (études, communication, signalétique, achat de matériels) ;
+&lt;/li&gt;&lt;li&gt;Création ou renforcement d&amp;#039;offres de transport innovantes, individualisées et personnalisées à visée sociale (transport
+à la demande). &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N227" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Voirie et réseaux
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O227" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet propose des alternatives aux modes de déplacements individuels et carbonés&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet d&amp;#039;organiser les déplacements contraints&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet a pour objectif de garantir l&amp;#039;accès à la mobilité pour tous &lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de planifier et diversifier l&amp;#039;offre de mobilité sur le territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S227" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T227" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U227" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y227" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z227" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-mobilites-responsables-accessibles-a-tou-te-s-et-structurees-autour-de-poles-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA227" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G228" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H228" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K228" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N228" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O228" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S228" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U228" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V228" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y228" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z228" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA228" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
+        <v>101592</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le déploiement de solutions de mobilité, le passage à l'échelle et l'innovation dans les territoires</t>
+        </is>
+      </c>
+      <c r="C229" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ADEME
+Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F229" s="1" t="inlineStr">
+        <is>
+          <t>Cellules France Mobilités</t>
+        </is>
+      </c>
+      <c r="G229" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H229" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J229" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement et animation de l'ecosystème des mobilités, en complément d'appels pontuels (taux définis par les AAP/AMI)</t>
+        </is>
+      </c>
+      <c r="K229" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appui à l&amp;#039;ingénierie en matière de mobilité dans les territoires peu denses : l&amp;#039;objectif est d&amp;#039;apporter un conseil de proximité aux collectivités et AOM, ainsi qu&amp;#039;aux porteurs de projets, dans le déploiement de leurs services de mobilité du quotidien, au travers 15 cellules régionales d&amp;#039;appui en métropole et outre-mer, réunissant les principaux acteurs de l&amp;#039;ingenierie publique territoriale (ANCT, Ademe, Cerema et Banque des Territoires) aux côtés des services de l&amp;#039;Etat. Il s&amp;#039;agit d&amp;#039;un guichet unique apportant une ingénierie mutualisée dans les territoires ruraux pour accompagner les collectivités à l&amp;#039;exercice de la compétence d&amp;#039;organisation des mobilités (notamment sollicitations juridiques), ainsi qu&amp;#039;une ingénierie d&amp;#039;animation territoriale dans l&amp;#039;appui à la mise en oeuvre de projet (ex : organisation de webinaires et d&amp;#039;évènements à destination des acteurs territoriaux porteurs de projets).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement des cellules régionales vient en complément de l&amp;#039;instruction des AAP/AMI France Mobilités (Tenmod, Avenir Montagne Mobilités, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Plateforme France Mobilités comprenant des ressources techniques (base relative aux marchés publics, foire aux questions juridique et fiches thématiques) et référençant des projets de mobilité, renseignés par leurs porteurs, mis en place dans les territoires (visualisation cartographique) ainsi que des solutions inspirantes classées par thématique / type de territoire / catégorie de porteurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.francemobilites.fr/projets
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N229" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mobilité fluviale
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O229" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les 15 cellules régionales d&amp;#039;appui  France Mobilités accompagnent l&amp;#039;innovation dans les territoires « peu denses » et faiblement dotés en ingenierie locale : territoires ruraux, villes petites et moyennes, espaces périurbains des agglomérations
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S229" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T229" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U229" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr/ingenierie</t>
+        </is>
+      </c>
+      <c r="W229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr/</t>
+        </is>
+      </c>
+      <c r="X229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre cellule régionale : https://www.francemobilites.fr/regions
+&lt;/p&gt;
+&lt;p&gt;
+ Une boite fonctionnelle partagée unique pour chaque cellule régionale :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  auvergnerhonealpes&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bourgognefranchecomte&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bretagne&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  centrevaldeloire&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  corse&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  grandest&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  hautsdefrance&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  iledefrance&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  normandie&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  nouvelleaquitaine&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  occitanie&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  paysdelaloire&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  provencealpescotedazur&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  antillesguyane&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  oceanindien&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y229" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z229" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3bc2-concevoir-son-projet-de-mobilite-et-developpe/</t>
+        </is>
+      </c>
+      <c r="AA229" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>100733</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Proposer à des porteurs de projets des locaux vacants dans les gares</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Place de la Gare</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>SNCF Gares et Connexions</t>
+        </is>
+      </c>
+      <c r="G230" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K230" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participez à la dynamique économique de nos territoires en proposant des projets innovants et utiles au sein des petites et moyennes gares françaises.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur l&amp;#039;ensemble du réseau, près d&amp;#039;un millier de gares disposent aujourd&amp;#039;hui de locaux vacants dans des contextes extrêmement variés : communes rurales, villes moyennes, zones périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare, porté avec les Autorités Organisatrices et les collectivités territoriales, en tant qu&amp;#039;outil de l&amp;#039;équilibre financier des gares et de désenclavement des territoires, a pour ambition de dynamiser ce réseau de gares et d&amp;#039;en faire un point d&amp;#039;ancrage des commerces et des services publics locaux, au plus proche de tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez un projet, nous avons les m2 et des équipes pour vous accompagner !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Manifestez-vous sur
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;a href="https://www.1001gares.fr/" rel="noopener" target="_blank"&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Commerces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison médicale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Logement saisonnier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magasins de producteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Circuit court
+ &lt;/li&gt;
+ &lt;li&gt;
+  Office de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Crèche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bibliothèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Musée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélostation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et tout autre projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N230" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Tourisme
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O230" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez un projet sur la plateforme
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre candidature sera analysée par un jury SNCF.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+   Ouvre une nou
+  &lt;/a&gt;
+  &lt;span&gt;
+   qui sera soumis à la validation du jury
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S230" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T230" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U230" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://placedelagare.sncf/</t>
+        </is>
+      </c>
+      <c r="X230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
+        <is>
+          <t>ebarbereau@retail-connexions-sncf.fr</t>
+        </is>
+      </c>
+      <c r="Z230" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4255-proposer-a-des-porteurs-de-projets-des-locaux/</t>
+        </is>
+      </c>
+      <c r="AA230" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>138035</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de la Carte Mobilité Inclusion</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Carte Mobilité Inclusion (CMI)</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G231" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K231" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La carte mobilité inclusion (CMI) a pour but de faciliter vos déplacements si vous êtes en perte d&amp;#039;autonomie. Il existe 3 CMI différentes. La CMI stationnement permet de se garer gratuitement. La CMI priorité permet d&amp;#039;éviter les files d&amp;#039;attente ou d&amp;#039;avoir une place assise. La CMI invalidité vous concerne si vous avez une perte d&amp;#039;autonomie importante, elle offre les mêmes avantages que la CMI priorité avec en plus des réductions dans les transports et des avantages fiscaux notamment.Il est possible d&amp;#039;avoir jusqu&amp;#039;à 2 CMI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes atteint d&amp;#039;un handicap qui réduit de manière importante et durable votre capacité de déplacement ou devez être accompagné par par une personne dans tous vos déplacements: dans ce cas là, votre demande doit être adressée à la Maison Départementale des Personnes en situation de Handicap (MDPH).&lt;/li&gt;&lt;li&gt;Vous êtes demandeur ou bénéficiaire de l&amp;#039;Allocation Personnalisée d&amp;#039;Autonomie à domicile: dans ce cas là , votre demande doit être adressée à la Maison départementale de l&amp;#039;Autonomie (MDA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;A noter que les bénéficiaires de l&amp;#039;APAD classés en GIR 1 ou en GIR 2  peuvent bénéficier automatiquement de la CMI invalidité et de la CMI stationnement à titre définitif. Cependant, il est nécessaire d&amp;#039;en faire la demande.&lt;/p&gt;&lt;p&gt;Par ailleurs, vous devez résider dans le département dans lequel vous faites la demande.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous devez être de nationalité française ou ressortissant de l&amp;#039;Espace économique européen (EEE) ou avoir un titre de séjour valide si vous êtes de nationalité étrangère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si la demande est adressée à la MDPH:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Justificatif d&amp;#039;identité&lt;/li&gt;&lt;li&gt;Certificat médical de moins de 1 an&lt;/li&gt;&lt;li&gt;Justificatif de domicile de moins de 6 mois&lt;/li&gt;&lt;li&gt;Dossier de demande dument complété et signé&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si la demande est adressée à la Maison départementale de l&amp;#039;Autonomie (MDA) dans le cadre de la demande d&amp;#039;aides à l&amp;#039;autonomie à domicile:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Justificatif d&amp;#039;identité&lt;/li&gt;&lt;li&gt;
+  Photocopie de votre dernier avis d&amp;#039;imposition ou de non imposition sur le revenu&lt;/li&gt;&lt;li&gt;Photocopie de votre dernier avis de taxe foncière ( hors habitation principale)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;identité bancaire (RIB)
+ &lt;/li&gt;&lt;li&gt;Certificat médical&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N231" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O231" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S231" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T231" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U231" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V231" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
+        </is>
+      </c>
+      <c r="W231" s="1" t="inlineStr">
+        <is>
+          <t>https://www.action-sociale.org/documents/demande_mdph.pdf</t>
+        </is>
+      </c>
+      <c r="X231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction des Solidarités Humaines (DSH)/Maison De l&amp;#039;Autonomie (MDA)
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.21.80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y231" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z231" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a2bd-beneficier-de-la-carte-mobilite-inclusion/</t>
+        </is>
+      </c>
+      <c r="AA231" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>138043</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier des aides à l’insertion</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>RSA - les aides à l’insertion</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ C&amp;#039;est un accompagnement financier ayant pour l&amp;#039;objet de concourir à la concrétisation d&amp;#039;un projet d&amp;#039;insertion sociale et/ou professionnelle en favorisant la dynamique et la progression des parcours d&amp;#039;insertion et en soutenant le processus de résolutions des freins périphériques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide peut intervenir dans les domaines du logement, de la mobilité, de la santé, de la socialisation, de la formation, ou tout autre domaine entrant dans le cadre de l&amp;#039;objet défini précédemment.
+&lt;/p&gt;
+&lt;p&gt;
+ Public concerné et conditions d&amp;#039;éligibilité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Allocataires du RSA et leurs conjoints
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidant en Haute-Loire, soumis aux droits et devoirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficiaires d&amp;#039;autres minima sociaux ne pouvant prétendre à toute autre aide de droit, et inscrits dans une démarche active d&amp;#039;insertion
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande à formuler auprès d&amp;#039;une assistante sociale
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Santé
+Formation professionnelle
+Logement et habitat
+Lutte contre la précarité
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T232" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V232" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction des Solidarités Humaines (DSH)/Direction déléguée action sociale-insertion
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.41.47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8365-beneficier-des-aides-a-linsertion/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>165289</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>LEADER</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Grand Beauvaisis (PETR)</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I233" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K233" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen issu de la Politique Agricole Commune (PAC) ayant pour objectif le développement des zones rurales. Il s&amp;#039;inscrit dans le Fond Européen Agricole pour le Développement Rural (FEADER).&lt;/p&gt;&lt;p&gt;Le Pôle Territorial du Grand Beauvaisis (PETR) porte un nouveau programme LEADER pour la période 2023 - 2027. Ce nouveau programme repose sur une Stratégie Locale de Développement (SDL) intitulée &amp;#34; LEADER, le sens du collectif pour agir plus durablement et efficacement dans le Grand Beauvaisis&amp;#34;. Cette SLD a été construite à partie des priorités retenues en réponse aux enjeux et besoins du territoire.&lt;/p&gt;&lt;p&gt;Les objectifs stratégiques
+sont les suivants :&lt;/p&gt;&lt;p&gt; 1 : Améliorer
+l’organisation des mobilités alternatives à l’usage individuel de la voiture,&lt;/p&gt;&lt;p&gt; 2 : Agir pour consommer
+et produire plus durablement dans le Grand Beauvaisis,&lt;/p&gt;&lt;p&gt; 3 : Accroître
+l&amp;#039;attractivité touristique du Grand Beauvaisis pour ses habitants et ses
+visiteurs.&lt;/p&gt;&lt;p&gt;La stratégie locale de développement 2023 - 2027 du GAL du Grand Beauvaisis se décline en 4 fiches actions thématiques et comprennent les priorités retenues en réponse aux enjeux et besoins du territoire:&lt;/p&gt;&lt;p align="center"&gt;1: Préparation et mise en œuvre des
+activités de coopération du GAL,&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;2: Engager le territoire en faveur des
+solutions de mobilité alternatives,&lt;/p&gt;&lt;p align="center"&gt;3: Favoriser la coordination des acteurs propice
+au développement de filières locales ,&lt;/p&gt;&lt;p align="center"&gt;4: Créer les conditions d’émergence d’une
+destination touristique en Grand Beauvaisis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types de projets:&lt;/p&gt;&lt;p&gt;* projet de coopération&lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de service
+permettant le déploiement des mobilités douces&lt;/p&gt;&lt;p&gt;* projets
+visant à développer l’intermodalité, le covoiturage, l’autopartage&lt;/p&gt;&lt;p&gt;* projets de petits
+aménagements et équipements en faveur de la mobilité douce&lt;/p&gt;&lt;p&gt;* projets d&amp;#039;aménagements et équipements contribuant à la
+sensibilisation des habitants du territoire et des entreprises aux transitions &lt;/p&gt;&lt;p&gt;* projets d&amp;#039;aménagements et équipements pour l’amélioration et le développement de
+filières locales &lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de service participant à la structuration et/ou à
+l’émergence de filières locales&lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de
+service favorisant la sensibilisation des habitants du territoire et des entreprises aux transitions&lt;/p&gt;&lt;p&gt;* projets
+visant à développer une offre de service adaptée aux attentes de clientèles cibles dans une logique d’attractivité globale&lt;/p&gt;&lt;p&gt;* projets de création d’offres touristiques
+nouvelles identifiées par la mise en œuvre de la stratégie touristique &lt;/p&gt;&lt;p&gt;* projets de petits
+aménagements et équipements participant à la
+valorisation des sites touristiques &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P233" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2025</t>
+        </is>
+      </c>
+      <c r="Q233" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité de votre projet pour candidater au LEADER :&lt;/p&gt;&lt;p&gt;*Votre projet se réalise sur le périmètre des cinq intercommunalités membres du PETR du Grand Beauvaisis: Communauté d’agglomération du Beauvaisis,  Communauté de communes de l’Oise Picarde, Communauté de communes du Pays de Bray, Communauté de communes de la Picardie Verte et Communauté de Communes du Clermontois,&lt;/p&gt;&lt;p&gt;*Vous représentez une association, une entreprise, une collectivité territoriale ou tout autre structure d’ordre privé ou public,&lt;/p&gt;&lt;p&gt;*Votre projet s’inscrit au travers des axes thématiques prioritaires 2023 - 2027 définis par le GAL,&lt;/p&gt;&lt;p&gt;*Vous n&amp;#039;avez pas encore engagé de dépenses sur votre projet (attention, les dépenses engagées avant le dépôt d&amp;#039;une demande d&amp;#039;aide ne pourront pas être prises en compte pour le LEADER).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S233" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T233" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Grand Beauvaisis</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://grandbeauvaisis.fr/nos-actions-et-reflexions/leader/</t>
+        </is>
+      </c>
+      <c r="W233" s="1" t="inlineStr">
+        <is>
+          <t>https://euro-pac.hautsdefrance.fr/sub/tiers/authentification</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Magalie MAUDUIT, Animatrice Leader au PETR du Grand Beauvaisis&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;03.44.15.68.86&lt;/p&gt;
+&lt;p&gt;&amp;#64; &lt;a href="mailto:m.mauduit&amp;#64;beauvaisis.fr"&gt;m.mauduit&amp;#64;beauvaisis.fr&lt;/a&gt; OU &amp;#64; &lt;a href="mailto:leader&amp;#64;grandbeauvaisis.fr"&gt;leader&amp;#64;grandbeauvaisis.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Vanessa MONSTERLET, Gestionnaire Finances Générales - Gestionnaire Leader au PETR du Grand Beauvaisis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;03.44.15.68.69&lt;/p&gt;&lt;p&gt;&amp;#64; &lt;a href="mailto:v.monsterlet&amp;#64;beauvaisis.fr"&gt;v.monsterlet&amp;#64;beauvaisis.fr&lt;/a&gt; OU &amp;#64; &lt;a href="mailto:leader&amp;#64;grandbeauvaisis.fr"&gt;leader&amp;#64;grandbeauvaisis.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>m.mauduit@beauvaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-lies-au-developpement-rural/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G234" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I234" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K234" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N234" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -42031,5402 +44321,1052 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O234" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P210" s="1" t="inlineStr">
+      <c r="P234" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q210" s="1" t="inlineStr">
+      <c r="Q234" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R210" s="1" t="inlineStr">
+      <c r="R234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S234" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T210" s="1" t="inlineStr">
+      <c r="T234" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U234" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V234" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y234" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z234" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA234" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-Région
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE des Hauts de France</t>
+        </is>
+      </c>
+      <c r="G235" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...17 lines deleted...]
-      <c r="K211" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H235" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K235" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
-[...318 lines deleted...]
-          <t>Sols
+      <c r="L235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N235" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Mobilité pour tous
-[...104 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
 Mobilité partagée
-Mobilité pour tous
-[...210 lines deleted...]
-Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
+Mers et océans
 Réduction de l'empreinte carbone
-Mobilité fluviale</t>
-[...2 lines deleted...]
-      <c r="O216" s="1" t="inlineStr">
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O235" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R216" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S235" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T216" s="1" t="inlineStr">
+      <c r="T235" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="U235" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V235" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y235" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z235" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA235" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-[...194 lines deleted...]
-      <c r="G218" s="1" t="inlineStr">
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>121446</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G236" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...179 lines deleted...]
-Artisanat
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I236" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J236" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K236" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le caractère étendu du péri-urbain sur le territoire soulève des enjeux de mobilité auxquels les stratégies urbaines intégrées doivent répondre en poursuivant les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la multimodalité en milieu urbain afin de réduire l&amp;#039;empreinte carbone et encourager le recours à des moyens de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les voiries douces en milieu urbain afin d&amp;#039;encourager le recours à des formes de mobilité durables, de sécuriser la pratique des modes doux, d&amp;#039;assurer une continuité sur l&amp;#039;ensemble du territoire urbain et une connexion avec les zones péri-urbaines et rurales, conformément aux stratégies régionales en la matière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des stations de stockage et recharge de carburants alternatifs aux carburants fossiles, dans l&amp;#039;objectif de réduire l&amp;#039;impact environnemental des déplacements, selon un maillage rationnel et dans une logique d&amp;#039;interopérabilité entre les différents systèmes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements multimodaux (tels que des places de stationnement pour les moyens de transport durables, des pôles d&amp;#039;échanges...), en particulier sur les points d&amp;#039;interconnexion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à favoriser une meilleure interopérabilité des services de transport (tels que les services de mobilité partagée), à l&amp;#039;installation de billettiques des réseaux urbains sur une aire de déplacement commune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à l&amp;#039;amélioration de la logistique urbaine durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;aires de covoiturage (en cohérence avec les orientations régionales) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement ou construction de passerelles favorisant les modes doux permettant de traiter des points noirs ou de résoudre des problématiques de franchissement (route, lignes ferroviaires, cours d&amp;#039;eau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation de la pratique des modes doux, voies de liaisons cyclables, aménagement de voiries douces (tels que les cheminements piétons, les aménagements cyclables, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de réseaux d&amp;#039;aménagements cyclables afin de constituer des continuités. L&amp;#039;objectif est de relier les infrastructures existantes ou de finaliser les continuités cyclables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de stations de stockage et de recharge de carburants alternatifs aux carburants fossiles (bornes de recharge pour véhicules électriques, à hydrogène, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes portant sur la mobilité urbaine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N236" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...7 lines deleted...]
-      <c r="O219" s="1" t="inlineStr">
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O236" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R219" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S219" s="1" t="inlineStr">
+      <c r="R236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie intégrée de développement urbain du territoire et avoir reçu un avis favorable en comité de sélection de l&amp;#039;organisme intermédiaire territorialement compétent.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront être compatibles avec les stratégies en termes de mobilité mise en place par la Région à savoir le schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET) dénommé « Ici 2050 ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements des aires de covoiturage devront être réalisés en conformité avec le SRADDET et sa déclinaison : le schéma régional des aires de covoiturage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;implantation de structures de recharge devront respecter le SRADDET et ses objectifs en termes de déploiement de bornes de charge. Ils devront respecter les contraintes de gestion et de pilotage des réseaux de distribution d&amp;#039;électricité. L&amp;#039;interopérabilité et l&amp;#039;adaptabilité des infrastructures de recharge devront permettre la recharge de tous types et gammes de véhicules, quel que soit l&amp;#039;usage des véhicules et leur constructeur (normalisation et standardisation des solutions technologiques retenues). Les bornes devront prévoir un système de supervision accessible à tout usager.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de prestations intellectuelles extérieures (réalisation d&amp;#039;études, de diagnostics...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels (maîtrise d&amp;#039;œuvre, infrastructures, signalétique, accès PMR, verdissement, éclairage public, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisitions foncières (dans la limite de 10 % maximum des dépenses éligibles) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts indirects hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000 € pour les projets de travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 000 € pour les projets d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S236" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="T236" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U236" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/developpement-urbain-et-rural-mobilites-durables/</t>
+        </is>
+      </c>
+      <c r="X236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: urbain.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y236" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z236" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA236" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-[...41 lines deleted...]
-      <c r="N220" s="1" t="inlineStr">
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
+        <v>121340</v>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements structurants ("Fonds des projets innovants ou exceptionnels")</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Fonds des projets innovants ou exceptionnels</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G237" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H237" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J237" s="1" t="inlineStr">
+        <is>
+          <t>Taux d’aide adaptable selon le projet</t>
+        </is>
+      </c>
+      <c r="K237" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires
+dans leurs projets innovants et d’envergure
+participant à l’attractivité et au rayonnement du territoire, ainsi que leurs projets exceptionnels qui résultent
+d’aléas liés à des événements imprévus ou des contraintes particulières imposés
+au niveau national ou régional.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra
+respecter les exigences et les normes règlementaires et techniques
+(accessibilité des personnes à mobilité réduite aux espaces et équipements
+publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilités douces,&lt;/li&gt;&lt;li&gt;Environnement (biodiversité, forêts…),&lt;/li&gt;&lt;li&gt;Développement économique local et départemental,&lt;/li&gt;&lt;li&gt;Projets spécifiques et innovants&lt;/li&gt;&lt;li&gt;Caractère exceptionnel : évènements imprévus, contexte national, régional ou départemental…&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N237" s="1" t="inlineStr">
         <is>
           <t>Tourisme
-Transition énergétique
-[...2 lines deleted...]
-Mobilité partagée
+Forêts
+Innovation, créativité et recherche
+Biodiversité
+Attractivité économique
 Mobilité pour tous
-Réduction de l'empreinte carbone</t>
-[...17 lines deleted...]
-      <c r="S220" s="1" t="inlineStr">
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O237" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépenses éligibles HT
+ &lt;/strong&gt;
+ : 200 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :&lt;/strong&gt; communes et EPCI.&lt;/p&gt;&lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des
+dossiers sera assuré par la commission organique compétente, en se basant sur des
+critères objectifs permettant d’évaluer la capacité, la faisabilité et
+l’opportunité du projet. Elle sera compétente pour apprécier si un soutien
+financier du Département est pertinent et souhaitable sur le projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S237" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...33 lines deleted...]
-      <c r="AA220" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T237" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U237" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V237" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W237" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y237" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z237" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5620-soutenir-les-investissements-structurants-des/</t>
+        </is>
+      </c>
+      <c r="AA237" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G221" s="1" t="inlineStr">
+    <row r="238" spans="1:27" customHeight="0">
+      <c r="A238" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G238" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...21 lines deleted...]
-      <c r="K221" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H238" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K238" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
-[...158 lines deleted...]
-      <c r="N222" s="1" t="inlineStr">
+      <c r="L238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N238" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
 Alimentation
-Commerces et services
-[...1 lines deleted...]
-Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-[...1 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-International
 Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-[...3 lines deleted...]
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...1 lines deleted...]
-Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
-[...124 lines deleted...]
-      <c r="U223" s="1" t="inlineStr">
+      <c r="O238" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S238" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T238" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U238" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V223" s="1" t="inlineStr">
-[...1762 lines deleted...]
-      <c r="X237" s="1" t="inlineStr">
+      <c r="V238" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X238" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
-[...138 lines deleted...]
-          <t>&lt;p&gt;Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y238" s="1" t="inlineStr">
         <is>
-          <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
       <c r="Z238" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-mobilites-durables-en-zones-rurales-2/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
       <c r="AA238" s="1" t="inlineStr">
-        <is>
-[...1609 lines deleted...]
-      <c r="AA249" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>