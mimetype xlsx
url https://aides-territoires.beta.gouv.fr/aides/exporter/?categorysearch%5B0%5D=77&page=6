--- v0 (2025-10-02)
+++ v1 (2025-11-20)
@@ -112,81 +112,81 @@
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -4795,55 +4795,50 @@
         </is>
       </c>
       <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U20" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
@@ -7116,55 +7111,50 @@
         </is>
       </c>
       <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="W24" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
@@ -7366,55 +7356,50 @@
  &lt;li&gt;
   Porteur ≤ 5ans : 80 % plafonnés à 600 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Pôle d&amp;#039;innovation : 50 %
  &lt;/li&gt;
  &lt;li&gt;
   Opérateur transparent : selon régime
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V25" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/actions-collectives-sectorielles-et-multisectorielles</t>
         </is>
       </c>
       <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 &lt;/p&gt;
 &lt;p&gt;
  Direction pilotage stratégique et filières
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
@@ -7783,55 +7768,50 @@
  Les projets rassemblant plusieurs organismes aquitains, qui auront
  &lt;strong&gt;
   mis en commun leurs ressources
  &lt;/strong&gt;
  et leurs moyens dans le cadre d&amp;#039;un
  &lt;strong&gt;
   projet global
  &lt;/strong&gt;
  , seront privilégiés.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V27" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W27" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/initiatives-de-cooperation-quebec-hesse-emilie-romagne</t>
         </is>
       </c>
       <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Coopération
 &lt;/p&gt;
 &lt;p&gt;
  Tel :
  05 57 57 86 41
 &lt;/p&gt;
 &lt;p&gt;
  Mail : fci&amp;#64;nouvelle-aquitaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z27" s="1" t="inlineStr">
         <is>
@@ -8889,55 +8869,50 @@
  &lt;li&gt;
   Sont cofinancés par d&amp;#039;autres programmes relatifs à l&amp;#039;éducation à la citoyenneté européenne et internationale tels que le programme Erasmus Jeunesse, le programme de l&amp;#039;Office Franco-Allemand pour la Jeunesse (OFAJ), le programme jeunesse du Ministère de l&amp;#039;Europe et des Affaires Etrangères (MEAE).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale sera appréciée en fonction de l&amp;#039;ensemble des cofinancements obtenus (État, collectivités locales, associations, entreprises...) et de la capacité d&amp;#039;autofinancement du projet. Le montant global des recettes pourra intégrer notamment les contributions volontaires en nature, dans la mesure où celles-ci sont objectivement quantifiées selon les règles en vigueur au plan national.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/volontariats-et-echanges-internationaux</t>
         </is>
       </c>
-      <c r="W32" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la jeunesse et de la citoyenneté : 05 49 60 28 28
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2cdf-volontariats-et-echanges-internationaux/</t>
         </is>
       </c>
       <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:27" customHeight="0">
       <c r="A33" s="1">
@@ -10387,55 +10362,50 @@
 :
 &lt;p&gt;
  Prise de contact avec le Service Appui aux Compétences dans les Entreprises par mail ou téléphone.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Cf : Tableau des coordonnées des chargé(e)s de mission par filières.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V40" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W40" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-collectif-aux-filieres-acf-gpec</t>
         </is>
       </c>
       <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/64c2-accompagnement-collectif-aux-filieres-acf-gpe/</t>
         </is>
       </c>
       <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -11072,55 +11042,50 @@
  :
 &lt;/p&gt;
 &lt;p&gt;
  Prise de contact avec le Service Appui aux Compétences dans les Entreprises par mail ou téléphone.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Cf : Tableau des coordonnées des chargé(e)s de mission par filières.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V43" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W43" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-collectif-aux-filieres-acf-formation</t>
         </is>
       </c>
       <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Direction Formation Professionnelle et Apprentissage en cliquant sur le lien vers le descriptif complet.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/49d0-accompagnement-collectif-aux-filieres-acf-for/</t>
         </is>
       </c>
@@ -14021,55 +13986,50 @@
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/dispositif-europe</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X58" s="1" t="inlineStr">
         <is>
           <t>Pour plus d&amp;#039;informations, contacter Louise Pesnel, chargée de mission Actions européennes : europe&amp;#64;iledefrance.fr</t>
         </is>
       </c>
       <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa18-soutenir-les-projets-dinformation-et-de-debat/</t>
         </is>
       </c>
       <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:27" customHeight="0">
       <c r="A59" s="1">
         <v>103240</v>
       </c>
@@ -14347,55 +14307,50 @@
       <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les petites entreprises innovantes franciliennes de moins de 5 ans, en phase d&amp;#039;amorçage et ayant déjà bénéficié d&amp;#039;une aide publique à l&amp;#039;innovation.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V60" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W60" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/pret-damorcage</t>
         </is>
       </c>
       <c r="X60" s="1" t="inlineStr">
         <is>
           <t>Toutes les informations complémentaires sont disponibles en cliquant
 &lt;a href="http://bpifrance-creation.fr/encyclopedie/financements/lemprunt/pret-damorcage-bpifrance" rel="noopener" target="_blank"&gt;
  ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 .</t>
         </is>
       </c>
       <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z60" s="1" t="inlineStr">
@@ -14595,55 +14550,50 @@
         </is>
       </c>
       <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/dispositif-actions-internationales</t>
         </is>
       </c>
-      <c r="W61" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:actionsinternationales&amp;#64;iledefrance.fr"&gt;
  actionsinternationales&amp;#64;iledefrance.fr
 &lt;/a&gt;</t>
         </is>
       </c>
       <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fd51-actions-internationales-et-francophonie/</t>
         </is>
       </c>
       <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:27" customHeight="0">
       <c r="A62" s="1">
@@ -15076,55 +15026,50 @@
   Je m&amp;#039;inscris au Webinaire PM&amp;#039;up
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises lauréates deviennent membres du Paris Région Business Club (PRBC). Comptant plus de 4.000 membres, ce réseau unique propose des opportunités d&amp;#039;affaires, des mises en relation exclusives, des occasions de partage d&amp;#039;expérience et de visibilité pour accompagner leur croissance en complément de l&amp;#039;aide financière régionale.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/pmup</t>
         </is>
       </c>
-      <c r="W63" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  aides.economiques&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e40f-tpup-relance/</t>
         </is>
       </c>
       <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -17520,51 +17465,51 @@
           <t>https://aides-territoires.beta.gouv.fr/aides/f277-assurance-prospection-accompagnement/</t>
         </is>
       </c>
       <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:27" customHeight="0">
       <c r="A77" s="1">
         <v>104710</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
@@ -18084,51 +18029,51 @@
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
       <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bfb2-assurance-prospection-bpifrance/</t>
         </is>
       </c>
       <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:27" customHeight="0">
       <c r="A80" s="1">
         <v>104798</v>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Booster la performance des PME par un dispositif d’accompagnement complet et personnalisé</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>Accélérateur DINAMIC + pour entreprises</t>
+          <t>Accélérateur DINAMIC + pour les entreprises</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
@@ -19534,55 +19479,50 @@
         </is>
       </c>
       <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U85" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W85" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -20933,55 +20873,50 @@
   Je m&amp;#039;inscris au Webinaire TP&amp;#039;up
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises lauréates deviennent membres du Paris Région Business Club (PRBC). Ce réseau unique, qui compte plus de 4.000 membres, propose des opportunités d&amp;#039;affaires, des mises en relation exclusives, des occasions de partage d&amp;#039;expérience et de visibilité pour accompagner leur croissance en complément de l&amp;#039;aide financière régionale.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U92" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/tpup</t>
         </is>
       </c>
-      <c r="W92" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   aides.economiques&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/03bf-tpup-relance/</t>
         </is>
       </c>
       <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
@@ -21106,55 +21041,50 @@
       </c>
       <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T93" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U93" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V93" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W93" s="1" t="inlineStr">
         <is>
           <t>https://www.villes-internet.net/site/participez-au-label/</t>
         </is>
       </c>
       <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour participer rendez-vous sur la page &amp;#34;Participer au label&amp;#34;
  (voir le bouton &amp;#34;descriptif complet&amp;#34; en bas de page) et cliquez sur le bouton &amp;#34;Ma collectivité souhaite participer&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Ou contactez directement l&amp;#039;association Villes Internet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   01 55 06 09 30 |  coordination&amp;#64;villes-internet.net
  &lt;/li&gt;
  &lt;li&gt;
   68 boulevard Malesherbes 75008 Paris
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y93" s="1" t="inlineStr">
         <is>
@@ -21838,55 +21768,50 @@
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V96" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-aide-linstallation-du-jeune-agriculteur</t>
         </is>
       </c>
-      <c r="W96" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    &lt;span&gt;
     Pour toute demande liée à l&amp;#039;acquisition dérogatoire de votre diplôme de niveau 4, veuillez contacter le Conseil régional d&amp;#039;Île-de-France :
     &lt;a href="mailto:feader.installation&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
      feader.installation&amp;#64;iledefrance.fr
      &lt;br /&gt;
      &lt;span&gt;
       Ouvre une nouvelle fenêtre
      &lt;/span&gt;
     &lt;/a&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    &lt;span&gt;
     Pour toute demande liée au dispositif, vous pouvez contacter le service pré-instructeur de la Chambre d&amp;#039;agriculture d&amp;#039;Île-de-France :
     &lt;br /&gt;
     &lt;a href="mailto:installation-transmission&amp;#64;idf.chambagri.fr" rel="noopener" target="_blank" title="mailto:installation-transmission&amp;#64;idf.chambagri.fr"&gt;
      installation-transmission&amp;#64;idf.chambagri.fr
      &lt;span&gt;
@@ -22121,415 +22046,131 @@
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
       <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
       <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:27" customHeight="0">
       <c r="A98" s="1">
-        <v>149077</v>
+        <v>149110</v>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mener à bien un projet export</t>
+          <t>Mener à bien un projet de croissance ou de développement à moyen, long terme</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>Parcours de transformation export</t>
+          <t>Prêt participatif Grand Est</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Prêt</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
-        <is>
-[...282 lines deleted...]
-      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet de croissance ou de développement à moyen, long terme ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez d&amp;#039;un soutien financier sous forme de prêts participatifs pouvant aller jusqu&amp;#039;à 500 000 € afin de gagner en compétitivité et accélérer le développement de votre entreprise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Emploi
 International
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P100" s="1" t="inlineStr">
+      <c r="P98" s="1" t="inlineStr">
         <is>
           <t>17/11/2022</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/pret-participatif-grand-est/</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les demandes de prêts participatifs sont à adresser aux banques partenaires (coordonnées ci-dessous).
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute demande d&amp;#039;information complémentaire, les trois partenaires bancaires sont à votre disposition :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Banque Populaire Alsace Lorraine Champagne
    &lt;br /&gt;
    Lilian.couqueberg&amp;#64;bpalc.fr et Benoit.grandjacquot&amp;#64;bpalc.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Caisse D&amp;#039;Épargne Grand Est Europe
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
@@ -22538,104 +22179,104 @@
  &lt;br /&gt;
  &lt;span&gt;
   Centres d&amp;#039;Affaires (pour la partie PME / entreprises)
   &lt;br /&gt;
  &lt;/span&gt;
  christine.schumacher&amp;#64;cegee.caisse-epargne.fr
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Crédit Agricole
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  CR Lorraine – AGENCES.ENTREPRISES&amp;#64;ca-lorraine.fr
  &lt;br /&gt;
  CR Champagne Bourgogne – mde&amp;#64;ca-cb.fr
  &lt;br /&gt;
  CR Nord Est – ANIM-CO&amp;#64;ca-nord-est.fr
  &lt;br /&gt;
  CR Alsace Vosges – CREDIT.AGRICOLE.ENTREPRISES&amp;#64;ca-alsace-vosges.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8037-pret-participatif-grand-est/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>150687</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -22676,267 +22317,267 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T101" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>152201</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités dans leurs investissements publics</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Contrats Pays de la Loire 2026</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutenir les collectivités dans leurs investissements publics.
 &lt;/p&gt;
 &lt;p&gt;
  La Région des Pays de la Loire souhaite poser les bases d&amp;#039;un nouvel accompagnement des territoires plus juste et plus équilibré à l&amp;#039;échelle du territoire ligérien au bénéfice de ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Pour cela, la Région propose la mise en oeuvre d&amp;#039;un
  &lt;a href="https://www.paysdelaloire.fr/mon-conseil-regional/les-missions/equilibre-des-territoires-et-ruralite/accompagner-le-developpement-et-l-attractivite"&gt;
   Pacte Stratégique Régional
  &lt;/a&gt;
  pour chaque intercommunalité. Il devra permettre de favoriser un dialogue stratégique reposant sur un diagnostic partagé des enjeux et besoins des territoires ligériens et identifiant les interventions régionales sur chaque territoire ainsi que les priorités et les orientations de la Région inscrites dans les schémas régionaux et notamment dans le SRADDET.
 &lt;/p&gt;
 &lt;p&gt;
  Le Pacte stratégique régional servira de base aux échanges et à la définition de l&amp;#039;accompagnement régional autour des projets prioritaires du territoire pour la durée du contrat.
 &lt;/p&gt;
 &lt;p&gt;
  Le Contrat Pays de la Loire 2026 est une des déclinaisons opérationnelles du Pacte stratégique régional signé entre le territoire et la Région. Il porte sur le soutien à l&amp;#039;investissement public local. Il est structuré par les priorités et enjeux partagés au sein du Pacte stratégique régional.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets devront :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   répondre exclusivement aux thématiques régionales que sont l&amp;#039;emploi/l&amp;#039;économie, la jeunesse et la transition écologique,
  &lt;/li&gt;
  &lt;li&gt;
   rendre en compte et développer les deux grands principes fondateurs et vertueux que sont la transition écologique et l&amp;#039;inclusion des personnes en situation de handicap tels qu&amp;#039;indiqués dans le préambule du Pacte Stratégique Régional
  &lt;/li&gt;
  &lt;li&gt;
   justifier de la prise en compte de ces deux principes,
  &lt;/li&gt;
  &lt;li&gt;
   préciser en quoi il répond aux objectifs du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité du territoire (SRADDET).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Revitalisation
 International</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P102" s="1" t="inlineStr">
+      <c r="P100" s="1" t="inlineStr">
         <is>
           <t>02/02/2023</t>
         </is>
       </c>
-      <c r="Q102" s="1" t="inlineStr">
+      <c r="Q100" s="1" t="inlineStr">
         <is>
           <t>31/03/2026</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Préalablement à toute approbation de Contrat Pays de la Loire 2026, la Région et l&amp;#039;intercommunalité devront avoir conclu un Pacte Stratégique Régional.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Elaboration du Contrat :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;élaboration du contrat comprend les étapes suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Transmission par le territoire d&amp;#039;un document de synthèse qui présente le lien entre le Pacte stratégique régional et le Contrat Pays de la Loire 2026, en cohérence avec les objectifs du SRADDET.
  &lt;/li&gt;
  &lt;li&gt;
   Transmission par le territoire de la liste indicative des opérations du Contrat Pays de la Loire 2026.
  &lt;/li&gt;
  &lt;li&gt;
   Phase de présentation à la Région du projet de contrat.
  &lt;/li&gt;
  &lt;li&gt;
   Délibération du chef de file sur le projet de contrat.
  &lt;/li&gt;
  &lt;li&gt;
   Validation du Contrat Pays de la Loire 2026 par la Commission permanente du Conseil régional avant sa signature.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dépôt des dossiers se fera sur le portail des aides dématérialisé de la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T100" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="W102" s="1" t="inlineStr">
+      <c r="W100" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CT/depot/simple</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des politiques territoriales
  &lt;br /&gt;
  Service Coordination des politiques territoriales et santé
  &lt;br /&gt;
  Pôle Contractualisation
 &lt;/p&gt;
 &lt;p&gt;
  RantyRichard
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Loire-Atlantique
  &lt;/strong&gt;
  &lt;br /&gt;
  Karine Pezeron/Alizée Pouillet
  &lt;br /&gt;
  Tél. 02 28 20 64 98
  &lt;br /&gt;
  alizee.pouillet&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
  &lt;br /&gt;
@@ -22977,241 +22618,241 @@
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Sarthe
  &lt;/strong&gt;
  &lt;br /&gt;
  Christelle Aubert
  &lt;br /&gt;
  Tél. 02 43 14 37 32
  &lt;br /&gt;
  christelle.aubert&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Vendée
  &lt;/strong&gt;
  &lt;br /&gt;
  Christine Alaitru
  &lt;br /&gt;
  Tél. 02 51 44 74 93
  &lt;br /&gt;
  christine.alaitru&amp;#64;paysdelaloire.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/81c4-contrats-pays-de-la-loire-2026/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>152325</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions de mise en œuvre des documents d’objectifs</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre des DOCOB des sites Natura 2000</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutenir les actions de mise en œuvre des documents d&amp;#039;objectifs.
 &lt;/p&gt;
 &lt;p&gt;
  La Région soutient la collectivité désignée par le comité de pilotage du site Natura 2000 pour la mise en œuvre du document d&amp;#039;objectif (DOCOB).
  &lt;br /&gt;
  Ces projets sont cofinancés par les fonds européens (FEDER).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide financière est de 50 % maximum des coûts supportés par la structure porteuse pour ses actions en lien avec la mise en œuvre des DOCOB. Il peut s&amp;#039;agir de frais de personnels, de prestations de services, de frais de formation, de déplacements, d&amp;#039;achats...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P103" s="1" t="inlineStr">
+      <c r="P101" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le candidat doit être une collectivité ou un groupement de collectivités désigné en tant que structure porteuse par le comité de pilotage d&amp;#039;un site Natura 2000.
  &lt;br /&gt;
  Le candidat doit remplir le dossier de demande de subvention disponible dans l&amp;#039;onglet « Déposer un dossier ».
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la transition énergétique et de l&amp;#039;environnement
  &lt;br /&gt;
  Service Eau, biodiversité et déchets
  &lt;br /&gt;
  Pôle Biodiversité et littoral
  &lt;br /&gt;
  Julie SIMAILLEAU
  &lt;br /&gt;
  &amp;#43;33 2 28 20 51 19
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4f49-mise-en-uvre-des-docob-des-sites-natura-2000/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>154066</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Faciliter la mise en œuvre de la planification de l'espace maritime dans l'UE</t>
         </is>
       </c>
-      <c r="C104" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>FEAMPA - Projets de planification de l'espace maritime (MSP) - 2023</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I104" s="1" t="inlineStr">
+      <c r="I102" s="1" t="inlineStr">
         <is>
           <t> Max : 78</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Fonds européen pour les affaires maritimes, la pêche et l&amp;#039;aquaculture - vise à soutenir le Green Deal de l&amp;#039;UE et une économie bleue durable en mettant en œuvre des actions dans le domaine de la politique maritime de l&amp;#039;Union, de la politique commune de la pêche et du programme de gouvernance internationale des océans de l&amp;#039;UE.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 4 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant de la subvention : entre 1 million et 2,5 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Taux de co-financement : jusqu&amp;#039;à 80% du total des
   &lt;span&gt;
    &lt;span&gt;
     coûts
    &lt;/span&gt;
   &lt;/span&gt;
   éligibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  &lt;strong&gt;
   Objectifs
@@ -23256,251 +22897,251 @@
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 10 de la directive MSP (utilisation et partage des données)
  &lt;/li&gt;
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 11 de la directive sur la planification de l&amp;#039;espace maritime (coopération entre les États membres)
  &lt;/li&gt;
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 12 de la directive sur la planification de l&amp;#039;espace maritime (coopération avec les pays tiers)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  &lt;strong&gt;
   Informations complémentaires
  &lt;/strong&gt;
 &lt;/span&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cet appel à propositions est un appel à propositions ouvert.
  &lt;/li&gt;
  &lt;li&gt;
   Durée initiale de l&amp;#039;action : entre 24 et 48 mois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 International
 Mers et océans</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être une personne morale
  &lt;/li&gt;
  &lt;li&gt;
   Être une entité publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Être approuvé par les autorités publiques ou les organismes chargés de la planification de l&amp;#039;espace maritime au niveau national dans les États membres côtiers concernés
  &lt;/li&gt;
  &lt;li&gt;
   Être une autorité publique ou un organisme chargé de la planification de l&amp;#039;espace maritime d&amp;#039;un État membre côtier
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pays non membres de l&amp;#039;UE éligibles au programme :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pays de l&amp;#039;Atlantique,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la mer Baltique,
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la Mer Noire,
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la Mer du Nord,
  &lt;/li&gt;
  &lt;li&gt;
   Pays méditerranéens
  &lt;/li&gt;
  &lt;li&gt;
   Pays dont les eaux sont adjacentes aux régions ultrapériphériques de l&amp;#039;UE
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/emfaf/wp-call/2023/call-fiche_emfaf-2023-pia-msp_en.pdf</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;
   cinea-emfaf-calls&amp;#64;ec.europa.eu
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/emfaf/wp-call/2023/call-fiche_emfaf-2023-pia-msp_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/emfaf-2023-pia-msp?tenders&amp;#61;false&amp;amp;callIdentifier&amp;#61;EMFAF-2023-PIA-MSP" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de l&amp;#039;agence exécutive
  &lt;br /&gt;
  &lt;a href="https://cinea.ec.europa.eu/index_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information&amp;#43;
  &lt;br /&gt;
  &lt;a href="https://cinea.ec.europa.eu/programmes/european-maritime-fisheries-and-aquaculture-fund_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/072f-feampa-projets-de-planification-de-lespace-ma/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>160868</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Favoriser la coopération des acteurs du territoire</t>
         </is>
       </c>
-      <c r="C105" s="1" t="inlineStr">
+      <c r="C103" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 5</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I105" s="1" t="inlineStr">
+      <c r="I103" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J105" s="1" t="inlineStr">
+      <c r="J103" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 euros</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  La coopération peut prendre les formes suivantes :
  &lt;br /&gt;
  &lt;strong&gt;
   - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;strong&gt;
   - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
@@ -23519,51 +23160,51 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
 &lt;/p&gt;
 &lt;p&gt;
  Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
@@ -23583,1021 +23224,817 @@
 Paysage
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;p&gt;
  Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T105" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>161036</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Soutenir la coopération entre les sociétés de production européennes qui développent des oeuvres avec un fort potentiel d'audience internationale</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Europe Créative</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>CREA - Co-développement européen - 2024</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Programme Europe Créative 2021-2027&lt;br /&gt;EUROPE CREATIVE - (2) Volet Média&lt;/p&gt;&lt;p&gt;Europe créative - Europe créative vise à préserver, développer et promouvoir la diversité et le patrimoine culturels et linguistiques européens et à accroître la compétitivité et le potentiel économique des secteurs culturels et créatifs, en particulier le secteur audiovisuel.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 6,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : dépend du nombre de bénéficiaires éligibles faisant partie du consortium&lt;/li&gt;    &lt;li&gt;Taux de cofinancement : jusqu&amp;#039;à 70% du total des coûts éligibles&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Objectif&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;p&gt;Soutenir la coopération entre les sociétés de production européennes qui développent des oeuvres avec un fort potentiel d&amp;#039;audience internationale.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Informations complémentaires&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Le présent appel à propositions est un appel à propositions ouvert.&lt;/li&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : jusqu&amp;#039;à 30 mois&lt;br /&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 International</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>Pays éligibles au programme:
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" rel="nofollow noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2024/call-fiche_crea-media-2024-codev_en.pdf</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;EACEAMEDIA-CODEV&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Lignes directrices (EN)&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2024/call-fiche_crea-media-2024-codev_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Autres documents de l&amp;#039;appel (EN)&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/crea-media-2024-codev?tenders&amp;#61;false&amp;amp;programmePart&amp;#61;&amp;amp;pageNumber&amp;#61;58" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Site web de l&amp;#039;agence&lt;br /&gt; &lt;a href="https://www.eacea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Information &amp;#43;&lt;br /&gt; &lt;a href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6b3b-crea-co-developpement-europeen-2024/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E107" s="1" t="inlineStr">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>162312</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Programme Régional d’Aide à la Mobilité Etudiante</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la Mobilité Etudiante (PRAME) - Enseignement Supérieur</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
-[...89 lines deleted...]
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante (PRAME) volet Enseignement Supérieur s&amp;#039; adresse aux étudiants inscrits dans les établissements régionaux d’enseignement supérieur qui effectuent un stage à l’étranger dans le cadre de leur cursus de formation.&lt;/p&gt;
 &lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante, volet Enseignement Supérieur, a pour objectif de favoriser la mobilité des étudiants.&lt;/p&gt;
 &lt;div&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;br /&gt;  &lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance; &lt;/li&gt; 	&lt;li&gt;Être&lt;strong&gt; &lt;/strong&gt;inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un stage d&amp;#039;une durée minimum de 8 semaines dans l&amp;#039;un des territoires éligibles.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt; &lt;h3&gt;&lt;strong&gt;Sont inéligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €.&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Sur dossier de candidature soumis à un comité de validation des candidatures, dans la limite du budget disponible dédié à cette action.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;L’attribution de la bourse n’est donc pas automatique.&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;L’étudiant peut bénéficier d’une bourse PRAME par année universitaire. Il ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME.&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P108" s="1" t="inlineStr">
+      <c r="P105" s="1" t="inlineStr">
         <is>
           <t>07/03/2019</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Sont inéligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €.&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Sur dossier de candidature soumis à un comité de validation des candidatures, dans la limite du budget disponible dédié à cette action.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;L’attribution de la bourse n’est donc pas automatique.&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;L’étudiant peut bénéficier d’une bourse PRAME par année universitaire. Il ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME.&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt; &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région  &lt;a href="https://aidesformation.maregionsud.fr/" target="_blank" title="https://aidesformation.maregionsud.fr/"&gt;https://aidesformation.maregionsud.fr/&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Attribution de la bourse dans la limite du budget disponible&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-etudiante-prame-enseignement-superieur</t>
         </is>
       </c>
-      <c r="W108" s="1" t="inlineStr">
+      <c r="W105" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-daide-a-la-mobilite-etudiante-prame-enseignement-superieur-2023-2024/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>162333</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Favoriser la mobilité des étudiants du secteur sanitaire et social</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Aide à la Mobilité Etudiante (PRAME) - Volet Sanitaire et social</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Etudiante volet Sanitaire et Social permet aux étudiants inscrits dans une formation du sanitaire et social agréée / autorisée par la Région d’obtenir une bourse régionale dans le cadre de l’accomplissement d’un stage à l’étranger durant leur cursus.&lt;/p&gt;
 &lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante volet Sanitaire et Social a pour objectif de favoriser la mobilité des étudiants du secteur sanitaire et social.&lt;/p&gt;
 &lt;div&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Les étudiants inscrits en formation initiale dans un établissement régional de la formation sanitaire et/ou sociale public ou privé conventionné avec la Région;&lt;/li&gt; 	&lt;li&gt;Les étudiants doivent préparer une formation agréée / autorisée par la Région;&lt;/li&gt; 	&lt;li&gt;Les étudiants doivent avoir validé un diplôme de niveau IV&lt;/li&gt; &lt;/ul&gt; &lt;h3&gt;&lt;strong&gt;Ressources de l&amp;#039;étudiant&lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l&amp;#039;étudiant (&amp;#61;revenu global divisé par le nombre de part) ne doit pas excéder 26000 €.&lt;br /&gt; Le quotient familial de l&amp;#039;étudiant est calculé à partir de l&amp;#039;avis d&amp;#039;imposition de l&amp;#039;année 2023 sur les revenus de l&amp;#039;année 2022 sur lequel il figure.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;étudiant doit réaliser un stage dans un territoire éligible de 3 à 20 semaines (maximum).&lt;/p&gt;
 &lt;h3&gt;Pays éligibles&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitains et d&amp;#039;Outre-Mer) et les principautés de Monaco et d&amp;#039;Andore.&lt;/p&gt;
 &lt;h3&gt;Sont inéligibles&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d’une allocation Erasmus &amp;#43; ;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d’une indemnité de stage supérieure à 200 € par semaine.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P109" s="1" t="inlineStr">
+      <c r="P106" s="1" t="inlineStr">
         <is>
           <t>28/02/2019</t>
         </is>
       </c>
-      <c r="R109" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Ressources de l&amp;#039;étudiant&lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l&amp;#039;étudiant (&amp;#61;revenu global divisé par le nombre de part) ne doit pas excéder 26000 €.&lt;br /&gt; Le quotient familial de l&amp;#039;étudiant est calculé à partir de l&amp;#039;avis d&amp;#039;imposition de l&amp;#039;année 2023 sur les revenus de l&amp;#039;année 2022 sur lequel il figure.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;étudiant doit réaliser un stage dans un territoire éligible de 3 à 20 semaines (maximum).&lt;/p&gt;
 &lt;h3&gt;Pays éligibles&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitains et d&amp;#039;Outre-Mer) et les principautés de Monaco et d&amp;#039;Andore.&lt;/p&gt;
 &lt;h3&gt;Sont inéligibles&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d’une allocation Erasmus &amp;#43; ;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d’une indemnité de stage supérieure à 200 € par semaine.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région : &lt;strong&gt;&lt;a href="https://aidesformation.maregionsud.fr/SignIn?ReturnUrl&amp;#61;%2Fprofile%2F"&gt;&lt;strong&gt;aidesformation.maregionsud.fr/&lt;/strong&gt;&lt;/a&gt; &lt;/strong&gt;&lt;br /&gt; Attribution de la bourse dans la limite du budget disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-etudiante-prame-volet-sanitaire-et-social</t>
         </is>
       </c>
-      <c r="W109" s="1" t="inlineStr">
+      <c r="W106" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question relative à ce dispositif, vous pouvez contacter le Service Attractivité et Rayonnement International au 04 91 57 54 44 ou 04 91 57 54 99.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-daide-a-la-mobilite-etudiante-prame-sanitaire-et-social-2023-2024/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>162334</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Obtenir une bourse pour effectuer un stage à l’étranger</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Aide à la Mobilité Etudiante (PRAME) - Stage BTS</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante volet BTS s’adresse aux étudiants, inscrits dans un établissement public ou privé de Provence-Alpes-Côte d’Azur ayant conventionné avec la Région et préparant un BTS, qui partent effectuer un stage à l’étranger au cours de leur cursus.&lt;/p&gt;
 &lt;div&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;/div&gt; &lt;p&gt;Étudiants en formation initiale préparant un BTS dans un établissement d’enseignement public ou privé régional.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Filières spécifiques : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Commerce international&lt;/li&gt; 	&lt;li&gt;Soutien à l&amp;#039;action managériale&lt;/li&gt; 	&lt;li&gt;Tourisme&lt;/li&gt; 	&lt;li&gt;Management en hôtellerie et restauration&lt;/li&gt; 	&lt;li&gt;Gestion des transports et logistique associée&lt;/li&gt; 	&lt;li&gt;Gestion de la PME&lt;/li&gt; 	&lt;li&gt;Négociation et digitalisation de la relation client&lt;/li&gt; 	&lt;li&gt;Service informatique aux organisations&lt;/li&gt; 	&lt;li&gt;Management commercial et opérationnel&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Autres filières : &lt;/strong&gt;aucun conventionnement entre l’établissement de formation et la Région n’est nécessaire. &lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €. &lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt;
 &lt;h3&gt;Sont inéligibles :&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P110" s="1" t="inlineStr">
+      <c r="P107" s="1" t="inlineStr">
         <is>
           <t>28/02/2019</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Filières spécifiques : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Commerce international&lt;/li&gt; 	&lt;li&gt;Soutien à l&amp;#039;action managériale&lt;/li&gt; 	&lt;li&gt;Tourisme&lt;/li&gt; 	&lt;li&gt;Management en hôtellerie et restauration&lt;/li&gt; 	&lt;li&gt;Gestion des transports et logistique associée&lt;/li&gt; 	&lt;li&gt;Gestion de la PME&lt;/li&gt; 	&lt;li&gt;Négociation et digitalisation de la relation client&lt;/li&gt; 	&lt;li&gt;Service informatique aux organisations&lt;/li&gt; 	&lt;li&gt;Management commercial et opérationnel&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Autres filières : &lt;/strong&gt;aucun conventionnement entre l’établissement de formation et la Région n’est nécessaire. &lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €. &lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt;
 &lt;h3&gt;Sont inéligibles :&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région : &lt;strong&gt;&lt;a href="https://aidesformation.maregionsud.fr/SignIn?ReturnUrl&amp;#61;%2Fprofile%2F"&gt;&lt;strong&gt;aidesformation.maregionsud.fr/&lt;/strong&gt;&lt;/a&gt; &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Attribution de la bourse dans la limite du budget disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-etudiante-prame-stage-bts</t>
         </is>
       </c>
-      <c r="W110" s="1" t="inlineStr">
+      <c r="W107" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-daide-a-la-mobilite-etudiante-prame-bts-2023-2024/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>162349</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Soutenir le rayonnement international des établissements d’enseignement supérieur de la région Provence-Alpes-Côte d’Azur par l’octroi d’une aide à la mobilité internationale</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Aide à la mobilité internationale Étudiante (PRAME) - Etudes</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Provence-Alpes-Côte d&amp;#039;Azur propose de soutenir le rayonnement international des établissements d’enseignement supérieur de la région Provence-Alpes-Côte d’Azur par l’octroi d’une aide à la mobilité internationale de leurs étudiants partant effectuer un ou deux semestres d’études à l’étranger dans le cadre de leur cursus de formation.&lt;/p&gt;
 &lt;p&gt;Aide à la mobilité internationale étudiante.&lt;/p&gt;
 &lt;div&gt;&lt;p&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;br /&gt;  &lt;/p&gt;&lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ; &lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ; &lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’État, un diplôme visé par l’État, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ; &lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre 2023 ; &lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitains et d’outre-mer) et principautés de Monaco et d’Andorre. &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ces critères sont cumulatifs. &lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ;&lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitain et d’outre-mer) et principautés de Monaco et d’Andorre. La durée minimum de la mobilité pour valider un semestre est de 12 semaines.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critère sociaux est obligatoire : le quotient familial de l’étudiant (&amp;#61; revenu brut global divisé par le nombre de parts) ne doit pas excéder 26 000 €. Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Sont inéligibles &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;les campus d’établissements régionaux situés à l’étranger ; &lt;/li&gt; 	&lt;li&gt;les étudiants bénéficiaires d’une aide à la mobilité internationale pour la réalisation de cette période d’études à l’étranger ( exemple : ERASMUS, AMI …). &lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
+      <c r="P108" s="1" t="inlineStr">
         <is>
           <t>03/09/2024</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ;&lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitain et d’outre-mer) et principautés de Monaco et d’Andorre. La durée minimum de la mobilité pour valider un semestre est de 12 semaines.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critère sociaux est obligatoire : le quotient familial de l’étudiant (&amp;#61; revenu brut global divisé par le nombre de parts) ne doit pas excéder 26 000 €. Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Sont inéligibles &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;les campus d’établissements régionaux situés à l’étranger ; &lt;/li&gt; 	&lt;li&gt;les étudiants bénéficiaires d’une aide à la mobilité internationale pour la réalisation de cette période d’études à l’étranger ( exemple : ERASMUS, AMI …). &lt;/li&gt; &lt;/ul&gt; &lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;L’étudiant déposera sa demande de bourse sur l’application consacrée aux aides individuelles accessible à partir du site de la Région.&lt;/li&gt; 	&lt;li&gt;L’établissement d’enseignement supérieur, après avoir examiné la candidature transmise par l’étudiant via l’application régionale, présentera aux services régionaux les candidatures lors d’un comité de présentation des candidatures en les plaçant soit en liste principale soit en liste d’attente.&lt;/li&gt; 	&lt;li&gt;Un étudiant ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME-stage.&lt;/li&gt; &lt;/ul&gt;
 &lt;ul&gt; 	&lt;li&gt;Un appel à manifestation d’intérêt au titre de l’année universitaire de l’année 2023/2024 sera lancé auprès des universités et des établissements d’enseignement supérieur régionaux ;&lt;/li&gt; 	&lt;li&gt;Une convention de partenariat sera conclue avec chaque établissement partenaire du programme ;&lt;/li&gt; 	&lt;li&gt;Chaque établissement partenaire se verra attribuer un nombre de bourses proportionnel au nombre d’étudiants inscrits, dans un plafond de 20 %. Au-delà, il sera procédé à une redistribution aux autres établissements dans la même proportion (dans la limite des dossiers présentés). Par ailleurs, une « dotation minimale » de 5 000 € sera réservée pour chaque établissement.&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;Établissements partenaires de la Région&lt;/h3&gt;
 &lt;p&gt;Voir documents à télécharger&lt;/p&gt;
 &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région : &lt;strong&gt;&lt;a href="https://aidesformation.maregionsud.fr/SignIn?ReturnUrl&amp;#61;%2Fprofile%2F"&gt;&lt;strong&gt;aidesformation.maregionsud.fr/&lt;/strong&gt;&lt;/a&gt; &lt;/strong&gt;&lt;br /&gt; Attribution de la bourse dans la limite du budget disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-internationale-etudiante-prame-etudes</t>
         </is>
       </c>
-      <c r="W111" s="1" t="inlineStr">
+      <c r="W108" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question relative à ce dispositif, vous pouvez contacter le Service Attractivité et Rayonnement International au 04 91 57 54 44 ou 04 91 57 54 99.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-regionale-a-la-mobilite-internationale-etudes-2023-2024/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-[...114 lines deleted...]
-      <c r="A113" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>162563</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I113" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J113" s="1" t="inlineStr">
+      <c r="J109" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M113" s="1" t="inlineStr">
+      <c r="M109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -24636,495 +24073,480 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>162864</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans une recherche de financements européens</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Aide au montage de projets européens</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Île-de-France propose de vous aider dans votre recherche de financements européens. Cette offre d&amp;#039;accompagnement s&amp;#039;articule autour de 3 phases : informer, conseiller, appuyer au montage d&amp;#039;un projet européen innovant.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P114" s="1" t="inlineStr">
+      <c r="P110" s="1" t="inlineStr">
         <is>
           <t>03/09/2023</t>
         </is>
       </c>
-      <c r="Q114" s="1" t="inlineStr">
+      <c r="Q110" s="1" t="inlineStr">
         <is>
           <t>29/11/2025</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;Aide en ingénierie&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;La Région propose de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous informer (&lt;a href="https://www.europeidf.fr/" target="_blank"&gt;europeidf.fr&lt;/a&gt;, &lt;a href="https://www.europeidf.fr/newsletters" target="_blank"&gt;newsletter&lt;/a&gt;, réunions d&amp;#039;information/webinaires, rendez-vous individuels),&lt;/li&gt;&lt;li&gt;Vous accompagner tout au long de votre candidature.&lt;/li&gt;&lt;/ul&gt;Après la phase de ciblage des besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle et décrypter les appels à projets européens, conseiller la réalisation d&amp;#039;études de faisabilité... Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement et des partenaires.&lt;br /&gt;&lt;br /&gt;Ces premières phases visent à aboutir à la construction de la candidature. La Région peut alors vous accompagner dans le montage de projet, l&amp;#039;orientation vers les ressources, la recherche de partenaires, la rédaction puis relecture critique de la candidature.&lt;br /&gt;&lt;br /&gt;Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre de soutien.&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Un projet européen, c’est un projet financé par l&amp;#039;Union européenne qui s’approprie, à l’échelle locale, interrégionale ou européenne des enjeux européens. &lt;/p&gt;&lt;p&gt;Il peut être mené localement en réponse à des enjeux du territoire et européens. Il peut aussi impulser de nouvelles idées et confronter son expérience, ses pratiques, ses outils avec ceux d’homologues d&amp;#039;autres régions ou pays d&amp;#039;Europe. L’objectif d’un projet européen peut ainsi être de construire ensemble des réalisations innovantes destinées à être répliquées ou mutualisées.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; Pour bénéficier de cette aide en ingénierie, vous pouvez écrire à &lt;a href="mailto:europe&amp;#64;iledefrance.fr" title="europe&amp;#64;iledefrance.fr"&gt;europe&amp;#64;iledefrance.fr&lt;/a&gt; en précisant les contours et éventuels partenaires du projet.&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-au-montage-de-projets-europeens</t>
         </is>
       </c>
-      <c r="W114" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:europe&amp;#64;iledefrance.fr" title="europe&amp;#64;iledefrance.fr" target="_blank"&gt;europe&amp;#64;iledefrance.fr&lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-montage-de-projets-europeens-1/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>162906</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Apporter une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>FEADER - Projets LEADER contribuant au développement rural francilien (77.05.01)</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;span&gt;&lt;span dir="ltr"&gt;Avec pour objectif le développement des zones rurales et périurbaines, LEADER apporte une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens.&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 International</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Porteurs de projets privés&lt;/strong&gt; : TPE/PME dont les entreprises individuelles, propriétaires de forêt, agriculteurs actifs et leurs groupements, fondations, associations et leurs groupements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Porteurs de projets publics&lt;/strong&gt; : collectivités territoriales et leurs groupements, établissements publics dont les chambres consulaires, et autres personnes morales de droits publics dont les GIP.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt; &lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Les personnes physiques sans numéro de SIRET sont inéligibles.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;br /&gt; &lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement acquittés par le bénéficiaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Le taux d&amp;#039;aide publique est de 100% maximum.&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le taux de cofinancement LEADER est de 80% maximum, ou le taux de cofinancement fixé dans la stratégie du Groupe d’action locale (AAP, AMI, fiche-action…)&lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt; &lt;p&gt;Pour être éligibles au programme LEADER, &lt;strong&gt;les projets doivent contribuer aux stratégies (fiches-action, AMI, AAP locaux) des 5 Groupes d’action locale (GAL) franciliens sélectionnés par la Région pour la période 2023-2027 et être localisés sur leurs territoires :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://leaderseineaval.com/" rel="noreferrer noopener" target="_blank" title="https://leaderseineaval.com/"&gt;&lt;strong&gt;GAL Seine-Aval&lt;/strong&gt;&lt;/a&gt; &lt;span&gt;porté par l’ADADSA,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://terreetcite.org/avec-le-programme-leader/" rel="noreferrer noopener" target="_blank" title="https://terreetcite.org/avec-le-programme-leader/"&gt;&lt;strong&gt;GAL Plateau de Saclay&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; porté par Terre et Cité,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.parc-gatinais-francais.fr/" rel="noreferrer noopener" target="_blank" title="https://www.parc-gatinais-francais.fr/"&gt;&lt;strong&gt;GAL Gâtinais français&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; porté par le PNR du Gâtinais français,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;&lt;strong&gt;GAL SUD77&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; porté par Seine-et-Marne Attractivité,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;&lt;strong&gt;GAL Terres de Brie&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; également porté par Seine-et-Marne Attractivité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Thématiques couvertes &lt;/strong&gt;:&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- Environnement&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;- Aménagement durable, &lt;/p&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;- Économie circulaire, &lt;/p&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Transition énergétique, &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Forêt, &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Alimentation et agriculture, &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Tourisme et attractivité, &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Développement de l’identité locale et du lien entre urbains et ruraux.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt; &lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Les porteurs sont accompagnés par les GAL tout au long de la vie du projet.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;Pour bénéficier de cette aide, l’éligibilité de votre projet doit être validée par le Groupe d’action locale. &lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;Ce dernier vous accompagne lors du dépôt de votre dossier sur la plateforme en ligne &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (dispositif « FEADER – projets LEADER contribuant au développement rural francilien »).&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-contribuant-au-developpement-rural-francilien-770501</t>
         </is>
       </c>
-      <c r="W115" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;&lt;strong&gt;Pour toute demande d’aide relative au dépôt de votre dossier, &lt;/strong&gt;vous 
 pouvez contacter l’assistance usagers de la plateforme &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; via
  le bouton « Assistance ».&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour toute demande liée à l’éligibilité de votre dossier et à son suivi administratif,&lt;/strong&gt; veuillez contacter l’animateur du GAL concerné :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://leaderseineaval.com/" rel="noreferrer noopener" target="_blank" title="https://leaderseineaval.com/"&gt;&lt;span&gt;&lt;strong&gt;GAL Seine-Aval&lt;/strong&gt;&lt;/span&gt; &lt;/a&gt;&lt;span&gt;: &lt;/span&gt;&lt;a href="mailto:leaderseineaval&amp;#64;gmail.com" rel="noreferrer noopener" target="_blank" title="mailto:leaderseineaval&amp;#64;gmail.com"&gt;&lt;span&gt;leaderseineaval&amp;#64;gmail.com&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://terreetcite.org/avec-le-programme-leader/" rel="noreferrer noopener" target="_blank" title="https://terreetcite.org/avec-le-programme-leader/"&gt;&lt;span&gt;&lt;strong&gt;GAL Plateau de Saclay&lt;/strong&gt;&lt;/span&gt;&lt;/a&gt;&lt;span&gt; : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;terreetcite.org" rel="noreferrer noopener" target="_blank" title="mailto:leader&amp;#64;terreetcite.org"&gt;leader&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.parc-gatinais-francais.fr/" rel="noreferrer noopener" target="_blank" title="https://www.parc-gatinais-francais.fr/"&gt;&lt;strong&gt;GAL Gâtinais français&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; : &lt;/span&gt;&lt;a href="mailto:accueil&amp;#64;parc-gatinais-francais.fr" rel="noreferrer noopener" target="_blank" title="mailto:accueil&amp;#64;parc-gatinais-francais.fr"&gt;accueil&amp;#64;parc-gatinais-francais.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;&lt;strong&gt;GAL SUD77&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; : &lt;/span&gt;&lt;span&gt;&lt;a href="mailto:quentin.guinet&amp;#64;safer-idf.com"&gt;quentin.guinet&amp;#64;safer-idf.com&lt;/a&gt; &lt;/span&gt;&lt;a href="mailto:jessica.lemaitre&amp;#64;attractivite77.fr" rel="noreferrer noopener" target="_blank" title="mailto:jessica.lemaitre&amp;#64;attractivite77.fr"&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;&lt;span&gt;&lt;strong&gt;GAL Terres de Brie&lt;/strong&gt;&lt;/span&gt;&lt;/a&gt;&lt;span&gt; : &lt;/span&gt;&lt;span&gt;&lt;a href="mailto:quentin.guinet&amp;#64;safer-idf.com"&gt;quentin.guinet&amp;#64;safer-idf.com&lt;/a&gt;&lt;/span&gt;&lt;a href="mailto:quentin.guinet&amp;#64;safer-idf.com" rel="noreferrer noopener" target="_blank" title="mailto:quentin.guinet&amp;#64;safer-idf.com"&gt;&lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;span&gt;&lt;strong&gt;Pour toute autre demande&lt;/strong&gt; liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;iledefrance.fr" rel="noreferrer noopener" target="_blank" title="mailto:leader&amp;#64;iledefrance.fr"&gt;&lt;span&gt;leader&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/a&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;/span&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/feader-projets-leader-contribuant-au-developpement-rural-francilien-77-05-01-1/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>162907</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets qui déploient localement le programme LEADER pour animer leur territoire sur diverses thématiques</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>FEADER - projets LEADER portés par les Groupes d’action locale (77.05.02)</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span dir="ltr"&gt;La Région soutient les projets portés par 5 &lt;/span&gt;Groupes d’action locale qu&amp;#039;elle a sélectionnés et qui &lt;span dir="ltr"&gt;déploient localement le programme LEADER pour animer leur territoire sur diverses thématiques.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 International</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P116" s="1" t="inlineStr">
+      <c r="P112" s="1" t="inlineStr">
         <is>
           <t>18/02/2024</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Sont éligibles les 5 structures porteuses de GAL pour la période 2023-2027, à savoir :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;ADADSA,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Terre et Cité,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;PNR du Gâtinais français,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Seine-et-Marne Attractivité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Des projets portés par d’autres structures publiques et privées peuvent être soutenus par LEADER s’ils contribuent aux stratégies de ces GAL. Plus d’informations : &lt;/span&gt;&lt;a href="https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-contribuant-au-developpement-rural-francilien-770501" rel="noreferrer noopener" target="_blank" title="https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-contribuant-au-developpement-rural-francilien-770501"&gt;https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-contribuant-au-developpement-rural-francilien-770501&lt;/a&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;br /&gt; &lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement acquittés par le bénéficiaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le taux d&amp;#039;aide publique est de 100% maximum.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Le taux de cofinancement LEADER est de 80% maximum.&lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;br /&gt; &lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Pour être éligibles au programme LEADER, les projets doivent être portés par les structures porteuses des 5 Groupes d’action locale (GAL) franciliens sélectionnés par la Région pour la période 2023-2027, et répondre à leur stratégie locale :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’ADADSA, qui porte le &lt;/span&gt;&lt;a href="https://leaderseineaval.com/" rel="noreferrer noopener" target="_blank" title="https://leaderseineaval.com/"&gt;GAL Seine-Aval&lt;/a&gt;&lt;span&gt; ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Terre et Cité, qui porte le &lt;/span&gt;&lt;a href="https://terreetcite.org/avec-le-programme-leader/" rel="noreferrer noopener" target="_blank" title="https://terreetcite.org/avec-le-programme-leader/"&gt;GAL Plateau de Saclay&lt;/a&gt;&lt;span&gt; ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le PNR du Gâtinais français, qui porte le &lt;/span&gt;&lt;a href="https://www.parc-gatinais-francais.fr/" rel="noreferrer noopener" target="_blank" title="https://www.parc-gatinais-francais.fr/"&gt;GAL Gâtinais français&lt;/a&gt;&lt;span&gt; ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Seine-et-Marne Attractivité, qui porte les &lt;/span&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;GAL SUD77&lt;/a&gt;&lt;span&gt; et &lt;/span&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;Terres de Brie&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Thématiques couvertes &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Animation et gestion du dispositif LEADER au niveau local,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Environnement,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagement durable,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Économie circulaire,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Transition énergétique,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Forêt,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Alimentation et agriculture,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Tourisme et attractivité,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement de l’identité locale et du lien entre urbains et ruraux.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt; &lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Pour bénéficier de cette aide, l’éligibilité de votre projet doit être validée par le comité de programmation du Groupe d’Action Locale.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme en ligne &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" rel="noreferrer noopener" target="_blank" title="https://mesdemarches.iledefrance.fr/"&gt;&lt;strong&gt;mesdemarches.iledefrance.fr&lt;/strong&gt;&lt;/a&gt;&lt;span&gt;  (dispositif « FEADER – projets LEADER portés par les Groupes d’Action Locale (77.05.02) »).&lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-portes-par-les-groupes-daction-locale-770502</t>
         </is>
       </c>
-      <c r="W116" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;span dir="ltr"&gt;&lt;ul&gt;&lt;li&gt;Pour toute demande d’aide relative au dépôt de votre dossier, vous pouvez contacter l’assistance usagers de la plateforme &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noreferrer noopener" target="_blank" title="https://mesdemarches.iledefrance.fr/"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; via le bouton « Assistance ».&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Pour toute demande liée à l’éligibilité de votre dossier et à son suivi administratif, veuillez écrire à : &lt;a href="mailto:leader&amp;#64;iledefrance.fr" rel="noreferrer noopener" target="_blank" title="mailto:leader&amp;#64;iledefrance.fr"&gt;leader&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/feader-projets-leader-portes-par-les-groupes-daction-locale-77-05-02-1/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>162982</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I117" s="1" t="inlineStr">
+      <c r="I113" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -25167,288 +24589,288 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P117" s="1" t="inlineStr">
+      <c r="P113" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q117" s="1" t="inlineStr">
+      <c r="Q113" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T113" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>163104</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Erasmus sanitaire et social</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région a été sélectionnée pour piloter jusqu’en 2027 un projet Erasmus&amp;#43; de mobilité européenne et internationale dans le but de favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux.&lt;/p&gt;
 &lt;p&gt;Ce projet de consortium, actuellement composé de 9 établissements régionaux de formation sanitaire et sociale, piloté par la Région pourra s’ouvrir à d’autres établissements jusqu’en 2027.&lt;/p&gt;
 &lt;p&gt;L’objectif principal est d&amp;#039;améliorer la qualité des formations sanitaires et sociales agréées par la Région en proposant une plus-value européenne et internationale au contenu de formation et en favorisant l&amp;#039;acquisition de compétences transversales (ouverture interculturelle, esprit d&amp;#039;initiative, capacité d&amp;#039;adaptation, amélioration de la maîtrise d&amp;#039;une langue étrangère, curiosité, indépendance, autonomie…).&lt;/p&gt;
 &lt;p&gt;Les financements européens jouent un rôle majeur dans le financement de nombreux projets pour les opérateurs du territoire régional. Ce projet s’inscrit dans la politique régionale ambitieuse de captation des fonds européens, adoptée en décembre 2021 « Stratégie Europe 2030 : objectif 10 milliards ».&lt;/p&gt; &lt;p&gt;Les étudiants et le personnel administratif et académique des établissements régionaux de formation sanitaire et sociale membres du projet Erasmus &amp;#43; coordonné par la Région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Santé
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P118" s="1" t="inlineStr">
+      <c r="P114" s="1" t="inlineStr">
         <is>
           <t>15/07/2024</t>
         </is>
       </c>
-      <c r="Q118" s="1" t="inlineStr">
+      <c r="Q114" s="1" t="inlineStr">
         <is>
           <t>31/07/2026</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La demande de bourse de mobilité Erasmus Sanitaire et Social s&amp;#039;effectue par le biais de la plateforme de demande d&amp;#039;aide individuelle en ligne sur le site de la Région Sud.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/erasmus-sanitaire-et-social</t>
         </is>
       </c>
-      <c r="W118" s="1" t="inlineStr">
+      <c r="W114" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_ERASMUS/depot/simple</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:maguiral&amp;#64;maregionsud.fr"&gt;maguiral&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-sanitaire-et-social/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>163140</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Développer des réseaux collaboratifs européens de centres d'excellence professionnelle</t>
         </is>
       </c>
-      <c r="C119" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>AP Centres d'Excellence Professionnelle Erasmus+ (Centres of Vocational Excellence- CoVE)</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I119" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J119" s="1" t="inlineStr">
+      <c r="J115" s="1" t="inlineStr">
         <is>
           <t>80%</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les projets de
 centres d’excellence professionnelle Erasmus&amp;#43; visent à répondre à la priorité
 sur l&amp;#039;excellence professionnelle en soutenant les réformes dans le secteur de
 l&amp;#039;Enseignement et Formation Professionnels (EFP) et en garantissant des
 aptitudes et des compétences de haute qualité et qui répondent aux besoins
 d’une économie innovante, inclusive et durable. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Cette action soutient
 la mise en place progressive et le développement de réseaux collaboratifs
 internationaux de centres d’excellence professionnelle.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Ces centres d’excellence professionnelle opéreront à
 deux niveaux :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;1.&lt;span&gt;      &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Au niveau national&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;, en associant un large éventail de parties prenantes locales, créant des
 écosystèmes de compétences pour l’innovation, le développement régional et
 l’inclusion sociale tout en collaborant avec les centres d&amp;#039;excellence
 professionnelle d’autres pays par l’intermédiaire de réseaux de collaboration
 internationaux&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;2.&lt;span&gt;      &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Au niveau européen/international&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;, en rassemblant les centres qui partagent un intérêt commun pour : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;des secteurs ou des écosystèmes
 industriels spécifiques,&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;ou des approches innovantes
 pour relever les défis économiques et sociétaux (par exemple le changement
 climatique, la numérisation, l’intelligence artificielle, les objectifs de développement
 durable, l’intégration des migrants et des groupes défavorisés, le
 développement des compétences des personnes ayant un niveau de qualification
 peu élevé, etc.)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les centres d’excellence professionnelle sont
 caractérisés par l’adoption d’une approche systémique qui reflète la mise en
 œuvre d’un large éventail d’activités réparties en 3 groupes (liste
 d’activités non exhaustive) :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
@@ -25459,202 +24881,202 @@
 l’EFP, concevoir des programmes d’études et des certifications d’EFP en
 permettant une certaine flexibilité et l’individualisation de l’enseignement,
 mettre au point du matériel et des méthodes d’enseignement et d’apprentissage
 innovants centrés sur l’apprenant, investir dans le développement professionnel
 initial et continu des enseignants et des formateurs,  mettre en place des
 mécanismes solides d’assurance de la qualité, mettre en place des mécanismes de
 retour d’informations efficaces et des systèmes de suivi des diplômés, fournir
 des services d’orientation…&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 2 / Coopérations et
 partenariats &lt;/span&gt;&lt;/strong&gt;&lt;span&gt;: établir des partenariats entre
 le monde des entreprises et l’enseignement, recherche appliquée et innovation,
 internationalisation de l’EFP et mobilité à l’étranger, encourager les
 compétences et les initiatives entrepreneuriales, améliorer l’attractivité de
 l’EFP...&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 3 / Gouvernance et
 financement&lt;/span&gt;&lt;/strong&gt;&lt;span&gt; : autonomie et gouvernance
 efficace en matière d’EFP, approche stratégique du développement et de la
 gouvernance des compétences, cocréer des écosystèmes de compétences, élaborer
 des modèles financiers durables, tirer pleinement parti des instruments
 financiers nationaux et de l’UE…&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Les activités proposées dans la
 candidature devront apporter une valeur ajoutée et auront un impact direct sur
 les résultats du projet. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Durée du projet : 4 ans&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Subvention maximale de l&amp;#039;UE: 4M€&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;font face="Gotham Rounded, Gotham Rounded Book"&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Liste des projets CoVEs financés : &lt;a href="https://ec.europa.eu/social/BlobServlet?docId&amp;#61;27311&amp;amp;langId&amp;#61;en" target="_self"&gt;https://ec.europa.eu/social/BlobServlet?docId&amp;#61;27311&amp;amp;langId&amp;#61;en&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Site du projet &amp;#34;MOSAIC&amp;#34; coordonné par la SEPR à Lyon : &lt;a href="https://mosaiceuproject.eu/" target="_self"&gt;https://mosaiceuproject.eu/&lt;/a&gt;  &lt;/p&gt;&lt;p&gt;Vidéo de présentation des CoVEs :  &lt;a href="https://audiovisual.ec.europa.eu/en/video/I-191615?language&amp;#61;EN" target="_self"&gt;https://audiovisual.ec.europa.eu/en/video/I-191615?language&amp;#61;EN&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche
 International</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P119" s="1" t="inlineStr">
+      <c r="P115" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="Q119" s="1" t="inlineStr">
+      <c r="Q115" s="1" t="inlineStr">
         <is>
           <t>01/06/2026</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er juin demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025Pour être éligibles, les demandeurs doivent : &lt;/p&gt;&lt;p&gt;·       
 Être une entité juridique
 (organismes publics ou privés) active dans le domaine de l&amp;#039;enseignement et de
 la formation professionnels ou dans le monde du travail&lt;/p&gt;&lt;p&gt;·       
 Être établi dans un État membre
 de l&amp;#039;UE ou dans un pays tiers associé au programme.&lt;/p&gt;&lt;p&gt;Le partenariat doit
 comprendre au moins&lt;strong&gt; 8 partenaires à part entière issus d&amp;#039;au moins
 4 États membres de l’UE ou pays tiers associés au programme&lt;/strong&gt; avec :&lt;/p&gt;&lt;p&gt;·        &lt;strong&gt;Au moins une entreprise, une
 industrie ou une organisation représentative d’un secteur&lt;/strong&gt;, et&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;·       
 &lt;strong&gt;Au moins un prestataire
 d&amp;#039;enseignement et de formation professionnels &lt;/strong&gt;(au niveau secondaire et/ou supérieur).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/centres-vocational-excellence</t>
         </is>
       </c>
-      <c r="W119" s="1" t="inlineStr">
+      <c r="W115" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-VET&amp;#64;ec.europa.eu" target="_blank"&gt;&lt;span&gt;EACEA-EPLUS-VET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lexcellence-dans-la-formation-professionnelle/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>163199</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C120" s="1" t="inlineStr">
+      <c r="C116" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I120" s="1" t="inlineStr">
+      <c r="I116" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -25691,3472 +25113,3973 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q120" s="1" t="inlineStr">
+      <c r="Q116" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>163259</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Créer des emplois durables en Île-de-France</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Fonds Île de France Réindustrialisation</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Créé à l&amp;#039;initiative de la région Île-de-France avec le soutien du FEDER (1), le Fonds Île-de-France Réindustrialisation est un fonds d&amp;#039;investissement dédié aux Startups industrielles innovantes. &lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;(1) FEDER : Fonds européen de développement régional.&lt;/p&gt;&lt;p&gt;Le Fonds Île-de-France Réindustrialisation est abondé par :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La Région à hauteur de 28 M€,&lt;/li&gt;&lt;li&gt;Le fonds FEDER à hauteur de 32 M€.  &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>International
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P121" s="1" t="inlineStr">
+      <c r="P117" s="1" t="inlineStr">
         <is>
           <t>18/09/2024</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Fonds Île-de-France Réindustrialisation cible les entreprises franciliennes suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Startups industrielles innovantes en amorçage ou en phase d’industrialisation,&lt;/li&gt;&lt;li&gt;Qui développent un produit ou un service stratégique pour le territoire ou en faveur de la décarbonation et de l’économie circulaire&lt;/li&gt;&lt;li&gt;Qui envisagent de créer et de maintenir leur première usine en Île-de-France&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Le fonds prend des participations minoritaires en fonds propres et quasi fonds propres, de 500.000 € à 3.000.000 € pour un premier investissement et jusqu’à 6.000.000 € avec les refinancements.&lt;/p&gt;&lt;p&gt;Actionnaire de long terme, il permet aux dirigeants d’entreprises de bénéficier de l’accompagnement et de l’expertise d’Innovacom. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les lauréats deviennent automatiquement membres du Réseau Île-de-France Entreprises.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;/strong&gt;&lt;br /&gt;Ce réseau unique compte plus de 3.000 membres et propose des opportunités d&amp;#039;affaires, des mises en relations exclusives, des occasions de partage d&amp;#039;expérience et de visibilité pour accompagner leur croissance de l&amp;#039;aide financière régionale.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt; &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Le Fonds Île-de-France Réindustrialisation vise à apporter un financement en fonds propres aux &lt;strong&gt;startups industrielles innovantes&lt;/strong&gt;&lt;strong&gt; en amorçage&lt;/strong&gt; ou&lt;strong&gt; en phase d’industrialisation&lt;/strong&gt; qui s’engagent à c&lt;strong&gt;réer des emplois durables en Île-de-France&lt;/strong&gt;. &lt;/p&gt;&lt;br /&gt; &lt;p&gt;Les informations sur les modalités d&amp;#039;investissement du Fonds Île-de-France Réindustrialisation sont disponibles sur https://reindustrialisation.iledefrance.fr/&lt;br /&gt;&lt;br /&gt;La Région Île-de-France a confié la gestion du Fonds Île de France Réindustrialisation à Innovacom, société de gestion agréée. Cette dernière sélectionne les investissements au regard de la qualité des équipes, des perspectives de croissance et la contribution au développement de l&amp;#039;Île-de-France, c&amp;#039;est à dire l&amp;#039;ancrage local, la participation au dynamisme économique et au rayonnement de l&amp;#039;Île-de-France.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-ile-de-france-reindustrialisation</t>
         </is>
       </c>
-      <c r="W121" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour soumettre votre projet et votre plan d&amp;#039;affaires, contactez directement le Fonds Île-de-France Réindustrialisation &lt;a href="https://reindustrialisation.iledefrance.fr/"&gt;en cliquant ici&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-ile-de-france-reindustrialisation/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>163266</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Renforcer les capacités des organisations d'Enseignement et de Formation Professionnels dans les pays hors Europe</t>
         </is>
       </c>
-      <c r="C122" s="1" t="inlineStr">
+      <c r="C118" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>AP Renforcement des capacités dans le domaine de l'Enseignement et la Formation Professionnels</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I122" s="1" t="inlineStr">
+      <c r="I118" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets de renforcement des
 capacités sont des projets de coopération internationale fondés sur des
 partenariats multilatéraux entre des organismes actifs dans le domaine de l’Enseignement
 et la Formation Professionnels (EFP) dans des États membres et des pays tiers
 associés au programme, et des pays tiers non associés au programme. Ils visent
 à soutenir la pertinence, l’accessibilité et la réactivité des établissements
 et systèmes d’EFP dans les pays tiers non associés au programme, en tant que
 catalyseurs du développement socio-économique durable.&lt;/p&gt;&lt;p&gt;Ces projets visent le renforcement
 des capacités dans les domaines de la gestion, de la gouvernance, de
 l’inclusion, de l’assurance de la qualité et de l’innovation.&lt;/p&gt;&lt;p&gt;Plus particulièrement, les
 projets de renforcement des capacités EFP visent à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcer les capacités des prestataires d’EFP
 pour améliorer la coopération entre les parties prenantes privées et publiques
 dans le domaine de l’enseignement et de la formation professionnels afin de
 concevoir des interventions axées sur la demande et sur les nouvelles
 perspectives dans le domaine de l’EFP&lt;/li&gt;&lt;li&gt;Améliorer la qualité et la réactivité de l’EFP
 face aux évolutions économiques et sociales afin d’accroître la pertinence de
 l’offre de compétences sur le marché du travail&lt;/li&gt;&lt;li&gt;Aligner l’offre d’EFP sur les stratégies de
 développement locales, régionales et nationales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Des objectifs par zone
 géographique (Balkans occidentaux, Voisinage Est, Pays du sud de la
 Méditerranée, Afrique subsaharienne, Amérique latine, Caraïbes) sont fixés pour
 cette action.&lt;/p&gt;&lt;p&gt;La durée du projet est de 1, 2 ou 3 ans.&lt;/p&gt;&lt;p&gt;La subvention de l&amp;#039;UE varie entre un minimum de 100 000€ et un maximum de 400 000€ &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Liste des projets &amp;#34;Renforcement des Capacités dans le domaine de l&amp;#039;EFP&amp;#34; financés : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects" target="_self"&gt;https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P122" s="1" t="inlineStr">
+      <c r="P118" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="Q122" s="1" t="inlineStr">
+      <c r="Q118" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R122" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025. &lt;/p&gt;&lt;p&gt;Tout organisme public ou privé
 actif dans le domaine de l’EFP et légalement établi dans un État membre de l’UE
 ou un pays tiers éligible associé au programme peut candidater. Les
 organisations participantes éligibles peuvent être des prestataires
 d’enseignement et de formation professionnels, d’autres organismes publics ou
 privé actif dans le domaine de l’EFP et sur le marché du travail et des
 partenaires associés du secteur public ou privé.&lt;/p&gt;&lt;p&gt;Les projets de renforcement des
 capacités sont transnationaux et associent au moins 4 organismes de 3 pays au
 minimum : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins deux États membres de l’UE ou pays
 tiers associé au programme. Chacun des pays participants doit associer au moins
 une organisation &lt;/li&gt;&lt;li&gt;Au moins un pays tiers éligible non associé au
 programme et au moins deux organisations issues du (ou des) pays tiers
 éligibles participants non associés au programme de la même région.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Le nombre d’organisations des
 États membres de l’UE et de pays tiers associés au programme ne doit pas être
 supérieur au nombre d’organisations de pays tiers éligibles non associés au
 programme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/programme-guide/part-b/key-action-2/capacity-building-vet</t>
         </is>
       </c>
-      <c r="W122" s="1" t="inlineStr">
+      <c r="W118" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu"&gt;&lt;span lang="EN-IE"&gt;EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-capacites-des-organisations-denseignement-et-de-formation-professionnels-dans-les-pays-hors-europe/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C123" s="1" t="inlineStr">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>163282</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser les sites Natura 2000</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>FEADER - Animation des Documents d’Objectifs (DOCOB) et des sites Natura 2000 (73.04.02)</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;Le dispositif « Animation des Documents d’Objectifs (DOCOB) et des sites Natura 2000 » vise la préservation et la valorisation des sites Natura 2000 et plus spécifiquement le soutien à l’animation des plans de gestion de sites Natura 2000.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Biodiversité
+International</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P119" s="1" t="inlineStr">
+        <is>
+          <t>14/09/2025</t>
+        </is>
+      </c>
+      <c r="Q119" s="1" t="inlineStr">
+        <is>
+          <t>30/12/2025</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;Les bénéficiaires éligibles sont les suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les structures-porteuses désignées par le COPIL du site Natura 2000 pour élaborer, réviser ou animer le DOCOB,&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Le Conseil régional, autorité administrative responsable de la politique Natura 2000, à défaut de structure-porteuse désignée sur un site Natura, le cas échéant,&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Les associations de protection de la nature et le Conservatoire botanique national portant des études prévues dans les DOCOB des sites Natura 2000 ou des actions nécessaires à la coordination du réseau de la région Île-de-France.&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;Elle
+ prend la forme d’une subvention calculée sur la base de coûts éligibles
+ et versée sur la base des coûts effectivement engagés et payés par le 
+bénéficiaire.&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;Chaque projet peut recevoir jusqu&amp;#039;à 100% d&amp;#039;aide publique sur son opération. Le montant minimal de l&amp;#039;aide publique est de 5.000€ HT.&lt;/span&gt;&lt;/span&gt;&lt;br /&gt; &lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;Chaque
+ site Natura 2000, désigné au titre des directives « Oiseaux » et « 
+Habitats », est doté d’un Document d’objectifs (DOCOB), dont l’animation
+ est confiée à une structure porteuse par le Comité de pilotage (COPIL).
+ Le COPIL est composé de l’ensemble des parties prenantes du site Natura
+ 2000 (services de la Région, services de l’État, collectivités 
+territoriales, Agence de l’eau, représentants agricoles et forestiers, 
+etc…).&lt;/p&gt;&lt;p&gt;L’aide au suivi du DOCOB porte 
+sur les sites Natura 2000 proposés à la Commission Européenne ou déjà 
+désignés, dans le cadre de l’animation des sites effectuée par les 
+structures désignées structures porteuses par le COPIL. &lt;/p&gt;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme en ligne &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (dispositif &lt;/span&gt;&lt;/span&gt;« FEADER - Animation des Documents d’Objectifs (DOCOB) et des sites Natura 2000 ».)&lt;span&gt;&lt;span dir="ltr"&gt;.&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-animation-des-documents-dobjectifs-docob-et-des-sites-natura-2000-730402</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande d’aide relative au 
+dépôt de votre dossier, vous pouvez contacter l’assistance usagers de la
+ plateforme Mes démarches via le bouton « Assistance ».&lt;/p&gt;&lt;br /&gt;Pour toute demande liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : &lt;span&gt;&lt;a href="mailto:feader.agriculture&amp;#64;iledefrance.fr"&gt;&lt;span lang="EN-US"&gt;natura2000&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/a&gt;&lt;/span&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/feader-animation-des-documents-dobjectifs-docob-et-des-sites-natura-2000-73-04-02/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>163770</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'étranger - Projet de mobilité de courte durée</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
-[...108 lines deleted...]
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Projet de mobilité de courte durée - Action Clé 1</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I124" s="1" t="inlineStr">
+      <c r="I120" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J124" s="1" t="inlineStr">
+      <c r="J120" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés.</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de mobilité dans les domaines de l’éducation et de la formation. Il est possible de partir en mobilité en Europe et au-delà pour se former, découvrir des systèmes éducatifs différents, de nouvelles approches et méthodes de travail, approfondir ses compétences linguistiques et professionnelles, ou tout simplement s’ouvrir à une autre culture. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le projet de mobilité de courte durée est un moyen simple et direct de permettre à des organismes de bénéficier d’une subvention Erasmus&amp;#43; pour faire partir personnels et apprenants (usagers) vers un pays membre du programme Erasmus&amp;#43;. L’objectif principal est d&amp;#039;organiser facilement des activités de mobilité et d&amp;#039;acquérir ainsi de l&amp;#039;expérience dans le programme Erasmus&amp;#43;. Ces projets concernent aussi bien les secteurs de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et celui de l&amp;#039;éducation tout au long de la vie des adultes.&lt;/p&gt;&lt;p&gt;Ces projets de mobilité de courte durée limitent le nombre de participants (30 mobilités maximum) et la durée du projet (de 6 à 18 mois). Un seul organisme peut organiser des mobilités pour ses personnels ou ses apprenants/usagers.&lt;/p&gt;&lt;p&gt;Le financement Erasmus&amp;#43; couvre les frais de déplacement, les frais d’hébergement, de restauration et de transport sur place. Ils peuvent également prendre en charge les frais d’inscription à des cours ou à des séminaires de formation. Un montant forfaitaire soutient par ailleurs les dépenses de la collectivité territoriale pour la gestion administrative et financière du projet européen.&lt;/p&gt;&lt;p&gt;Les cofinancements ne sont pas obligatoires mais sont à privilégier. Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides, nationales ou locales.&lt;/p&gt;&lt;p&gt;Pour chaque appel à propositions, un seul projet de mobilité de courte durée peut être porté par un organisme candidat pour un même secteur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Avec son projet &amp;#34;Repenser l&amp;#039;attractivité dans les périphéries des métropoles&amp;#34;, &lt;strong&gt;la ville d&amp;#039;Evry-Courcouronnes&lt;/strong&gt; &lt;span&gt;souhaite prendre appui sur une meilleure connaissance
 d’autres villes européennes afin d’y puiser de l’inspiration,
 créer des contacts et des échanges et ainsi jeter les bases d’un réseau européen
 de villes partageant des problématiques d’attractivité plus ou moins similaires. Les participants
 concernés par les mobilités sont de deux catégories : des agents de la
 commune, travaillant dans divers services en lien avec la notion d’attractivité, voire certains habitants, membres de conseils citoyens, de tous âges,
 genres, quartiers de résidence et d’origines diverses. Pour en savoir plus : &lt;/span&gt;&lt;span&gt;&lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2022-1-FR01-KA122-ADU-000070697" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;commune de Toulouges&lt;/strong&gt; (7255 habitants) porte un projet
 Erasmus&amp;#43; au bénéfice de 11 Agents Territoriaux Spécialisés des Ecoles. L&amp;#039;équipe
 d&amp;#039;ATSEM souhaite faire évoluer ses pratiques, ses connaissances, ses
 compétences dans le but d&amp;#039;améliorer leur école. Pour la réussite des élèves,
 elle entend observer de nouvelles pratiques éducatives italiennes et espagnoles
 afin d&amp;#039;en transposer les plus pertinentes au sein de leur établissement, tout
 en visant l&amp;#039;inclusion des élèves dans un parcours éducatif de qualité. Pour en savoir plus : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2023-1-FR01-KA122-SCH-000120068" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour consultez d&amp;#039;autres exemples de projets, consultez &lt;a href="https://agence.erasmusplus.fr/publications/recueil-de-projets-erasmus-collectivites-territoriales/" target="_self"&gt;le recueil de projets Erasmus&amp;#43; portés par des collectivités territoriales&lt;/a&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q124" s="1" t="inlineStr">
+      <c r="Q120" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date &lt;span&gt;précise &lt;/span&gt;&lt;span&gt;de clôture  de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/mobilite</t>
         </is>
       </c>
-      <c r="W124" s="1" t="inlineStr">
+      <c r="W120" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger-1/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>163771</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Echanger des pratiques et découvrir la coopération européenne</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C121" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Projets de partenariats simplifiés AC210</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France Jeunesse et Sport
 Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I121" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J125" s="1" t="inlineStr">
+      <c r="J121" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats simplifiés dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats simplifiés sont conçus pour
 faciliter l’accès au programme Erasmus&amp;#43; en s’adressant notamment aux
 organisations peu expérimentées. Ils permettent de découvrir la coopération
 européenne et d’échanger des pratiques avec des partenaires localisés dans les
 pays du programme Erasmus&amp;#43;. Les collaborations et les échanges peuvent porter
 sur de multiples sujets. Ces projets sont composés d’au moins deux
 organisations issues de deux pays du programme Erasmus&amp;#43; et peuvent durer de 6 à
 24 mois.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe deux forfaits
 au choix : 30 000€ ou 60 000€. &lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, à l&amp;#039;échange de pratiques, aux visites apprenantes, à la publication d&amp;#039;une page web par exemple.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet de la Commune de Rennes qui s&amp;#039;intitule « &lt;em&gt;Plus de nature dans les crèches&lt;/em&gt; » cible le secteur de la petite enfance, et plus spécifiquement la pédagogie centrée sur la nature. Il consiste en un échange de bonnes pratiques avec deux partenaires situés à Erlangen (Allemagne) et Brno (Tchéquie), ces deux villes étant jumelées avec la Ville de Rennes. Il repose sur des visites d’étude de personnels, de cadres du secteur de l’enfance et d’élus, dans chacun des trois pays. A travers ce projet, les partenaires souhaitent partager leurs pratiques d’accueil des enfants, différentes selon les pays, et ainsi enrichir leurs compétences au service des plus jeunes. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR01-KA210-SCH-000243744" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet “&lt;em&gt;Tomorrow is built today&lt;/em&gt;” vise à sensibiliser les élu·es, les agent·es et les habitant·es de la ville de Billère et des villes jumelles, Petersberg et Sabiñanigo, aux enjeux du Développement durable et les leviers d’actions possibles pour atteindre les 17 objectifs fixés par l’ONU. Fin janvier 2024, des délégations allemandes et espagnoles sont venues travailler avec des technicien·nes et des élu·es billérois. En juin, tout le monde se retrouvera en Allemagne, puis en novembre en Espagne. Ces ateliers déboucheront, en 2025, sur une campagne de communication déclinée dans les trois villes. Pour en savoir plus, &lt;a href="https://www.billere.fr/actualite/demain-se-construit-aujourdhui/" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet YouthPlayInclusive porté par la Métropole
 de Lyon a pour objectifs de faire connaître à l’échelle européenne les
 activités sportives inclusives, de recenser les conditions d’inclusion durable
 des jeunes en situation de handicap au sein des organismes de jeunesse
 (associations sportives, centres sociaux, etc.), d’écouter et de donner la
 parole à ces jeunes, d’accompagner la montée en compétences des éducateurs
 jeunesse et de poser les fondements d’un réseau européen dédié à la jeunesse,
 au sport et à l’inclusion. Le projet vise à produire un recueil d’activités
 sportives inclusives et des bonnes pratiques associées, un livret de
 recommandations de la jeunesse, des capsules vidéo mêlant activités et
 témoignages afin de poser les bases d’un réseau européen Jeunesse, Inclusion,
 Sport. Ce projet est mené conjointement avec la Ville de Francfort-sur-le-Main
 (Allemagne). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA210-YOU-000253102"&gt;cliquez
 ici &lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q125" s="1" t="inlineStr">
+      <c r="Q121" s="1" t="inlineStr">
         <is>
           <t>01/03/2026</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date &lt;span&gt;précise &lt;/span&gt;&lt;span&gt;de clôture  de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er mars demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/small-scale-partnerships</t>
         </is>
       </c>
-      <c r="W125" s="1" t="inlineStr">
+      <c r="W121" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse : &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/echanger-des-pratiques-et-decouvrir-la-cooperation-europeenne/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>163772</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Développer des outils innovants et renforcer son réseau de partenaires européens</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Partenariats de coopération - Action clé 2</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France Jeunesse et Sport
 Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I126" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J126" s="1" t="inlineStr">
+      <c r="J122" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats de coopération dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats de coopération offrent la possibilité de développer des collaborations avec des organismes travaillant dans les champs de l&amp;#039;éducation, de la formation, de la jeunesse et du sport en Europe et parfois au delà. Ces partenariats peuvent impliquer des acteurs de tout type : entreprises, associations, ONG, établissements et organismes d’éducation et de formation, collectivités, etc.&lt;/p&gt;&lt;p&gt;Ces projets permettent aux organisations participantes de mettre en œuvre leur stratégie de coopération internationale en développant leur réseau et de renforcer leurs capacités par la construction d&amp;#039;outils ou de méthodes innovantes d&amp;#039;éducation, de formation ou d&amp;#039;accompagnement.&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe trois forfaits au choix : 120 000€, 250 000€ ou 400 000€.&lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, au développement et à l&amp;#039;expérimentation d&amp;#039;outils pédagogiques, à la construction d&amp;#039;une plateforme en ligne par exemple.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M126" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet de la &lt;strong&gt;ville de Saint-Denis&lt;/strong&gt; a pour objectif d’apporter des solutions au problème de surexposition aux écrans chez les enfants, particulièrement présent dans les quartiers défavorisés. Le projet regroupe différents partenaires issus de 5 pays européens et se proposent développer des outils de formation innovants dédiés aux éducateurs qui travaillent avec les jeunes parents vivant dans les zones urbaines périphériques des grandes villes et dans des situations précaires. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2021-1-FR01-KA220-ADU-000033578" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet Street
 for the youth de Saint-Brieuc Armor Agglomération, porté par la Direction
 Prospective, vise à favoriser la participation des jeunes européens de 15 à 20
 ans à la construction de la ville de demain ; une ville adaptable,
 accueillante et résiliente,  qui répond aux besoins des usagers. Le projet
 créera des liens entre les jeunes, les professionnels de l’urbanisme et les
 élus locaux et leur permettra de co-construire et tester des méthode innovantes
 d’implication des jeunes dans le développement et l’aménagement d’espaces
 urbains. Ce projet rassemble quatre collectivités locales de quatre pays
 européens (France, Pologne, Belgique, Portugal). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA220-YOU-000245435"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q126" s="1" t="inlineStr">
+      <c r="Q122" s="1" t="inlineStr">
         <is>
           <t>01/03/2026</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er mars demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T126" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/cooperation-partnerships</t>
         </is>
       </c>
-      <c r="W126" s="1" t="inlineStr">
+      <c r="W122" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse :  &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-outils-innovants-et-renforcer-son-reseau-de-partenaires-europeens/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>163834</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Soutenir des projet de coopération</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I127" s="1" t="inlineStr">
+      <c r="I123" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J127" s="1" t="inlineStr">
+      <c r="J123" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTRIBUTIONS AUX OBJECTIFS DE LA STRATEGIE :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La coopération constitue l’un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d’innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d’autres territoires, nationaux ou européens, et à favoriser les recherches d’expériences, de pratiques, de savoir-faire.&lt;br /&gt;La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s’enrichir de l’expérience de partenaires, acquérir de nouvelles compétences, favoriser l’échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.&lt;br /&gt;Les effets attendus sont d’apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l’ouverture vers l’extérieur.&lt;br /&gt;La coopération peut prendre les formes suivantes :&lt;br /&gt;- La coopération « interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;br /&gt;- La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu’avec des territoires de pays tiers (hors UE)&lt;strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M127" s="1" t="inlineStr">
+      <c r="M123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en oeuvre d’actions de coopération doit constituer un levier pour répondre à l’ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d’action.&lt;/p&gt;&lt;p&gt;Seront soutenues :&lt;/p&gt;&lt;p&gt;- La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d’actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d’un partenariat, organisation de réunions…&lt;/p&gt;&lt;p&gt;- La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire&lt;/p&gt;&lt;p&gt;Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en oeuvre conjointement par les partenaires, assorties d’objectifs de résultats clairement définis pour les partenaires et les territoires concernés.&lt;/p&gt;&lt;p&gt;Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :&lt;/p&gt;&lt;p&gt;Services et équipements de proximité, sport, culture, loisirs, santé, patrimoine, tourisme, mobilité, circuits de proximité, transition énergétique et économie locale.&lt;/p&gt;&lt;p&gt;La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s’ouvrir à d’autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Transition énergétique
 Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Biodiversité
 International
 Attractivité économique
 Artisanat
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P127" s="1" t="inlineStr">
+      <c r="P123" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q127" s="1" t="inlineStr">
+      <c r="Q123" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;Un accord de partenariat (ou projet d’accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W127" s="1" t="inlineStr">
+      <c r="W123" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-locale/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>163880</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Etude, recherche, innovation et connaissance environnementale</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I128" s="1" t="inlineStr">
+      <c r="I124" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 80</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
 délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
 L’acquisition, le transfert et la valorisation
 de connaissances (études générales, recherchedéveloppement, prospective et
 innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
 ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
 nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
 changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
 l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
 La création et la gestion de réseaux de
 surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
 ressources en eau superficielles et souterraines, des usages et des pressions
 qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
 (qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
 et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
 complémentaires qui permettent de renforcer les programmes de surveillance de
 la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
 aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
 de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
 le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
 définies dans la lettre de cadrage du ministère avec pour objectif principal
 l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
+      <c r="M124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
 spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
 l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
 Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 International
 Industrie
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P128" s="1" t="inlineStr">
+      <c r="P124" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q128" s="1" t="inlineStr">
+      <c r="Q124" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
 prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>164714</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’élaboration des actions et projets en faveur de la biodiversité, portées par des collectivités.</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E129" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d&amp;apos;intérêt Ingénierie territoriale</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Afin d’aider les EPCI et leurs communes à faire émerger et mettre en place des projets transversaux en faveur de la biodiversité, la région propose aux collectivités de bénéficier d’un accompagnement par des partenaires qu’elle soutient (Union Régionale des Centre Permanents d’Initiatives pour l’Environnement, Ligue pour la Protection des Oiseaux, Conservatoire Botanique National de Brest, Conservatoire des Espaces Naturels…).&lt;/p&gt;
 &lt;p&gt;L’AMI va permettre de recenser les projets des collectivités pouvant bénéficier de l’offre d’ingénierie.&lt;/p&gt;
 &lt;p&gt;Il vise à soutenir la phase de consolidation « pré-projet » dans la perspective d’une sollicitation d’outils financiers (Fonds vert, dispositifs de l’Agence de l’eau Loire Bretagne et des Départements, mécénat…) pour la mise en œuvre opérationnelle de ces projets.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Les projets visés devront concerner :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La préservation, conservation et restauration de la biodiversité locale,&lt;/li&gt;
 &lt;li&gt;La restauration et gestion durable des sites naturels,&lt;/li&gt;
 &lt;li&gt;L’expérimentation des pratiques et des itinéraires techniques favorables à la biodiversité,&lt;/li&gt;
 &lt;li&gt;L’émergence d&amp;#039;actions concrètes et opérationnelles de restauration écologique des milieux terrestres, en cohérence avec les stratégies et dispositifs nationaux et régionaux de biodiversité,&lt;/li&gt;
 &lt;li&gt;L’adaptation des territoires et de leurs activités économiques aux effets du changement climatique (notamment grâce aux Solutions fondées sur la nature).&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;Les projets devront principalement :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;contribuer à des objectifs de restauration et de gestion durable des écosystèmes, de leurs fonctionnalités et la conservation des espèces qui y sont inféodées.&lt;/li&gt;
 &lt;li&gt;participer à la résilience des territoires vis-à-vis du effets du changement climatique.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;Les besoins en termes d’accompagnement devront porter sur les compétences suivantes et devront être décrits dans la demande déposée :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;un accompagnement écologue ou naturaliste,&lt;/li&gt;
 &lt;li&gt;la conception ou la création d’aménagements visant la restauration et la préservation de la biodiversité,&lt;/li&gt;
 &lt;li&gt;un appui à la structuration de travaux de génie écologique et leur assistance à maitrise d’ouvrage.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;Les projets proposés devront obligatoirement être réalisé sur du foncier appartenant aux collectivités. &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;Les actions relatives à la mise en œuvre d&amp;#039;obligations réglementaires (par exemple : mesures compensatoires) ou de prescriptions administratives de remise en état ne sont pas éligibles.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P129" s="1" t="inlineStr">
+      <c r="P125" s="1" t="inlineStr">
         <is>
           <t>03/10/2025</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les porteurs de projets sont invités à renseigner leur dossier via la plateforme Démarches-simplifiées, accessible depuis l’onglet « Déposer un dossier ».&lt;br /&gt;Date de clôture de l’AMI : 31/05/2025&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;L’accompagnement par la ou les structure(s) dédiée(s) ne pourra pas excéder une période de 12 mois.&lt;br /&gt;Le temps d’accompagnement sera défini lors de la sélection du projet, mais il ne pourra pas dépasser 3 jours.&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;Les projets feront l’objet d’une analyse par un comité de sélection qui évaluera les projets selon les critères suivants :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Pertinence du projet vis-à-vis des actions éligibles&lt;/li&gt;
 &lt;li&gt;Pertinence du projet vis-à-vis des enjeux identifiés de la Stratégie Régionale Biodiversité 2024-2030&lt;/li&gt;
 &lt;li&gt;Impact prévisible en termes de préservation ou reconquête de la biodiversité&lt;/li&gt;
 &lt;li&gt;Complémentarité de l’expertise à mobiliser au regard des compétences disponibles au sein de la collectivité&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;Les porteurs de projets pourront être conviés à présenter leurs projets lors du comité de sélection.&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;Les projets retenus par le comité de sélection seront ensuite accompagnés par des structures identifiées à partir de septembre 2025.&lt;br /&gt;Chaque porteur de projet sélectionné sera amené à échanger avec la structure accompagnante proposée afin de préciser les modalités d’accompagnement. La mise en œuvre des projets sera suivie par la Région.&lt;br /&gt;La Région ne s’engage pas à apporter son soutien financier aux projets élaborés.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/appel-manifestation-dinteret-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="W129" s="1" t="inlineStr">
+      <c r="W125" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/ami-edition-2025-soutien-a-l-elaboration-d-actions</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>Direction de la transition énergétique et de l&amp;#039;environnement&lt;br /&gt; Service Eau, biodiversité et déchets&lt;br /&gt; Pôle Biodiversité et littoral&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Amélie BARBARY-BOISTEUX&lt;br /&gt; amelie.boisteux&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 54 25&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-ingenierie-territoriale/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>164736</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions de préservation et de restauration mises en œuvre dans les sites Natura 2000</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>FEADER-Contrats Natura 2000 ni-agricoles ni-forestiers et contrats Natura 2000 forestiers (73.04.03)</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le dispositif « Contrats Natura 2000 ni-agricoles ni-forestiers et contrats Natura 2000 forestiers » a pour objectif le soutien aux actions de préservation et de restauration mises en œuvre dans les sites Natura 2000. &lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour quel type de projet ?&lt;/p&gt;&lt;p&gt;Les projets soutenus par ce dispositif sont les projets de mise en œuvre d’actions contractuelles Natura 2000 visant le maintien et/ou le rétablissement dans un état de conservation favorable des habitats et espèces ayant conduit à la désignation du site.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les actions contractuelles doivent être mises en œuvre en accord avec la liste des contrats ouverts en Île-de-France et avec les cahiers des charges définis dans les DOCOB des sites.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les contrats sont conclus pour une durée de cinq ans maximum.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Biodiversité
+International</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>14/09/2025</t>
+        </is>
+      </c>
+      <c r="Q126" s="1" t="inlineStr">
+        <is>
+          <t>30/12/2025</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Peut présenter une demande d’aide tout porteur titulaire de droits réels ou personnels sur un espace situé sur un site Natura 2000, ou disposant d’un mandat le qualifiant juridiquement pour intervenir sur le site Natura 2000.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;L’aide prend la forme d’une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement engagés et payés par le bénéficiaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Chaque projet peut recevoir jusqu’à 100% d’aide publique sur son opération. &lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Les projets soutenus par ce dispositif sont les projets de mise en œuvre d’actions contractuelles Natura 2000 visant le maintien et/ou le rétablissement dans un état de conservation favorable des habitats et espèces ayant conduit à la désignation du site. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les actions contractuelles doivent être mises en œuvre en accord avec la liste des contrats ouverts en Île-de-France et&lt;/span&gt;&lt;span&gt; avec les cahiers des charges définis dans les DOCOB des sites.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les contrats sont conclus pour une durée de cinq ans maximum. &lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme en ligne &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;&lt;strong&gt;&lt;span&gt;mesdemarches.iledefrance.fr&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; (dispositif &lt;/span&gt;&lt;span&gt;&amp;#34;FEADER – Contrats Natura 2000 ni-agricoles ni-forestiers et contrats Natura 2000 forestiers (73.04.03)&amp;#34;)&lt;span&gt;.&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;La notice à télécharger lors du dépôt de dossier reprend l&amp;#039;ensemble des critères à remplir et le contenu du dossier de demande d&amp;#039;aide.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-contrats-natura-2000-ni-agricoles-ni-forestiers-et-contrats-natura-2000-forestiers-730403</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour toute demande d’aide relative au dépôt de votre dossier, vous pouvez contacter l’assistance usagers de la plateforme Mes démarches via le bouton « Assistance ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute demande liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : &lt;/span&gt;&lt;span&gt;&lt;strong&gt;&lt;span lang="EN-US"&gt;&lt;a href="mailto:natura2000&amp;#64;iledefrance.fr"&gt;natura2000&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme en ligne mesdemarches.iledefrance.fr (dispositif &amp;#34;FEADER – Contrats Natura 2000 ni-agricoles ni-forestiers et contrats Natura 2000 forestiers (73.04.03)&amp;#34;).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/feader-contrats-natura-2000-ni-agricoles-ni-forestiers-et-contrats-natura-2000-forestiers-73-04-03/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>164774</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets de solidarité et de coopération internationales</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Solidarité et coopération internationales</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Min : 60 Max : 80</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Adour-Garonne, grâce au dispositif institué par la loi Oudin-Santini, participe à l&amp;#039;aide publique au développement française en matière d&amp;#039;eau et d&amp;#039;assainissement. En soutenant financièrement des associations françaises ou collectivités territoriales de son bassin, l&amp;#039;agence de l&amp;#039;eau contribue à l&amp;#039;amélioration  l&amp;#039;accès à l&amp;#039;eau, à l&amp;#039;assainissement et à l&amp;#039;hygiène dans les pays en développement ainsi que la mise en place de cadres institutionnels de gouvernance de l’eau. Par son action, elle contribue aux Objectifs de Développement Durable, notamment l’ODD 6, et soutient les engagements du Pacte de Paris sur l’eau et le changement climatique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/solidarite-cooperation-internationales"&gt;Solidarité et coopération internationales | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence soutient des actions visant à réduire le nombre de personnes n’ayant pas accès à une eau potable salubre, à un assainissement de base ou à des services d’hygiène, en priorité dans les Pays les Moins Avancés (PMA).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’Agence soutient la promotion et le développement de la GIRE, dans le contexte du changement climatique, en appuyant l’étude, la mise en place et le développement de cadres institutionnels visant ou contribuant à la gestion durable, intégrée et concertée des ressources en eau à l’échelle territoriale adaptée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’Agence contribue en France et à l’international, au plaidoyer en faveur de l’accès universel à l’eau et à l’assainissement et valorise la solidarité internationale et notamment ale dispositif institué par la loi “Oudin-Santini”. Elle soutient l’a action extérieure des collectivités et accompagne les acteurs publics et privés pour les informer, former et sensibiliser. Les financements concernent des initiatives de formation, de communication, d’animation et l’organisation d’événements pour mobiliser la communauté internationale, nationale et locale autour des défis liés à l’eau. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’Agence accompagne les interventions d’urgence et post-urgence en cas de catastrophes naturelles majeures à fort impact humanitaire. Cette aide vise à rétablir rapidement l’accès à l’eau potable, à l’assainissement et à des conditions d’hygiène dignes pour les populations les plus démunies.&lt;br /&gt;Les actions financées incluent la fourniture ou la reconstruction de services, de matériels et d’infrastructures liés à l’eau et à l’assainissement, ainsi que des initiatives pour améliorer les pratiques d’hygiène ou accompagner la reconstruction.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 International</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P130" s="1" t="inlineStr">
+      <c r="P127" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q130" s="1" t="inlineStr">
+      <c r="Q127" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Peuvent être bénéficiaires des aides de l’Agence : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Les projets de solidarité EAH &lt;/strong&gt;: les collectivités territoriales et leurs groupements exerçant ou non la compétence 
 Eau et assainissement, les syndicats intercommunaux du 
 bassin Adour-Garonne, mais aussi les associations et ONG 
 ayant leur siège ou une implantation pérenne en France et 
 disposant d’une expérience avérée dans les projets EAH &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les projets de développement de la Gestion Intégrée 
 des Ressources en Eau (GIRE)&lt;/strong&gt; : les personnes morales de 
 droit public ou privé dont les compétences et activités 
 concourent au développement de la GIRE &lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’Animation et la sensibilisation &lt;/strong&gt;: les personnes 
 morales de droit public ou privé dont les compétences et 
 l’expérience sont en adéquation avec les objectifs attendus &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les aides d’urgence&lt;/strong&gt; : les ONG spécialisées en opérations d’urgence, dont l’intervention est validée par le ministère de l’Europe et des affaires étrangère&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/62-24-Coope%CC%81ration%20internationale_0.pdf"&gt;62-24-Coopération internationale_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Solidarit%C3%A9%20et%20coop%C3%A9ration%20internationale.pdf</t>
         </is>
       </c>
-      <c r="W130" s="1" t="inlineStr">
+      <c r="W127" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-fonctionnalites-des-ecosystemes-aquatiques-humides-et-littoraux-ainsi-que-leur-biodiversite/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-[...123 lines deleted...]
-      <c r="A132" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>164844</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Développer la coopération Interrégionale avec Emilie-Romagne</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Coopération avec Emilie-Romagne</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet appel à projets s’inscrit dans le fonds de coopération entre plusieurs régions : l&amp;#039;Emilie-Romagne (en Italie), la Hesse (en Allemagne), la Moyenne Franconie (en Allemagne) et le Québec (au Canada). Il vise à renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux de l&amp;#039;Emilie-Romagne pour la réalisation de projets de coopération structurants, engageant toutes les parties prenantes dans des relations durables. Vous pouvez faire un projet avec l&amp;#039;Emilie-Romagne, ou avec trois régions : la Nouvelle-Aquitaine, l&amp;#039;Emilie-Romagne et une autre région comme la Moyenne Franconie, la Hesse ou le Québec.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>L’aide de la Région ne peut pas excéder 50% du budget total du projet, sur la base des dépenses réalisées par le bénéficiaire de Nouvelle-Aquitaine.
 Les modalités de prises en compte des dépenses sont précisées dans le règlement.</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Etablissements publics (universités, lycées, etc.)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Chambres consulaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les porteurs de projets doivent impérativement avoir leur siège en Nouvelle-Aquitaine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères généraux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La subvention ne peut être accordée à titre général mais doit être au contraire affectée à un projet défini. Elle ne s&amp;#039;applique pas aux frais de fonctionnement des organismes soumissionnaires. Les dépenses engagées devront avoir un lien direct avec le projet présenté. Le coût total du projet est constitué par l’ensemble des dépenses engendrées par la réalisation du projet. La Région se réserve le droit de moduler le taux de financement et de déterminer l’assiette éligible si les dépenses indiquées n’apparaissent pas comme étant strictement liées à la réalisation du projet.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets doivent être conçus et menés avec un ou plusieurs partenaires clairement identifié(s). Les projets doivent donc mettre en évidence leur participation effective. Ainsi, une lettre du (des) partenaire(s) (ou une convention de partenariat si elle existe) détaillant l’implication de chacune des parties doit être fournie.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La durée des projets subventionnés ne peut excéder trois ans. Les projets peuvent constituer la phase préparatoire d’un programme de plus long terme. Un organisme déjà bénéficiaire peut à nouveau soumettre un projet innovant après réalisation complète et évaluation de l&amp;#039;action déjà subventionnée.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le montant de l’aide régionale sollicitée ne pourra excéder 50% des dépenses totales pour la partie française.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets présentés devront faire la preuve de la durabilité des échanges prévus, de leur réciprocité, de leur caractère innovant et de leur solidité financière.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le Fonds de Coopération Interrégionale a vocation à soutenir des projets dans leur phase initiale. L’éventuel financement par le conseil régional de projets dans leurs phases ultérieures devra être sollicité selon leurs thématiques dans le cadre des dispositifs régionaux spécifiques existants lorsque cela est possible.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’association à ces projets d’opérateurs issus d’autres régions, partenaires ou non, de la Nouvelle-Aquitaine (voir carte des coopérations décentralisée) sera valorisée.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets présentés devront prendre en compte et intégrer les ambitions affichées par la Région Nouvelle-Aquitaine dans le cadre de sa feuille de route Néo-Terra(neo-terra.fr).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;strong&gt;Critères thématiques&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les thématiques de coopération éligibles pour les quatre régions partenaires sont les suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement économique et Innovation ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Education et Formation professionnelle ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Enseignement supérieur et Recherche ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Transitions environnementales et énergétiques ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Jeunesse, Citoyenneté, Culture et Patrimoine ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Santé.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En enseignement supérieur et recherche sont exclus les projets de recherche fondamentale et de mobilité relevant des règlements d’intervention dédiés du Conseil Régional. En ce qui concerne la thématique « Culture », les projets de diffusion de spectacles et d’organisation de tournées sont exclus. Les projets de pratiques culturelles amateurs sont exclus.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères financiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’aide de la Région ne peut excéder 50% du budget total du projet, sur la base des dépenses réalisées par le partenaire Nouvelle-Aquitaine.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les collectivités locales, la subvention demandée ne peut excéder l’engagement financier de la collectivité (hors dépenses liées aux salaires des agents publics et à leurs frais de déplacements).&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les dépenses salariales engendrées par le projet ne doivent pas constituer plus de 25 % du budget global.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les contributions volontaires au projet ne peuvent dépasser 25 % (contribution des membres bénévoles sur la base du taux horaire SMIC, prêt de salles, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La prise en compte des frais de déplacement, de logement et de restauration se fait sur la base des dépenses réelles et dans la limite des forfaits de la Direction générale des finances publiques qui constituent un plafond.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La subvention sera versée par virement administratif en deux fois :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;50% après validation du projet par la commission permanente du Conseil régional Nouvelle-Aquitaine ;&lt;/p&gt;&lt;p&gt;50% au terme de l’action et sur présentation des pièces mentionnées dans la section « Obligations des porteurs de projets retenus ».&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les demandes de financement des projets seront évaluées et sélectionnées selon plusieurs critères, qui devront être développés par les porteurs de projet dans leur demande d’aide écrite à la Région :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’adéquation du projet avec les thématiques prioritaires définies dans le présent document.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La démonstration de l’intérêt du projet pour la Région Nouvelle-Aquitaine : (retombées attendues du projet pour la Région) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La réciprocité des échanges et l’implication, y compris financière, des régions partenaires ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La viabilité financière du projet ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La qualité et la durabilité du partenariat entre les acteurs des deux territoires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La capacité des acteurs à mener le projet, en termes de compétences et de ressources mobilisées ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets rassemblant plusieurs organismes néo-aquitains, qui auront mis en commun leurs ressources et leurs moyens dans le cadre d’un projet global, seront privilégiés.&lt;/p&gt;&lt;p&gt;La sélection des projets s’effectue dans la limite des enveloppes financières définies pour chacune des coopérations au titre du budget régional de l’année en cours lors du dépôt du dossier.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/cooperation-avec-emilie-romagne</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les dossiers devront obligatoirement être déposés sur la Plateforme « Mes Démarches en Nouvelle-Aquitaine (MDNA) » via le bouton &amp;#34;Déposer mon projet&amp;#34; ci-dessous. &lt;/p&gt;&lt;p&gt;Le formulaire doit être accompagné des pièces obligatoires suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Un Relevé d’Identité Bancaire récent et actif ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les statuts de l&amp;#039;organisme et l&amp;#039;extrait du Journal Officiel publiant la création pour les associations loi 1901 ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une lettre d’intention du partenaire étranger du projet (ou pièce probante, convention etc.) attestant du partenariat ; Il est conseillé de joindre pour information le budget prévisionnel du partenaire pour le projet.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce premier contact permettra aux services de la Région d’évaluer la conformité du projet au cahier des charges du fonds de coopération interrégionale et aux plans d’action définis avec les régions partenaires.&lt;/p&gt;&lt;p&gt;La décision finale est prise par les élus du Conseil régional qui délibèrent en commission permanente.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Avant tout dépôt de dossier, il est fortement recommandé au porteur de projet de prendre contact avec le Pôle Europe et International afin de présenter son projet (fci&amp;#64;nouvelle-aquitaine.fr - 05 57 57 86 41).&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tout dossier incomplet ne sera pas instruit.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les porteurs de projets seront informés par courrier, après délibération de la commission permanente, des suites réservées à leur demande. Pour les dossiers rejetés, les motifs de refus seront explicités dans les courriers.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-de-cooperation-interregionale-emilie-romagne/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>164847</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Erasmus+ Stage - Apprentis</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>La Région souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi. 
 La Région pilote et anime un Consortium d’établissements d’enseignement et de formation professionnelle. Les mobilités organisées en Europe dans le cadre des cursus sont financées par la Commission Européenne, représentée par l’Agence Erasmus&amp;#43; France, et la Région. Contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étrangerd&amp;#039;une durée de 2 semaines à 6 mois pour les bénéficiaires inscrits dans un établissement d’enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>Le montant de la bourse est fixé en Commission Permanente du Conseil Régional annuellement lors de l&amp;#039;affectation des financements obtenus.
 Il se décompose en frais de voyage et frais de séjour. Il est défini en fonction de la durée de la mobilité et selon les destinations qui sont réparties en trois groupes pays conformément aux dispositions du programme Erasmus&amp;#43;.
 Règle de calcul : montant forfaitaire de séjour &amp;#43; forfait de voyage.
 Des bonifications pour l’inclusion et l’utilisation de transports écoresponsables (transports à moindre empreinte carbone) peuvent s’y ajouter dans les conditions prévues par le programme Erasmus&amp;#43;.</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Apprenti de niveau 3 et 4 inscrit dans un établissement d’enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprenti jeune diplômé (maximum 12 mois après l’obtention du diplôme) ayant été inscrit dans un établissement d&amp;#039;enseignement et de formation professionnelle supérieur de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année précédant la mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnel membre de l’équipe de l’établissement d&amp;#039;enseignement et de formation professionnels  de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les apprenants :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour les mobilités courtes, les stages sont d’une durée de 2 à 4 semaines,&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les mobilités longues, les stages sont d’une durée de 3 à 6 mois.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les personnels :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour des mobilités de type « accompagnateur » :&lt;/p&gt;&lt;p&gt;Pour accompagner les apprentis en mobilité courte, les aides attribuées correspondent à une durée maximum de 10 jours.&lt;/p&gt;&lt;p&gt;Pour accompagner les apprentis en mobilité longue, les aides attribuées correspondent à une durée maximum de 5 jours.&lt;/p&gt;&lt;p&gt;Pour réaliser des visites préalables préparatoires, les aides attribuées sont forfaitaires : avec un maximum de 3 participants par visite.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour des périodes de stage d’observation ou de formation, la durée est de minimum 2 jours et maximum 60 jours.&lt;/p&gt;&lt;p&gt;Les mobilités se dérouleront dans l’un des pays éligibles au programme Erasmus&amp;#43; (ces pays sont répartis en trois groupes - se référer aux dispositions du programme). Conformément au guide du programme Erasmus&amp;#43;, quelques mobilités peuvent être réalisées en dehors de l’Union Européenne en fonction du budget accordé annuellement par l’Agence Erasmus&amp;#43;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/erasmus-stage-apprentis</t>
         </is>
       </c>
-      <c r="W133" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Dépôt de la demande sur internet avant la date de début de stage. Les demandes soumises à la Région au-delà de la date de début de stage sont déclarées irrecevables.&lt;/p&gt;&lt;p&gt;La candidature individuelle doit être validée par l&amp;#039;établissement d&amp;#039;enseignement ou de formation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les apprenants et les personnels en mobilité stage d’observation et/ou formation :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le «Contrat pédagogique avant la mobilité» dûment complété et signé par toutes les parties,&lt;/p&gt;&lt;p&gt;Le «Contrat financier» de la période concernée, dûment complété et signé,&lt;/p&gt;&lt;p&gt;La Carte Européenne d&amp;#039;Assurance Maladie (CEAM),&lt;/p&gt;&lt;p&gt;Une Assurance Responsabilité Civile et Accident du Travail conformément aux articles concernés du Contrat de Mobilité.&lt;/p&gt;&lt;p&gt;Pour le critère &amp;#34;inclusion&amp;#34; &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;1. En situation de handicap ou d’affection de longue durée (ALD) : Attestation de décision MDPH ou attestation de maladie longue durée ou carte invalidité, etc.&lt;/p&gt;&lt;p&gt;2. Habitant dans une commune classée Zones de revitalisation rurale (ZRR) : Attestation de domicile de moins de 3 mois (facture d&amp;#039;énergie, d&amp;#039;eau, assurance habitation, etc.). Si le nom du participant ne figure pas sur l’attestation de domicile, celle-ci est à compléter par une attestation sur l’honneur au nom de l’hébergeant ou un certificat administratif de l’établissement d’envoi, etc.&lt;/p&gt;&lt;p&gt;3. Habitant à une adresse classée Quartiers Prioritaires de la Ville : Attestation de domicile de moins de 3 mois (facture d&amp;#039;énergie, d&amp;#039;eau, assurance habitation, etc.). Si le nom du participant ne figure pas sur l’attestation de domicile, celle-ci est à compléter par une attestation sur l’honneur au nom de l’hébergeant ou un certificat administratif de l’établissement d’envoi, etc.&lt;/p&gt;&lt;p&gt;4. Bénéficiaire d’une bourse de lycée (échelons 4 à 6) : notification d’attribution de bourse nationale.&lt;/p&gt;&lt;p&gt;5. Appartenant à un foyer dont le Quotient familial CAF est inférieur ou égal à 551€ : Attestation CAF de quotient familial pour l’année scolaire concernée par la demande de mobilité.&lt;/p&gt;&lt;p&gt;Pour les personnels accompagnateurs&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ordre de mission.&lt;/p&gt;&lt;p&gt;Ces pièces justificatives devront être déposées sur le site sous la forme de fichiers joints. Le dossier ne sera validé définitivement qu&amp;#039;à réception de l&amp;#039;ensemble des pièces demandées et après co-instruction favorable de l&amp;#039;établissement d’enseignement ou de formation professionnelle.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-stage-apprentis/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>164851</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Renforcer les échanges les acteurs de la Nouvelle-Aquitaine et ceux de la Hesse</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Coopération avec la Hesse</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>Cet appel à projets s’inscrit dans le fonds de coopération Emilie-Romagne (Italie) - Hesse (Allemagne) – Moyenne Franconie (Allemagne) - Québec (Canada). 
 Le fonds vise à renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux d&amp;#039;Emilie-Romagne en Italie.
 Il a vocation à soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables. renforcer les échanges entre la Nouvelle-Aquitaine et la Hesseen accompagnant les acteurs associatifs, économiques et institutionnels de la Nouvelle-Aquitaine dans le développement de projets de coopération avec des partenaires issus de ces régions.
 	soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables.</t>
         </is>
       </c>
-      <c r="M134" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>L’aide de la Région ne peut pas excéder 50% du budget total du projet, sur la base des dépenses réalisées par le bénéficiaire de Nouvelle-Aquitaine.
 Les modalités de prises en compte des dépenses sont précisées dans le règlement.</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Etablissements publics (universités, lycées, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Chambres consulaires &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les porteurs de projets doivent impérativement avoir leur siège en Nouvelle-Aquitaine. &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Critères généraux &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La subvention ne peut être accordée à titre général mais doit être au contraire affectée à un projet défini. Elle ne s&amp;#039;applique pas aux frais de fonctionnement des organismes soumissionnaires. Les dépenses engagées devront avoir un lien direct avec le projet présenté. Le coût total du projet est constitué par l’ensemble des dépenses engendrées par la réalisation du projet. La Région se réserve le droit de moduler le taux de financement et de déterminer l’assiette éligible si les dépenses indiquées n’apparaissent pas comme étant strictement liées à la réalisation du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets doivent être conçus et menés avec un ou plusieurs partenaires clairement identifié(s). Les projets doivent donc mettre en évidence leur participation effective. Ainsi, une lettre du (des) partenaire(s) (ou une convention de partenariat si elle existe) détaillant l’implication de chacune des parties doit être fournie. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La durée des projets subventionnés ne peut excéder trois ans. Les projets peuvent constituer la phase préparatoire d’un programme de plus long terme. Un organisme déjà bénéficiaire peut à nouveau soumettre un projet innovant après réalisation complète et évaluation de l&amp;#039;action déjà subventionnée. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Le montant de l’aide régionale sollicitée ne pourra excéder 50% des dépenses totales pour la partie française. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets présentés devront faire la preuve de la durabilité des échanges prévus, de leur réciprocité, de leur caractère innovant et de leur solidité financière. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Le Fonds de Coopération Interrégionale a vocation à soutenir des projets dans leur phase initiale. L’éventuel financement par le conseil régional de projets dans leurs phases ultérieures devra être sollicité selon leurs thématiques dans le cadre des dispositifs régionaux spécifiques existants lorsque cela est possible. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; L’association à ces projets d’opérateurs issus d’autres régions, partenaires ou non, de la Nouvelle-Aquitaine (voir carte des coopérations décentralisée) sera valorisée. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets présentés devront prendre en compte et intégrer les ambitions affichées par la Région Nouvelle-Aquitaine dans le cadre de sa feuille de route Néo-Terra(neo-terra.fr). &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt; Critères thématiques&lt;/strong&gt; &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les thématiques de coopération éligibles pour les quatre régions partenaires sont les suivantes :
 	&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement économique et Innovation ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Education et Formation professionnelle ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Enseignement supérieur et Recherche ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Transitions environnementales et énergétiques ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Jeunesse, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Citoyenneté, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Culture et Patrimoine ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Santé. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; En enseignement supérieur et recherche sont exclus les projets de recherche fondamentale et de mobilité relevant des règlements d’intervention dédiés du Conseil Régional. En ce qui concerne la thématique « Culture », les projets de diffusion de spectacles et d’organisation de tournées sont exclus. Les projets de pratiques culturelles amateurs sont exclus. &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Critères financiers &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; L’aide de la Région ne peut excéder 50% du budget total du projet, sur la base des dépenses réalisées par le partenaire Nouvelle-Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les collectivités locales, la subvention demandée ne peut excéder l’engagement financier de la collectivité (hors dépenses liées aux salaires des agents publics et à leurs frais de déplacements). &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les dépenses salariales engendrées par le projet ne doivent pas constituer plus de 25 % du budget global. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les contributions volontaires au projet ne peuvent dépasser 25 % (contribution des membres bénévoles sur la base du taux horaire SMIC, prêt de salles, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La prise en compte des frais de déplacement, de logement et de restauration se fait sur la base des dépenses réelles et dans la limite des forfaits de la Direction générale des finances publiques qui constituent un plafond. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La subvention sera versée par virement administratif en deux fois : &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; 50% après validation du projet par la commission permanente du Conseil régional Nouvelle-Aquitaine ; &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; 50% au terme de l’action et sur présentation des pièces mentionnées dans la section « Obligations des porteurs de projets retenus ». &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Critères de sélection des projets &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les demandes de financement des projets seront évaluées et sélectionnées selon plusieurs critères, qui devront être développés par les porteurs de projet dans leur demande d’aide écrite à la Région : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; L’adéquation du projet avec les thématiques prioritaires définies dans le présent document. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La démonstration de l’intérêt du projet pour la Région Nouvelle-Aquitaine : (retombées attendues du projet pour la Région) ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La réciprocité des échanges et l’implication, y compris financière, des régions partenaires ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La viabilité financière du projet ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La qualité et la durabilité du partenariat entre les acteurs des deux territoires &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La capacité des acteurs à mener le projet, en termes de compétences et de ressources mobilisées ; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les projets rassemblant plusieurs organismes néo-aquitains, qui auront mis en commun leurs ressources et leurs moyens dans le cadre d’un projet global, seront privilégiés. &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt; La sélection des projets s’effectue dans la limite des enveloppes financières définies pour chacune des coopérations au titre du budget régional de l’année en cours lors du dépôt du dossier.&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/cooperation-avec-la-hesse</t>
         </is>
       </c>
-      <c r="W134" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les dossiers devront obligatoirement être déposés sur la Plateforme «Mes Démarches en Nouvelle-Aquitaine (MDNA)» via le bouton &amp;#34;Déposer mon projet&amp;#34; ci-dessous. &lt;/p&gt;&lt;p&gt; Le formulaire doit être accompagné des pièces obligatoires suivantes : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Un Relevé d’Identité Bancaire récent et actif ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les statuts de l&amp;#039;organisme et l&amp;#039;extrait du Journal Officielpubliant la création pour les associations loi 1901 ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Une lettre d’intention du partenaire étranger du projet (ou pièce probante, convention etc.) attestant du partenariat ; Il est conseillé de joindre pour information le budget prévisionnel du partenaire pour le projet. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Ce premier contact permettra aux services de la Région d’évaluer la conformité du projet au cahier des charges du fonds de coopération interrégionale et aux plans d’action définis avec les régions partenaires. &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;strong&gt;La décision finale est prise par les élus du Conseil régional qui délibèrent en commission permanente. &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt; Avant tout dépôt de dossier, il est fortement recommandé au porteur de projet de prendre contact avec le Pôle Europe et International afin de présenter son projet (fci&amp;#64;nouvelle-aquitaine.fr - 05 57 57 86 41).
 Tout dossier incomplet ne sera pas instruit. &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les porteurs de projets seront informés par courrier, après délibération de la commission permanente, des suites réservées à leur demande. Pour les dossiers rejetés, les motifs de refus seront explicités dans les courriers.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-de-cooperation-interregionale-la-hesse/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>164852</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux du Québec</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Coopération avec le Québec</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet appel à projets s’inscrit dans le fonds de coopération Emilie-Romagne (Italie) - Hesse (Allemagne) – Moyenne Franconie (Allemagne) - Québec (Canada). 
 Il vise à renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux du Québec.
 Cet appel à projets a vocation à soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables. renforcer les échanges entre la Nouvelle-Aquitaine et le Québecen accompagnant les acteurs associatifs, économiques et institutionnels de la Nouvelle-Aquitaine dans le développement de projets de coopération avec des partenaires issus de ces régions.
 	soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>L’aide de la Région ne peut pas excéder 50% du budget total du projet, sur la base des dépenses réalisées par le bénéficiaire de Nouvelle-Aquitaine.
 Les modalités de prises en compte des dépenses sont précisées dans le règlement.</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Etablissements publics (universités, lycées, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Collectivités locales &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Chambres consulaires &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les porteurs de projets doivent impérativement avoir leur siège en Nouvelle-Aquitaine.
  Critères généraux &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; La subvention ne peut être accordée à titre général mais doit être au contraire affectée à un projet défini. Elle ne s&amp;#039;applique pas aux frais de fonctionnement des organismes soumissionnaires. Les dépenses engagées devront avoir un lien direct avec le projet présenté. Le coût total du projet est constitué par l’ensemble des dépenses engendrées par la réalisation du projet. La Région se réserve le droit de moduler le taux de financement et de déterminer l’assiette éligible si les dépenses indiquées n’apparaissent pas comme étant strictement liées à la réalisation du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets doivent être conçus et menés avec un ou plusieurs partenaires clairement identifié(s). Les projets doivent donc mettre en évidence leur participation effective. Ainsi, une lettre du (des) partenaire(s) (ou une convention de partenariat si elle existe) détaillant l’implication de chacune des parties doit être fournie. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La durée des projets subventionnés ne peut excéder trois ans. Les projets peuvent constituer la phase préparatoire d’un programme de plus long terme. Un organisme déjà bénéficiaire peut à nouveau soumettre un projet innovant après réalisation complète et évaluation de l&amp;#039;action déjà subventionnée. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Le montant de l’aide régionale sollicitée ne pourra excéder 50% des dépenses totales pour la partie française. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets présentés devront faire la preuve de la durabilité des échanges prévus, de leur réciprocité, de leur caractère innovant et de leur solidité financière. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Le Fonds de Coopération Interrégionale a vocation à soutenir des projets dans leur phase initiale. L’éventuel financement par le conseil régional de projets dans leurs phases ultérieures devra être sollicité selon leurs thématiques dans le cadre des dispositifs régionaux spécifiques existants lorsque cela est possible. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; L’association à ces projets d’opérateurs issus d’autres régions, partenaires ou non, de la Nouvelle-Aquitaine (voir carte des coopérations décentralisée) sera valorisée. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets présentés devront prendre en compte et intégrer les ambitions affichées par la Région Nouvelle-Aquitaine dans le cadre de sa feuille de route Néo-Terra(neo-terra.fr). &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Critères thématiques &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les thématiques de coopération éligibles pour les quatre régions partenaires sont les suivantes : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Développement économique et Innovation ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Education et Formation professionnelle ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Enseignement supérieur et Recherche ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Transitions environnementales et énergétiques ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Jeunesse, Citoyenneté, Culture et Patrimoine ;
 	Santé. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; En enseignement supérieur et recherche sont exclus les projets de recherche fondamentale et de mobilité relevant des règlements d’intervention dédiés du Conseil Régional. En ce qui concerne la thématique « Culture », les projets de diffusion de spectacles et d’organisation de tournées sont exclus. Les projets de pratiques culturelles amateurs sont exclus. &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Critères financiers &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; L’aide de la Région ne peut excéder 50% du budget total du projet, sur la base des dépenses réalisées par le partenaire Nouvelle-Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les collectivités locales, la subvention demandée ne peut excéder l’engagement financier de la collectivité (hors dépenses liées aux salaires des agents publics et à leurs frais de déplacements). &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les dépenses salariales engendrées par le projet ne doivent pas constituer plus de 25 % du budget global. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les contributions volontaires au projet ne peuvent dépasser 25 % (contribution des membres bénévoles sur la base du taux horaire SMIC, prêt de salles, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La prise en compte des frais de déplacement, de logement et de restauration se fait sur la base des dépenses réelles et dans la limite des forfaits de la Direction générale des finances publiques qui constituent un plafond. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La subvention sera versée par virement administratif en deux fois : &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; 50% après validation du projet par la commission permanente du Conseil régional Nouvelle-Aquitaine ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; 50% au terme de l’action et sur présentation des pièces mentionnées dans la section « Obligations des porteurs de projets retenus ». &lt;/span&gt;&lt;/li&gt;&lt;/ol&gt;&lt;/span&gt;&lt;span&gt; Critères de sélection des projets &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les demandes de financement des projets seront évaluées et sélectionnées selon plusieurs critères, qui devront être développés par les porteurs de projet dans leur demande d’aide écrite à la Région :
 	&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’adéquation du projet avec les thématiques prioritaires définies dans le présent document. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La démonstration de l’intérêt du projet pour la Région Nouvelle-Aquitaine : (retombées attendues du projet pour la Région) ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La réciprocité des échanges et l’implication, y compris financière, des régions partenaires ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La viabilité financière du projet ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La qualité et la durabilité du partenariat entre les acteurs des deux territoires &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La capacité des acteurs à mener le projet, en termes de compétences et de ressources mobilisées ; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les projets rassemblant plusieurs organismes néo-aquitains, qui auront mis en commun leurs ressources et leurs moyens dans le cadre d’un projet global, seront privilégiés. &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt; La sélection des projets s’effectue dans la limite des enveloppes financières définies pour chacune des coopérations au titre du budget régional de l’année en cours lors du dépôt du dossier.&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/cooperation-avec-le-quebec</t>
         </is>
       </c>
-      <c r="W135" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les dossiers devront obligatoirement être déposés sur la Plateforme «Mes Démarches en Nouvelle-Aquitaine (MDNA)» via le bouton &amp;#34;Déposer mon projet&amp;#34; ci-dessous. &lt;/p&gt;&lt;p&gt; Le formulaire doit être accompagné des pièces obligatoires suivantes : &lt;/p&gt;&lt;p&gt; Un Relevé d’Identité Bancaire récent et actif ; &lt;/p&gt;&lt;p&gt; Les statuts de l&amp;#039;organisme et l&amp;#039;extrait du Journal Officielpubliant la création pour les associations loi 1901 ; &lt;/p&gt;&lt;p&gt; Une lettre d’intention du partenaire étranger du projet (ou pièce probante, convention etc.) attestant du partenariat ; Il est conseillé de joindre pour information le budget prévisionnel du partenaire pour le projet. &lt;/p&gt;&lt;p&gt; Ce premier contact permettra aux services de la Région d’évaluer la conformité du projet au cahier des charges du fonds de coopération interrégionale et aux plans d’action définis avec les régions partenaires. &lt;/p&gt;&lt;p&gt; La décision finale est prise par les élus du Conseil régional qui délibèrent en commission permanente. &lt;/p&gt;&lt;p&gt;&lt;strong&gt; Avant tout dépôt de dossier, il est fortement recommandé au porteur de projet de prendre contact avec le Pôle Europe et International afin de présenter son projet (fci&amp;#64;nouvelle-aquitaine.fr - 05 57 57 86 41).&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt; Tout dossier incomplet ne sera pas instruit.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; Les porteurs de projets seront informés par courrier, après délibération de la commission permanente, des suites réservées à leur demande. Pour les dossiers rejetés, les motifs de refus seront explicités dans les courriers.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperation-avec-le-quebec/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>164853</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux d'Emilie-Romagne en Italie</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Coopération avec la Moyenne Franconie</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet appel à projets s’inscrit dans le fonds de coopération Emilie-Romagne (Italie) - Hesse (Allemagne) – Moyenne Franconie (Allemagne) - Québec (Canada). 
 Le fonds vise à renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux d&amp;#039;Emilie-Romagne en Italie.
 Il a vocation à soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables. renforcer les échanges entre la Nouvelle-Aquitaine et la Moyenne Franconieen accompagnant les acteurs associatifs, économiques et institutionnels de la Nouvelle-Aquitaine dans le développement de projets de coopération avec des partenaires issus de ces régions.
 	soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>L’aide de la Région ne peut pas excéder 50% du budget total du projet, sur la base des dépenses réalisées par le bénéficiaire de Nouvelle-Aquitaine.
 Les modalités de prises en compte des dépenses sont précisées dans le règlement.</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Etablissements publics (universités, lycées, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;C&lt;/span&gt;ollectivités locales &lt;/li&gt;&lt;li&gt; Chambres consulaires &lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les porteurs de projets doivent impérativement avoir leur siège en Nouvelle-Aquitaine. &lt;/span&gt;&lt;p&gt;&lt;span&gt; Critères généraux :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; La subvention ne peut être accordée à titre général mais doit être au contraire affectée à un projet défini. Elle ne s&amp;#039;applique pas aux frais de fonctionnement des organismes soumissionnaires. Les dépenses engagées devront avoir un lien direct avec le projet présenté. Le coût total du projet est constitué par l’ensemble des dépenses engendrées par la réalisation du projet. La Région se réserve le droit de moduler le taux de financement et de déterminer l’assiette éligible si les dépenses indiquées n’apparaissent pas comme étant strictement liées à la réalisation du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets doivent être conçus et menés avec un ou plusieurs partenaires clairement identifié(s). &lt;/span&gt;Les projets doivent donc mettre en évidence leur participation effective. Ainsi, une lettre du (des) partenaire(s) (ou une convention de partenariat si elle existe) détaillant l’implication de chacune des parties doit être fournie. &lt;/li&gt;&lt;li&gt; La durée des projets subventionnés ne peut excéder trois ans. Les projets peuvent constituer la phase préparatoire d’un programme de plus long terme. Un organisme déjà bénéficiaire peut à nouveau soumettre un projet innovant après réalisation complète et évaluation de l&amp;#039;action déjà subventionnée. &lt;/li&gt;&lt;li&gt; Le montant de l’aide régionale sollicitée ne pourra excéder 50% des dépenses totales pour la partie française.
 	Les projets présentés devront faire la preuve de la durabilité des échanges prévus, de leur réciprocité, de leur caractère innovant et de leur solidité financière. &lt;/li&gt;&lt;li&gt; Le Fonds de Coopération Interrégionale a vocation à soutenir des projets dans leur phase initiale. L’éventuel financement par le conseil régional de projets dans leurs phases ultérieures devra être sollicité selon leurs thématiques dans le cadre des dispositifs régionaux spécifiques existants lorsque cela est possible. &lt;/li&gt;&lt;li&gt; L’association à ces projets d’opérateurs issus d’autres régions, partenaires ou non, de la Nouvelle-Aquitaine (voir carte des coopérations décentralisée) sera valorisée. &lt;/li&gt;&lt;li&gt; Les projets présentés devront prendre en compte et intégrer les ambitions affichées par la Région Nouvelle-Aquitaine dans le cadre de sa feuille de route Néo-Terra(neo-terra.fr). &lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Critères thématiques &lt;/span&gt;&lt;p&gt;&lt;span&gt; Les thématiques de coopération éligibles pour les quatre régions partenaires sont les suivantes : &lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Développement économique et Innovation ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Education et Formation professionnelle ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Enseignement supérieur et Recherche ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Transitions environnementales et énergétiques ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Jeunesse, Citoyenneté, Culture et Patrimoine ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Santé. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;En enseignement supérieur et recherche sont exclus les projets de recherche fondamentale et de mobilité relevant des règlements d’intervention dédiés du Conseil Régional. En ce qui concerne la thématique « Culture », les projets de diffusion de spectacles et d’organisation de tournées sont exclus. Les projets de pratiques culturelles amateurs sont exclus. &lt;/span&gt;&lt;p&gt;&lt;span&gt; Critères financiers &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; L’aide de la Région ne peut excéder 50% du budget total du projet, sur la base des dépenses réalisées par le partenaire Nouvelle-Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les collectivités locales, la subvention demandée ne peut excéder l’engagement financier de la collectivité (hors dépenses liées aux salaires des agents publics et à leurs frais de déplacements). &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les dépenses salariales engendrées par le projet ne doivent pas constituer plus de 25 % du budget global. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les contributions volontaires au projet ne peuvent dépasser 25 % (contribution des membres bénévoles sur la base du taux horaire SMIC, prêt de salles, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La prise en compte des frais de déplacement, de logement et de restauration se fait sur la base des dépenses réelles et dans la limite des forfaits de la Direction générale des finances publiques qui constituent un plafond. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La subvention sera versée par virement administratif en deux fois : &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; 50% après validation du projet par la commission permanente du Conseil régional Nouvelle-Aquitaine ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; 50% au terme de l’action et sur présentation des pièces mentionnées dans la section « Obligations des porteurs de projets retenus ». &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Critères de sélection des projets &lt;/span&gt;&lt;p&gt;&lt;span&gt; Les demandes de financement des projets seront évaluées et sélectionnées selon plusieurs critères, qui devront être développés par les porteurs de projet dans leur demande d’aide écrite à la Région : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’adéquation du projet avec les thématiques prioritaires définies dans le présent document. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La démonstration de l’intérêt du projet pour la Région Nouvelle-Aquitaine : (retombées attendues du projet pour la Région) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La réciprocité des échanges et l’implication, y compris financière, des régions partenaires ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La viabilité financière du projet ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La qualité et la durabilité du partenariat entre les acteurs des deux territoires &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La capacité des acteurs à mener le projet, en termes de compétences et de ressources mobilisées ; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les projets rassemblant plusieurs organismes néo-aquitains, qui auront mis en commun leurs ressources et leurs moyens dans le cadre d’un projet global, seront privilégiés.
 &lt;strong&gt;La sélection des projets s’effectue dans la limite des enveloppes financières définies pour chacune des coopérations au titre du budget régional de l’année en cours lors du dépôt du dossier.&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/cooperation-avec-la-moyenne-franconie</t>
         </is>
       </c>
-      <c r="W136" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>Les dossiers devront obligatoirement être déposés sur la Plateforme «Mes Démarches en Nouvelle-Aquitaine (MDNA)» via le bouton &amp;#34;Déposer mon projet&amp;#34; ci-dessous.
 Le formulaire doit être accompagné des pièces obligatoires suivantes :
 	Un Relevé d’Identité Bancaire récent et actif ;
 	Les statuts de l&amp;#039;organisme et l&amp;#039;extrait du Journal Officielpubliant la création pour les associations loi 1901 ;
 	Une lettre d’intention du partenaire étranger du projet (ou pièce probante, convention etc.) attestant du partenariat ; Il est conseillé de joindre pour information le budget prévisionnel du partenaire pour le projet.
 Ce premier contact permettra aux services de la Région d’évaluer la conformité du projet au cahier des charges du fonds de coopération interrégionale et aux plans d’action définis avec les régions partenaires.
 La décision finale est prise par les élus du Conseil régional qui délibèrent en commission permanente.
 Avant tout dépôt de dossier, il est fortement recommandé au porteur de projet de prendre contact avec le Pôle Europe et International afin de présenter son projet (fci&amp;#64;nouvelle-aquitaine.fr - 05 57 57 86 41).
 Tout dossier incomplet ne sera pas instruit.
 Les porteurs de projets seront informés par courrier, après délibération de la commission permanente, des suites réservées à leur demande. Pour les dossiers rejetés, les motifs de refus seront explicités dans les courriers.</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-de-cooperation-moyenne-franconie/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>164928</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Soutenir des actions de solidarité à l’international</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;agence de l’eau soutient des actions de solidarité à l’international, en mobilisant jusqu&amp;#039;à 1 % de ses recettes pour améliorer l&amp;#039;accès à l&amp;#039;eau et à l&amp;#039;assainissement dans les pays en développement.&lt;br /&gt;
 &lt;br /&gt;
 Elle encourage pour cela les acteurs des bassins Rhône-Méditerranée et de Corse à participer. Son action est coordonnée avec les politiques publiques de développement de la France et les objectifs de développement durable de l&amp;#039;ONU, de façon ciblée sur l&amp;#039;eau, l&amp;#039;assainissement et l&amp;#039;hygiène, la coopération scientifique et l&amp;#039;aide d&amp;#039;urgence.</t>
         </is>
       </c>
-      <c r="M137" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>Actions d&amp;#039;accès à l&amp;#039;eau, à l&amp;#039;assainissement et à l&amp;#039;hygiène&lt;br /&gt;
 Coopération institutionnelle et partage scientifique&lt;br /&gt;
 Action d&amp;#039;urgence&lt;br /&gt;
 Organisation d&amp;#039;événements internationaux</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P137" s="1" t="inlineStr">
+      <c r="P133" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q137" s="1" t="inlineStr">
+      <c r="Q133" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128703/fr/international</t>
         </is>
       </c>
-      <c r="W137" s="1" t="inlineStr">
+      <c r="W133" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/international/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>165056</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>HORIZON EUROPE -  MSCA Choisir l'Europe pour la science 2025 - 2025</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E138" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE -  MSCA Choisir l&amp;apos;Europe pour la science 2025 - 2025</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Recherche</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;22,500,000 euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 22,500,000 euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA-2025-COFUND-02-01 MSCA Choisir l&amp;#039;Europe pour la science 2025: 22,500,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.   &lt;strong&gt;Différentes catégories de projets sont éligibles : &lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus : &lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;TOPICS &lt;/span&gt;:   A venir  &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA-2025-COFUND-02-01: MSCA Choisir l&amp;#039;Europe pour la science 2025&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;   Pour trouver votre Point de Contact National (NCP) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;   &lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-2-msca-actions_horizon-2023-2024_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) :&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;HORIZON-MSCA-2025-COFUND-02&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://rea.ec.europa.eu/funding-and-grants/horizon-europe-marie-sklodowska-curie-actions_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Santé
 Commerces et services
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 International
 Transports collectifs et optimisation des trafics routiers
 Industrie
 Sécurité</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P138" s="1" t="inlineStr">
+      <c r="P134" s="1" t="inlineStr">
         <is>
           <t>01/10/2025</t>
         </is>
       </c>
-      <c r="Q138" s="1" t="inlineStr">
+      <c r="Q134" s="1" t="inlineStr">
         <is>
           <t>03/12/2025</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-msca-choisir-leurope-pour-la-science-2025-2025/</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-msca-choisir-leurope-pour-la-science-2025-2025/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>165105</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Développer la mobilité européenne des apprentis et des professionnels de l’insertion - ESCALE</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Mobilité européenne des apprentis et des professionnels de l’insertion - ESCALE</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de mobilité pour vos apprentis de niveau 3 et 4 ou pour vos personnels, et vous êtes membres du consortium régional ESCALE ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale et européenne :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Une &lt;/strong&gt;&lt;strong&gt;avance de trésorerie de 50% &lt;/strong&gt;&lt;strong&gt;dès l’accord de financement&lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses remboursées jusqu’à 100% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une structure membre du consortium régional ERASMUS &amp;#43; ESCALE&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Un projet de mobilité européenne ou internationale pour des apprentis de niveau 3 et 4, ou pour votre personnel&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 100 % du montant des dépenses retenues en € TTC&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Les frais de transport, de restauration et d’hébergement liés à la réalisation d’une visite préparatoire si celle-ci est nécessaire ;&lt;/li&gt;
 &lt;li&gt;Les frais de transport, de restauration et d’hébergement au cours du séjour ;&lt;/li&gt;
 &lt;li&gt;Les activités culturelles et pédagogiques sous réserve que celles-ci soient en lien avec la formation des apprentis et/ ou avec des thématiques liées à la citoyenneté européenne.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
 &lt;p&gt;Privilégiez un envoi par mail : &lt;a href="mailto:nomdudispositif&amp;#64;grandest.fr"&gt;escale&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;ET/OU&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;(à partir du 4 novembre) &lt;strong&gt;ou par mail selon l’indication du service instructeur,&lt;/strong&gt;&lt;strong&gt; le plus tôt possible et impérativement avant&lt;/strong&gt; le démarrage de votre projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P139" s="1" t="inlineStr">
+      <c r="P135" s="1" t="inlineStr">
         <is>
           <t>21/10/2024</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une structure membre du consortium régional ERASMUS &amp;#43; ESCALE&lt;/p&gt;&lt;p&gt;Et si votre projet concerne :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un projet de mobilité européenne ou internationale pour des apprentis de niveau 3 et 4, ou pour votre personnel&lt;/p&gt;&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/mobilite-europeenne-apprentis-professionnels-insertion/</t>
         </is>
       </c>
-      <c r="W139" s="1" t="inlineStr">
+      <c r="W135" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0283/depot/simple</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Privilégiez un envoi par mail : escale&amp;#64;grandest.fr&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;ET/OU&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Déposez votre demande en ligne (à partir du 4 novembre) ou par mail selon l’indication du service instructeur, le plus tôt possible et impérativement avant le démarrage de votre projet.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-europeenne-des-apprentis-et-des-professionnels-de-linsertion-escale/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>165125</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Transformer des zones d’activités Star’Est</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Transformation des zones d’activités Star’Est</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de montée en gamme de votre zone d’activités ou de libération de foncier ?&lt;/h2&gt;&lt;ul&gt;
 &lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 500 000 € pour les travaux et 250 000 € pour les études &lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une personne morale (de droit public ou de droit privé) gestionnaire de zones d’activités sur le territoire du Grand Est&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;L’amélioration du niveau de maturité et d’attractivité des zones d’activités déjà existantes et référencées dans la démarche Star’Est&lt;/li&gt;
 &lt;li&gt;Le compactage ou la reconfiguration d’une zone non référencée Star’Est, dès lors que ce projet peut aboutir à la libération de foncier&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
 &lt;h4&gt;Pour les projets comprenant des travaux :&lt;strong&gt;&lt;br /&gt;
 &lt;/strong&gt;&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 30 % du montant des dépenses retenues en €&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;L’aide est plafonnée, et son maximum est de 500 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;h4&gt;Pour les projets se limitant à des études :&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en €&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;L’aide est plafonnée, et son maximum est de 250 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Pour les zones Star’Est&lt;/strong&gt;, les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;les travaux d’aménagement (voirie, mobilité douce, réseaux, etc.)&lt;/li&gt;
 &lt;li&gt;le financement de fouilles préventives&lt;/li&gt;
 &lt;li&gt;le raccordement des utilités sur site&lt;/li&gt;
 &lt;li&gt;les études préalables à la réalisation d’investissements (mobilité, attractivité, optimisation foncière, faisabilité d’assainissement, programmation d’un pôle de vie de type pôle multimodal, etc.)&lt;/li&gt;
 &lt;li&gt;les études et les diagnostics lorsqu’ils sont nécessaires à la réalisation d’investissements&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Pour les &lt;strong&gt;projets de compactage et reconfiguration&lt;/strong&gt; de zones d’activités non référencées dans la démarche Star’Est, les &lt;strong&gt;dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;les études de potentiel et de projection préalables à la réalisation de travaux&lt;/li&gt;
 &lt;li&gt;les travaux d’aménagement (voirie, mobilité douce, réseaux, etc.) découlant de ces études&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;ET&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;&lt;strong&gt;dans les 6 mois &lt;/strong&gt;suivants la notification de marché public ou la signature du devis.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P140" s="1" t="inlineStr">
+      <c r="P136" s="1" t="inlineStr">
         <is>
           <t>22/04/2024</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/transformation-za-starest/</t>
         </is>
       </c>
-      <c r="W140" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;ET &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne dans les 6 mois suivants la notification de marché public ou la signature du devis.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Contactez Didier VIDAL-BANOS&lt;br /&gt;&lt;/p&gt;&lt;p&gt;didier.vidal-banos&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel :  03 69 31 86 22&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/transformation-des-zones-dactivites-starest/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E141" s="1" t="inlineStr">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>165158</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - EURATOM - Prix de l'innovation SOFT - 2026</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - EURATOM - Prix de l&amp;apos;innovation SOFT - 2026</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;100,000 euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 100,000 euros  &lt;ul&gt;    &lt;li&gt;Pour le 1er prix : 50,000 euros&lt;/li&gt;    &lt;li&gt;Pour le 2ème prix : 30,000 euros&lt;/li&gt;    &lt;li&gt;Pour le 3ème prix : 20,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;u&gt;TOPICS&lt;/u&gt; :   A venir  &lt;ul&gt;    &lt;li&gt;EURATOM-2026-SOFT-PRIZE : Prix de l&amp;#039;innovation SOFT&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Contact : RTD-FUSION&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/euratom/wp-call/2023-2025/roc_euratom-2026-soft-prize_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EURATOM-2026-SOFT-PRIZE?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;EURATOM-2026-SOFT-PRIZE&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://rea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/euratom-research-and-training-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+International
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P137" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2025</t>
+        </is>
+      </c>
+      <c r="Q137" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-euratom-prix-de-linnovation-soft-2026/</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-euratom-prix-de-linnovation-soft-2026/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>165204</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Soutien à la mise en œuvre de la mission pour des villes intelligentes et climatiquement neutres - 2026</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Soutien à la mise en œuvre de la mission pour des villes intelligentes et climatiquement neutres - 2026</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
-[...218 lines deleted...]
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;37 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 37 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 7 millions et 12 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;u&gt;TOPICS&lt;/u&gt; :   Ouvert  &lt;ul&gt;    &lt;li&gt;HORIZON-MISS-2026-04-PCP-CIT-01: Stimuler la transformation vers des villes neutres sur le plan climatique, l&amp;#039;économie nette zéro et l&amp;#039;autonomie stratégique ouverte grâce aux achats publics avant commercialisation (APC)&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (PCN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2025/wp-12-missions_horizon-2025_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/HORIZON-MISS-2026-04-PCP-CIT-01?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;HORIZON-MISS-2026-04-PCP&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations :&lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/eu-missions-horizon-europe/climate-neutral-and-smart-cities_en" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Transition énergétique
 Education et renforcement des compétences
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 International
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P143" s="1" t="inlineStr">
+      <c r="P138" s="1" t="inlineStr">
         <is>
           <t>06/05/2025</t>
         </is>
       </c>
-      <c r="Q143" s="1" t="inlineStr">
+      <c r="Q138" s="1" t="inlineStr">
         <is>
           <t>20/01/2026</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-soutien-a-la-mise-en-oeuvre-de-la-mission-pour-des-villes-intelligentes-et-climatiquement-neutres-2026/</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-soutien-a-la-mise-en-oeuvre-de-la-mission-pour-des-villes-intelligentes-et-climatiquement-neutres-2026/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>165247</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’accès à l’eau potable et l’assainissement via des actions internationales pour un projet porté par une collectivité</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Actions internationales pour un projet porté par une collectivité</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I144" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient des actions internationales
  menées par des collectivités dans le cadre de projets de solidarité et 
 de coopération.&lt;/p&gt;
 &lt;p&gt;Elle accompagne financièrement et techniquement les projets portés 
 par ces collectivités pour améliorer l&amp;#039;accès à l’eau potable et à 
 l’assainissement, en particulier dans les zones défavorisées. Ce soutien
  vise à promouvoir une gestion durable des ressources en eau, en ligne 
 avec les objectifs de développement durable de l&amp;#039;ONU.&lt;/p&gt;
 &lt;p&gt;L’agence peut également bonifier le taux d’aide pour les projets 
 menés dans des bassins spécifiques, en lien avec des partenariats 
 institutionnels.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 International</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P144" s="1" t="inlineStr">
+      <c r="P139" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q144" s="1" t="inlineStr">
+      <c r="Q139" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour déposer une demande d’aide, vous devez déjà avoir établi un 
 avant-projet et disposer d’éléments fiables de définition technique et 
 d&amp;#039;estimation financière.&lt;/p&gt;
 &lt;p&gt;Les critères d’éligibilité des demandes sont :&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;une participation financière des collectivités du bassin Loire-Bretagne de 5 % minimum,&lt;/li&gt;&lt;li&gt;une participation de la population locale bénéficiaire (en numéraire et/ou en valorisation) de 5 % minimum.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;Vous vous engagez à associer l’agence de l’eau à vos actions de communication liées à la réalisation de l’opération.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/int/int1-actions-internationales-pour-un-projet-porte-par-une-collec.html</t>
         </is>
       </c>
-      <c r="W144" s="1" t="inlineStr">
+      <c r="W139" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lacces-a-leau-potable-et-lassainissement-via-des-actions-internationales-pour-un-projet-porte-par-une-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>165298</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Développer les stages à l’étranger post bac - année académique 2025-2026</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Stages à l’étranger post bac - année académique 2025-2026</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Contribuer à la réalisation d’un stage professionnel à l’étranger, d’une durée de 2 semaines minimum pour les étudiants inscrits dans un établissement d’enseignement ou auprès d’un organisme de formation de la Région Nouvelle-Aquitaine. Afin de renforcer son soutien aux publics les plus précaires, la Région Nouvelle-Aquitaine met en place un « bonus inclusion » à l’attention des jeunes présentant des critères de ressources bas.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L’aide de la Région Nouvelle-Aquitaine sera apportée sous la forme d’une enveloppe globale pour l’ensemble du parcours de formation des apprenants, jusqu’au niveau Master2 inclus, dans laquelle ils pourront puiser à l’occasion de chacune de leurs mobilités, dans la limite du plafond prévu. Le montant de cette enveloppe globale régionale est fixé à 3 600 € maximum pour les non boursiers et 4 500 € maximum pour les boursiers (hors prise en compte des situations de handicap).&lt;/p&gt;&lt;p&gt;Le plafond de financement par année académique est de 26 semaines maximum par dispositif.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide régionale est susceptible d’être accordée sous la forme d&amp;#039;une bourse calculée de la façon suivante :&lt;/p&gt;&lt;p&gt;pour les boursiers :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 110 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;pour les non boursiers :&lt;/p&gt;&lt;p&gt;une aide de 80 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;Une semaine est réputée complète lorsqu&amp;#039;elle comporte au minimum trois jours ouvrés.&lt;/p&gt;&lt;p&gt;Les dates de trajet ne sont pas prises en compte dans le calcul de la bourse.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les apprenants en situation de handicap, les frais supplémentaires dans le cadre du stage pourront être pris en charge par la Région sur présentation de factures (hors frais de taxi individuel, dans la limite de 1 000 € par stage) déduction faite des financements spécifiques obtenus par ailleurs.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette aide financière de la Région Nouvelle-Aquitaine contribue à la réalisation par l’apprenant du séjour à l’étranger mais ne saurait couvrir l’intégralité des frais afférents. Il convient donc pour l’apprenant de s’assurer avant le départ de disposer d’un budget complémentaire couvrant tous les frais.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La bourse est versée en deux fois :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Premier versement : 80 % de la bourse&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous recevez 80% de la bourse après que votre dossier a été accepté.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour recevoir cette première partie de la bourse dès votre arrivée à l’étranger, et dans un délai maximum de 2 mois après la date de début de stage, vous devez fournir :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;un justificatif nominatif de transport (billet d&amp;#039;avion, ou de train, ticket de péage),&lt;br /&gt;&lt;/p&gt;&lt;p&gt;une attestation d&amp;#039;arrivée signée par la structure d&amp;#039;accueil à l&amp;#039;étranger certifiant la présence à l&amp;#039;étranger et la date de début du stage&lt;/p&gt;&lt;p&gt;Deuxième versement : le reste de la bourse&lt;/p&gt;&lt;p&gt;Vous devez faire une demande en ligne sur le site Mes Démarches en Nouvelle-Aquitaine. Cette démarche doit être effectuée au maximum 2 mois après la date de fin de votre stage.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous devez ajouter 2 documents : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;une attestation de fin de stage &lt;br /&gt;&lt;/p&gt;&lt;p&gt;justificatif nominatif de transport retour&lt;/p&gt;&lt;p&gt;L’attestation de fin de stage doit :&lt;/p&gt;&lt;p&gt;préciser les dates réelles de début et de fin de stage, &lt;br /&gt;&lt;/p&gt;&lt;p&gt;être datée et signée par la structure d’accueil à l’étranger &lt;/p&gt;&lt;p&gt; être contresignée par l’établissement d’étude/formation en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Dans le cas où la durée effectivement réalisée est inférieure à la durée initialement prévue, l&amp;#039;aide au séjour sera automatiquement révisée en fonction de la durée effective.&lt;/p&gt;&lt;p&gt;Lorsque la durée effective de la mobilité est supérieure à la durée initialement prévue, la modification ne donne pas lieu à correction du montant de l’allocation. Le dépôt d’un second dossier est possible.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine émettra un titre de recette si le montant de la première avance versée est supérieur au montant définitif de la bourse.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;De même en cas de non-réalisation du séjour, de réalisation partielle ou si la durée minimum n&amp;#039;est pas réalisée, et conformément à l’article L242-2 du code des relations entre le public et l’administration et la procédure de retrait de décision créatrice de droit, un titre de recette sera émis pour le remboursement des sommes déjà versées, sauf circonstances exceptionnelles, notamment accident, décès d’un proche, rapatriement, catastrophes naturelles, dûment attestées, et après instruction.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Toute remise des documents demandés au-delà du délai maximum de 2 mois après la date de fin de mobilité pourra entrainer une demande de remboursement des sommes déjà perçues.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+International</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;étudiant&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;apprenti&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Inscrit dans un établissement d’enseignement ou de formation de la Région Nouvelle-Aquitaine et réalisant un stage à l’étranger dans le cadre de son cursus en formation initiale ou continue.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire doit être inscrit dans un établissement reconnu et habilité par l’Etat à délivrer des diplômes, ou reconnu et/ou agréé par la Région Nouvelle-Aquitaine pour les formations sanitaires et sociales. En outre, le diplôme préparé doit être reconnu par l’Etat au titre d’une formation diplômante enregistrée au Répertoire National des Certifications Professionnelles (RNCP).&lt;/p&gt;&lt;p&gt;Sont inéligibles les mobilités des étudiants domiciliés hors Nouvelle-Aquitaine inscrits dans des formations réalisées à distance et proposées par des établissements du territoire de la Région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Le bénéficiaire doit être âgé de moins de 31 ans à la date du début de sa mobilité.&lt;/p&gt;&lt;p&gt;Le plafond des revenus est fixé à 50 000€ (revenu fiscal de référence, pondéré par les points de charge - cf. point 2 Conditions de ressources et points de charge du Règlement régional stages à l&amp;#039;étranger post bac à télécharger en bas de page) &lt;/p&gt;&lt;p&gt;Le niveau de ressources apprécié est celui du ou des parents de l’étudiant, sauf si ce dernier est indépendant financièrement.&lt;/p&gt;&lt;p&gt;Le bénéficiaire ne doit pas cumuler pour le même stage une autre aide de la Région Nouvelle-Aquitaine, une aide à la  mobilité internationale (AMI) (du Ministère dont dépend l&amp;#039;établissement d&amp;#039;études du bénéficiaire) ou une aide Erasmus&amp;#43;&lt;/p&gt;&lt;p&gt;Le bénéficiaire pourra solliciter d’autres financements par ailleurs (auprès de collectivités locales, associations, entreprises, etc.).&lt;/p&gt;&lt;p&gt;Le stage doit se dérouler hors du territoire français. Les stages se déroulant dans un territoire, département, région ou collectivité d’outre-mer ne sont pas éligibles. En outre, les stages auprès d’entreprises étrangères, effectués en télétravail depuis la France, ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;La durée du stage doit être au minimum de 2 semaines consécutives.&lt;/p&gt;&lt;p&gt;Le stage doit correspondre à une mise en situation professionnelle, être réalisé au sein d&amp;#039;une seule structure d&amp;#039;accueil et faire l’objet d’une convention signée entre l’entreprise d’accueil à l’étranger, l’établissement d’études / formation en Nouvelle-Aquitaine et l’étudiant.&lt;/p&gt;&lt;p&gt;Les stages réalisés au cours d’une année de césure et qui ne génèrent pas de crédits ECTS ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;L’établissement d’études / formation s’assurera que des conditions de travail satisfaisantes sont respectées.&lt;/p&gt;&lt;p&gt;Les demandes doivent être déposées et envoyées sur la plateforme de gestion des aides régionales avant le début du stage. Toute demande envoyée après la date de début du stage sera automatiquement refusée&lt;/p&gt;&lt;p&gt;Les demandeurs disposent ensuite d’un délai maximum de 2 mois après la date de début du stage pour transmettre les documents complémentaires demandés par le service instructeur. Passé ce délai, la demande sera automatiquement refusée.&lt;/p&gt;&lt;p&gt;Les demandes doivent être co-instruites favorablement sur la plateforme de gestion des aides régionales par l&amp;#039;établissement d&amp;#039;enseignement ou de formation qui, en cas de situation particulière, sollicitera l’avis de la Région quant à la pertinence de l’octroi d’une aide financière régionale.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants de nationalité étrangère pour la réalisation d&amp;#039;un stage dans leur pays d&amp;#039;origine ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants dont l&amp;#039;entreprise d&amp;#039;accueil est située à moins de 100 km du lieu de résidence en France sont éligibles si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni. &lt;/p&gt;&lt;p&gt;Pour les étudiants français effectuant un stage professionnel dans un pays dont ils ont également la nationalité, l&amp;#039;aide régionale sera accordée si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni.&lt;/p&gt;&lt;p&gt;Les stages faisant l’objet d’une indemnisation mensuelle nette ou d’une participation financière d’un Opérateur de Compétences (OPCO) supérieure ou égale à 700 € ne sont pas éligibles. Le taux de conversion est celui à la date de début de stage. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/stages-letranger-post-bac-annee-academique-2025-2026</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour les bénéficiaires&lt;/p&gt;&lt;p&gt;Le dépôt de votre demande d&amp;#039;aide s’effectue sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine avant la date de début du stage. Les demandes déposées et envoyées après la date de début de stage seront refusées.&lt;/p&gt;&lt;p&gt;La plateforme est accessible par le bouton «Créer mon dossier» en bas de cette page.&lt;/p&gt;&lt;p&gt;Pour déposer votre demande d’aide, il est nécessaire de créer un compte sur notre plateforme, si vous n’en possédez pas déjà un. Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un tutoriel d’aide «Comment bien saisir ma demande» est à votre disposition dans les documents à télécharger au bas de la page pour vous accompagner dans cette démarche.&lt;/p&gt;&lt;p&gt;Après l’envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services.Le dépôt d&amp;#039;une demande ne vaut pas acceptation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une fois la demande finalisée par vos soins (bouton &amp;#34;envoyer&amp;#34;), et validée par votre établissement d&amp;#039;enseignement ou de formation, le service instructeur de la Région vérifiera si votre dossier est complet. Des informations complémentaires pourront vous être demandées. Votre dossier sera ensuite étudié par nos services.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; un CV (Curriculum Vitae)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la carte d&amp;#039;identité (recto-verso) ou passeport, ou la carte de séjour pour les ressortissants étrangers, en cours de validité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’avis imposition du ou des parents du demandeur (ou celui du demandeur si indépendant financièrement) sur les revenus de l’année qui précède l’année académique de la mobilité (exemple pour l&amp;#039;année académique 2025/2026, les revenus étudiés seront ceux de l&amp;#039;année 2024 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un relevé d&amp;#039;identité bancaire au nom du bénéficiaire avec logo de la banque et datant de moins de 3 mois&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la convention de stage signée par l&amp;#039;entreprise à l’étranger, l’établissement d&amp;#039;enseignement ou de formation de la Région Nouvelle-Aquitaine et le stagiaire (les contrats de travail ne sont pas acceptés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En supplément, le cas échéant :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;les justificatifs de la scolarité pour l’année académique en cours des frères et sœurs du demandeur, étudiant dans l’enseignement supérieur,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’attestation définitive d’attribution de bourses sur critères sociaux de l’année académique de l’année de la mobilité, délivrée en France,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’entreprise d’accueil est située à moins de 100 km du lieu de résidence en France,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’apprenant français effectue un stage dans un des pays dont il a également la nationalité (plurinationaux)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une carte d’invalidité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le demandeur dispose d’un délai de deux mois maximum à compter de sa date de début de stage pour fournir l’ensemble des pièces demandées par le service instructeur, passé ce délai le dossier sera refusé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/stages-a-letranger-post-bac-annee-academique-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>165299</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Développer les séjours d'études à l’étranger post bac - année académique 2025-2026</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Séjours d'études à l’étranger post bac - année académique 2025-2026</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>La Région Nouvelle-Aquitaine souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi. Contribuer à la réalisation d’un séjour d&amp;#039;études à l’étranger, d’une durée de 8 semaines minimum pour les étudiants inscrits dans un établissement d’enseignement ou auprès d’un organisme de formation de la Région Nouvelle-Aquitaine. Afin de renforcer son soutien aux publics les plus précaires, la Région Nouvelle-Aquitaine met en place un «bonus inclusion » à l’attention des jeunes présentant des critères de ressources bas.</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L’aide de la Région Nouvelle-Aquitaine sera apportée sous la forme d’une enveloppe globale pour l’ensemble du parcours de formation des apprenants, jusqu’au niveau Master2 inclus, dans laquelle ils pourront puiser à l’occasion de chacune de leurs mobilités, dans la limite du plafond prévu. Le montant de cette enveloppe globale régionale est fixé à 3 600 € maximum pour les non boursiers et 4 500 € maximum pour les boursiers (hors prise en compte des situations de handicap).&lt;/p&gt;&lt;p&gt;Le plafond de financement par année académique est de 26 semaines maximum par dispositif.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide régionale est susceptible d’être accordée sous la forme d&amp;#039;une bourse calculée de la façon suivante :&lt;/p&gt;&lt;p&gt;pour les boursiers :&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 110 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;pour les non boursiers :&lt;/p&gt;&lt;p&gt;une aide de 80 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;Une semaine est réputée complète lorsqu&amp;#039;elle comporte au minimum trois jours ouvrés.&lt;/p&gt;&lt;p&gt;Les dates de trajet ne sont pas prises en compte dans le calcul de la bourse.&lt;/p&gt;&lt;p&gt;Pour les apprenants en situation de handicap, les frais supplémentaires dans le cadre du stage pourront être pris en charge par la Région sur présentation de factures (hors frais de taxi individuel, dans la limite de 1 000 € par stage) déduction faite des financements spécifiques obtenus par ailleurs.&lt;/p&gt;&lt;p&gt;Cette aide financière de la Région Nouvelle-Aquitaine contribue à la réalisation par l’apprenant du séjour à l’étranger mais ne saurait couvrir l’intégralité des frais afférents. Il convient donc pour l’apprenant de s’assurer avant le départ de disposer d’un budget complémentaire couvrant tous les frais.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La bourse est versée en deux fois :&lt;/p&gt;&lt;p&gt;Premier versement : 80 % de la bourse&lt;/p&gt;&lt;p&gt;Vous recevez 80% de la bourse après que votre dossier a été accepté.&lt;/p&gt;&lt;p&gt;Pour recevoir cette première partie de la bourse dès votre arrivée à l’étranger, et dans un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études, vous devez fournir :&lt;/p&gt;&lt;p&gt;un justificatif nominatif de transport (billet d&amp;#039;avion, ou de train, ticket de péage),&lt;/p&gt;&lt;p&gt;une attestation d&amp;#039;arrivée signée par la structure d&amp;#039;accueil à l&amp;#039;étranger certifiant la présence à l&amp;#039;étranger et la date de début du séjour&lt;/p&gt;&lt;p&gt;Deuxième versement : le reste de la bourse&lt;/p&gt;&lt;p&gt;Vous devez faire une demande en ligne sur le site Mes Démarches en Nouvelle-Aquitaine. Cette démarche doit être effectuée au maximum 2 mois après la date de fin de votre séjour d&amp;#039;études.&lt;/p&gt;&lt;p&gt;Vous devez ajouter 2 documents : &lt;/p&gt;&lt;p&gt;une attestation de fin de séjour&lt;/p&gt;&lt;p&gt;un justificatif nominatif de transport retour&lt;/p&gt;&lt;p&gt;L’attestation de fin de stage doit :&lt;/p&gt;&lt;p&gt;préciser les dates réelles de début et de fin de séjour, &lt;/p&gt;&lt;p&gt;être datée et signée par la structure d’accueil à l’étranger &lt;/p&gt;&lt;p&gt;être contresignée par l’établissement d’étude/formation en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Dans le cas où la durée effectivement réalisée est inférieure à la durée initialement prévue, l&amp;#039;aide au séjour sera automatiquement révisée en fonction de la durée effective.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lorsque la durée effective de la mobilité est supérieure à la durée initialement prévue, la modification ne donne pas lieu à correction du montant de l’allocation. Le dépôt d’un second dossier est possible.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine émettra un titre de recette si le montant de la première avance versée est supérieur au montant définitif de la bourse.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;De même en cas de non-réalisation du séjour, de réalisation partielle ou si la durée minimum n&amp;#039;est pas réalisée, et conformément à l’article L242-2 du code des relations entre le public et l’administration et la procédure de retrait de décision créatrice de droit, un titre de recette sera émis pour le remboursement des sommes déjà versées, sauf circonstances exceptionnelles, notamment accident, décès d’un proche, rapatriement, catastrophes naturelles, dûment attestées, et après instruction.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Toute remise des documents demandés au-delà du délai maximum de 2 mois après la date de fin de mobilité pourra entrainer une demande de remboursement des sommes déjà perçues.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;étudiant&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;apprenti&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Inscrit dans un établissement d’enseignement ou de formation de la Région Nouvelle-Aquitaine et réalisant un séjour d&amp;#039;études à l’étranger dans le cadre de son cursus en formation initiale ou continue.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt; Le bénéficiaire doit être inscrit dans un établissement reconnu et habilité par l’Etat à délivrer des diplômes, ou reconnu et/ou agréé par la Région Nouvelle-Aquitaine pour les formations sanitaires et sociales. En outre, le diplôme préparé doit être reconnu par l’Etat au titre d’une formation diplômante enregistrée au Répertoire National des Certifications Professionnelles (RNCP).&lt;/p&gt;&lt;p&gt;Sont inéligibles les mobilités des étudiants domiciliés hors Nouvelle-Aquitaine inscrits dans des formations réalisées à distance et proposées par des établissements du territoire de la Région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire doit être âgé de moins de 31 ans à la date du début de sa mobilité.&lt;/p&gt;&lt;p&gt;Le plafond des revenus est fixé à 50 000€ (revenu fiscal de référence, pondéré par les points de charge - cf. point 2 Conditions de ressources et points de charge du Règlement régional séjours d&amp;#039;études à l&amp;#039;étranger post bac à télécharger en bas de page).&lt;/p&gt;&lt;p&gt;Le niveau de ressources apprécié est celui du ou des parents de l’étudiant, sauf si ce dernier est indépendant financièrement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt; Le séjour d&amp;#039;études doit se dérouler hors du territoire français. Les séjours d&amp;#039;études se déroulant dans un territoire, département, région ou collectivité d’outre-mer ne sont pas éligibles. En outre, les séjours d&amp;#039;études dans des établissements étrangers, effectués en distanciel depuis la France, ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Un séjour d&amp;#039;études faisant l&amp;#039;objet d&amp;#039;une participation financière d&amp;#039;un Opérateur de Compétences (OPCO) supérieure ou égale à 700€ n&amp;#039;est pas éligible&lt;/p&gt;&lt;p&gt;La durée du séjour d&amp;#039;études doit être au minimum de 8 semaines consécutives.&lt;/p&gt;&lt;p&gt;Le séjour d&amp;#039;études doit être réalisé au sein d&amp;#039;un seul établissement et faire l’objet d’un contrat d&amp;#039;études ou de formation.&lt;/p&gt;&lt;p&gt;Le séjour d&amp;#039;études doit être validant pour l&amp;#039;obtention du diplôme préparé.&lt;/p&gt;&lt;p&gt;Les séjours d&amp;#039;étude réalisés au cours d’une année de césure et qui ne génèrent pas de crédits ECTS ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les demandes doivent être déposées et envoyées sur la plateforme de gestion des aides régionales avant le début du séjour d&amp;#039;études. Toute demande envoyée après la date de début du séjour d&amp;#039;études sera automatiquement refusée&lt;/p&gt;&lt;p&gt;Les demandeurs disposent ensuite d’un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études pour transmettre les documents complémentaires demandés par le service instructeur. Passé ce délai, la demande sera automatiquement refusée.&lt;/p&gt;&lt;p&gt;Les demandes doivent être co-instruites favorablement sur la plateforme de gestion des aides régionales par l&amp;#039;établissement d&amp;#039;enseignement ou de formation qui, en cas de situation particulière, sollicitera l’avis de la Région quant à la pertinence de l’octroi d’une aide financière régionale.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants de nationalité étrangère pour la réalisation d&amp;#039;un stage dans leur pays d&amp;#039;origine ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants dont la structure d&amp;#039;accueil est située à moins de 100 km du lieu de résidence en France sont éligibles si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni. &lt;/p&gt;&lt;p&gt;Pour les étudiants français effectuant un séjour d&amp;#039;études dans un pays dont ils ont également la nationalité, l&amp;#039;aide régionale sera accordée si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni.&lt;/p&gt;&lt;p&gt;Toute demande non complète dans un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études sera automatiquement refusée.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/sejours-detudes-letranger-post-bac-annee-academique-2025-2026</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour les bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le dépôt de votre demande d&amp;#039;aide s’effectue sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine avant la date de début du séjour d&amp;#039;études. Les demandes déposées et envoyées après la date de début du séjour d&amp;#039;études seront refusées.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La plateforme est accessible par le bouton «Créer mon dossier» en bas de cette page.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour déposer votre demande d’aide, il est nécessaire de créer un compte sur notre plateforme, si vous n’en possédez pas déjà un. Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;/p&gt;&lt;p&gt;Un tutoriel d’aide «Procédure de dépôt d&amp;#039;une demande d&amp;#039;aide» est à votre disposition, dans les documents à télécharger, au bas de la page pour vous accompagner dans cette démarche.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après l’envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services.Le dépôt d&amp;#039;une demande ne vaut pas acceptation.&lt;/p&gt;&lt;p&gt;Une fois la demande finalisée par vos soins (bouton &amp;#34;envoyer&amp;#34;), et validée par votre établissement d&amp;#039;enseignement ou de formation, le service instructeur de la Région vérifiera si votre dossier est complet. Des informations complémentaires pourront vous être demandées. Votre dossier sera ensuite étudié par nos services.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;un CV (Curriculum Vitae)&lt;/p&gt;&lt;p&gt;la carte d&amp;#039;identité (recto-verso) ou passeport, ou la carte de séjour pour les ressortissants étrangers, en cours de validité&lt;/p&gt;&lt;p&gt;l’avis imposition du ou des parents du demandeur (ou celui du demandeur si indépendant financièrement) sur les revenus de l’année qui précède l’année académique de la mobilité (exemple pour l&amp;#039;année académique 2025/2026, les revenus étudiés seront ceux de l&amp;#039;année 2024 &lt;/p&gt;&lt;p&gt;un relevé d&amp;#039;identité bancaire au nom du bénéficiaire avec logo de la banque et datant de moins de 3 mois&lt;/p&gt;&lt;p&gt;le contrat d&amp;#039;études/formation ou tout document attestant du séjour précisant les dates de début et de fin de la période d&amp;#039;accueil dans l&amp;#039;établissement étranger ainsi que la destination&lt;/p&gt;&lt;p&gt;En supplément, le cas échéant :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;les justificatifs de la scolarité pour l’année académique en cours des frères et sœurs du demandeur, étudiant dans l’enseignement supérieur,&lt;/p&gt;&lt;p&gt;l’attestation définitive d’attribution de bourses sur critères sociaux de l’année académique de l’année de la mobilité, délivrée en France,&lt;/p&gt;&lt;p&gt;un contrat de location à l’étranger si l’entreprise d’accueil est située à moins de 100 km du lieu de résidence en France,&lt;/p&gt;&lt;p&gt;un contrat de location à l’étranger si l’apprenant français effectue un stage dans un des pays dont il a également la nationalité (plurinationaux)&lt;/p&gt;&lt;p&gt;une carte d’invalidité.&lt;/p&gt;&lt;p&gt;Le demandeur dispose d’un délai de deux mois maximum à compter de sa date de début de séjour pour fournir l’ensemble des pièces demandées par le service instructeur, passé ce délai le dossier sera refusé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sejours-detudes-a-letranger-post-bac-annee-academique-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>165300</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Stages à l’étranger infra bac - année académique 2025-2026</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Stages à l’étranger infra bac - année académique 2025-2026</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle grâce à une expérience internationale,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étranger d&amp;#039;une durée de 2 semaines minimum pour les jeunes inscrits dans un établissement d&amp;#039;enseignement ou auprès d&amp;#039;un organisme de formation de la Région Nouvelle-Aquitaine et autorisés par dérogation, à cumuler un financement ERASMUS&amp;#43;  pour la même mobilité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les actions présentées dans ce volet d’intervention sont mises en place chaque année dans la limite de l’enveloppe budgétaire allouée à la politique « Mobilité Internationale » sur l’année civile.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide régionale est susceptible d’être accordée sous la forme d&amp;#039;une bourse qui se décompose comme suit :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;une aide forfaitaire au séjour de 80 € maximum par semaine complète de stage (une semaine est réputée complète lorsqu&amp;#039;elle comporte au minimum trois jours ouvrés),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un bonus de 20 € maximum par semaine pour les apprenants ayant un statut de boursier, les apprentis et les stagiaires de la formation professionnelle.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les dates de trajet ne sont pas prises en compte dans le calcul de la bourse.&lt;/p&gt;&lt;p&gt;Pour les apprenants en situation de handicap, les frais supplémentaires dans le cadre du stage pourront être pris en charge par la Région sur présentation de factures (hors frais de taxi individuel, dans la limite de 1000 € par stage) déduction faite des financements spécifiques obtenus par ailleurs.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette aide financière de la Région contribue à la réalisation par l’apprenant du séjour à l’étranger mais ne saurait couvrir l’intégralité des frais afférents. Il convient donc pour l’apprenant de s’assurer avant le départ de disposer d’un budget complémentaire couvrant tous les frais.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;lycéen&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;apprenti&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;inscrit dans un établissement d&amp;#039;enseignement ou de formation de la Région Nouvelle-Aquitaine (lycées publics ou privés sous contrat, CFA, MFR, EREA, opérateurs de formation), et réalisant dans le cadre de son cursus en formation initiale ou continue (Infra Bac jusqu’au niveau 4 inclus), un stage professionnel à l&amp;#039;étranger.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Votre formation :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le stage doit s’inscrire dans le cadre d’une formation délivrée par un établissement reconnu et habilité par l’Etat à délivrer des diplômes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre situation :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Vous devez avoir moins de 31 ans à la date du début de stage.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si vous êtes de nationalité étrangère, vous ne pouvez pas faire votre stage dans votre pays d&amp;#039;origine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si vous êtes de nationalité française, et que vous partez faire un stage dans un pays dont vous avez aussi la nationalité, vous devrez fournir un contrat de location à l&amp;#039;étranger pour recevoir l&amp;#039;aide.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si votre entreprise de stage est située à moins de 100km de votre domicile en France, vous devrez fournir un contrat de location à l&amp;#039;étranger pour recevoir l&amp;#039;aide.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre stage : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le stage doit se dérouler à l&amp;#039;étranger en dehors du territoire français. Les stages se déroulant dans un territoire, département, région ou collectivité d’outre-mer ne sont pas éligibles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les stages auprès d’entreprises étrangères, effectués en télétravail depuis la France, ne sont pas éligibles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le stage doit durer au minimum 2 semaines consécutives.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le stage doit correspondre à une mise en situation professionnelle. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Il doit se faire dans une seule entreprise ou structure d&amp;#039;accueil et vous devez avoir signé une convention de stage.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Votre établissement en Nouvelle-Aquitaine doit vérifier et s&amp;#039;assurer que les conditions d&amp;#039;accueil et de stage sont satisfaisantes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Vous ne pouvez pas recevoir cette bourse si vous avez déjà : &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;une autre aide de la Région Nouvelle-Aquitaine pour le même stage&lt;br /&gt;&lt;/p&gt;&lt;p&gt;un financement d&amp;#039;un OPCO (Opérateur de Compétences). Le financement OPCO lorsqu&amp;#039;il est possible reste la priorité pour les apprentis&lt;/p&gt;&lt;p&gt;une aide Erasmus&amp;#43;&lt;/p&gt;&lt;p&gt;Exception possible si vous êtes :&lt;/p&gt;&lt;p&gt; élève boursier&lt;br /&gt;&lt;/p&gt;&lt;p&gt;stagiaire de la formation professionnelle&lt;/p&gt;&lt;p&gt; ou apprenti (sans financement OPCO pour le même stage)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre demande de bourse : &lt;/p&gt;&lt;p&gt;Vous devez créer votre demande avant la date de début de stage.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si vous créez la demande après la date de début de stage, elle sera automatiquement refusée.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/stages-letranger-infra-bac-annee-academique-2025-2026</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;La demande de bourse régionale doit être créée avant le départ en stage. L’envoi de la demande sera à effectuer dans un délai maximum de 2 mois après la date de fin stage. &lt;/p&gt;&lt;p&gt;La demande de bourse doit être co-instruite favorablement sur la plateforme de gestion des aides régionales par l&amp;#039;établissement d&amp;#039;enseignement ou de formation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La création de votre demande d&amp;#039;aide s&amp;#039;effectue sur notre plateforme en ligne &amp;#34;Mes démarches en Nouvelle-Aquitaine&amp;#34; avant la date de début du stage. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;La plateforme est accessible par le bouton &amp;#34;Créer mon dossier&amp;#34; en bas de cette page. Il est nécessaire de créer un compte sur notre plateforme si vous n&amp;#039;en possédez pas un. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un tutoriel d&amp;#039;aide &amp;#34;Comment bien saisir ma demande&amp;#34; est à votre disposition, dans les documents à télécharger en bas de la page, pour vous accompagner dans cette démarche.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pièces constitutives de la demande :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;un CV (Curriculum Vitae)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la carte d&amp;#039;identité (recto-verso) ou le passeport, ou la carte de séjour pour les ressortissants étrangers, en cours de validité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la convention de stage signée par l’entreprise à l’étranger, l’établissement d’enseignement/de formation de la Région Nouvelle-Aquitaine et le stagiaire (les contrats de travail ne sont pas acceptés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une attestation sur l’honneur du chef d’établissement précisant si l’apprenant bénéficie ou pas d’une bourse ERASMUS&amp;#43; pour la même mobilité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; l’attestation de fin de stage précisant les dates réelles de début et de fin de stage effectué, signée par l’entreprise à l’étranger et contresignée par l’établissement d’enseignement/formation en Nouvelle-Aquitaine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En supplément, le cas échéant :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;attestation définitive d&amp;#039;attribution de bourses sur critères sociaux de l&amp;#039;année académique de l&amp;#039;année de la mobilité, délivrée en France&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le contrat d’apprentissage en cours de validité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un justificatif de statut de stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une attestation de l&amp;#039;OPCO (Opérateur de Compétences) confirmant le refus d&amp;#039;une aide financière pour la même mobilité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’entreprise d’accueil est située à moins de 100 km du lieu de résidence en France&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’apprenant français effectue un stage dans un des pays dont il a également la nationalité (plurinationaux)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une carte d’invalidité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Région se réserve le droit de demander des compléments d&amp;#039;informations ou documents complémentaires et de faire des contrôles aléatoires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/stages-a-letranger-infra-bac-annee-academique-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>165491</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;MTJ - Mécanisme pour une Transition Juste - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;630 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 630 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic Framework loans :  &lt;ul&gt;    &lt;li&gt;les prêts-cadres demandés à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;pour le topic Standalone projects :  &lt;ul&gt;    &lt;li&gt;les prêts demandés directement à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;les prêts demandés par l&amp;#039;intermédiaire des intermédiaires financiers de la BEI doivent être d&amp;#039;au moins 1 million d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectif&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les initiatives qui répondent aux défis sociaux, économiques et environnementaux liés à la transition vers les objectifs climatiques et énergétiques de l&amp;#039;Union européenne pour 2030&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Investissements dans les énergies renouvelables et la mobilité verte et durable, y compris la promotion de l&amp;#039;hydrogène vert&lt;/li&gt;    &lt;li&gt;Réseau de chauffage urbain efficace&lt;/li&gt;    &lt;li&gt;Recherche publique&lt;/li&gt;    &lt;li&gt;Numérisation&lt;/li&gt;    &lt;li&gt;Infrastructures environnementales pour une gestion intelligente des déchets et de l&amp;#039;eau&lt;/li&gt;    &lt;li&gt;Energie durable, efficacité énergétique et mesures d&amp;#039;intégration, y compris rénovations et conversions de bâtiments&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 24 et 60 mois.&lt;/li&gt;  &lt;/ul&gt;  Des projets d&amp;#039;une durée plus courte ou plus longue peuvent être acceptés dans des cas dûment justifiés.  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/jtm/wp-call/2026/call-fiche_jtm-2026-pslf_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;JTM-2026-PSLF&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://cinea.ec.europa.eu/just-transition-mechanism_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/jtm" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Accès aux services
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Bâtiments et construction
+Emploi
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P143" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q143" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2026</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;Être des personnes morales (organismes publics ou organismes privés chargés d&amp;#039;une mission de service public) établies dans un État membre de l&amp;#039;UE&lt;/p&gt;&lt;p&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact: CINEA-JTM-PSLF&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>165492</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>IMREG - Mesures d'information relatives à la politique de cohésion de l'UE 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>IMREG - Mesures d&amp;apos;information relatives à la politique de cohésion de l&amp;apos;UE 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Fonds Européen de Cohésion - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;3,5 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 3,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : jusqu&amp;#039;à 200 000 euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 80% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Apporter un soutien à la production et à la diffusion d&amp;#039;informations et de contenus liés à la politique de cohésion de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Illustrer et évaluer le rôle de la politique de cohésion dans la réalisation des priorités politiques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Production et distribution de matériel imprimé, multimédia ou audiovisuel&lt;/li&gt;    &lt;li&gt;Activités de sensibilisation sur le web et les réseaux sociaux&lt;/li&gt;    &lt;li&gt;Événements médiatiques&lt;/li&gt;    &lt;li&gt;Conférences, séminaires, ateliers&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 12 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles, si elles sont dument justifiées par un amendement.&lt;/p&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/imreg/wp-call/2025/call-fiche_imreg-2025-infome_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/IMREG-2025-INFOME?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://ec.europa.eu/regional_policy/home_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/imreg" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services
+Revitalisation
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P144" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="Q144" s="1" t="inlineStr">
+        <is>
+          <t>15/01/2026</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;        - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Ne pas être des autorités chargées de la mise en œuvre de la politique de cohésion au sens de l&amp;#039;article 71 du règlement CPR 2021/10605.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/imreg-mesures-dinformation-relatives-a-la-politique-de-cohesion-de-lue-2025-2026/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact :REGIO-CONTRACTS&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y144" s="1" t="inlineStr">
         <is>
-          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+          <t>msilva@welcomeurope.com</t>
         </is>
       </c>
       <c r="Z144" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lacces-a-leau-potable-et-lassainissement-via-des-actions-internationales-pour-un-projet-porte-par-une-collectivite/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/imreg-mesures-d-apos-information-relatives-a-la-politique-de-cohesion-de-l-apos-ue-2025-2026/</t>
         </is>
       </c>
       <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:27" customHeight="0">
       <c r="A145" s="1">
-        <v>165298</v>
+        <v>165494</v>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Développer les stages à l’étranger post bac - année académique 2025-2026</t>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
-          <t>Stages à l’étranger post bac - année académique 2025-2026</t>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Commission européenne</t>
         </is>
       </c>
       <c r="G145" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K145" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L145" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Contribuer à la réalisation d’un stage professionnel à l’étranger, d’une durée de 2 semaines minimum pour les étudiants inscrits dans un établissement d’enseignement ou auprès d’un organisme de formation de la Région Nouvelle-Aquitaine. Afin de renforcer son soutien aux publics les plus précaires, la Région Nouvelle-Aquitaine met en place un « bonus inclusion » à l’attention des jeunes présentant des critères de ressources bas.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L’aide de la Région Nouvelle-Aquitaine sera apportée sous la forme d’une enveloppe globale pour l’ensemble du parcours de formation des apprenants, jusqu’au niveau Master2 inclus, dans laquelle ils pourront puiser à l’occasion de chacune de leurs mobilités, dans la limite du plafond prévu. Le montant de cette enveloppe globale régionale est fixé à 3 600 € maximum pour les non boursiers et 4 500 € maximum pour les boursiers (hors prise en compte des situations de handicap).&lt;/p&gt;&lt;p&gt;Le plafond de financement par année académique est de 26 semaines maximum par dispositif.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide régionale est susceptible d’être accordée sous la forme d&amp;#039;une bourse calculée de la façon suivante :&lt;/p&gt;&lt;p&gt;pour les boursiers :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 110 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;pour les non boursiers :&lt;/p&gt;&lt;p&gt;une aide de 80 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;Une semaine est réputée complète lorsqu&amp;#039;elle comporte au minimum trois jours ouvrés.&lt;/p&gt;&lt;p&gt;Les dates de trajet ne sont pas prises en compte dans le calcul de la bourse.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les apprenants en situation de handicap, les frais supplémentaires dans le cadre du stage pourront être pris en charge par la Région sur présentation de factures (hors frais de taxi individuel, dans la limite de 1 000 € par stage) déduction faite des financements spécifiques obtenus par ailleurs.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette aide financière de la Région Nouvelle-Aquitaine contribue à la réalisation par l’apprenant du séjour à l’étranger mais ne saurait couvrir l’intégralité des frais afférents. Il convient donc pour l’apprenant de s’assurer avant le départ de disposer d’un budget complémentaire couvrant tous les frais.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La bourse est versée en deux fois :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Premier versement : 80 % de la bourse&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous recevez 80% de la bourse après que votre dossier a été accepté.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour recevoir cette première partie de la bourse dès votre arrivée à l’étranger, et dans un délai maximum de 2 mois après la date de début de stage, vous devez fournir :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;un justificatif nominatif de transport (billet d&amp;#039;avion, ou de train, ticket de péage),&lt;br /&gt;&lt;/p&gt;&lt;p&gt;une attestation d&amp;#039;arrivée signée par la structure d&amp;#039;accueil à l&amp;#039;étranger certifiant la présence à l&amp;#039;étranger et la date de début du stage&lt;/p&gt;&lt;p&gt;Deuxième versement : le reste de la bourse&lt;/p&gt;&lt;p&gt;Vous devez faire une demande en ligne sur le site Mes Démarches en Nouvelle-Aquitaine. Cette démarche doit être effectuée au maximum 2 mois après la date de fin de votre stage.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous devez ajouter 2 documents : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;une attestation de fin de stage &lt;br /&gt;&lt;/p&gt;&lt;p&gt;justificatif nominatif de transport retour&lt;/p&gt;&lt;p&gt;L’attestation de fin de stage doit :&lt;/p&gt;&lt;p&gt;préciser les dates réelles de début et de fin de stage, &lt;br /&gt;&lt;/p&gt;&lt;p&gt;être datée et signée par la structure d’accueil à l’étranger &lt;/p&gt;&lt;p&gt; être contresignée par l’établissement d’étude/formation en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Dans le cas où la durée effectivement réalisée est inférieure à la durée initialement prévue, l&amp;#039;aide au séjour sera automatiquement révisée en fonction de la durée effective.&lt;/p&gt;&lt;p&gt;Lorsque la durée effective de la mobilité est supérieure à la durée initialement prévue, la modification ne donne pas lieu à correction du montant de l’allocation. Le dépôt d’un second dossier est possible.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine émettra un titre de recette si le montant de la première avance versée est supérieur au montant définitif de la bourse.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;De même en cas de non-réalisation du séjour, de réalisation partielle ou si la durée minimum n&amp;#039;est pas réalisée, et conformément à l’article L242-2 du code des relations entre le public et l’administration et la procédure de retrait de décision créatrice de droit, un titre de recette sera émis pour le remboursement des sommes déjà versées, sauf circonstances exceptionnelles, notamment accident, décès d’un proche, rapatriement, catastrophes naturelles, dûment attestées, et après instruction.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Toute remise des documents demandés au-delà du délai maximum de 2 mois après la date de fin de mobilité pourra entrainer une demande de remboursement des sommes déjà perçues.&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;br /&gt;I3 - Investissements interrégionaux dans l’innovation - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9,8 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9,8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 500 000 et 1,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Renforcer les capacités des régions moins développées afin qu&amp;#039;elles puissent développer et consolider leurs écosystèmes d&amp;#039;innovation régionaux et leurs chaînes de valeur&lt;/li&gt;    &lt;li&gt;Améliorer les capacités des autorités publiques et des intermédiaires en matière d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Renforcer les capacités afin de participer avec succès aux appels à projets relevant du volet 1 ou du volet 2a ou à d&amp;#039;autres programmes complémentaires de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Veiller à ce que les connaissances et les capacités acquises au cours du projet puissent être reproduites, adaptées et intégrées dans l&amp;#039;écosystème régional&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : Renforcer les écosystèmes régionaux d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Priorité 2 : Faciliter la mobilisation des connaissances et des talents&lt;/li&gt;    &lt;li&gt;Priorité 3 : Accroître la propension à investir grâce à une meilleure planification des activités et des investissements&lt;/li&gt;    &lt;li&gt;Priorité 4 : Améliorer l&amp;#039;intégration de la chaîne de valeur grâce à la création d&amp;#039;écosystèmes et à des partenariats S3&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Actions de coordination et de soutien ciblant les acteurs régionaux&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Les propositions doivent inclure au moins une action clé (voir le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;call document&lt;/a&gt;).&lt;/p&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des extensions sont possibles, si elles sont dûment justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/I3-2026-CAP2B?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/programmes/interregional-innovation-investments-i3-instrument_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N145" s="1" t="inlineStr">
         <is>
-          <t>Education et renforcement des compétences
-International</t>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+International
+Appui méthodologique
+Industrie</t>
         </is>
       </c>
       <c r="O145" s="1" t="inlineStr">
         <is>
-          <t>Récurrente</t>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P145" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q145" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
         </is>
       </c>
       <c r="R145" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;étudiant&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;apprenti&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Inscrit dans un établissement d’enseignement ou de formation de la Région Nouvelle-Aquitaine et réalisant un stage à l’étranger dans le cadre de son cursus en formation initiale ou continue.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire doit être inscrit dans un établissement reconnu et habilité par l’Etat à délivrer des diplômes, ou reconnu et/ou agréé par la Région Nouvelle-Aquitaine pour les formations sanitaires et sociales. En outre, le diplôme préparé doit être reconnu par l’Etat au titre d’une formation diplômante enregistrée au Répertoire National des Certifications Professionnelles (RNCP).&lt;/p&gt;&lt;p&gt;Sont inéligibles les mobilités des étudiants domiciliés hors Nouvelle-Aquitaine inscrits dans des formations réalisées à distance et proposées par des établissements du territoire de la Région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Le bénéficiaire doit être âgé de moins de 31 ans à la date du début de sa mobilité.&lt;/p&gt;&lt;p&gt;Le plafond des revenus est fixé à 50 000€ (revenu fiscal de référence, pondéré par les points de charge - cf. point 2 Conditions de ressources et points de charge du Règlement régional stages à l&amp;#039;étranger post bac à télécharger en bas de page) &lt;/p&gt;&lt;p&gt;Le niveau de ressources apprécié est celui du ou des parents de l’étudiant, sauf si ce dernier est indépendant financièrement.&lt;/p&gt;&lt;p&gt;Le bénéficiaire ne doit pas cumuler pour le même stage une autre aide de la Région Nouvelle-Aquitaine, une aide à la  mobilité internationale (AMI) (du Ministère dont dépend l&amp;#039;établissement d&amp;#039;études du bénéficiaire) ou une aide Erasmus&amp;#43;&lt;/p&gt;&lt;p&gt;Le bénéficiaire pourra solliciter d’autres financements par ailleurs (auprès de collectivités locales, associations, entreprises, etc.).&lt;/p&gt;&lt;p&gt;Le stage doit se dérouler hors du territoire français. Les stages se déroulant dans un territoire, département, région ou collectivité d’outre-mer ne sont pas éligibles. En outre, les stages auprès d’entreprises étrangères, effectués en télétravail depuis la France, ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;La durée du stage doit être au minimum de 2 semaines consécutives.&lt;/p&gt;&lt;p&gt;Le stage doit correspondre à une mise en situation professionnelle, être réalisé au sein d&amp;#039;une seule structure d&amp;#039;accueil et faire l’objet d’une convention signée entre l’entreprise d’accueil à l’étranger, l’établissement d’études / formation en Nouvelle-Aquitaine et l’étudiant.&lt;/p&gt;&lt;p&gt;Les stages réalisés au cours d’une année de césure et qui ne génèrent pas de crédits ECTS ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;L’établissement d’études / formation s’assurera que des conditions de travail satisfaisantes sont respectées.&lt;/p&gt;&lt;p&gt;Les demandes doivent être déposées et envoyées sur la plateforme de gestion des aides régionales avant le début du stage. Toute demande envoyée après la date de début du stage sera automatiquement refusée&lt;/p&gt;&lt;p&gt;Les demandeurs disposent ensuite d’un délai maximum de 2 mois après la date de début du stage pour transmettre les documents complémentaires demandés par le service instructeur. Passé ce délai, la demande sera automatiquement refusée.&lt;/p&gt;&lt;p&gt;Les demandes doivent être co-instruites favorablement sur la plateforme de gestion des aides régionales par l&amp;#039;établissement d&amp;#039;enseignement ou de formation qui, en cas de situation particulière, sollicitera l’avis de la Région quant à la pertinence de l’octroi d’une aide financière régionale.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants de nationalité étrangère pour la réalisation d&amp;#039;un stage dans leur pays d&amp;#039;origine ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants dont l&amp;#039;entreprise d&amp;#039;accueil est située à moins de 100 km du lieu de résidence en France sont éligibles si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni. &lt;/p&gt;&lt;p&gt;Pour les étudiants français effectuant un stage professionnel dans un pays dont ils ont également la nationalité, l&amp;#039;aide régionale sera accordée si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni.&lt;/p&gt;&lt;p&gt;Les stages faisant l’objet d’une indemnisation mensuelle nette ou d’une participation financière d’un Opérateur de Compétences (OPCO) supérieure ou égale à 700 € ne sont pas éligibles. Le taux de conversion est celui à la date de début de stage. &lt;/p&gt;</t>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale (organisme public ou privé)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établi dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés à l&amp;#039;instrument I3 ou les pays qui sont en cours de négociation d&amp;#039;un accord d&amp;#039;association et où l&amp;#039;accord entre en vigueur avant la signature de la subvention (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/guidance/list-3rd-country-participation_i3_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 2 entités juridiques indépendantes représentant 2 écosystèmes régionaux de 2 pays éligibles différents doit être constitué. Autres conditions détaillées dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_self"&gt;call document.&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U145" s="1" t="inlineStr">
         <is>
-          <t>Nouvelle-Aquitaine</t>
+          <t>Europe</t>
         </is>
       </c>
       <c r="V145" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/stages-letranger-post-bac-annee-academique-2025-2026</t>
-[...4 lines deleted...]
-          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/stages-letranger-post-bac-annee-academique-2025-2026</t>
+          <t>https://www.welcomeurope.com/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
         </is>
       </c>
       <c r="X145" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour les bénéficiaires&lt;/p&gt;&lt;p&gt;Le dépôt de votre demande d&amp;#039;aide s’effectue sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine avant la date de début du stage. Les demandes déposées et envoyées après la date de début de stage seront refusées.&lt;/p&gt;&lt;p&gt;La plateforme est accessible par le bouton «Créer mon dossier» en bas de cette page.&lt;/p&gt;&lt;p&gt;Pour déposer votre demande d’aide, il est nécessaire de créer un compte sur notre plateforme, si vous n’en possédez pas déjà un. Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un tutoriel d’aide «Comment bien saisir ma demande» est à votre disposition dans les documents à télécharger au bas de la page pour vous accompagner dans cette démarche.&lt;/p&gt;&lt;p&gt;Après l’envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services.Le dépôt d&amp;#039;une demande ne vaut pas acceptation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une fois la demande finalisée par vos soins (bouton &amp;#34;envoyer&amp;#34;), et validée par votre établissement d&amp;#039;enseignement ou de formation, le service instructeur de la Région vérifiera si votre dossier est complet. Des informations complémentaires pourront vous être demandées. Votre dossier sera ensuite étudié par nos services.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; un CV (Curriculum Vitae)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la carte d&amp;#039;identité (recto-verso) ou passeport, ou la carte de séjour pour les ressortissants étrangers, en cours de validité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’avis imposition du ou des parents du demandeur (ou celui du demandeur si indépendant financièrement) sur les revenus de l’année qui précède l’année académique de la mobilité (exemple pour l&amp;#039;année académique 2025/2026, les revenus étudiés seront ceux de l&amp;#039;année 2024 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un relevé d&amp;#039;identité bancaire au nom du bénéficiaire avec logo de la banque et datant de moins de 3 mois&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la convention de stage signée par l&amp;#039;entreprise à l’étranger, l’établissement d&amp;#039;enseignement ou de formation de la Région Nouvelle-Aquitaine et le stagiaire (les contrats de travail ne sont pas acceptés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En supplément, le cas échéant :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;les justificatifs de la scolarité pour l’année académique en cours des frères et sœurs du demandeur, étudiant dans l’enseignement supérieur,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’attestation définitive d’attribution de bourses sur critères sociaux de l’année académique de l’année de la mobilité, délivrée en France,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’entreprise d’accueil est située à moins de 100 km du lieu de résidence en France,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’apprenant français effectue un stage dans un des pays dont il a également la nationalité (plurinationaux)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une carte d’invalidité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le demandeur dispose d’un délai de deux mois maximum à compter de sa date de début de stage pour fournir l’ensemble des pièces demandées par le service instructeur, passé ce délai le dossier sera refusé.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Contact : EISMEA-I3-INSTRUMENT-CALLS&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y145" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>msilva@welcomeurope.com</t>
         </is>
       </c>
       <c r="Z145" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/stages-a-letranger-post-bac-annee-academique-2025-2026/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
         </is>
       </c>
       <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:27" customHeight="0">
       <c r="A146" s="1">
-        <v>165299</v>
+        <v>165498</v>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Développer les séjours d'études à l’étranger post bac - année académique 2025-2026</t>
+          <t>EUROPE CREATIVE - Laboratoire d'innovation créative - 2026</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
-          <t>Séjours d'études à l’étranger post bac - année académique 2025-2026</t>
+          <t>EUROPE CREATIVE - Laboratoire d&amp;apos;innovation créative - 2026</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Commission européenne</t>
         </is>
       </c>
       <c r="G146" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K146" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L146" s="1" t="inlineStr">
         <is>
-          <t>La Région Nouvelle-Aquitaine souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi. Contribuer à la réalisation d’un séjour d&amp;#039;études à l’étranger, d’une durée de 8 semaines minimum pour les étudiants inscrits dans un établissement d’enseignement ou auprès d’un organisme de formation de la Région Nouvelle-Aquitaine. Afin de renforcer son soutien aux publics les plus précaires, la Région Nouvelle-Aquitaine met en place un «bonus inclusion » à l’attention des jeunes présentant des critères de ressources bas.</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L’aide de la Région Nouvelle-Aquitaine sera apportée sous la forme d’une enveloppe globale pour l’ensemble du parcours de formation des apprenants, jusqu’au niveau Master2 inclus, dans laquelle ils pourront puiser à l’occasion de chacune de leurs mobilités, dans la limite du plafond prévu. Le montant de cette enveloppe globale régionale est fixé à 3 600 € maximum pour les non boursiers et 4 500 € maximum pour les boursiers (hors prise en compte des situations de handicap).&lt;/p&gt;&lt;p&gt;Le plafond de financement par année académique est de 26 semaines maximum par dispositif.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide régionale est susceptible d’être accordée sous la forme d&amp;#039;une bourse calculée de la façon suivante :&lt;/p&gt;&lt;p&gt;pour les boursiers :&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 110 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;pour les non boursiers :&lt;/p&gt;&lt;p&gt;une aide de 80 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;Une semaine est réputée complète lorsqu&amp;#039;elle comporte au minimum trois jours ouvrés.&lt;/p&gt;&lt;p&gt;Les dates de trajet ne sont pas prises en compte dans le calcul de la bourse.&lt;/p&gt;&lt;p&gt;Pour les apprenants en situation de handicap, les frais supplémentaires dans le cadre du stage pourront être pris en charge par la Région sur présentation de factures (hors frais de taxi individuel, dans la limite de 1 000 € par stage) déduction faite des financements spécifiques obtenus par ailleurs.&lt;/p&gt;&lt;p&gt;Cette aide financière de la Région Nouvelle-Aquitaine contribue à la réalisation par l’apprenant du séjour à l’étranger mais ne saurait couvrir l’intégralité des frais afférents. Il convient donc pour l’apprenant de s’assurer avant le départ de disposer d’un budget complémentaire couvrant tous les frais.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La bourse est versée en deux fois :&lt;/p&gt;&lt;p&gt;Premier versement : 80 % de la bourse&lt;/p&gt;&lt;p&gt;Vous recevez 80% de la bourse après que votre dossier a été accepté.&lt;/p&gt;&lt;p&gt;Pour recevoir cette première partie de la bourse dès votre arrivée à l’étranger, et dans un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études, vous devez fournir :&lt;/p&gt;&lt;p&gt;un justificatif nominatif de transport (billet d&amp;#039;avion, ou de train, ticket de péage),&lt;/p&gt;&lt;p&gt;une attestation d&amp;#039;arrivée signée par la structure d&amp;#039;accueil à l&amp;#039;étranger certifiant la présence à l&amp;#039;étranger et la date de début du séjour&lt;/p&gt;&lt;p&gt;Deuxième versement : le reste de la bourse&lt;/p&gt;&lt;p&gt;Vous devez faire une demande en ligne sur le site Mes Démarches en Nouvelle-Aquitaine. Cette démarche doit être effectuée au maximum 2 mois après la date de fin de votre séjour d&amp;#039;études.&lt;/p&gt;&lt;p&gt;Vous devez ajouter 2 documents : &lt;/p&gt;&lt;p&gt;une attestation de fin de séjour&lt;/p&gt;&lt;p&gt;un justificatif nominatif de transport retour&lt;/p&gt;&lt;p&gt;L’attestation de fin de stage doit :&lt;/p&gt;&lt;p&gt;préciser les dates réelles de début et de fin de séjour, &lt;/p&gt;&lt;p&gt;être datée et signée par la structure d’accueil à l’étranger &lt;/p&gt;&lt;p&gt;être contresignée par l’établissement d’étude/formation en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Dans le cas où la durée effectivement réalisée est inférieure à la durée initialement prévue, l&amp;#039;aide au séjour sera automatiquement révisée en fonction de la durée effective.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lorsque la durée effective de la mobilité est supérieure à la durée initialement prévue, la modification ne donne pas lieu à correction du montant de l’allocation. Le dépôt d’un second dossier est possible.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine émettra un titre de recette si le montant de la première avance versée est supérieur au montant définitif de la bourse.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;De même en cas de non-réalisation du séjour, de réalisation partielle ou si la durée minimum n&amp;#039;est pas réalisée, et conformément à l’article L242-2 du code des relations entre le public et l’administration et la procédure de retrait de décision créatrice de droit, un titre de recette sera émis pour le remboursement des sommes déjà versées, sauf circonstances exceptionnelles, notamment accident, décès d’un proche, rapatriement, catastrophes naturelles, dûment attestées, et après instruction.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Toute remise des documents demandés au-delà du délai maximum de 2 mois après la date de fin de mobilité pourra entrainer une demande de remboursement des sommes déjà perçues.&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;7 021 561 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 7 021 561 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 80 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Promouvoir la coopération politique et les actions innovantes soutenant tous les volets du programme, en favorisant un environnement médiatique diversifié, indépendant et pluraliste ainsi que l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Encourager les approches innovantes en matière de création, d&amp;#039;accès, de distribution et de promotion de contenus dans les secteurs culturels et créatifs et avec d&amp;#039;autres secteurs&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : encourager de nouvelles formes de création à la croisée de différents secteurs culturels et créatifs&lt;/li&gt;    &lt;li&gt;Priorité 2 : favoriser des approches et des outils intersectoriels innovants&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Longs métrages, animations et documentaires créatifs&lt;/li&gt;    &lt;li&gt;Œuvres audiovisuelles de fiction, animation&lt;/li&gt;    &lt;li&gt;Fiction interactive et non linéaire&lt;/li&gt;    &lt;li&gt;Jeux vidéo narratifs et expériences narratives immersives interactives&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cross-2026-innovlab_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CROSS-2026-INNOVLAB?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;CREA-CROSS-2026-INNOVLAB&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N146" s="1" t="inlineStr">
         <is>
-          <t>Education et renforcement des compétences
+          <t>Tourisme
+Education et renforcement des compétences
+Commerces et services
 Formation professionnelle
-International</t>
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+International
+Appui méthodologique
+Industrie</t>
         </is>
       </c>
       <c r="O146" s="1" t="inlineStr">
         <is>
-          <t>Récurrente</t>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P146" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q146" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2026</t>
         </is>
       </c>
       <c r="R146" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;étudiant&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;apprenti&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Inscrit dans un établissement d’enseignement ou de formation de la Région Nouvelle-Aquitaine et réalisant un séjour d&amp;#039;études à l’étranger dans le cadre de son cursus en formation initiale ou continue.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt; Le bénéficiaire doit être inscrit dans un établissement reconnu et habilité par l’Etat à délivrer des diplômes, ou reconnu et/ou agréé par la Région Nouvelle-Aquitaine pour les formations sanitaires et sociales. En outre, le diplôme préparé doit être reconnu par l’Etat au titre d’une formation diplômante enregistrée au Répertoire National des Certifications Professionnelles (RNCP).&lt;/p&gt;&lt;p&gt;Sont inéligibles les mobilités des étudiants domiciliés hors Nouvelle-Aquitaine inscrits dans des formations réalisées à distance et proposées par des établissements du territoire de la Région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire doit être âgé de moins de 31 ans à la date du début de sa mobilité.&lt;/p&gt;&lt;p&gt;Le plafond des revenus est fixé à 50 000€ (revenu fiscal de référence, pondéré par les points de charge - cf. point 2 Conditions de ressources et points de charge du Règlement régional séjours d&amp;#039;études à l&amp;#039;étranger post bac à télécharger en bas de page).&lt;/p&gt;&lt;p&gt;Le niveau de ressources apprécié est celui du ou des parents de l’étudiant, sauf si ce dernier est indépendant financièrement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt; Le séjour d&amp;#039;études doit se dérouler hors du territoire français. Les séjours d&amp;#039;études se déroulant dans un territoire, département, région ou collectivité d’outre-mer ne sont pas éligibles. En outre, les séjours d&amp;#039;études dans des établissements étrangers, effectués en distanciel depuis la France, ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Un séjour d&amp;#039;études faisant l&amp;#039;objet d&amp;#039;une participation financière d&amp;#039;un Opérateur de Compétences (OPCO) supérieure ou égale à 700€ n&amp;#039;est pas éligible&lt;/p&gt;&lt;p&gt;La durée du séjour d&amp;#039;études doit être au minimum de 8 semaines consécutives.&lt;/p&gt;&lt;p&gt;Le séjour d&amp;#039;études doit être réalisé au sein d&amp;#039;un seul établissement et faire l’objet d’un contrat d&amp;#039;études ou de formation.&lt;/p&gt;&lt;p&gt;Le séjour d&amp;#039;études doit être validant pour l&amp;#039;obtention du diplôme préparé.&lt;/p&gt;&lt;p&gt;Les séjours d&amp;#039;étude réalisés au cours d’une année de césure et qui ne génèrent pas de crédits ECTS ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les demandes doivent être déposées et envoyées sur la plateforme de gestion des aides régionales avant le début du séjour d&amp;#039;études. Toute demande envoyée après la date de début du séjour d&amp;#039;études sera automatiquement refusée&lt;/p&gt;&lt;p&gt;Les demandeurs disposent ensuite d’un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études pour transmettre les documents complémentaires demandés par le service instructeur. Passé ce délai, la demande sera automatiquement refusée.&lt;/p&gt;&lt;p&gt;Les demandes doivent être co-instruites favorablement sur la plateforme de gestion des aides régionales par l&amp;#039;établissement d&amp;#039;enseignement ou de formation qui, en cas de situation particulière, sollicitera l’avis de la Région quant à la pertinence de l’octroi d’une aide financière régionale.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants de nationalité étrangère pour la réalisation d&amp;#039;un stage dans leur pays d&amp;#039;origine ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants dont la structure d&amp;#039;accueil est située à moins de 100 km du lieu de résidence en France sont éligibles si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni. &lt;/p&gt;&lt;p&gt;Pour les étudiants français effectuant un séjour d&amp;#039;études dans un pays dont ils ont également la nationalité, l&amp;#039;aide régionale sera accordée si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni.&lt;/p&gt;&lt;p&gt;Toute demande non complète dans un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études sera automatiquement refusée.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant au programme Europe créative : États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;      - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays participant au programme Europe créative et détenus directement ou indirectement, en totalité ou en majorité, par des ressortissants de ces pays.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les candidatures individuelles sont autorisées (bénéficiaires uniques), ainsi que les propositions soumises par un consortium d&amp;#039;au moins deux candidats (bénéficiaires ; pas d&amp;#039;entités affiliées).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U146" s="1" t="inlineStr">
         <is>
-          <t>Nouvelle-Aquitaine</t>
+          <t>Europe</t>
         </is>
       </c>
       <c r="V146" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/sejours-detudes-letranger-post-bac-annee-academique-2025-2026</t>
-[...4 lines deleted...]
-          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/sejours-detudes-letranger-post-bac-annee-academique-2025-2026</t>
+          <t>https://www.welcomeurope.com/europe-creative-laboratoire-dinnovation-creative-2026/</t>
         </is>
       </c>
       <c r="X146" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour les bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le dépôt de votre demande d&amp;#039;aide s’effectue sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine avant la date de début du séjour d&amp;#039;études. Les demandes déposées et envoyées après la date de début du séjour d&amp;#039;études seront refusées.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La plateforme est accessible par le bouton «Créer mon dossier» en bas de cette page.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour déposer votre demande d’aide, il est nécessaire de créer un compte sur notre plateforme, si vous n’en possédez pas déjà un. Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;/p&gt;&lt;p&gt;Un tutoriel d’aide «Procédure de dépôt d&amp;#039;une demande d&amp;#039;aide» est à votre disposition, dans les documents à télécharger, au bas de la page pour vous accompagner dans cette démarche.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après l’envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services.Le dépôt d&amp;#039;une demande ne vaut pas acceptation.&lt;/p&gt;&lt;p&gt;Une fois la demande finalisée par vos soins (bouton &amp;#34;envoyer&amp;#34;), et validée par votre établissement d&amp;#039;enseignement ou de formation, le service instructeur de la Région vérifiera si votre dossier est complet. Des informations complémentaires pourront vous être demandées. Votre dossier sera ensuite étudié par nos services.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;un CV (Curriculum Vitae)&lt;/p&gt;&lt;p&gt;la carte d&amp;#039;identité (recto-verso) ou passeport, ou la carte de séjour pour les ressortissants étrangers, en cours de validité&lt;/p&gt;&lt;p&gt;l’avis imposition du ou des parents du demandeur (ou celui du demandeur si indépendant financièrement) sur les revenus de l’année qui précède l’année académique de la mobilité (exemple pour l&amp;#039;année académique 2025/2026, les revenus étudiés seront ceux de l&amp;#039;année 2024 &lt;/p&gt;&lt;p&gt;un relevé d&amp;#039;identité bancaire au nom du bénéficiaire avec logo de la banque et datant de moins de 3 mois&lt;/p&gt;&lt;p&gt;le contrat d&amp;#039;études/formation ou tout document attestant du séjour précisant les dates de début et de fin de la période d&amp;#039;accueil dans l&amp;#039;établissement étranger ainsi que la destination&lt;/p&gt;&lt;p&gt;En supplément, le cas échéant :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;les justificatifs de la scolarité pour l’année académique en cours des frères et sœurs du demandeur, étudiant dans l’enseignement supérieur,&lt;/p&gt;&lt;p&gt;l’attestation définitive d’attribution de bourses sur critères sociaux de l’année académique de l’année de la mobilité, délivrée en France,&lt;/p&gt;&lt;p&gt;un contrat de location à l’étranger si l’entreprise d’accueil est située à moins de 100 km du lieu de résidence en France,&lt;/p&gt;&lt;p&gt;un contrat de location à l’étranger si l’apprenant français effectue un stage dans un des pays dont il a également la nationalité (plurinationaux)&lt;/p&gt;&lt;p&gt;une carte d’invalidité.&lt;/p&gt;&lt;p&gt;Le demandeur dispose d’un délai de deux mois maximum à compter de sa date de début de séjour pour fournir l’ensemble des pièces demandées par le service instructeur, passé ce délai le dossier sera refusé.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Contact : EACEA-CROSS-INNOVLAB&amp;#64;ec.europa.eu&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y146" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>msilva@welcomeurope.com</t>
         </is>
       </c>
       <c r="Z146" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/sejours-detudes-a-letranger-post-bac-annee-academique-2025-2026/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-laboratoire-d-apos-innovation-creative-2026/</t>
         </is>
       </c>
       <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:27" customHeight="0">
       <c r="A147" s="1">
-        <v>165300</v>
+        <v>165514</v>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Stages à l’étranger infra bac - année académique 2025-2026</t>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
-          <t>Stages à l’étranger infra bac - année académique 2025-2026</t>
-[...4 lines deleted...]
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
       <c r="G147" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
         </is>
       </c>
       <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L147" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle grâce à une expérience internationale,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étranger d&amp;#039;une durée de 2 semaines minimum pour les jeunes inscrits dans un établissement d&amp;#039;enseignement ou auprès d&amp;#039;un organisme de formation de la Région Nouvelle-Aquitaine et autorisés par dérogation, à cumuler un financement ERASMUS&amp;#43;  pour la même mobilité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les actions présentées dans ce volet d’intervention sont mises en place chaque année dans la limite de l’enveloppe budgétaire allouée à la politique « Mobilité Internationale » sur l’année civile.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide régionale est susceptible d’être accordée sous la forme d&amp;#039;une bourse qui se décompose comme suit :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;une aide forfaitaire au séjour de 80 € maximum par semaine complète de stage (une semaine est réputée complète lorsqu&amp;#039;elle comporte au minimum trois jours ouvrés),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un bonus de 20 € maximum par semaine pour les apprenants ayant un statut de boursier, les apprentis et les stagiaires de la formation professionnelle.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les dates de trajet ne sont pas prises en compte dans le calcul de la bourse.&lt;/p&gt;&lt;p&gt;Pour les apprenants en situation de handicap, les frais supplémentaires dans le cadre du stage pourront être pris en charge par la Région sur présentation de factures (hors frais de taxi individuel, dans la limite de 1000 € par stage) déduction faite des financements spécifiques obtenus par ailleurs.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette aide financière de la Région contribue à la réalisation par l’apprenant du séjour à l’étranger mais ne saurait couvrir l’intégralité des frais afférents. Il convient donc pour l’apprenant de s’assurer avant le départ de disposer d’un budget complémentaire couvrant tous les frais.&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N147" s="1" t="inlineStr">
         <is>
-          <t>Education et renforcement des compétences
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
 Formation professionnelle
-International</t>
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
         </is>
       </c>
       <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
+      <c r="P147" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q147" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
       <c r="R147" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;lycéen&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;apprenti&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;inscrit dans un établissement d&amp;#039;enseignement ou de formation de la Région Nouvelle-Aquitaine (lycées publics ou privés sous contrat, CFA, MFR, EREA, opérateurs de formation), et réalisant dans le cadre de son cursus en formation initiale ou continue (Infra Bac jusqu’au niveau 4 inclus), un stage professionnel à l&amp;#039;étranger.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Votre formation :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le stage doit s’inscrire dans le cadre d’une formation délivrée par un établissement reconnu et habilité par l’Etat à délivrer des diplômes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre situation :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Vous devez avoir moins de 31 ans à la date du début de stage.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si vous êtes de nationalité étrangère, vous ne pouvez pas faire votre stage dans votre pays d&amp;#039;origine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si vous êtes de nationalité française, et que vous partez faire un stage dans un pays dont vous avez aussi la nationalité, vous devrez fournir un contrat de location à l&amp;#039;étranger pour recevoir l&amp;#039;aide.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si votre entreprise de stage est située à moins de 100km de votre domicile en France, vous devrez fournir un contrat de location à l&amp;#039;étranger pour recevoir l&amp;#039;aide.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre stage : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le stage doit se dérouler à l&amp;#039;étranger en dehors du territoire français. Les stages se déroulant dans un territoire, département, région ou collectivité d’outre-mer ne sont pas éligibles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les stages auprès d’entreprises étrangères, effectués en télétravail depuis la France, ne sont pas éligibles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le stage doit durer au minimum 2 semaines consécutives.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le stage doit correspondre à une mise en situation professionnelle. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Il doit se faire dans une seule entreprise ou structure d&amp;#039;accueil et vous devez avoir signé une convention de stage.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Votre établissement en Nouvelle-Aquitaine doit vérifier et s&amp;#039;assurer que les conditions d&amp;#039;accueil et de stage sont satisfaisantes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Vous ne pouvez pas recevoir cette bourse si vous avez déjà : &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;une autre aide de la Région Nouvelle-Aquitaine pour le même stage&lt;br /&gt;&lt;/p&gt;&lt;p&gt;un financement d&amp;#039;un OPCO (Opérateur de Compétences). Le financement OPCO lorsqu&amp;#039;il est possible reste la priorité pour les apprentis&lt;/p&gt;&lt;p&gt;une aide Erasmus&amp;#43;&lt;/p&gt;&lt;p&gt;Exception possible si vous êtes :&lt;/p&gt;&lt;p&gt; élève boursier&lt;br /&gt;&lt;/p&gt;&lt;p&gt;stagiaire de la formation professionnelle&lt;/p&gt;&lt;p&gt; ou apprenti (sans financement OPCO pour le même stage)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre demande de bourse : &lt;/p&gt;&lt;p&gt;Vous devez créer votre demande avant la date de début de stage.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si vous créez la demande après la date de début de stage, elle sera automatiquement refusée.&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U147" s="1" t="inlineStr">
         <is>
-          <t>Nouvelle-Aquitaine</t>
+          <t>PETR DE L'ANJOU BLEU</t>
         </is>
       </c>
       <c r="V147" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/stages-letranger-infra-bac-annee-academique-2025-2026</t>
-[...4 lines deleted...]
-          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/stages-letranger-infra-bac-annee-academique-2025-2026</t>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
         </is>
       </c>
       <c r="X147" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;La demande de bourse régionale doit être créée avant le départ en stage. L’envoi de la demande sera à effectuer dans un délai maximum de 2 mois après la date de fin stage. &lt;/p&gt;&lt;p&gt;La demande de bourse doit être co-instruite favorablement sur la plateforme de gestion des aides régionales par l&amp;#039;établissement d&amp;#039;enseignement ou de formation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La création de votre demande d&amp;#039;aide s&amp;#039;effectue sur notre plateforme en ligne &amp;#34;Mes démarches en Nouvelle-Aquitaine&amp;#34; avant la date de début du stage. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;La plateforme est accessible par le bouton &amp;#34;Créer mon dossier&amp;#34; en bas de cette page. Il est nécessaire de créer un compte sur notre plateforme si vous n&amp;#039;en possédez pas un. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un tutoriel d&amp;#039;aide &amp;#34;Comment bien saisir ma demande&amp;#34; est à votre disposition, dans les documents à télécharger en bas de la page, pour vous accompagner dans cette démarche.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pièces constitutives de la demande :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;un CV (Curriculum Vitae)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la carte d&amp;#039;identité (recto-verso) ou le passeport, ou la carte de séjour pour les ressortissants étrangers, en cours de validité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la convention de stage signée par l’entreprise à l’étranger, l’établissement d’enseignement/de formation de la Région Nouvelle-Aquitaine et le stagiaire (les contrats de travail ne sont pas acceptés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une attestation sur l’honneur du chef d’établissement précisant si l’apprenant bénéficie ou pas d’une bourse ERASMUS&amp;#43; pour la même mobilité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; l’attestation de fin de stage précisant les dates réelles de début et de fin de stage effectué, signée par l’entreprise à l’étranger et contresignée par l’établissement d’enseignement/formation en Nouvelle-Aquitaine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En supplément, le cas échéant :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;attestation définitive d&amp;#039;attribution de bourses sur critères sociaux de l&amp;#039;année académique de l&amp;#039;année de la mobilité, délivrée en France&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le contrat d’apprentissage en cours de validité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un justificatif de statut de stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une attestation de l&amp;#039;OPCO (Opérateur de Compétences) confirmant le refus d&amp;#039;une aide financière pour la même mobilité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’entreprise d’accueil est située à moins de 100 km du lieu de résidence en France&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’apprenant français effectue un stage dans un des pays dont il a également la nationalité (plurinationaux)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une carte d’invalidité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Région se réserve le droit de demander des compléments d&amp;#039;informations ou documents complémentaires et de faire des contrôles aléatoires.&lt;/p&gt;</t>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y147" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>leader@anjoubleu.com</t>
         </is>
       </c>
       <c r="Z147" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/stages-a-letranger-infra-bac-annee-academique-2025-2026/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
         </is>
       </c>
       <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>