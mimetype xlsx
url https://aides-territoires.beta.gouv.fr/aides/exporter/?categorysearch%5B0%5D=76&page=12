--- v0 (2025-10-03)
+++ v1 (2025-11-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA246"/>
+  <dimension ref="A1:AA248"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -2898,55 +2898,50 @@
  &lt;/li&gt;
  &lt;li&gt;
   développer des partenariats locaux dans une logique collaborative, proposer une gouvernance locale,
  &lt;/li&gt;
  &lt;li&gt;
   présenter un caractère réaliste tant dans le montage technique que financier (cofinancements publics et/ou privés obligatoires)
  &lt;/li&gt;
  &lt;li&gt;
   structurer à terme un modèle de fonctionnement pérenne (volet IT seulement).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
       <c r="V14" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/ge-initiatives-territoriales/</t>
         </is>
       </c>
       <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  initiatives.territoriales&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>ddt-stpp@marne.gouv.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c1e-grand-est-initiatives-territoriales/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -9083,55 +9078,50 @@
   Les organismes d&amp;#039;accompagnement déduisent de leur facturation aux candidats la part prise en charge par les financeurs. Les candidats à l&amp;#039;installation bénéficient donc indirectement de l&amp;#039;aide de la Région et du FSE.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-pre-installation-diagnostic</t>
         </is>
       </c>
-      <c r="W45" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Agriculture, Agroalimentaire et Pêche
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;agriculture des IAA et de la pêche
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 57 57 82 74
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ee83-accompagnement-individuel-pre-installation-di/</t>
         </is>
       </c>
       <c r="AA45" s="1" t="inlineStr">
         <is>
@@ -9935,55 +9925,50 @@
 &lt;/p&gt;
 &lt;p&gt;
  Après l&amp;#039;envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois le dossier finalisé par vos soins (bouton &amp;#34;envoyer&amp;#34;), le service instructeur de la Région vérifie si votre dossier est complet. Des informations complémentaires pourront vous être demandées.Votre dossier est ensuite étudié avant passage en commission d&amp;#039;attribution. A l&amp;#039;issue de cette commission, la décision vous sera transmise par mail.
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U49" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/fonds-daide-la-mobilite-vers-lemploi</t>
         </is>
       </c>
-      <c r="W49" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/081a-fonds-daide-a-la-mobilite-vers-lemploi/</t>
         </is>
       </c>
       <c r="AA49" s="1" t="inlineStr">
@@ -10288,55 +10273,50 @@
  &lt;li&gt;
   Un extrait de KBis pour les entreprises ou le récepissé de dépôt d&amp;#039;immatriculation en Préfecture pour les associations,
  &lt;/li&gt;
  &lt;li&gt;
   Le PV de consultation du CSE ou procès-verbal de carence sur le plan de développement des compétences concerné par la demande,
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U51" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V51" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W51" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-formation</t>
         </is>
       </c>
       <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Limoges:
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    karine.bardit&amp;#64;nouvelle-aquitaine.fr
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    samuel.garraud&amp;#64;nouvelle-aquitaine.fr
   &lt;/li&gt;
   &lt;li&gt;
    Bordeaux:
   &lt;/li&gt;
   &lt;li&gt;
    jean-pierre.gendron&amp;#64;nouvelle-aquitaine.fr
   &lt;/li&gt;
   &lt;li&gt;
@@ -11127,55 +11107,50 @@
   Le PV de consultation du CSE ou procès-verbal de carence,
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Instruction de votre dossier et préparation pour le passage en Commission Permanente par le service.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-ingefor</t>
         </is>
       </c>
-      <c r="W56" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Formation Professionnelle et Apprentissage : les contacts par départements sont à retrouver
  &lt;a href="https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-ingefor" rel="noopener" target="_blank"&gt;
   sur ce lien
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec38-accompagnement-individuel-aux-entreprises-aie/</t>
         </is>
       </c>
       <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -11283,55 +11258,50 @@
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Le Sas jeunes Orientation active vers le premier emploi s&amp;#039;adresse aux jeunes de 18 à 25 ans, sorti du système scolaire et universitaire mais pas encore pleinement inséré dans la vie active.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/sas-jeunes-orientation-active-vers-lemploi</t>
         </is>
       </c>
-      <c r="W57" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif est mis en place en partenariat avec le réseau des missions locales du Limousin.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/57b8-sas-jeunes-orientation-active-vers-lemploi/</t>
         </is>
       </c>
       <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:27" customHeight="0">
       <c r="A58" s="1">
@@ -12034,55 +12004,50 @@
 &lt;p&gt;
  &lt;em&gt;
   Cf : Tableau des coordonnées des chargé(e)s de mission par filières.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-collectif-aux-filieres-acf-gpec</t>
         </is>
       </c>
-      <c r="W61" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/64c2-accompagnement-collectif-aux-filieres-acf-gpe/</t>
         </is>
       </c>
       <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:27" customHeight="0">
       <c r="A62" s="1">
@@ -12247,55 +12212,50 @@
 &lt;/p&gt;
 &lt;p&gt;
  Les Points Régionaux Conseils délivrent une information sur la Validation des Acquis de l&amp;#039;Expérience, proposent des entretiens conseils individualisés et gratuits pour clarifier et formuler le projet en VAE et évaluer sa pertinence. Ils conseillent dans le choix des certifications et mettent en relation avec les organismes valideurs responsables des certifications envisagées et assurer enfin le suivi de la démarche.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accueil se fait dans un des points du réseau :
  https://arcg.is/1ynzrz
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V62" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W62" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/vae-accompagnement-de-la-validation-des-acquis-de-lexperience</t>
         </is>
       </c>
       <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;
 &lt;p&gt;
  05.57.57.55.66
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3e1a-vae-accompagnement-de-la-validation-des-acqui/</t>
         </is>
       </c>
       <c r="AA62" s="1" t="inlineStr">
@@ -12705,55 +12665,50 @@
   &amp;#34;Créer un dossier&amp;#34;
  &lt;/strong&gt;
  au bas de cette page.
 &lt;/p&gt;
 &lt;p&gt;
  La décision vous sera notifiée par courrier.
 &lt;/p&gt;
 &lt;p&gt;
  En cas d&amp;#039;accord, vous devrez impérativement vous reconnecter à votre dossier pour y déposer la pièce justificative nécessaire à la mise en paiement de l&amp;#039;aide. Celle-ci devra être déposée dans un délai d&amp;#039;un an et devra être en cohérence avec les informations saisies lors de la demande. A défaut l&amp;#039;aide ne pourra pas être versée et le dossier sera clôturé.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U64" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V64" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W64" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aides-aux-brevets-bafa-bafd-bnssa</t>
         </is>
       </c>
       <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Service Relation aux Usagers
 Direction de la jeunesse et de la citoyenneté
 05.49.38.49.38.
  &lt;/li&gt;
  &lt;li&gt;
   Du lundi au vendredi de 9h à 18h sans interruption.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z64" s="1" t="inlineStr">
         <is>
@@ -13215,55 +13170,50 @@
  :
 &lt;/p&gt;
 &lt;p&gt;
  Prise de contact avec le Service Appui aux Compétences dans les Entreprises par mail ou téléphone.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Cf : Tableau des coordonnées des chargé(e)s de mission par filières.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V67" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W67" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-collectif-aux-filieres-acf-formation</t>
         </is>
       </c>
       <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Direction Formation Professionnelle et Apprentissage en cliquant sur le lien vers le descriptif complet.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/49d0-accompagnement-collectif-aux-filieres-acf-for/</t>
         </is>
       </c>
@@ -21090,55 +21040,50 @@
   À noter :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Acquéreur et cible doivent être une PME : entreprise de moins de 250 salariés déclarant soit un chiffre d&amp;#039;affaires annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U108" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-de-developpement-transmission</t>
         </is>
       </c>
-      <c r="W108" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre antenne régionale Bpifrance :
  &lt;a href="https://www.bpifrance.fr/contactez-nous" rel="noopener" target="_blank"&gt;
   https://www.bpifrance.fr/contactez-nous
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/04e1-contrat-de-developpement-transmission/</t>
         </is>
       </c>
       <c r="AA108" s="1" t="inlineStr">
         <is>
@@ -23162,83 +23107,79 @@
           <t>Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="J120" s="1" t="inlineStr">
         <is>
-          <t>Aide forfaitaire de 20.000€ (15.000 pour la collectivité / 5.000 pour le jeune)</t>
+          <t>Aide forfaitaire de 15.000€ pour la collectivité</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le volontariat territorial en administration (VTA) permet aux collectivités territoriales rurales de bénéficier des compétences de jeunes diplômés le temps d&amp;#039;une mission de 12 à 18 mois maximum, au service de l&amp;#039;ingénierie de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Créé en 2021, le Volontariat territorial en administration s&amp;#039;adresse aux collectivités territoriales des territoires ruraux, qu&amp;#039;il s&amp;#039;agisse des établissements publics de coopération intercommunale ou des communes. Les pays, PETR et PNR pourront également embaucher des VTA, notamment s&amp;#039;ils participent à l&amp;#039;élaboration des contrats de relance et de transition écologique (CRTE). À titre plus exceptionnel, des structures portant des postes mutualisés pour le compte de plusieurs collectivités pourront bénéficier du dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  Les VTA ont vocation à soutenir les territoires ruraux, pour faire émerger leurs projets de développement et les aider à se doter d&amp;#039;outils d&amp;#039;ingénierie adaptés à leur besoin. Ils aident notamment les acteurs locaux à mobiliser des financements du plan de relance.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;État aidera la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15 000 euros pour financer le recrutement indifféremment que celui soit de 12 ou 18 mois. Ce sont 800 VTA qui auront pu être aidés d&amp;#039;ici la fin de l&amp;#039;année 2022.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Une subvention forfaitaire de 20.000€ :
-[...7 lines deleted...]
-&lt;/p&gt;
+  Une subvention forfaitaire de 15.000€ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → 15.000€ pour la collectivité : l&amp;#039;État aide la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15.000€ qui sera versée sur décision du préfet&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;année 2023, le nombre de VTA sera limité à 220 recrutements.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les VTA renforcent en ingénierie les collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Ainsi les missions peuvent permettre de rechercher et mobiliser des financements, d&amp;#039;accompagner les collectivités dans la réalisation de leur projet de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Les VTA sont recrutés sur des missions d&amp;#039;appui aux
  CRTE, aux programmes de l&amp;#039;ANCT &amp;#34;Petites villes de demain&amp;#34;, Avenir Montagnes ingénierie, France service...
 &lt;/p&gt;
 &lt;p&gt;
  Les domaines d&amp;#039;aménagement du territoire, de la culture, citoyenneté, transition écologique, sont représentés par ce dispositif.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N120" s="1" t="inlineStr">
@@ -23284,51 +23225,51 @@
  &lt;li&gt;
   les pays et pôles d&amp;#039;équilibre territorial et rural (PETR), notamment s&amp;#039;ils participent à l&amp;#039;élaboration des contrats de relance et de transition écologique (CRTE).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U120" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V120" s="1" t="inlineStr">
         <is>
-          <t>https://agence-cohesion-territoires.gouv.fr/le-volontariat-territorial-en-administration-470</t>
+          <t>https://vta.anct.gouv.fr</t>
         </is>
       </c>
       <c r="W120" s="1" t="inlineStr">
         <is>
           <t>https://vta.anct.gouv.fr/</t>
         </is>
       </c>
       <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:vta&amp;#64;anct.gouv.fr" target="_self"&gt;
   vta&amp;#64;anct.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>marie.laurent@anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7950-beneficier-des-competences-dun-jeune-dipome/</t>
@@ -24683,55 +24624,50 @@
         </is>
       </c>
       <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U125" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W125" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -27479,55 +27415,50 @@
   D&amp;#039;au moins 50 000 € HT, lorsque le projet immobilier se situe
   &lt;strong&gt;
    en Zone Revitalisation Rurale
   &lt;/strong&gt;
   (ZRR).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e/</t>
         </is>
       </c>
-      <c r="W139" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction Economie Emploi Insertion – Service Développement économique/Insertion
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cheffe de service : Florane BAFFERT-DIAKITE
   04 75 79 70 51
  &lt;br /&gt;
  Chargée de Développement Territorial Economie :
  &lt;br /&gt;
  Johana PASTORE
   04 75 79 26 76 – 07 60 31 09 54
  &lt;br /&gt;
  Audrey FOROT
   04 75 79 27 57 – 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
@@ -27717,55 +27648,50 @@
   Engagement financier pris par le bénéficiaire du RSA antérieurement à la demande
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires du RSA relevant de l&amp;#039;obligation d&amp;#039;insertion et ayant signé un contrat d&amp;#039;engagements réciproques.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V140" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W140" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/allocation-dinsertion/</t>
         </is>
       </c>
       <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Direction Économie Emploi Insertion – Service Développement économique/Insertion
 &lt;/p&gt;
 &lt;p&gt;
  Cheffe de service :
   Florane BAFFERT-DIAKITE
   04 75 79 69 65
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
@@ -28016,407 +27942,146 @@
  les Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (associations et entreprises dans le secteur de l&amp;#039;insertion) conventionnées par l&amp;#039;Etat au titre de IAE.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/fonds-iae-innov-26-fonds-departemental-de-soutien-a-linnovation-et-a-la-mutualisation-du-secteur-de-linsertion-par-lactivite-economique/</t>
         </is>
       </c>
-      <c r="W141" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
  &lt;br /&gt;
  Cheffe de service : Florane BAFFERT-DIAKITE
   04 75 79 70 51
  &lt;br /&gt;
  Chargées de Développement Territorial Economie :
 &lt;/p&gt;
 &lt;p&gt;
  Johana PASTORE
   04 75 79 26 76 – 07 60 31 09 54
 &lt;/p&gt;
 &lt;p&gt;
  Audrey FOROT
   04 75 79 27 57 – 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8008-fonds-iae-innov26-fonds-departemental-de-sout/</t>
         </is>
       </c>
       <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:27" customHeight="0">
       <c r="A142" s="1">
-        <v>120481</v>
+        <v>120596</v>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Orienter pour adapter l'offre de formation régionale</t>
-[...4 lines deleted...]
-          <t>EUROPE - FSE + - Fonds social européen</t>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
-          <t>Orientation</t>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+          <t>Conseil départemental du Gers</t>
         </is>
       </c>
       <c r="G142" s="1" t="inlineStr">
-        <is>
-[...249 lines deleted...]
-      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
+      <c r="I142" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J143" s="1" t="inlineStr">
+      <c r="J142" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -28444,66 +28109,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P143" s="1" t="inlineStr">
+      <c r="P142" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q143" s="1" t="inlineStr">
+      <c r="Q142" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -28515,403 +28180,403 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>120661</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Accompagner les structures de l'Economie Sociale et Solidaire dans leur développement et la consolidation de leurs emplois</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>DLA (Dispositif Local d'Accompagnement)</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Ligue de l'enseignement de l'Aube</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Dispositif Local d&amp;#039;Accompagnement de l&amp;#039;ESS (DLA) est une aide publique ayant pour objectif d&amp;#039;accompagner toute structure employeuse de l&amp;#039;Economie Sociale et Solidaire dans le développement de ses activités et la pérennisation de ses emplois.
 &lt;/p&gt;
 &lt;p&gt;
  Pour qui ? Associations employeuses, coopératives, structures d&amp;#039;insertion, entreprises  agréées ESUS - tout secteur d&amp;#039;activité (culture, insertion, médico-social, environnement, sport, éducation, etc)
 &lt;/p&gt;
 &lt;p&gt;
  Quels besoins ? Faire évoluer son organisation interne ou son modèle économique, créer une nouvelle activité, redynamiser sa gouvernance, revoir son projet associatif, etc
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans l&amp;#039;Aube, le DLA est porté par la Ligue de l&amp;#039;Enseignement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Ex 1 : Accompagner une association en territoire rural proposant des ateliers sport-bien être pour des personnes ayant eu un cancer, dans l&amp;#039;élaboration de son projet associatif &amp;#61;&amp;#61;&amp;gt; résultat : intégration de nouveaux bénévoles dans la gouvernance, construction de nouveaux partenaires
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ex 2 : Accompagner une radio associative locale dans la restructuration de son modèle économique &amp;#61;&amp;#61;&amp;gt; résultat : maintien des 2 emplois salariés ,construction de nouveaux partenaires
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Tourisme
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Tiers-lieux
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Lutte contre la précarité
 Emploi
 Valorisation d'actions
 Mobilité pour tous
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ol&gt;
   &lt;li&gt;
    Être une structure de l&amp;#039;Economie Sociale et Solidaire (ESS) d&amp;#039;utilité sociale : association, coopérative (CAE, SCOP, SCIC), structure d&amp;#039;insertion, entreprise agréée ESUS
   &lt;/li&gt;
   &lt;li&gt;
    Avoir au moins 1 emploi ou souhaitant en créer un à court terme
   &lt;/li&gt;
   &lt;li&gt;
    Avoir son siège social dans l&amp;#039;Aube
   &lt;/li&gt;
   &lt;li&gt;
    Être volontaire pour être accompagné
   &lt;/li&gt;
  &lt;/ol&gt;
 </t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.laligue10.org/dla/</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter la Chargée de mission DLA
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   dla10&amp;#64;laligue10.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  03.25.82.68.63
  &lt;br /&gt;
  &lt;br /&gt;
  Ligue de l&amp;#039;Enseignement de l&amp;#039;Aube
  &lt;br /&gt;
  15 avenue d&amp;#039;Echenilly - 10120 Saint-André-les-Vergers
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>dla10@laligue10.org</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8e80-accompagner-les-structures-de-leconomie-socia/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>121339</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Fonds national d'aménagement et de développement du territoire</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Préfecture de région — Hauts-de-France</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I145" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espaces verts
 Accès aux services
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Equipement public
 Bâtiments et construction
 Emploi
 Attractivité économique
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les champs d&amp;#039;intervention privilégiés du FNADT sont :
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
  &lt;br /&gt;
  développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions présentant un caractère innovant ou expérimental dans le domaine de
  &lt;br /&gt;
  l&amp;#039;aménagement et du développement durable.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
         </is>
       </c>
-      <c r="W145" s="1" t="inlineStr">
+      <c r="W144" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
  &lt;br /&gt;
  &lt;br /&gt;
  Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Mme Anne-Laure FERRY : 03 44 06 12 63 /
@@ -28999,714 +28664,714 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Boite fonctionnelle :
  &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
   sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>lucille.dechaize@oise.gouv.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>126170</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Favoriser le renouvellement des générations en agriculture</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nous soutenons les collectivités dans le renouvellement des générations en agriculture, en proposant des solutions adaptées pour faciliter l&amp;#039;installation des agriculteurs, assurer la transmission des exploitations et promouvoir des pratiques agricoles durables, tout en renforçant l&amp;#039;attractivité du territoire et la résilience de son tissu agricole.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Revitalisation
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Chambre d&amp;#039;agriculture du département (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f905-mobiliser-des-porteurs-de-projets-et-securise/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>126877</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LES OUTILS DE PLANIFICATION TERRITORIALE
  &lt;/strong&gt;
  &lt;br /&gt;
  Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
   les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M147" s="1" t="inlineStr">
+      <c r="M146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
    Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
    OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
    Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
    PLUi Le Havre Seine Métropole
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   Consulter la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>128236</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du parcours d'accompagnement des entrepreneurs</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Ouest Aveyron Communauté</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  3 parcours sont proposés pour les entrepreneurs en fonction de la &amp;#34;mâturité&amp;#34; de leur entreprise.
 &lt;/p&gt;
 &lt;p&gt;
  1) Jeune Créateur
 &lt;/p&gt;
 &lt;p&gt;
  2) Perfectionnement entrepreneur
 &lt;/p&gt;
 &lt;p&gt;
  3) Ancrage
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Innovation, créativité et recherche
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1) Parcours Jeune Créateur :
  &lt;br /&gt;
  Permettre à tous les porteurs de projets de bénéficier d&amp;#039;un accompagnement adapté aux besoins inhérents liés aux premières étapes de la création d&amp;#039;entreprises. Mettre dans les meilleures dispositions les entrepreneurs lors de la phase de démarrage de leur activité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  2) Perfectionnement entrepreneur :
 &lt;/p&gt;
 &lt;p&gt;
  Permettre à tous les porteurs de projets de bénéficier d&amp;#039;un accompagnement adapté aux besoins inhérents aux premiers développements de leur entreprise, et mettre dans les meilleures dispositions les entrepreneurs lors de la phase de croissance de leur activité.
 &lt;/p&gt;
 &lt;p&gt;
  Un plan de formation en accord avec vos besoins :
 &lt;/p&gt;
 &lt;p&gt;
  • Analyse et mise à jour du modèle économique
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière
 &lt;/p&gt;
 &lt;p&gt;
  • Distribution de l&amp;#039;offre
 &lt;/p&gt;
 &lt;p&gt;
  • Ressources Humaines et recrutement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  3) Ancrage :
 &lt;/p&gt;
 &lt;p&gt;
  Pérenniser l&amp;#039;activité à l&amp;#039;issue des parcours d&amp;#039;accompagnement précédents et faciliter l&amp;#039;implantation de l&amp;#039;entreprise au sein du tissu économique local. Un plan de formation sur mesure A l&amp;#039;issue d&amp;#039;une évaluation conjointe avec votre référent, une offre spécifique de formation ou d&amp;#039;accompagnement thématique adaptée à vos besoins pourra être mis en place en mobilisant des experts sur les thématiques sélectionnées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>CC Ouest Aveyron Communauté</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.ouestaveyron.fr/</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ouest Aveyron Développement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
 &lt;/p&gt;
 &lt;p&gt;
  Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>mylene.norotte@ouestaveyron.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4940-parcours-daccompagnement-des-entrepreneurs/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>128237</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Créer son entreprise grâce au guichet unique de la création d'entreprise</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>GU</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Ouest Aveyron Communauté</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectifs
+&lt;/p&gt;
+&lt;p&gt;
+ • Permettre à tout porteur de projet du territoire de bénéficier de
+&lt;/p&gt;
+&lt;p&gt;
+ l&amp;#039;expertise de l&amp;#039;ensemble des structures d&amp;#039;accompagnement à la création
+&lt;/p&gt;
+&lt;p&gt;
+ d&amp;#039;entreprise agissant sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ • Offrir la possibilité de rencontrer ces structures lors de leurs permanences
+&lt;/p&gt;
+&lt;p&gt;
+ sur Villefranche-de-Rouergue.
+&lt;/p&gt;
+&lt;p&gt;
+ Information
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Information Collective « Les Clés de l&amp;#039;entreprise »
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez un projet de création d&amp;#039;entreprise, une idée, ou vous souhaitez simplement
+&lt;/p&gt;
+&lt;p&gt;
+ faire connaissance avec le monde de l&amp;#039;entrepreneuriat ? Participez aux informations collectives
+&lt;/p&gt;
+&lt;p&gt;
+ mensuelles du Guichet Unique de la Création animée par Ouest Aveyron Développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous découvrirez ainsi :
+&lt;/p&gt;
+&lt;p&gt;
+ • Les étapes clés de la création d&amp;#039;entreprise
+&lt;/p&gt;
+&lt;p&gt;
+ • Les prérequis nécessaires
+&lt;/p&gt;
+&lt;p&gt;
+ • Les problématiques clés
+&lt;/p&gt;
+&lt;p&gt;
+ • Les solutions d&amp;#039;accompagnement à votre disposition
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>CC Ouest Aveyron Communauté</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ouestaveyron.fr/</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacts
+&lt;/p&gt;
+&lt;p&gt;
+ Ouest Aveyron Développement
+&lt;/p&gt;
+&lt;p&gt;
+ Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>mylene.norotte@ouestaveyron.fr</t>
         </is>
       </c>
       <c r="Z148" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/4940-parcours-daccompagnement-des-entrepreneurs/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1d31-guichet-unique-de-la-creation-dentreprise/</t>
         </is>
       </c>
       <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:27" customHeight="0">
       <c r="A149" s="1">
-        <v>128237</v>
+        <v>130804</v>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Créer son entreprise grâce au guichet unique de la création d'entreprise</t>
+          <t>Soutenir les structures de l’Insertion par l’Activité Economique (SIAE) afin d’assurer leur viabilité et leur développement à moyen et long terme</t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
-          <t>GU</t>
+          <t>AIDE A L'IMMOBILIER POUR LES STRUCTURES D'INSERTION PAR L'ACTIVITE ECONOMIQUE</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
-          <t>Ouest Aveyron Communauté</t>
+          <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
       <c r="G149" s="1" t="inlineStr">
-        <is>
-[...153 lines deleted...]
-      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I150" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J149" s="1" t="inlineStr">
         <is>
           <t>Plafond : 50.000 €</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département de la Drôme est engagé dans une stratégie de soutien aux structures de l&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) afin d&amp;#039;assurer leur viabilité et leur développement à moyen et long terme.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser le développement des structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE) ;
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter l&amp;#039;acquisition, l&amp;#039;agrandissement ou la rénovation des locaux utilisés pour le fonctionnement des SIAE.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Montant /
   Taux de l&amp;#039;aide
  &lt;/strong&gt;
@@ -29830,71 +29495,71 @@
   → Bases réglementaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est mise en œuvre en application des aides d&amp;#039;Etat ou des règlements suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Règlement UE 2020/972 de la Commission du 2 juillet 2020 relatif aux aides de minimis.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Article L1511-3 du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier entre l&amp;#039;EPCI et le Département de la Drôme.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Durée de validité du règlement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce règlement est valable à partir de son adoption par le conseil communautaire de l&amp;#039;EPCI et la Commission permanente du Département de la Drôme. Il prend fin après 3 ans à compter de la délibération départementale, soit au 31/12/2025.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat
 Fiscalité des entreprises</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Être titulaire d&amp;#039;un agrément IAE délivré par le CDIAE de la Drôme.
  &lt;/li&gt;
  &lt;li&gt;
   Porter un projet de développement ou d&amp;#039;installation nécessitant un
   &lt;strong&gt;
    investissement immobilier
   &lt;/strong&gt;
   .
  &lt;/li&gt;
  &lt;li&gt;
   Présenter un ancrage territorial fort. Le projet doit être mis en œuvre dans la Drôme.
  &lt;/li&gt;
  &lt;li&gt;
   S&amp;#039;inscrire dans une démarche de cohésion sociale et territoriale à visée de progrès économique, social et culturel, en réduisant l&amp;#039;impact que les activités humaines font peser sur l&amp;#039;environnement et en proposant un mode de développement au service de l&amp;#039;humain.
  &lt;/li&gt;
  &lt;li&gt;
   Justifier de la viabilité économique du projet. Les budgets prévisionnels du projet et de la structure doivent être réalistes et équilibrés (dépenses &amp;#61; recettes).
@@ -29940,159 +29605,154 @@
  &lt;li&gt;
   &lt;strong&gt;
    Intermédiaires
   &lt;/strong&gt;
   : SCI ou Sociétés Immobilières dont le capital est détenu majoritairement par la société ou l&amp;#039;association bénéficiaire finale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acquisition / construction / extension ou rénovation de bâtiment.
  &lt;/li&gt;
  &lt;li&gt;
   Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
  &lt;/li&gt;
  &lt;li&gt;
   Coûts de gros œuvre et de second œuvre.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-pour-les-structures-dinsertion-par-lactivite-economique/</t>
         </is>
       </c>
-      <c r="W150" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chef de service
  &lt;/strong&gt;
  : Florane BAFFERT-DIAKITE – 04 75 79 70 51
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chargés de Développement Territorial Economie
  &lt;/strong&gt;
  : 07 60 31 09 54 ou 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1d65-aide-a-limmobilier-pour-les-structures-dinser/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>130805</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements immobiliers des entreprises pour favoriser leur installation et leur développement sur le territoire</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>AIDE a l’immobilier d’ENTREPRISE (A.I.E) - GRANDS PROJETS</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J151" s="1" t="inlineStr">
+      <c r="J150" s="1" t="inlineStr">
         <is>
           <t>Ne peut dépasser 100.000€, ou 500.000€ pour les projets de création de plus de 100 emplois.</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide vise à favoriser l&amp;#039;installation et le développement d&amp;#039;entreprises sur le territoire pour concourir à la création d&amp;#039;emplois durables et soutenir leur engagement dans des démarches respectueuses de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Montant /
   Taux de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide se calcule en fonction du nombre d&amp;#039;emplois (CDI-ETP) que l&amp;#039;entreprise s&amp;#039;engage à créer sur une période de 3 ans à compter de sa demande d&amp;#039;aide (accusé de réception de la lettre d&amp;#039;intention).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant peut être plafonné par un taux d&amp;#039;aide en fonction de la zone d&amp;#039;implantation et des aides publiques accordées au cours des trois derniers exercices fiscaux (régime de Minimis).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide ne peut dépasser
  &lt;strong&gt;
   100 000 €, ou 500 000 €
@@ -30265,75 +29925,75 @@
 &lt;p&gt;
  &amp;gt; Articles R.1511-4 et suivants du Code général des collectivités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Arrêté du 22 février 2018 constatant le classement de communes en zone de revitalisation rurale.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier d&amp;#039;entreprise entre l&amp;#039;EPCI et le Département de la Drôme.
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises s&amp;#039;engagent à respecter les règles encadrant les attributions de subventions publiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Engagement du bénéficiaire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après engagement sur l&amp;#039;attribution de l&amp;#039;aide, l&amp;#039;entreprise devra apposer à l&amp;#039;entrée du bâtiment une affiche comportant la mention « financé avec le soutien du Département de la Drôme et de l&amp;#039;EPCI XXX», ainsi que leurs logos. Cette affiche sera fournie par le Département au moment de l&amp;#039;accord de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat
 Industrie
 Fiscalité des entreprises</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Relever d&amp;#039;un secteur d&amp;#039;activité de production, transformation ou services qualifiés aux entreprises, selon la liste jointe en annexe ;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Porter un projet de développement ou d&amp;#039;installation nécessitant un investissement immobilier situé en zone AFR (Aides à finalité régionale)  telle que fixée par le décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027 ;
   &lt;/li&gt;
   &lt;li&gt;
    Réaliser un investissement immobilier d&amp;#039;un montant minimum de 200 000 € HT hors zone de revitalisation rurale (ZRR) et de 50 000 € HT minimum en ZRR ;
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à maintenir son activité durant cinq années au minimum (3 ans pour les petites et moyennes entreprises) ;
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à ne pas distribuer de dividendes au cours des trois années suivant l&amp;#039;octroi de l&amp;#039;aide, sauf cas exceptionnels dûment justifiés et validés par l&amp;#039;EPCI et le Département :
   &lt;/li&gt;
@@ -30397,335 +30057,330 @@
  &lt;strong&gt;
   hors d&amp;#039;une Zone Revitalisation Rurale
  &lt;/strong&gt;
  (ZRR).
 &lt;/p&gt;
 &lt;p&gt;
  D&amp;#039;au moins 50 000 € HT, lorsque le projet immobilier se situe
  &lt;strong&gt;
   en Zone Revitalisation Rurale
  &lt;/strong&gt;
  (ZRR).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les dépenses peuvent être de la nature suivante sans que cela ne soit exhaustif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Acquisition de terrain, acquisition/ construction/ extension ou rénovation de bâtiment ;
 &lt;/p&gt;
 &lt;p&gt;
  Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e-grands-projets/</t>
         </is>
       </c>
-      <c r="W151" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chef de service
  &lt;/strong&gt;
  : Florane BAFFERT-DIAKITE – 04 75 79 70 51
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chargés de Développement Territorial Economie
  &lt;/strong&gt;
  : 07 60 31 09 54 ou 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f42f-aide-a-limmobilier-dentreprise-aie-grands-pro/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>131370</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'emploi sportif</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Aide à l'emploi sportif</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Participation financière visant à soutenir et consolider l&amp;#039;emploi sportif existant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Emploi</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les critères suivants seront obligatoirement remplis :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    emplois sportifs visant à l&amp;#039;encadrement de la discipline hors temps scolaire et hors activités périscolaires (conditions : diplôme d&amp;#039;État dans la discipline concernée),
   &lt;/li&gt;
   &lt;li&gt;
    emplois à temps plein ou à temps partiel, à compter du mi-temps, en CDI ou CDD, hors emplois aidés par ailleurs (contrats uniques d&amp;#039;insertion, emplois aidés dans le cadre d&amp;#039;aide à l&amp;#039;emploi sportif mis en place par l&amp;#039;État,...),
   &lt;/li&gt;
   &lt;li&gt;
    avis favorable du comité départemental concerné, lors d&amp;#039;une première demande, et du comité départemental olympique et sportif,
   &lt;/li&gt;
   &lt;li&gt;
    projet de la structure motivant le besoin d&amp;#039;emplois et justifiant d&amp;#039;une structuration financière visant à pérenniser l&amp;#039;emploi.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/sport_reglement_emploi_sportif_modifie%2014122018.pdf</t>
         </is>
       </c>
-      <c r="W152" s="1" t="inlineStr">
+      <c r="W151" s="1" t="inlineStr">
         <is>
           <t>https://messervicesenligne.haute-marne.fr</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, des sports et du monde associatif
 &lt;/p&gt;
 &lt;p&gt;
  Service action culturelle, sportive et territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 03 25 32 88 19
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Toute correspondance doit être adressée à :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Monsieur le Président du conseil départemental
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Direction de la culture, des sports et du monde associatif
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Service action culturelle, sportive et territoriale
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   1 rue du Commandant Hugueny – CS 62127
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   52905 Chaumont Cedex 9
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>romain.paillard@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6593-soutenir-lemploi-sportif/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>131374</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Soutenir la formation des BAFA et BAFD</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Aides à la formation des Brevets d'Aptitude à la Fonction d'Animateur et Brevets d'Aptitude à la Fonction de Directeur</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Il s&amp;#039;agit de complèter l&amp;#039;offre déjà existante et d&amp;#039;attribuer une aide aux personnes postulant à passer leur BAFA et/ou BAFD.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Jeunesse
 Education et renforcement des compétences
 Emploi</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   RÈGLEMENT BAFA
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la bourse &amp;#34;BAFA&amp;#34; sera attribuée à l&amp;#039;inscription de la session d&amp;#039;approfondissement ou de qualification ;
   &lt;/li&gt;
   &lt;li&gt;
    son montant, fixé au préalable, sera de 120 € et le crédit inscrit au budget primitif ;
   &lt;/li&gt;
   &lt;li&gt;
    le stage devra être effectué auprès d&amp;#039;un organisme de formation de la région Grand-Est (Champagne-Ardenne, Lorraine, Alsace, Bourgogne et Franche-Comté) ;
   &lt;/li&gt;
   &lt;li&gt;
    la personne souhaitant obtenir une aide du Département devra en faire la demande au conseil départemental ;
   &lt;/li&gt;
   &lt;li&gt;
    la bourse sera versée aux stagiaires ;
   &lt;/li&gt;
   &lt;li&gt;
    le stagiaire s&amp;#039;engage, une fois diplômé, à œuvrer, dans la mesure des postes disponibles, aux services des centres de vacances et de loisirs haut-marnais.
@@ -30735,174 +30390,174 @@
  &lt;strong&gt;
   RÈGLEMENT BAFD
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la bourse &amp;#34;BAFD&amp;#34; sera attribuée à l&amp;#039;inscription de la session de perfectionnement ;
   &lt;/li&gt;
   &lt;li&gt;
    son montant, fixé au préalable, sera de 130 € et le crédit sera inscrit au budget primitif ;
   &lt;/li&gt;
   &lt;li&gt;
    la personne souhaitant obtenir une aide du Département devra en faire la demande au conseil départemental ;
   &lt;/li&gt;
   &lt;li&gt;
    la bourse sera versée aux stagiaires ;
   &lt;/li&gt;
   &lt;li&gt;
    le stagiaire s&amp;#039;engage, une fois diplômé, à œuvrer, dans la mesure des postes disponibles, aux services des centres de vacances et de loisirs haut-marnais.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/sport_reglement_Bafa_bafd_modifi%C3%A9%2014122018.pdf</t>
         </is>
       </c>
-      <c r="W153" s="1" t="inlineStr">
+      <c r="W152" s="1" t="inlineStr">
         <is>
           <t>https://messervicesenligne.haute-marne.fr</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, des sports et du monde associatif
 &lt;/p&gt;
 &lt;p&gt;
  Service action culturelle, sportive et territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 03 25 32 88 19
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Toute correspondance doit être adressée à :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Monsieur le Président du conseil départemental
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Direction de la culture, des sports et du monde associatif
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Service action culturelle, sportive et territoriale
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   1 rue du Commandant Hugueny – CS 62127
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   52905 Chaumont Cedex 9
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>romain.paillard@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5e8f-soutenir-la-formation-des-bafa-et-bafd/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>133061</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Investir pour la cybersécurité et la souveraineté numérique</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Financement de vos projets de services numériques</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;
     &lt;span&gt;🚩&lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
@@ -30919,456 +30574,456 @@
  &lt;li&gt;
   Vous êtes une collectivité locale et vous souhaitez protéger et gérer les données de vos infrastructures sensibles ou stratégiques, renforcer la sécurité numérique des hôpitaux, administrations ou tout autre acteur territorial ou encore garantir un numérique de confiance à vos administrés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un porteur de projet (entreprise, investisseur, exploitant...) et vous souhaitez développer des solutions numériques éprouvées et accessibles.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour accompagner les territoires dans leur transition numérique face à une numérisation croissante et à une recrudescence du risque cyber, la Banque des Territoires propose une offre d&amp;#039;investissements pour financer des solutions innovantes autour de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la confiance numérique : identité numérique, signature électronique... ;
  &lt;/li&gt;
  &lt;li&gt;
   la cybersécurité : solutions de gestion du risque cyber, sensibilisation, protection et assurance cyber, détection... ;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de la data : services de protection de la donnée personnelle et territoriale.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Emploi
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cybersecurite_souverainete_numerique</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous via notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2267-investir-pour-la-cybersecurite-et-la-souverai/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>133063</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser son Atlas des Zones d’Activités Économiques</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Inventaire ZAE : offre @zaé - Mon Atlas des Zones d’Activités Économiques</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être en conformité avec la loi Climat &amp;amp; Résilience, les établissements publics de coopération intercommunale (EPCI) doivent produire un inventaire de leurs zones d&amp;#039;activités économiques (ZAE) d&amp;#039;ici le 24 août 2023.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cet inventaire permet aux collectivités d&amp;#039;avoir une meilleure connaissance des disponibilités foncières et immobilières de leur territoire et ainsi de développer une stratégie de développement économique et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour le réaliser, les EPCI peuvent solliciter la Banque des Territoires, reconnue comme opérateur tiers de confiance. En partenariat avec le Cerema et ses partenaires (IGN et CSTB), la Banque des Territoires propose en effet un service gratuit d&amp;#039;aide à la création de votre inventaire des ZAE.
+&lt;/p&gt;
+&lt;p&gt;
+ Votre &amp;#64;zaé, « Mon Atlas des Zones d&amp;#039;Activités Économiques », vous est livré sous format .pdf et comprend un tableau de bord récapitulatif de chacune de vos zones d&amp;#039;activités économiques avec :
+&lt;/p&gt;
+&lt;p&gt;
+ •	une vision complète de l&amp;#039;état de votre foncier, dont les surfaces et les propriétaires de chaque unité ;
+&lt;/p&gt;
+&lt;p&gt;
+ •	l&amp;#039;identification des occupants de chaque zone ;
+&lt;/p&gt;
+&lt;p&gt;
+ •	le taux de vacance de chaque zone.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Transition énergétique
+Emploi</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offre-inventaire-zae-zones-activites-economiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_medium=Aides_Territoires&amp;mtm_content=zae_psat</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/offre-inventaire-zae-zones-activites-economiques?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Services_digitaux&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_content&amp;#61;zae_psat"&gt;
+   Contactez-nous par e-mail
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z154" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/2267-investir-pour-la-cybersecurite-et-la-souverai/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/85e9-zae-realiser-son-atlas-des-zones-dactivites-e/</t>
         </is>
       </c>
       <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:27" customHeight="0">
       <c r="A155" s="1">
-        <v>133063</v>
+        <v>138045</v>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Réaliser son Atlas des Zones d’Activités Économiques</t>
+          <t>Soutenir les chantiers d'insertion</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
-          <t>Inventaire ZAE : offre @zaé - Mon Atlas des Zones d’Activités Économiques</t>
+          <t>Aide à l'investissement pour les chantiers d'insertion</t>
         </is>
       </c>
       <c r="E155" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
       <c r="G155" s="1" t="inlineStr">
         <is>
-          <t>Etablissement public dont services de l'Etat</t>
+          <t>Association</t>
         </is>
       </c>
       <c r="H155" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I155" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J155" s="1" t="inlineStr">
+        <is>
+          <t>Financement plafonné 50 % dans la limite de 7700 € par atelier et chantier d'insertion</t>
         </is>
       </c>
       <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L155" s="1" t="inlineStr">
-        <is>
-[...133 lines deleted...]
-      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;une aide à l&amp;#039;investissement pour les ateliers et chantiers d&amp;#039;insertion. C&amp;#039;est une subvention maximale de 7 700 euros attribuée dans la limite de 50% de la dépense globale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  Les ateliers et chantiers d&amp;#039;insertion agréés par le CDIAE, embauchant des bénéficiaires du RSA et dans le cadre d&amp;#039;un projet d&amp;#039;investissement bien fondé.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Demande à formuler auprès de la direction déléguée Action sociale Insertion
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
    Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M156" s="1" t="inlineStr">
+      <c r="M155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Achat d&amp;#039;équipement de propreté et entretien.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Emploi</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Un-promoteur-du-lien-social,946.html</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction de la vie sociale (DIVIS)/Direction déléguée action sociale-insertion
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.41.47
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/51db-soutenir-les-chantiers-dinsertion/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>139927</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -31414,334 +31069,334 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P157" s="1" t="inlineStr">
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q157" s="1" t="inlineStr">
+      <c r="Q156" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>140793</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Accompagner la démarche entrepreneuriale et responsable des agriculteurs, ainsi que la création d’entreprise et le développement de l’emploi</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Chambre d'agriculture des Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil AMONT : co-construire des diagnostics, stratégies et projets de territoire
  &lt;/li&gt;
  &lt;li&gt;
   Expertise TECHNIQUE : accompagner les projets territorialisés, animer et structurer les filières locales ou les projets alimentaires de territoire, communiquer sur les produits et les métiers, accompagner les projets de gestion de l&amp;#039;eau et d&amp;#039;irrigation, favoriser l&amp;#039;économie circulaire, intégrer la préservation de l&amp;#039;environnement dans les pratiques
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie FONCIÈRE : faciliter l&amp;#039;installation et la transmission d&amp;#039;exploitations agricoles, maintenir une dynamique agricole sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   CONCERTATION : participer ou animer des réunions sur la place des agriculteurs dans la société
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M158" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Organisation de journées thématiques à destination des élus des collectivités ou du grand public
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostic agricole et foncier prospectif préalable à un document d&amp;#039;urbanisme
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement pour la gestion des déchets verts  (ex co-compostage avec CC Alpes Provence Verdon)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentation de captage d&amp;#039;eau potable
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement à la mise en place de Zone Agricole Protégée (ex ZAP du Val de Durance)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement de projets structurants d&amp;#039;irrigation, dans un objectif de préservation de la ressource (Réseaux collectifs, Retenues collinaires)
  &lt;/li&gt;
  &lt;li&gt;
   Organisation de Marchés de Producteurs (marchés Paysans du Verdon, marché d&amp;#039;Aiglun...), accompagnement des modes de commercialisation collectifs en Circuits Courts
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Agriculture et agroalimentaire
 Emploi</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Partenariat, conventionnement, prestation de services selon le type de projet
  &lt;/li&gt;
  &lt;li&gt;
   Prestation rémunérée d&amp;#039;expertises dans les domaines agricoles, de gestion de l&amp;#039;eau, de l&amp;#039;aménagement du territoire.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>http://www.chambre-agriculture04.fr</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : 66 Bd Gassendi, CS90117, 04995 Digne-les-Bains Cedex 9
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 92 30 57 57
 &lt;/p&gt;
 &lt;p&gt;
  Email :  :
  &lt;a href="mailto:accueil&amp;#64;ahp.chambagri.fr" target="_self"&gt;
   accueil&amp;#64;ahp.chambagri.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ac8-accompagner-la-demarche-entrepreneuriale-et-r/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>142229</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C158" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -31901,51 +31556,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -31955,56 +31610,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -32033,154 +31688,154 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>142680</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C160" s="1" t="inlineStr">
+      <c r="C159" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -32293,51 +31948,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -32355,56 +32010,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -32447,139 +32102,139 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>142692</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Engager une démarche de résilience sur votre territoire</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
 &lt;/p&gt;
 &lt;p&gt;
  Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostic participatif et identification des priorités d&amp;#039;actions
  &lt;/li&gt;
@@ -32598,192 +32253,192 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &amp;gt; format découverte de type séminaire « tout public » en une journée,
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Evaluation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Outil boussole de la résilience Cerema
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M161" s="1" t="inlineStr">
+      <c r="M160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Formation :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ville de Paris (chefs de projets)
  &lt;/li&gt;
  &lt;li&gt;
   DREAL ARA et PACA (chefs de projet)
  &lt;/li&gt;
  &lt;li&gt;
   Groupe immobilier ASTRANCE (séminaire de découverte)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Assistance à la Maîtrise d&amp;#039;Ouvrage :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
  &lt;/li&gt;
  &lt;li&gt;
   Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
  &lt;/li&gt;
  &lt;li&gt;
   Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Accès aux services
 Cohésion sociale et inclusion
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 Accessibilité
 Emploi
 Appui méthodologique
 Mobilité pour tous
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>142693</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Co-construire votre projet de territoire intelligent avec l'ensemble des parties prenantes</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La transformation numérique représente une révolution culturelle. Elle constitue également un enjeu politique majeur pour la transition écologique et solidaire de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans l&amp;#039;élaboration de votre projet de territoire intelligent, depuis l&amp;#039;identification des besoins collectifs jusqu&amp;#039;à la mise en place des solutions technologiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mettre le numérique au service de votre projet de territoire : par où commencer ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment choisir les solutions les plus adaptées ?
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement vers de nouvelles pratiques : comment réussir la conduite du changement ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment rendre l&amp;#039;usage de la donnée pertinent pour favoriser la prise de décision ?
@@ -32823,408 +32478,408 @@
   Identification et priorisation de vos besoins
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Co-construction de la stratégie numérique au service du projet de territoire
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mobilisation des parties prenantes
  &lt;/li&gt;
  &lt;li&gt;
   Animation d&amp;#039;ateliers d&amp;#039;intelligence collective : vision partagée, grandes orientations
  &lt;/li&gt;
  &lt;li&gt;
   Formalisation du plan d&amp;#039;actions opérationnel (démarche itérative)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des services et montée en compétence des agents
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la rédaction des cahiers des charges pour le choix des solutions techniques adaptées
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M162" s="1" t="inlineStr">
+      <c r="M161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Grand Bassin de Bourg-en-Bresse
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un séminaire pour les élus : intégrer la transformation numérique dans le projet de territoire du Grand Bassin de Bourg-en-Bresse
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Espace public
 Voirie et réseaux
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Commerces et services
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Médias et communication
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/co-construire-votre-projet-territoire-intelligent-ensemble</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e9b1-co-construire-votre-projet-de-territoire-inte/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>143860</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Makesense</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Mobilisez les parties prenantes autour de vos politiques publiques
  &lt;/strong&gt;
  : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
  &lt;/strong&gt;
  Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3) Faites émerger des projets impactants sur votre territoire :
  &lt;/strong&gt;
  Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M163" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous trouverez des exemples
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   ici
 &lt;/a&gt;ou encore :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
  &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
   programme
  &lt;/a&gt;
  a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous vous reconnaissez dans ces expériences qui guident nos projets :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
  Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
  &lt;/li&gt;&lt;li&gt;
  Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
 &lt;/li&gt;&lt;li&gt;
  Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
  &lt;/li&gt;&lt;li&gt;
  Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://france.makesense.org/organisations/collectivites/</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>sylvia.garzon@makesense.org</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>144547</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M164" s="1" t="inlineStr">
+      <c r="M163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -33267,543 +32922,543 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W164" s="1" t="inlineStr">
+      <c r="W163" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>147706</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I165" s="1" t="inlineStr">
+      <c r="I164" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P165" s="1" t="inlineStr">
+      <c r="P164" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q165" s="1" t="inlineStr">
+      <c r="Q164" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T165" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>149079</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les commerces du territoire ayant subi des dégâts suite aux émeutes urbaines : dégâts matériels et immobiliers,
+stocks volés et perte d’exploitation suite au sinistre</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Aide d’urgence commerces sinistrés</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Grand Est souhaite grâce au dispositif d&amp;#039;aide d&amp;#039;urgence commerces sinistrés, accompagner les commerces du territoire ayant subi des dégâts suite aux émeutes urbaines : dégâts matériels et immobiliers, stocks volés et perte d&amp;#039;exploitation suite au sinistre.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise en particulier à financer ou cofinancer le besoin en fonds de roulement du commerce lié à la reconstitution du stock, aux investissements matériels et immobiliers à réaliser pour redémarrer l&amp;#039;activité rapidement dans l&amp;#039;attente de la prise en charge par les assureurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etablissement implanté dans la région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide d&amp;#039;urgence commerces sinistrés s&amp;#039;adresse aux artisans et commerçants qui ont subi des dégâts matériels et/ou immobiliers (vitrines brisées, locaux incendiés, stocks pillés, mobiliers sinistrés...) pouvant générer une perte d&amp;#039;exploitation directe le temps de la remise en état et/ou de la reconstitution du stock.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement portera sur le besoin en fonds de roulement de l&amp;#039;établissement déterminé par les dépenses nécessaires au redémarrage de l&amp;#039;activité (investissement mobilier, travaux, réparations...), à la reconstitution du stock, et au coût éventuel de la/des franchise(s) liée(s) au vandalisme et/ou à la perte d&amp;#039;exploitation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/commerces-sinistres/</t>
+        </is>
+      </c>
+      <c r="W165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/wp-content/uploads/2023/07/reglement-dispositif-urgence-commerces-sinistres-vf.pdf</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande d&amp;#039;aide d&amp;#039;urgence commerces sinistrés se fait via le formulaire dédié, la décision d&amp;#039;attribution de
+&lt;/p&gt;
+&lt;p&gt;
+ l&amp;#039;aide est prise par arrêté du Président après avis de l&amp;#039;instructeur du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette demande d&amp;#039;aide doit être réalisée dans le mois suivant la déclaration de sinistre auprès de l&amp;#039;assurance et pour des sinistres subis après le 27 juin 2023 et liés à du vandalisme intervenu dans le cadre des émeutes urbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules les demandes complètes comprenant la déclaration de sinistre et à défaut, pour les entreprises non couvertes par une garantie « Emeutes et mouvements populaires », le dépôt de plainte et le contrat d&amp;#039;assurance, et répondant aux exigences du règlement sont soumises à l&amp;#039;approbation du Président.
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y165" s="1" t="inlineStr">
         <is>
-          <t>energie@payspercheornais.fr</t>
+          <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z165" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b208-aide-durgence-commerces-sinistres/</t>
         </is>
       </c>
       <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:27" customHeight="0">
       <c r="A166" s="1">
-        <v>149079</v>
+        <v>149110</v>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les commerces du territoire ayant subi des dégâts suite aux émeutes urbaines : dégâts matériels et immobiliers,
-stocks volés et perte d’exploitation suite au sinistre</t>
+          <t>Mener à bien un projet de croissance ou de développement à moyen, long terme</t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
-          <t>Aide d’urgence commerces sinistrés</t>
+          <t>Prêt participatif Grand Est</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
       <c r="H166" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Prêt</t>
         </is>
       </c>
       <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L166" s="1" t="inlineStr">
-        <is>
-[...124 lines deleted...]
-      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet de croissance ou de développement à moyen, long terme ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez d&amp;#039;un soutien financier sous forme de prêts participatifs pouvant aller jusqu&amp;#039;à 500 000 € afin de gagner en compétitivité et accélérer le développement de votre entreprise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Emploi
 International
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P167" s="1" t="inlineStr">
+      <c r="P166" s="1" t="inlineStr">
         <is>
           <t>17/11/2022</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T167" s="1" t="inlineStr">
+      <c r="T166" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/pret-participatif-grand-est/</t>
         </is>
       </c>
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les demandes de prêts participatifs sont à adresser aux banques partenaires (coordonnées ci-dessous).
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute demande d&amp;#039;information complémentaire, les trois partenaires bancaires sont à votre disposition :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Banque Populaire Alsace Lorraine Champagne
    &lt;br /&gt;
    Lilian.couqueberg&amp;#64;bpalc.fr et Benoit.grandjacquot&amp;#64;bpalc.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Caisse D&amp;#039;Épargne Grand Est Europe
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
@@ -33812,102 +33467,102 @@
  &lt;br /&gt;
  &lt;span&gt;
   Centres d&amp;#039;Affaires (pour la partie PME / entreprises)
   &lt;br /&gt;
  &lt;/span&gt;
  christine.schumacher&amp;#64;cegee.caisse-epargne.fr
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Crédit Agricole
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  CR Lorraine – AGENCES.ENTREPRISES&amp;#64;ca-lorraine.fr
  &lt;br /&gt;
  CR Champagne Bourgogne – mde&amp;#64;ca-cb.fr
  &lt;br /&gt;
  CR Nord Est – ANIM-CO&amp;#64;ca-nord-est.fr
  &lt;br /&gt;
  CR Alsace Vosges – CREDIT.AGRICOLE.ENTREPRISES&amp;#64;ca-alsace-vosges.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8037-pret-participatif-grand-est/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>149146</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Prêt Croissance TPE Grand Est</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Prêt Croissance TPE Grand Est</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;
  Bénéficiaires
 &lt;/h2&gt;
 Sont concernées les TPE et PME dont les effectifs sont compris entre 3 et 50 salariés, créées depuis plus de 3 ans et exerçant l&amp;#039;essentiel de leurs activités en Région Grand Est ou s&amp;#039;y installant.
 Tout secteur d&amp;#039;activité, à l&amp;#039;exclusion :
 &lt;ul&gt;
  &lt;li&gt;
   des activités d&amp;#039;intermédiation financière (NAF : section K64 sauf 64-2 pour les achats d&amp;#039;entreprises),
  &lt;/li&gt;
  &lt;li&gt;
   des activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1),
  &lt;/li&gt;
  &lt;li&gt;
   des secteurs agricoles ayant un code NAF section A01 et A02 (sauf 02.20Z et 02.40 Z).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  Modalités
 &lt;/h2&gt;
 L&amp;#039;assiette du prêt est constituée prioritairement par :
 &lt;ul&gt;
  &lt;li&gt;
   des investissements immatériels
  &lt;/li&gt;
@@ -33949,187 +33604,187 @@
    pretcroissancetpe.grandest.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h2&gt;
  Contact
 &lt;/h2&gt;
 Pour toute demande d&amp;#039;information complémentaire, Bpifrance reste à votre disposition :
 &lt;strong&gt;
  Bpifrance – Direction Régionale Strasbourg
 &lt;/strong&gt;
 3, rue de Berne 67300 Schiltigheim
 03 88 56 88 56
 &lt;strong&gt;
  Bpifrance – Direction Régionale Nancy
 &lt;/strong&gt;
 9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
 03 83 67 46 74
 &lt;strong&gt;
  Bpifrance – Direction Régionale Reims
 &lt;/strong&gt;
 Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
 03 26 79 82 30</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
+      <c r="P167" s="1" t="inlineStr">
         <is>
           <t>29/09/2021</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T168" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/pret-croissance-tpe-grand-est/</t>
         </is>
       </c>
-      <c r="W168" s="1" t="inlineStr">
+      <c r="W167" s="1" t="inlineStr">
         <is>
           <t>http://pretcroissancetpe.grandest.fr/</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande d&amp;#039;information complémentaire, Bpifrance reste à votre disposition :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance – Direction Régionale Strasbourg
 &lt;/p&gt;
 &lt;p&gt;
  3, rue de Berne 67300 Schiltigheim
 &lt;/p&gt;
 &lt;p&gt;
  03 88 56 88 56
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance – Direction Régionale Nancy
 &lt;/p&gt;
 &lt;p&gt;
  9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
 &lt;/p&gt;
 &lt;p&gt;
  03 83 67 46 74
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance – Direction Régionale Reims
 &lt;/p&gt;
 &lt;p&gt;
  Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
 &lt;/p&gt;
 &lt;p&gt;
  03 26 79 82 30
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/17a8-pret-croissance-tpe-grand-est/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>149147</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Fonds Régional de Garantie Grand Est</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Fonds Régional de Garantie Grand Est</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;
  Objectif
 &lt;/h2&gt;
 En complétant le taux de garantie généralement accordé par Bpifrance, le Fonds Régional de Garantie Grand Est vise à faciliter l&amp;#039;obtention des concours financiers sollicités par les PME régionales dans le but de permettre le financement de leurs programmes d&amp;#039;investissement nécessaires :
 &lt;ul&gt;
  &lt;li&gt;
   à la création d&amp;#039;entreprise,
  &lt;/li&gt;
  &lt;li&gt;
   à la transmission d&amp;#039;entreprises,
  &lt;/li&gt;
  &lt;li&gt;
   au développement d&amp;#039;entreprise dont l&amp;#039;international,
  &lt;/li&gt;
  &lt;li&gt;
   au renforcement de la structure financière, dont le renforcement de la trésorerie des entreprises,
  &lt;/li&gt;
  &lt;li&gt;
   à l&amp;#039;innovation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  Bénéficiaires
 &lt;/h2&gt;
@@ -34186,189 +33841,189 @@
  Bpifrance – Direction Régionale Strasbourg
 &lt;/strong&gt;
 3, rue de Berne 67300 Schiltigheim
 03 88 56 88 56 –
 &lt;a href="mailto:strasbourg&amp;#64;bpifrance.fr"&gt;
  strasbourg&amp;#64;bpifrance.fr
 &lt;/a&gt;
 &lt;strong&gt;
  Bpifrance – Direction Régionale Nancy
 &lt;/strong&gt;
 9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
 03 83 67 46 74 –
 &lt;a href="mailto:nancy&amp;#64;bpifrance.fr"&gt;
  nancy&amp;#64;bpifrance.fr
 &lt;/a&gt;
 &lt;strong&gt;
  Bpifrance – Direction Régionale Reims
 &lt;/strong&gt;
 Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
 03 26 79 82 30 –
 &lt;a href="mailto:reims&amp;#64;bpifrance.fr"&gt;
  reims&amp;#64;bpifrance.fr
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P169" s="1" t="inlineStr">
+      <c r="P168" s="1" t="inlineStr">
         <is>
           <t>29/09/2021</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/fonds-regional-de-garantie-grand-est/</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute toute demande d&amp;#039;information complémentaire, Bpifrance reste à votre disposition :
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance – Direction Régionale Strasbourg
 &lt;/p&gt;
 &lt;p&gt;
  3, rue de Berne 67300 Schiltigheim
 &lt;/p&gt;
 &lt;p&gt;
  03 88 56 88 56 –
  &lt;a target="_self"&gt;
   strasbourg&amp;#64;bpifrance.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance – Direction Régionale Nancy
 &lt;/p&gt;
 &lt;p&gt;
  9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
 &lt;/p&gt;
 &lt;p&gt;
  03 83 67 46 74 –
  &lt;a target="_self"&gt;
   nancy&amp;#64;bpifrance.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance – Direction Régionale Reims
 &lt;/p&gt;
 &lt;p&gt;
  Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
 &lt;/p&gt;
 &lt;p&gt;
  03 26 79 82 30 –
  &lt;a target="_self"&gt;
   reims&amp;#64;bpifrance.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2bf8-fonds-regional-de-garantie-grand-est/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>150687</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -34409,268 +34064,268 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T170" s="1" t="inlineStr">
+      <c r="T169" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>152167</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Permettre à un public de niveau supérieur au bac (niveau 4), temporairement éloigné du marché du travail ou devant se reconvertir, de se préparer à accéder à un emploi</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>PRÉPA Avenir Sup</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les stagiaires seront amenés à construire et valider un projet professionnel à travers la découverte des métiers qui recrutent, la consolidation de compétences clés, des immersions en entreprise. Il est possible de passer des certifications inscrites à l&amp;#039;inventaire telles que TOEIC, TOEFL, TOSA, PIXA...
 &lt;/p&gt;
 &lt;p&gt;
  A l&amp;#039;issue de la formation, le stagiaire aura renforcé ses compétences générales et les savoirs-êtres indispensables à la concrétisation de son projet professionnel.
 &lt;/p&gt;
 &lt;p&gt;
  Permettre à un public de niveau supérieur au bac (niveau 4), temporairement éloigné du marché du travail ou devant se reconvertir, de se préparer à accéder à un emploi, à une formation qualifiante ou à l&amp;#039;apprentissage.
 &lt;/p&gt;
 &lt;p&gt;
  Les formations VISA Avenir Sup s&amp;#039;adressent aux
  &lt;strong&gt;
   personnes en recherche d&amp;#039;emploi
  &lt;/strong&gt;
  de niveau supérieur à 4 (bac), qu&amp;#039;elles soient ou non inscrites à Pôle emploi. Sont particulièrement visés les jeunes décrocheurs de l&amp;#039;enseignement supérieur, les jeunes diplômés bac &amp;#43; en difficulté d&amp;#039;insertion professionnelle devant se réorienter et les personnes en reconversion professionnelle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Revitalisation
 Emploi
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P171" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Des sessions ont lieu toute l&amp;#039;année dans les principales villes universitaires des 5 départements. Se reporter au lien ci-dessous pour consulter la programmation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T171" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Fabienne RAGUENES
  &lt;br /&gt;
  sfpc&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
  &amp;#43;33 2 28 20 59 98
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05ea-region-formation-visa-avenir-sup/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>152206</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Permettre d'ajuster les compétences d’un demandeur d’emploi avant l'embauche en contrat d’au moins 12 mois, grâce à une formation d'adaptation à l'emploi</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>PRÉPARATION OPÉRATIONNELLE À L'EMPLOI INDIVIDUELLE (POEI)</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre d&amp;#039;ajuster les compétences d&amp;#039;un demandeur d&amp;#039;emploi avant l&amp;#039;embauche en contrat d&amp;#039;au moins 12 mois, grâce à une formation d&amp;#039;adaptation à l&amp;#039;emploi.
 &lt;/p&gt;
 &lt;p&gt;
  La Région des Pays de la Loire soutient les employeurs qui recrutent en les formant les demandeurs d&amp;#039;emploi. Aussi, elle finance le dispositif Préparation Opérationnelle à l&amp;#039;Emploi Individuelle (POEI) mis en œuvre par Pôle emploi.
 &lt;/p&gt;
 &lt;p&gt;
  La POEI est une aide financière à destination des employeurs, proposant une formation préalable à l&amp;#039;embauche, pour un contrat de 12 mois minimum. La POEI a pour but de résorber les écarts entre les compétences du candidat et les compétences requises par le poste.
 &lt;/p&gt;
 &lt;p&gt;
  La POEI concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les demandeurs d&amp;#039;emploi inscrits à Pôle emploi ;
  &lt;/li&gt;
  &lt;li&gt;
   les employeurs du secteur privé ou public :
   &lt;ul&gt;
    &lt;li&gt;
     à jour de leurs cotisations sociales
    &lt;/li&gt;
    &lt;li&gt;
     qui n&amp;#039;ont pas licencié dans les 12 derniers mois pour motif économique,
@@ -34684,173 +34339,173 @@
 &lt;p&gt;
  Le contrat d&amp;#039;embauche à l&amp;#039;issue de la formation doit être :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un Contrat à durée indéterminée (CDI),
  &lt;/li&gt;
  &lt;li&gt;
   ou un Contrat à durée déterminée (CDD) d&amp;#039;au moins 12 mois
  &lt;/li&gt;
  &lt;li&gt;
   ou un Contrat de professionnalisation à durée déterminée supérieure à 12 mois ou à durée indéterminée,
  &lt;/li&gt;
  &lt;li&gt;
   ou un Contrat d&amp;#039;apprentissage de plus de 12 mois
  &lt;/li&gt;
  &lt;li&gt;
   ou un Contrat à durée déterminée d&amp;#039;insertion (CDDI)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La formation (temps plein ou temps partiel) doit être réalisée par un organisme de formation interne et/ou externe à l&amp;#039;entreprise qui recrute. La prise en charge des coûts de formation sera de 400 heures maximum.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Emploi
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P171" s="1" t="inlineStr">
         <is>
           <t>04/01/2023</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La POEI peut être mobilisée :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   à partir d&amp;#039;une offre d&amp;#039;emploi déposée par l&amp;#039;employeur sur le site de Pôle emploi mentionnant « POEI » ;
  &lt;/li&gt;
  &lt;li&gt;
   et/ou à la demande du demandeur d&amp;#039;emploi ayant ciblé une offre correspondant à son profil avec un besoin d&amp;#039;adaptation des compétences et qui doit se rapprocher de son conseiller Pôle emploi.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour mettre en place la POEI, l&amp;#039;employeur doit prendre rendez-vous avec un conseiller Pôle emploi dans son agence Pôle emploi de proximité ou contacter le 3995, pour obtenir les coordonnées de l&amp;#039;équipe entreprise en proximité.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cas où la mise en place d&amp;#039;une POEI est sollicitée par un demandeur d&amp;#039;emploi, ce dernier propose directement cette modalité à l&amp;#039;employeur.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;employeur construira avec le conseiller Pôle emploi, le parcours de formation (plan de formation partagé avec le demandeur d&amp;#039;emploi).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T172" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Plus d&amp;#039;informations sur le site
  &lt;a href="https://pro.choisirmonmetier-paysdelaloire.fr/donnees/fiche-dispositif?rechGuidee&amp;#61;1&amp;amp;sigle&amp;#61;poei&amp;amp;formListePublics&amp;#61;&amp;amp;formListeParcours&amp;#61;&amp;amp;pageCourante&amp;#61;1&amp;amp;triCourant&amp;#61;dis_sort_libelle%2Fasc&amp;amp;nbElemPage&amp;#61;10&amp;amp;offset&amp;#61;0"&gt;
   Choisirmonmétier-paysdelaloire.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5c47-acces-emploi-preparation-operationnelle-a-lem/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>152360</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Permettre aux petites et moyennes entreprises ligériennes de bénéficier d’un accompagnement en ressources humaines</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Prestation de conseil en ressources humaines (PCRH)</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre aux petites et moyennes entreprises ligériennes de bénéficier d&amp;#039;un accompagnement en ressources humaines réalisé par un prestataire et cofinancé par l&amp;#039;État et la Région des Pays de la Loire jusqu&amp;#039;à 100%, en fonction de la taille de l&amp;#039;entreprise. Montant de l&amp;#039;aide selon la taille de l&amp;#039;entreprise ou association.
 &lt;/p&gt;
 &lt;p&gt;
  La prestation conseil RH doit porter sur des thématiques d&amp;#039;intervention élargies :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Accompagnement à la reprise de l&amp;#039;activité économique dans le contexte de la crise Covid-19
   &lt;/li&gt;
   &lt;li&gt;
    Recrutement et intégration des salariés dans l&amp;#039;entreprise
   &lt;/li&gt;
   &lt;li&gt;
    Organisation du travail
   &lt;/li&gt;
   &lt;li&gt;
    Gestion prévisionnelle des emplois et des compétences (GPEC)
   &lt;/li&gt;
   &lt;li&gt;
    Amélioration du dialogue social et des relations sociales dans l&amp;#039;entreprise
   &lt;/li&gt;
   &lt;li&gt;
    Professionnalisation de la fonction RH dans l&amp;#039;entreprise,
@@ -34865,453 +34520,453 @@
  Dans l&amp;#039;accompagnement court (de 1 à 10 jours), le conseiller externe aidera à la réalisation d&amp;#039;un plan d&amp;#039;action directement mobilisable.
  &lt;br /&gt;
  L&amp;#039;accompagnement approfondi (de 10 à 30 jours) intervient, lui, à l&amp;#039;issue du premier accompagnement pour résoudre des problématiques complexes (plan de GRH, intégration des RH dans la stratégie de l&amp;#039;entreprise, professionnalisation de la fonction RH...).
  &lt;br /&gt;
  La prestation PCRH &amp;#43; (1 à 2 jours) vise spécifiquement l&amp;#039;accompagnement au recrutement et à la fidélisation des salariés. Le formulaire en ligne permet de lancer rapidement la procédure (contact avec le prestataire dans les 5 jours suivant la demande – cf. « Déposer un dossier »).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ce dispositif s&amp;#039;adresse aux entreprises de moins de 250 salariés.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Services de conseil fournis par un prestataire extérieur à l&amp;#039;entreprise (HT)
  &lt;br /&gt;
  Les dépenses éligibles sont celles relatives aux actions débutées entre le 1er janvier 2021 et le 31 décembre 2023.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;a href="https://pays-de-la-loire.dreets.gouv.fr/sites/pays-de-la-loire.dreets.gouv.fr/IMG/pdf/pcrh_criteres_de_financement_2023_etat_region_pdl_vdef.pdf"&gt;
    Montant de l&amp;#039;aide selon la taille de l&amp;#039;entreprise ou association
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Agriculture et agroalimentaire
 Emploi
 Appui méthodologique
 Artisanat</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P173" s="1" t="inlineStr">
+      <c r="P172" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les OPCO sont les interlocuteurs privilégiés des entreprises pour les accompagner dans la mobilisation de la PCRH, les entreprises sont ainsi invitées à se rapprocher de leur OPCO de rattachement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  OPCO 2i : pays-de-la-loire&amp;#64;opco2i.fr
  &lt;br /&gt;
  AKTO : catherine.duranthon&amp;#64;akto.fr - 06 23 75 45 14
  &lt;br /&gt;
  Constructys : contact&amp;#64;constructys-paysdelaloire.fr - 02 40 89 57 46
  &lt;br /&gt;
  Opcommerce : paysdelaloire&amp;#64;lopcommerce.com - 02 28 00 98 10
  &lt;br /&gt;
  OPCO Entreprises de proximité : 09 70 838 837
  &lt;br /&gt;
  ATLAS : nrouaud&amp;#64;opco-atlas.fr - 01 48 39 68 43
  &lt;br /&gt;
  OPCO Mobilités
  &lt;br /&gt;
  Pour les entreprises de transports logistiques et services : tlspdl&amp;#64;opcomobilites.fr - 02 51 79 01 75
  &lt;br /&gt;
  Pour les entreprises du transport urbain, ferroviaire et automobiles : ufapdl&amp;#64;opcomobilites.fr - 02 18 84 23 58
  &lt;br /&gt;
  OCAPIAT : pdl&amp;#64;ocapiat.fr - 02 99 83 39 00
  &lt;br /&gt;
  AFDAS : nantes&amp;#64;afdas.com - https://www.afdas.com/
  &lt;br /&gt;
  UNIFORMATION : pas de demande de financement régional - https://www.uniformation.fr/
  &lt;br /&gt;
  OPCO Santé : pays-de-la-loire&amp;#64;opco-sante.fr - 02 40 89 03 43
  &lt;br /&gt;
  Vous ne connaissez pas votre OPCO de rattachement ? Le site https://www.transopco.info/ vous permettra de l&amp;#039;identifier grâce à votre SIRET.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://pays-de-la-loire.dreets.gouv.fr/Prestation-conseil-en-ressources-humaines-a-destination-des-TPE-PME"&gt;
    Consulter la liste des prestataires.
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Service Partenariats emploi - formation
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Votre OPCO de rattachement
  &lt;br /&gt;
  &lt;br /&gt;
  Vous ne connaissez pas votre OPCO de rattachement ? Le site internet https://www.transopco.info/ vous permettra de l&amp;#039;identifier grâce à votre SIRET.
 &lt;/p&gt;
 &lt;p&gt;
  https://www.choisirmonmetier-paysdelaloire.fr/info-orientation/article/je-souhaite-minformer-sur-les-dispositifs-pour-former-et-recruter
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c272-prestation-de-conseil-en-ressources-humaines-/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>157561</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
         </is>
       </c>
-      <c r="C174" s="1" t="inlineStr">
+      <c r="C173" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Somme</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I174" s="1" t="inlineStr">
+      <c r="I173" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
   &lt;/li&gt;
   &lt;li&gt;
    taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
   &lt;/li&gt;
   &lt;li&gt;
    aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
   &lt;/li&gt;
   &lt;li&gt;
    seuil minimum des dépenses éligibles : 20.000€ HT :
   &lt;/li&gt;
   &lt;li&gt;
    participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
   &lt;/li&gt;
   &lt;li&gt;
    aide départementale cumulable avec d&amp;#039;autres financements publics.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M174" s="1" t="inlineStr">
+      <c r="M173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les études préalables ;
   &lt;/li&gt;
   &lt;li&gt;
    les travaux d&amp;#039;entretien ;
   &lt;/li&gt;
   &lt;li&gt;
    les dépenses d&amp;#039;équipement ;
   &lt;/li&gt;
   &lt;li&gt;
    le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Accès aux services
 Commerces et services
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P174" s="1" t="inlineStr">
+      <c r="P173" s="1" t="inlineStr">
         <is>
           <t>01/06/2023</t>
         </is>
       </c>
-      <c r="Q174" s="1" t="inlineStr">
+      <c r="Q173" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Pour les communes « Petites villes de demain » :
    &lt;/strong&gt;
    sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Pour les autres bourgs structurants :
    &lt;/strong&gt;
    sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T173" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
         </is>
       </c>
-      <c r="W174" s="1" t="inlineStr">
+      <c r="W173" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>159889</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Installer un relais info jeunes dans des maisons ou espaces France Services</t>
         </is>
       </c>
-      <c r="C175" s="1" t="inlineStr">
+      <c r="C174" s="1" t="inlineStr">
         <is>
           <t>France Ruralités</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Agence du Service Civique</t>
         </is>
       </c>
-      <c r="F175" s="1" t="inlineStr">
+      <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Centres régionaux information jeunesse (CRIJ)</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS POURSUIVIS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accompagner les jeunes dans leur parcours vers l&amp;#039;autonomie et l&amp;#039;accès aux droits en leur apportant une information individualisée et simplifiée.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;information des jeunes, destinée prioritairement aux 13-30 ans, vise à couvrir tous les sujets qui intéressent les jeunes dans leur vie quotidienne: orientation, études, métiers et formations, emploi, jobs, stages, alternance, formation continue, logement, santé, vie pratique, initiatives et projets, loisirs, vacances, sports, partir en Europe et à l&amp;#039;étranger...
 &lt;/p&gt;
 &lt;p&gt;
  Une maison ou un espace France services, en tant que lieu d&amp;#039;accueil est un espace privilégié pour devenir relais Info Jeunes dans une logique d&amp;#039;aller vers tous les jeunes.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet vise à expérimenter le déploiement de relais Info Jeunes dans ces espaces.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PROJETS SOUTENUS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un relais Info jeunes est un lieu ouvert à tout public, notamment aux 13-30 ans et qui offre un premier niveau d&amp;#039;information aux jeunes (informations thématiques, liens vers des sites partenaires, actualités, évènements...) sur ordinateur, tablette ou borne tactile avec l&amp;#039;appui d&amp;#039;un référent formé à l&amp;#039;utilisation de ces ressources. Il permet également la mise en relation entre le jeune et une structure labellisée information jeunesse.
@@ -35331,198 +34986,198 @@
  Le temps de travail du référent relais Info jeunes est pris en charge par la structure accueillante.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT CANDIDATER
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Auprès de quelle structure ?
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Auprès du centre régional information jeunesse (CRIJ) de la région dont dépend la maison ou l&amp;#039;espace France services souhaitant s&amp;#039;inscrire dans le dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Par quel biais/sous quelle forme ?
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Prise de contact avec le centre régional d&amp;#039;information jeunesse (CRIJ) puis par conventionnement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Formation professionnelle
 Technologies numériques et numérisation
 Emploi
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P175" s="1" t="inlineStr">
+      <c r="P174" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q175" s="1" t="inlineStr">
+      <c r="Q174" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BÉNÉFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Les bénéficiaires sont des maisons ou espaces France services qui souhaitent offrir ce service à leur public jeune. Les bénéficiaires finaux sont les jeunes et leurs parents.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS/CRITÈRES D&amp;#039;ACCÈS À LA MESURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Projet situé en zone rurale (au sens de la définition INSEE)
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Être une maison ou un espace France services
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Projet situé dans une région expérimentatrice (HdF, PdL). Extension dans d&amp;#039;autres régions en cours.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T175" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France et Pays de la Loire</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2023-12/Guide_France_ruralit%C3%A9s_v5.pdf</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre Centre régional d&amp;#039;information jeunesse (CRIJ).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6f03-installer-un-relais-info-jeunes-dans-des-mais/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>159892</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Capter et retenir des compétences et des pépites</t>
         </is>
       </c>
-      <c r="C176" s="1" t="inlineStr">
+      <c r="C175" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F176" s="1" t="inlineStr">
+      <c r="F175" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J176" s="1" t="inlineStr">
+      <c r="J175" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le tissu économique du territoire Adour Chalosse Tursan Marsan est axé sur l&amp;#039;économie présentielle et sur la redistribution sociale. Certes, l&amp;#039;économie productive (agriculture, agroalimentaire, industries) reste pourvoyeuse d&amp;#039;emplois mais ces secteurs rencontrent des problèmes communs : manque d&amp;#039;attractivité et difficulté de recrutement. D&amp;#039;autre part, rappelons que plus de 30% de la population a plus de 60 ans et que l&amp;#039;on observe peu d&amp;#039;installations de jeunes ou de cadres supérieurs.
  &lt;br /&gt;
  Cette fiche-action a donc pour ambition de soutenir des actions permettant de rendre plus attractif et durable l&amp;#039;environnement économique du territoire, en ciblant les objectifs suivants :
  &lt;br /&gt;
  -    Maintenir l&amp;#039;attractivité en termes d&amp;#039;emplois et de services pour la population active qui est liée notamment à la présence d&amp;#039;un chef-lieu de département et d&amp;#039;un tissu de centre-bourgs ;
  &lt;br /&gt;
  -    Participer à répondre à l&amp;#039;évolution des besoins des entreprises notamment en termes de formations ;
  &lt;br /&gt;
  -    Soutenir des initiatives économiques ayant une utilité sociale ;
  &lt;br /&gt;
  -    Soutenir des initiatives permettant la transition vers une économie plus respectueuse de l&amp;#039;environnement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant de renforcer l&amp;#039;attractivité économique du territoire
  &lt;/strong&gt;
@@ -35586,1338 +35241,1338 @@
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant d&amp;#039;améliorer des lieux pour accueillir des événements professionnels
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien à un développement économique vertueux
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Action globale et collective permettant l&amp;#039;identification de sites dégradés ou déqualifiés en vue de leur reconversion
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant de soutenir le développement de l&amp;#039;économie sociale et solidaire
  &lt;/li&gt;
  &lt;li&gt;
   Création ou la réhabilitation de lieux « hybrides », investissement pour de l&amp;#039;aménagement et de l&amp;#039;équipement favorisant la mutualisation entre acteurs et l&amp;#039;inclusion sociale de tous les publics, notamment la jeunesse
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Friche
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie sociale et solidaire
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P176" s="1" t="inlineStr">
+      <c r="P175" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q176" s="1" t="inlineStr">
+      <c r="Q175" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cd25-capter-et-retenir-des-competences-et-des-pepi/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>160371</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Développer une offre culturelle et touristique valorisant les atouts du territoire</t>
         </is>
       </c>
-      <c r="C177" s="1" t="inlineStr">
+      <c r="C176" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J177" s="1" t="inlineStr">
+      <c r="J176" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Les milieux naturels de qualité (Site Ramsar Marais Vernier-Risle maritime, tourbière d&amp;#039;Heurteauville, réserve de l&amp;#039;estuaire de la
  &lt;/span&gt;
  Seine...), les forêts, les paysages des boucles de Seine et plateaux (méandres, coteaux, champs de lin, clos-masures...), les agglomérations patrimoniales (Pont-Audemer, Rives-en-Seine, Cormeilles, La Bouille), le patrimoine bâti (abbayes, châteaux et manoirs...), les savoir-faire passés et actuels (arboriculture, chaumières, artisans, tannerie, passé maritime et industriel...) sont autant de ressources pour la vie culturelle et d&amp;#039;atouts pour le tourisme. Le territoire bénéficie d&amp;#039;une vie associative riche de laquelle émane des manifestations culturelles variées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Les changements sociétaux récents offrent une opportunité pour le développement d&amp;#039;un tourisme familial et de proximité. Le programme
  &lt;/span&gt;
  LEADER Seine Normande souhaite encourager l&amp;#039;ancrage local des propositions culturelles et touristiques, afin qu&amp;#039;elles soient un moyen d&amp;#039;une meilleure connaissance du territoire et qu&amp;#039;elles profitent aux excursionnistes comme aux habitants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Objectif stratégique : Valoriser les ressources du territoire
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Objectifs opérationnels
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Le développement d&amp;#039;un tourisme responsable valorisant le territoire
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Le renfort d&amp;#039;une offre culturelle innovante et intégrée au territoire
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M177" s="1" t="inlineStr">
+      <c r="M176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra sur les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui au développement de la consommation locale
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement à la structuration de filières locales
  &lt;/li&gt;
  &lt;li&gt;
   Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bc6-valoriser-les-ressources-du-territoire-en-cir/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>160372</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Valoriser les ressources du territoire en circuit de proximité en toute sobriété</t>
         </is>
       </c>
-      <c r="C178" s="1" t="inlineStr">
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J178" s="1" t="inlineStr">
+      <c r="J177" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur le territoire « Seine Normande », malgré des productions agricoles diversifiées (céréales, viande, lait, fruits, fibres...) et des
 ressources forestières de qualité (feuillus notamment), la transformation et la valorisation sont souvent délocalisées à l&amp;#039;extérieur de la
 région voire à l&amp;#039;international, ce qui engendre une perte importante de valeur ajoutée et d&amp;#039;emplois. Longtemps considérés uniquement
 comme une source de nuisances, les produits en fin de vie sont maintenant considérés comme un gisement potentiel de ressources
 notamment grâce à la réparation et au réemploi.
 &lt;/p&gt;
 &lt;p&gt;
  La valorisation de ses ressources locales primaires ou recyclées est prioritaire pour assurer le dynamisme du territoire et répondre
 aux enjeux de la transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  Objectif stratégique : Valoriser les ressources du territoire
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La transformation et la consommation des produits agricoles et alimentaires locaux sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   La transformation et l&amp;#039;utilisation des matériaux locaux sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;augmentation de la durée de vie des objets, leur réutilisation et le recyclage
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M178" s="1" t="inlineStr">
+      <c r="M177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra sur les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui au développement de la consommation locale
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement à la structuration de filières locales
  &lt;/li&gt;
  &lt;li&gt;
   Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/de0b-valoriser-les-ressources-du-territoire-en-cir/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>160373</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Développer l'entreprenariat et expérimenter de nouveaux modèles économiques</t>
         </is>
       </c>
-      <c r="C179" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J179" s="1" t="inlineStr">
+      <c r="J178" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le territoire montre une bonne dynamique de création d&amp;#039;entreprises, avec un taux de survie élevé (77% de taux de survie à 3 ans en
  2018) et le taux de chômage est globalement plus faible que la moyenne normande. Cependant, ces chiffres masquent des inégalités. En effet, les jeunes font face à un chômage plus élevé que les autres tranches d&amp;#039;âge (23% de taux de chômage des 15-24 ans) et les femmes ne représentent que 28% des créations d&amp;#039;entreprises. Ainsi afin de conforter la bonne dynamique de création d&amp;#039;entreprises, les acteurs du territoire souhaitent soutenir l&amp;#039;accompagnement à la création d&amp;#039;activité, la transmission et la reprise d&amp;#039;entreprises en développant l&amp;#039;accueil des jeunes actifs et l&amp;#039;entreprenariat au féminin. Dans la situation sociétale post-COVID, il a paru pertinent de s&amp;#039;intéresser au soutien d&amp;#039;activités économiques porteuses de sens, plus inclusives, créatrices de lien social, vecteur d&amp;#039;insertion, et pourquoi pas d&amp;#039;expérimenter la faisabilité de nouveaux modèles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Objectifs opérationnels :
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    L&amp;#039;entreprenariat accessible à toutes et tous
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   De nouveaux modèles économiques créateurs de sens
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M179" s="1" t="inlineStr">
+      <c r="M178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra pour soutenir les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Accompagnement à la création d&amp;#039;activité, la pérennisation et la transmission d&amp;#039;activités économiques intégrées, en lien avec
   &lt;/span&gt;
   l&amp;#039;environnement, créatrices de lien social, répondant aux besoins de la population
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement de l&amp;#039;entreprenariat féminin
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des jeunes vers le monde de l&amp;#039;entreprise et rapprochement des sphères de l&amp;#039;éducation et de l&amp;#039;entreprise
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1364-developper-une-offre-culturelle-et-touristiqu/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>160374</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Renforcer le cœur des villages par une offre de services adaptée aux différents parcours de vie</t>
         </is>
       </c>
-      <c r="C180" s="1" t="inlineStr">
+      <c r="C179" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J180" s="1" t="inlineStr">
+      <c r="J179" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le territoire est maillé d&amp;#039;un bon réseau de pôles de services, mais quelques communes restent à plus de 15 minutes de distance des équipements de la vie courante (quelques communes plus enclavées en rive gauche de la Seine ou au sud du territoire dans le Lieuvin).
 &lt;/p&gt;
 &lt;p&gt;
  De plus, les besoins en services de santé sont moins bien pourvus : notamment manque de professionnels de santé (médecins généralistes, de spécialistes...). Cette situation est pénalisante pour les habitants du territoire et pour son attractivité.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;augmentation du nombre de foyers composés d&amp;#039;une seule personne, de la monoparentalité et le vieillissement de la population qui s&amp;#039;accélère, renforce la nécessité de soutenir des projets porteurs de lien social, de solidarité situés au cœur des villes et des villages.
 &lt;/p&gt;
 &lt;p&gt;
  Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   De nouveaux modèles économiques créateurs de sens
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de l&amp;#039;inclusion, de la solidarité et des liens entre les générations
  &lt;/li&gt;
  &lt;li&gt;
   Accès aux services pour tous
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M180" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra pour soutenir les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Création, adaptation ou renforcement de solutions alternatives répondant aux besoins des habitants
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Développement d&amp;#039;une offre de service plus adaptée à la population
  &lt;/li&gt;
  &lt;li&gt;
   Appui au regroupement et à la mutualisation de services, coordination des acteurs marchands et non marchands
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dc3b-developper-lentreprenariat-et-experimenter-de/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>160375</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Habiter, se déplacer et travailler sur le territoire</t>
         </is>
       </c>
-      <c r="C181" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J181" s="1" t="inlineStr">
+      <c r="J180" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur le territoire, les trajets effectués par les habitants en particulier les trajets domicile-travail sont majoritairement réalisés en voiture. A l&amp;#039;heure de la raréfaction des énergies fossiles, et de la nécessaire baisse des émissions de gaz à effet de serre, il est nécessaire de trouver des moyens alternatifs de se déplacer, mais également des solutions innovantes permettant de rapprocher travail et lieu de vie des habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Sur ce dernier point, il est également nécessaire de revoir les modes d&amp;#039;habiter car certaines catégories de population ne trouvent pas de logements adaptés à leur besoin (manque de petites typologies attractives, de logements associés à des services, de logements partagés et inclusifs).
 &lt;/p&gt;
 &lt;p&gt;
  Objectif stratégique  : Habiter, se déplacer et travailler sur le territoire
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un mode d&amp;#039;habitat sobre et inclusif
  &lt;/li&gt;
  &lt;li&gt;
   Une offre de transport alternatif qui irrigue le territoire et réponde aux besoins des habitants
  &lt;/li&gt;
  &lt;li&gt;
   Le travail intégré au tissu rural
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M181" s="1" t="inlineStr">
+      <c r="M180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra pour soutenir les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Construction, rénovation, solutions de logements visant la sobriété, et l&amp;#039;inclusion
  &lt;/li&gt;
  &lt;li&gt;
   Solutions de mobilité alternatives
  &lt;/li&gt;
  &lt;li&gt;
   Solutions permettant l&amp;#039;exercice d&amp;#039;activité professionnelle au coeur du milieu rural
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c049-renforcer-le-cur-des-villages-par-une-offre-d/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>160377</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C181" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J182" s="1" t="inlineStr">
+      <c r="J181" s="1" t="inlineStr">
         <is>
           <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
 &lt;/p&gt;
 &lt;p&gt;
  Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
 &lt;/p&gt;
 &lt;p&gt;
  Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La reconnexion à la nature
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;expérimentation des solutions fondées sur la nature
  &lt;/li&gt;
  &lt;li&gt;
   Le développement de nouvelles formes d&amp;#039;urbanisme
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M182" s="1" t="inlineStr">
+      <c r="M181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER interviendra pour soutenir les actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
  &lt;/li&gt;
  &lt;li&gt;
   Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets publics doivent faire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
  &lt;/li&gt;
  &lt;li&gt;
   la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
  &lt;/li&gt;
  &lt;li&gt;
   la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Normande</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://leader-seine-normande.fr/</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Emma EL AOUNI, chargée de mission animation LEADER
 &lt;/p&gt;
 &lt;p&gt;
  02 76 27 88 55
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   emma.elaouni&amp;#64;leader-seine-normande.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>karine.lecroq@leader-seine-normande.com</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>160858</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Préserver, accompagner et valoriser le développement des secteurs économiques du territoire favorisant l’ancrage d’activités de proximité</t>
         </is>
       </c>
-      <c r="C183" s="1" t="inlineStr">
+      <c r="C182" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 1</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I183" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J183" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>de 10 000 à 50 000 euros</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Relocaliser et aider à la transmission d&amp;#039;activités dans les territoires urbains et ruraux dans une logique de circuits courts et de dynamisation de la vie locale
  &lt;/li&gt;
  &lt;li&gt;
   Moderniser les outils de production et de transformation dans les secteurs à forte valeur ajoutée locale
@@ -36986,212 +36641,212 @@
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux investissements favorisant l&amp;#039;utilisation de bois de qualité via recours au bois local
   &lt;strong&gt;
    3
   &lt;/strong&gt;
   , permettant une promotion et une valorisation de la filière
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
  &lt;/li&gt;
  &lt;li&gt;
   le cahier des charges des études devra être transmis
  &lt;/li&gt;
  &lt;li&gt;
   qui provient de forêts locales (Vosges, Haute-Saône/Haute-Marne/Alsace/Lorraine/Franche-Comté)
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/427c-preserver-accompagnemer-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>160867</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Accompagner la structuration des services de proximité</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C183" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 4</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I183" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J184" s="1" t="inlineStr">
+      <c r="J183" s="1" t="inlineStr">
         <is>
           <t>de 7 500 à 30 000 euros</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Equilibrer l&amp;#039;accès aux services de proximité
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
  &lt;/li&gt;
  &lt;li&gt;
@@ -37231,227 +36886,227 @@
   Type d&amp;#039;opérations :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
  &lt;/li&gt;
  &lt;li&gt;
   Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   *le cahier des charges des études devra être transmis
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>160868</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Favoriser la coopération des acteurs du territoire</t>
         </is>
       </c>
-      <c r="C185" s="1" t="inlineStr">
+      <c r="C184" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 5</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I185" s="1" t="inlineStr">
+      <c r="I184" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J185" s="1" t="inlineStr">
+      <c r="J184" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 euros</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  La coopération peut prendre les formes suivantes :
  &lt;br /&gt;
  &lt;strong&gt;
   - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;strong&gt;
   - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
@@ -37470,51 +37125,51 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
 &lt;/p&gt;
 &lt;p&gt;
  Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
@@ -37534,1955 +37189,1816 @@
 Paysage
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;p&gt;
  Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T185" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>161671</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
         </is>
       </c>
-      <c r="C186" s="1" t="inlineStr">
+      <c r="C185" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I186" s="1" t="inlineStr">
+      <c r="I185" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J186" s="1" t="inlineStr">
+      <c r="J185" s="1" t="inlineStr">
         <is>
           <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M186" s="1" t="inlineStr">
+      <c r="M185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Accès aux services
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Réhabilitation
 Logement et habitat
 Paysage
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P186" s="1" t="inlineStr">
+      <c r="P185" s="1" t="inlineStr">
         <is>
           <t>15/12/2023</t>
         </is>
       </c>
-      <c r="Q186" s="1" t="inlineStr">
+      <c r="Q185" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
 existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
+      <c r="T185" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Allier</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
         </is>
       </c>
-      <c r="W186" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>i.charnet@agglo-moulins.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>161715</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Demander du soutien financier pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Soutien aux investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation (RRR) &lt;strong&gt;allongent la durée de vie des produits&lt;/strong&gt; et participent à la &lt;strong&gt;réduction de la consommation de ressources&lt;/strong&gt; et de la &lt;strong&gt;production de déchets &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’un million de tonnes de produits sont réemployés ou réutilisés chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de structures spécialisées dans la deuxième vie des produits est en constante progression.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une &lt;strong&gt;information du consommateur&lt;/strong&gt; sur la &lt;strong&gt;réparabilité&lt;/strong&gt; et l’&lt;strong&gt;aptitude au réemploi ou à la réutilisation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;    Pour accompagner ces politiques, l’ADEME peut soutenir les investissements dans vos équipements dédiés au réemploi-réutilisation et remise en état pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Le taux d’aide peut atteindre au maximum 60 % des dépenses éligibles. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-investissements-reemploi-reutilisation-reparation-hors-emballages</t>
         </is>
       </c>
-      <c r="W187" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>161739</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Tremplin pour la transition écologique des PME</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Qualité de l'air
 Biodiversité
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
         </is>
       </c>
-      <c r="W188" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>161758</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Demander de l'aide pour financer votre étude préalable de faisabilité pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Soutien aux études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner toutes les structures impliquées dans l’économie circulaire, dans le &lt;strong&gt;financement d’un diagnostic de territoire ou d’étude&lt;/strong&gt; préalable à un &lt;strong&gt;investissement de réemploi-réutilisation et réparation (RRR)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Le taux d’aide peut atteindre 80 % du coût de l’étude.&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation allongent la durée de vie des produits et participent à la réduction de la consommation de ressources et de production de déchets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’&lt;strong&gt;un million de tonnes de produits sont réemployés ou réutilisés&lt;/strong&gt; chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de &lt;strong&gt;structures spécialisées&lt;/strong&gt; dans la deuxième vie des produits est en &lt;strong&gt;constante progression&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une information du consommateur sur la réparabilité et l’aptitude au réemploi ou à la réutilisation. &lt;/p&gt;&lt;p&gt;  Pour accompagner ces politiques, l’ADEME soutient les &lt;strong&gt;diagnostics territoriaux et les études de faisabilité&lt;/strong&gt; concourant à augmenter et encourager l’offre et la demande de flux réemployés et réparés.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-etudes-diagnostics-reemploi-reutilisation-reparation-hors-emballages</t>
         </is>
       </c>
-      <c r="W189" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>161833</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Favoriser le réemploi des emballages et des contenants</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Aides au réemploi des emballages et des contenants</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire (&lt;strong&gt;Loi AGEC&lt;/strong&gt;), promulguée le 10 février 2020, et la loi portant lutte contre le dérèglement climatique et renforcement de la résilience face à ses effets promulguée (&lt;strong&gt;Loi Climat et Résilience&lt;/strong&gt;) le 22 août 2021 fixent des objectifs ambitieux pour &lt;strong&gt;favoriser le développement du réemploi des emballages &lt;/strong&gt;: 10 % d’emballages réemployés en 2027.&lt;/p&gt;&lt;p&gt;Le développement du réemploi des emballages et des contenants s’inscrit pleinement dans le cadre de démarches de prévention des déchets et d’une consommation plus responsable en contribuant au prolongement de leur durée de vie ; il constitue ainsi un levier efficace pour réduire la production de déchets et les prélèvements sur les ressources.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à &lt;strong&gt;financer des études et expérimentations&lt;/strong&gt; préalables à un investissement ainsi que des investissements.&lt;/p&gt;&lt;p&gt;Les études et expérimentations peuvent être aidées jusqu’à 80 %. L’aide aux investissements peut aller jusqu’à 60 %.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Emploi</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-reemploi-des-emballages-et-des-contenants/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>162274</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseil et de financement pour créer, reprendre, transmettre ou développer votre entreprise</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Mon projet d'entreprise</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Vous souhaitez créer, reprendre, transmettre ou développer votre entreprise et avez besoin d’être accompagné ? Avec Mon projet d’entreprise, la Région Sud prend en charge le conseil et le financement dont vous avez besoin, près de chez vous, gratuitement ou à un coût réduit.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Mon projet d’entreprise s’adresse à tous les porteurs de projet et entreprises du territoire :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit leur statut :&lt;/strong&gt; demandeur d’emploi, salarié, étudiant, retraité, chef d’entreprise, etc.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit leur projet :&lt;/strong&gt; projet individuel, projet à potentiel de création d’emplois et/ou d’innovation, projets engagés dans l’&lt;strong&gt;&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire"&gt;&lt;strong&gt;économie sociale et solidaire&lt;/strong&gt;&lt;/a&gt;&lt;/strong&gt;, etc.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit le secteur d’activité :&lt;/strong&gt; artisanat, commerce, industrie, services, etc.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P190" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rapprochez-vous du réseau d&amp;#039;accompagnement et de financement régional en accédant aux rubriques &lt;strong&gt;&lt;a href="https://entreprises.maregionsud.fr/creation-reprise" target="_blank" title="https://entreprises.maregionsud.fr/creation-reprise"&gt;CREATION-REPRISE&lt;/a&gt;&lt;/strong&gt; ou &lt;strong&gt;&lt;a href="https://entreprises.maregionsud.fr/developpement-rebond" target="_blank" title="https://entreprises.maregionsud.fr/developpement-rebond"&gt;DEVELOPPEMENT-REBOND&lt;/a&gt;&lt;/strong&gt; du Portail Entreprises de la Région Sud ! &lt;/p&gt;
+&lt;p&gt;Selon votre situation, un conseiller vous accompagnera dans vos démarches en abordant en profondeur les composantes indispensables à connaitre avant de lancer votre activité ou rendre votre entreprise plus compétitive.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U190" s="1" t="inlineStr">
         <is>
-          <t>regions_01_02_03_04_06_11_24_27_32_44_52_53_75_76_84_93_987_988</t>
+          <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="V190" s="1" t="inlineStr">
         <is>
-          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants</t>
-[...4 lines deleted...]
-          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants</t>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-dentreprise</t>
         </is>
       </c>
       <c r="X190" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;br /&gt; Permanence téléphonique du &lt;strong&gt;lundi&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;au &lt;strong&gt;vendredi&lt;/strong&gt;&lt;br /&gt; de &lt;strong&gt;8h30 à 12h30&lt;/strong&gt; et de &lt;strong&gt;13h30 à 17h30&lt;/strong&gt; au &lt;br /&gt; &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y190" s="1" t="inlineStr">
         <is>
-          <t>assistance.agirpourlatransition@ademe.fr</t>
+          <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z190" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-reemploi-des-emballages-et-des-contenants/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-dentreprise-le-parcours-daccompagnement-et-de-financement-des-entreprises-regionales/</t>
         </is>
       </c>
       <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:27" customHeight="0">
       <c r="A191" s="1">
-        <v>162274</v>
+        <v>162310</v>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier de conseil et de financement pour créer, reprendre, transmettre ou développer votre entreprise</t>
+          <t>Bénéficier de la rémunération des stagiaires de la formation professionnelle</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
-          <t>Mon projet d'entreprise</t>
+          <t>Rémunération des stagiaires de la formation professionnelle</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
-[...4 lines deleted...]
-      </c>
       <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L191" s="1" t="inlineStr">
-        <is>
-[...93 lines deleted...]
-      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le principe et les conditions de rémunération de stagiaires de la formation professionnelle.&lt;/p&gt; &lt;p&gt;Stagiaires de la formation professionnelle&lt;/p&gt; &lt;p&gt;Pour bénéficier de la rémunération de stagiaire de la formation professionnelle, il convient de remplir deux critères :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Ne pas être en continuité de parcours scolaire et être inscrit à Pôle emploi (demandeur d’emploi indemnisé ou non-indemnisé par Pôle emploi) ou auprès d’une mission locale&lt;/li&gt; 	&lt;li&gt;Préparer une formation sanitaire de niveau V (aide-soignant, auxiliaire de puériculture, ambulancier) en cursus complet &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les bénéficiaires de la rémunération ont le statut de stagiaire de la formation professionnelle. &lt;br /&gt; Cette aide ouvre droit, par ailleurs, à une protection sociale prise en charge par l’autorité qui agrée le stage.&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;NB : la bourse d’études et la rémunération ne sont pas cumulables.&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P192" s="1" t="inlineStr">
+      <c r="P191" s="1" t="inlineStr">
         <is>
           <t>30/01/2019</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour bénéficier de la rémunération de stagiaire de la formation professionnelle, il convient de remplir deux critères :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Ne pas être en continuité de parcours scolaire et être inscrit à Pôle emploi (demandeur d’emploi indemnisé ou non-indemnisé par Pôle emploi) ou auprès d’une mission locale&lt;/li&gt; 	&lt;li&gt;Préparer une formation sanitaire de niveau V (aide-soignant, auxiliaire de puériculture, ambulancier) en cursus complet &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les bénéficiaires de la rémunération ont le statut de stagiaire de la formation professionnelle. &lt;br /&gt; Cette aide ouvre droit, par ailleurs, à une protection sociale prise en charge par l’autorité qui agrée le stage.&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;NB : la bourse d’études et la rémunération ne sont pas cumulables.&lt;/em&gt;&lt;/p&gt; &lt;p&gt;Dossier de demande de rémunération à déposer auprès de votre établissement de formation ; la rémunération est versée au bénéficiaire par un prestataire pour le compte de la Région Sud Provence-Alpes-Côte d’Azur.&lt;br /&gt; Pour déposer une demande d’aide individuelle : Bouton &amp;#34;Je fais ma demande&amp;#34;&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle en fonction de son besoin.&lt;br /&gt; Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; L’objectif de cette démarche est de permettre aux apprenants de créer une relation privilégiée avec la Région Sud et de les accompagner tout au long de leur parcours de formation. Elle permet également de s’engager dans une démarche éco responsable en déposant un dossier de demande d’aide individuelle, d’en suivre l’évolution quotidienne, de bénéficier d’un portefeuille numérique et d’échanger avec les services à tout moment, à partir de votre espace personnel sur le portail&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/remuneration-des-stagiaires-de-la-formation-professionnelle</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/remuneration-des-stagiaires-de-la-formation-professionnelle/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>162325</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Valider votre expérience afin d'obtenir un diplôme, un titre à finalité professionnelle ou un certificat de qualification professionnelle</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Validation des acquis de l'expérience</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Validation des Acquis de l&amp;#039;Expérience (VAE) permet de valider votre expérience afin d&amp;#039;obtenir un diplôme, un titre à finalité professionnelle ou un certificat de qualification professionnelle. Selon votre situation, vous pouvez bénéficier d&amp;#039;un Pass individuel &amp;#34;accompagnement&amp;#34; ou &amp;#34;post-jury&amp;#34;.&lt;/p&gt;
+&lt;p&gt;LE PASS individuel de la Validation des acquis de l’expérience  poursuit un triple objectif :  &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;aider financièrement les candidats  à  la validation  des  acquis  de  l’expérience  désirant être accompagnés jusqu’au passage devant le jury afin d’obtenir leur diplôme ;&lt;/li&gt; 	&lt;li&gt;faciliter la recherche, la reprise ou la pérennisation d’un emploi en partenariat avec Pôle emploi, valorisant et priorisant l’élévation des niveaux de vie ;&lt;/li&gt; 	&lt;li&gt;favoriser la sécurisation de la démarche de validation des acquis de l’expérience.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les jeunes et des adultes à la recherche d’un emploi justifiant de leur situation et de leur inscription Pôle emploi, ayant obtenu la recevabilité du parcours professionnel et résidant en Provence-Alpes-Côte d&amp;#039;Azur, sous réserve d’éligibilité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P192" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2019</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toute demande d&amp;#039;aide individuelle régionale doit être réalisée sur la plateforme dédiée en cliquant sur le bouton ci-dessuus.&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle en fonction de son besoin. Toutes les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt;  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U192" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="V192" s="1" t="inlineStr">
         <is>
-          <t>https://www.maregionsud.fr/vos-aides/detail/remuneration-des-stagiaires-de-la-formation-professionnelle</t>
+          <t>https://www.maregionsud.fr/vos-aides/detail/validation-des-acquis-de-lexperience</t>
+        </is>
+      </c>
+      <c r="W192" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesformation.maregionsud.fr/SignIn?ReturnUrl=%2Fprofile%2F</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Service Relations Entreprises et Usagers&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au jeudi de 13h30 à 16h30 au &lt;strong&gt;04 91 57 55 02&lt;/strong&gt; ou à l’adresse &lt;strong&gt;&lt;a href="mailto:passvae&amp;#64;maregionsud.fr"&gt;passvae&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z192" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/remuneration-des-stagiaires-de-la-formation-professionnelle/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/validation-des-acquis-de-lexperience/</t>
         </is>
       </c>
       <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:27" customHeight="0">
       <c r="A193" s="1">
-        <v>162325</v>
+        <v>162348</v>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Valider votre expérience afin d'obtenir un diplôme, un titre à finalité professionnelle ou un certificat de qualification professionnelle</t>
+          <t>Etre aidé pour trouver un emploi grâce à un parrain</t>
         </is>
       </c>
       <c r="D193" s="1" t="inlineStr">
         <is>
-          <t>Validation des acquis de l'expérience</t>
+          <t>Un parrain, un emploi</t>
         </is>
       </c>
       <c r="E193" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G193" s="1" t="inlineStr">
-        <is>
-[...103 lines deleted...]
-      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Manque de réseaux, d’orientation... Vous avez des difficultés à vous insérer dans la vie professionnelle ? Pour vous aider à trouver un emploi, la Région Sud propose le dispositif « Un parrain, un emploi », en partenariat avec France Travail.&lt;/p&gt; &lt;p&gt;Vous avez moins de 26 ans, êtes titulaire d’un Bac &amp;#43;2 ou plus et êtes inscrit(e) à France Travail : soyez coaché par un chef d’entreprise !&lt;/p&gt;
 &lt;h3&gt;Vous êtes chef d’entreprise, cadre supérieur en activité ?&lt;/h3&gt;
 &lt;p&gt;La Région et France Travail vous invitent à parrainer bénévolement des jeunes diplômés en recherche d’emploi.&lt;br /&gt; Votre rôle consiste à les accompagner dans leur parcours d’accès à l’emploi, en partageant votre expérience et votre réseau.&lt;/p&gt; &lt;p&gt;Notre objectif : parrainer chaque année plus de 500 jeunes provençaux, alpins et azuréens.&lt;/p&gt;
 &lt;p&gt;Depuis le lancement du dispositif en 2018, plus de 2500 jeunes diplômés ont été coachés individuellement par un parrain ou une marraine. Près de 75% d’entre eux ont trouvé un emploi à l’issue de leur parcours de parrainage. En 2021, 543 jeunes du territoire ont pu être accompagnés vers l’emploi.&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Valoriser vos compétences, votre potentiel et vos aptitudes&lt;/li&gt; 	&lt;li&gt;Avoir une meilleure connaissance du monde de l’entreprise et du tissu économique local lié à votre secteur d’activité&lt;/li&gt; 	&lt;li&gt;Avoir un soutien pour dépasser toute forme de préjugé et/ou de freins&lt;/li&gt; 	&lt;li&gt;Développer votre réseau professionnel et personnel&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P194" s="1" t="inlineStr">
+      <c r="P193" s="1" t="inlineStr">
         <is>
           <t>17/01/2019</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région pilote le dispositif et coordonne les initiatives menées sur l’ensemble du territoire régional. &lt;/p&gt;
 &lt;p&gt;L’intervention de France Travail porte sur 3 champs distincts et complémentaires :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La mise en place d’un sourcing des jeunes diplômés afin de les orienter sur le dispositif ;&lt;/li&gt; 	&lt;li&gt;La mobilisation de ces 400 conseillers entreprise afin qu’ils encouragent les chefs d’entreprises qu’ils rencontrent à s’investir dans l’action de parrainage ;&lt;/li&gt; 	&lt;li&gt;Une offre de « coaching » via la mobilisation de 90 conseillers dédiés à l’accompagnement intensif des jeunes.&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;Devenir parrain&lt;/h3&gt;
 &lt;p&gt;La crise provoquée par le coronavirus est porteuse de très nombreuses incertitudes sur le plan économique, et plus particulièrement sur le marché de l&amp;#039;emploi, où les jeunes diplômés sont les premiers touchés. Avec le dispositif &amp;#34;1 Parrain, 1 Emploi&amp;#34;, la Région Sud et France Travail mettent tout en œuvre pour les aider à démarrer leur vie professionnelle. Vous voulez transmettre votre expérience pour aider un jeune à démarrer sa carrière ? Devenez parrain bénévole !&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Parrainer un jeune, pourquoi faire ? &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Accompagner un jeune sur vers un premier emploi&lt;/li&gt; 	&lt;li&gt;Transmettre votre savoir-faire et votre expérience&lt;/li&gt; 	&lt;li&gt;Tisser une relation humaine unique&lt;/li&gt; 	&lt;li&gt;Former une future recrue potentielle&lt;/li&gt; 	&lt;li&gt;Partager votre réseau professionnel&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Comment choisir son filleul ? &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Agé de moins de 26 ans&lt;/li&gt; 	&lt;li&gt;Bac &amp;#43;2 minimum&lt;/li&gt; 	&lt;li&gt;Inscrit à France Travail&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ensuite, France Travail vous accompagnera dans le sourcing des filleuls potentiels pour former le duo le plus optimal, en fonction des compétences, des formations et de la personnalité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/un-parrain-un-emploi</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact « Un parrain, un emploi »&lt;br /&gt; Tél : 04 91 17 43 50&lt;br /&gt; Mails : &lt;a href="mailto:unparrainunemploi.13992&amp;#64;pole-emploi.fr"&gt;unparrainunemploi.13992&amp;#64;pole-emploi.fr&lt;/a&gt; / &lt;a href="mailto:unparrainunemploi&amp;#64;maregionsud.fr"&gt;unparrainunemploi&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/un-parrain-un-emploi/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>162352</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Recruter un salarié au CESU ou à Pajemploi</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Le Dispositif particulier employeur</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Recruter un(e) salarié(e) au CESU ou à Pajemploi est souvent LA solution si vous avez besoin d&amp;#039;aide pour vous, vos enfants ou chez vous (entretien du domicile, garde d&amp;#039;enfant, bricolage, jardinage, soutien scolaire ou encore aide aux gestes de la vie quotidienne).&lt;/p&gt;
  &lt;p&gt;Particuliers&lt;/p&gt; &lt;h3&gt;Je cherche à recruter un(e) salarié(e) à mon domicile&lt;/h3&gt;
 &lt;p&gt;L&amp;#039;emploi à domicile trouve l&amp;#039;originalité de son modèle dans une relation directe entre deux partiuliers : &lt;strong&gt;le particulier-employeur et son salarié&lt;/strong&gt;. En embauchan en direct un(e) ou plusieurs salari(e)s pour vous aider ponctuellement ou au quotidien à domicile, vous devenez &lt;strong&gt;particulier employeur&lt;/strong&gt;.&lt;/p&gt;
 &lt;h3&gt;Alors pourquoi pas vous ?&lt;/h3&gt;
 &lt;p&gt;Le secteur de l&amp;#039;emploi à domicile en Région Provence-Alpes-Côte d&amp;#039;Azur concerne près de &lt;strong&gt;300 000 personnes&lt;/strong&gt;. &lt;/p&gt;
 &lt;p&gt;Ce secteur est structuré par deux branches professionnelles : &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Celle des Assistant(e)s maternel(le)s du particulier employeur&lt;/li&gt; 	&lt;li&gt;Et celle des Salarié(e)s du particulier employeur&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt; La région Provence-Alpes-Côte d&amp;#039;Azur, en partenariat avec le Pôle emploi et la Fédération des particuliers employeurs de France (FEPEM), vous accompagne pas à pas pour gérer et sécuriser cette relation de travail (embaucher, gérer au quotidien, se séparer).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P195" s="1" t="inlineStr">
+      <c r="P194" s="1" t="inlineStr">
         <is>
           <t>08/12/2021</t>
         </is>
       </c>
-      <c r="R195" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour plus d&amp;#039;information, rendez-vous sur : le site &lt;a href="https://particulier-employeur.fr/"&gt;particulier-employeur.fr&lt;/a&gt; ou prendre rendez-vous auprés de votre espace Particulier Emploi ou Envoyez un email &lt;a href="mailto:paca-corse&amp;#64;particulieremploi.fr"&gt;ici&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;Pour recruter un(e) salarié(e), parcourez les informations et services ci dessous : &lt;br /&gt; &lt;a href="https://entreprise.pole-emploi.fr/accueil/homepage"&gt;entreprise.pole-emploi.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/particulier-employeur</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/le-dispositif-particulier-employeur/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>162357</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide pour financer une formation professionnelle</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Pass Sud Formation</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La rentrée est souvent synonyme de nouveaux projets. Le Pass Sud Formation est destiné à ceux qui ont besoin d&amp;#039;une aide pour financer une formation professionnelle.&lt;/p&gt;
 &lt;p&gt;L’absence de financement peut être un frein pour entamer une formation professionnelle. Mais si ce projet vous tient vraiment à cœur, le Pass Sud Formation, dispositif de la Région, peut vous aider à le concrétiser.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les personnes âgées de 16 ans et plus&lt;/li&gt; 	&lt;li&gt;Dont la résidence principale se situe en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;À la recherche d’un emploi et en situation d’interruption scolaire continue de plus d’un an depuis la fin ou l’interruption de leur parcours initial&lt;/li&gt; 	&lt;li&gt;Les sportifs de haut niveau rattachés à l’un des &lt;a href="https://www.creps-paca.fr/haut-niveau.structures-entrainement"&gt;Pôles Sportifs&lt;/a&gt; situés en région&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;Formations éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les certifications professionnelles enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire national des certifications professionnelles&lt;/a&gt; (RNCP)&lt;/li&gt; 	&lt;li&gt;Le(s) bloc(s) de compétences pour compléter une certification partiellement acquise enregistrée au RNCP (hors &lt;a href="https://www.maregionsud.fr/vos-aides/detail/validation-des-acquis-de-lexperience"&gt;Validation des acquis de l’expérience&lt;/a&gt; (VAE)&lt;/li&gt; 	&lt;li&gt;Les certifications enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire spécifique des certifications et habilitations&lt;/a&gt;  (RSCH)&lt;/li&gt; 	&lt;li&gt;Les formations professionnalisantes dont l’étude du libellé voire du contenu permet de vérifier la convergence entre la formation et le métier visé&lt;/li&gt; 	&lt;li&gt;Les formations non prises en charge par le Compte personnel de formation (CPF), la Région au titre de la commande publique de formation et/ou tout organisme compétent (Pôle Emploi, OPCO, etc.) après consultation de la plateforme &lt;a href="https://www.orientation-regionsud.fr/Formation/"&gt;Oriention Formation Métier en Région Sud&lt;/a&gt;&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P195" s="1" t="inlineStr">
         <is>
           <t>03/05/2024</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Formations éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les certifications professionnelles enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire national des certifications professionnelles&lt;/a&gt; (RNCP)&lt;/li&gt; 	&lt;li&gt;Le(s) bloc(s) de compétences pour compléter une certification partiellement acquise enregistrée au RNCP (hors &lt;a href="https://www.maregionsud.fr/vos-aides/detail/validation-des-acquis-de-lexperience"&gt;Validation des acquis de l’expérience&lt;/a&gt; (VAE)&lt;/li&gt; 	&lt;li&gt;Les certifications enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire spécifique des certifications et habilitations&lt;/a&gt;  (RSCH)&lt;/li&gt; 	&lt;li&gt;Les formations professionnalisantes dont l’étude du libellé voire du contenu permet de vérifier la convergence entre la formation et le métier visé&lt;/li&gt; 	&lt;li&gt;Les formations non prises en charge par le Compte personnel de formation (CPF), la Région au titre de la commande publique de formation et/ou tout organisme compétent (Pôle Emploi, OPCO, etc.) après consultation de la plateforme &lt;a href="https://www.orientation-regionsud.fr/Formation/"&gt;Oriention Formation Métier en Région Sud&lt;/a&gt;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;ÉTAPE 1&lt;/strong&gt;&lt;br /&gt; Selon votre situation, contactez l’un des organismes en charge du &lt;a href="https://mon-cep.org/"&gt;Conseil en évolution professionnelle&lt;/a&gt; (CEP) qui vous accompagnera à élaborer votre projet professionnel :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Missions locales&lt;/li&gt; 	&lt;li&gt;Pôle emploi&lt;/li&gt; 	&lt;li&gt;CAP emploi&lt;/li&gt; 	&lt;li&gt;Association pour l’emploi des cadres (APEC)&lt;/li&gt; 	&lt;li&gt;Réseau des centres interinstitutionnels de bilan de compétences (CIBC)&lt;/li&gt; 	&lt;li&gt;Conseils départementaux pour les bénéficiaires du Revenu de solidarité active (RSA)&lt;/li&gt; 	&lt;li&gt;Plans locaux pluriannuels pour l’insertion et l’emploi (PLIE)&lt;/li&gt; 	&lt;li&gt;La maison régionale de la performance pour les sportifs de haut niveau&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;ÉTAPE 2&lt;/strong&gt;&lt;br /&gt; Élaborez votre projet de formation avec un conseiller des réseaux d&amp;#039;accompagnement du CEP. Le projet sera soumis à une validation préalable de ce dernier avant toute demande de prise en charge sur la base de la cohérence et de l’adéquation de votre projet post-formation.&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;ÉTAPE 3&lt;/strong&gt;&lt;br /&gt; Après validation, toute demande de prise en charge devra être déposée sur le Portail des aides individuelles de la Région dans un délai de 90 à 60 jours avant le démarrage de la formation visée ou jusqu&amp;#039;à 30 jours pour &lt;a href="https://www.enseignementsup-recherche.gouv.fr/fr/le-daeu-46103"&gt;les Diplômes d’accès aux études universitaires&lt;/a&gt; (DAEU).&lt;br /&gt; &lt;br /&gt; Pour les formations débutant entre le 1ᵉʳ janvier et le 31 mars 2024, les dossiers de demande ne sont pas soumis aux dates de dépôt normalement applicables.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/pass-sud-formation</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Service Relations Entreprises et Usagers&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Permanence téléphonique du lundi au jeudi de 13h30 à 17h30 au &lt;strong&gt;04 91 57 55 02&lt;/strong&gt; ou à l’adresse &lt;strong&gt;&lt;a href="mailto:sudformation&amp;#64;maregionsud.fr"&gt;sudformation&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/pass-sud-formation/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>162360</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Aider les jeunes arrivant sur le marché du travail</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>#1jeune1solution</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour aider les jeunes arrivant sur le marché du travail, le Gouvernement a construit dans le cadre de France Relance un plan de 6,7 milliards d’euros soit un triplement des moyens accordés à l’emploi des jeunes.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Le plan #1jeune1solution, lancé le 23 juillet 2020, vise à offrir une solution à chaque jeune. Parmi les dispositifs mis à disposition : une prime à l’embauche de 4000 euros pour tout recrutement de jeune de moins de 26 ans en contrat de plus de 3 mois. Toutes les situations sont différentes, l’objectif est clair : ne laisser aucun jeune sans solution.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Pour les jeunes, l’objectif est de faciliter les recherches autour de fonctions simples : « je trouve un emploi », « je trouve une formation », « je trouve un accompagnement », « je participe à un évènement » et « je m’engage ». Plus de &lt;strong&gt;20 000 offres&lt;/strong&gt; d’emploi sourcées par Pôle Emploi sont d’ores et déjà accessibles sur la plateforme, plus de &lt;strong&gt;250 événements&lt;/strong&gt; proposés aux jeunes en ligne. Une fonctionnalité permet également à chaque jeune d’être rappelé par la mission locale la plus proche de chez lui.&lt;/p&gt;
 &lt;p&gt;Jamais il n’y a eu autant de moyens déployés pour aider la jeunesse à entrer dans la vie active. C’est une réponse massive du gouvernement au risque majeur que la crise covid pourrait entraîner en laissant une génération sans perspective. Donner à chaque jeune une chance de se lancer dans la vie, c’est aussi donner à notre pays la fierté collective et la capacité de repartir de l’avant.&lt;br /&gt; Rien ne sera cependant possible sans une prise de conscience de cet enjeu collectif, sans une mobilisation totale de chaque association, chaque entreprise, chaque employeur pour investir dans l&amp;#039;avenir, investir dans la jeunesse, proposer autant d&amp;#039;opportunités que possible dans chacun des territoires. Dans notre région Provence-Alpes-Côte d’Azur, ce sont &lt;strong&gt;76 000 jeunes&lt;/strong&gt; arrivant cette année sur le marché de l’emploi et autant de solutions à trouver, en mobilisant au maximum nos entreprises.&lt;/p&gt;
 &lt;p&gt;Portée par cette même ambition, la Région Provence-Alpes-Côte d&amp;#039;Azur s’engage pleinement afin d’aider les jeunes du territoire à trouver ou retrouver le chemin de l’emploi. Ainsi, dans la droite ligne du Plan &lt;strong&gt;#1jeune1solution&lt;/strong&gt;, elle a voté en octobre dernier le Plan régional pour l’Emploi et la Formation. Elaboré autour de 4 axes et 15 actions concrètes, il permet à la Région de mobiliser l’ensemble de ses moyens aux côtés de ses partenaires afin d’accompagner les jeunes vers des formations ou des métiers et leur redonner confiance en l’avenir. A l’image du dispositif un « un parrain, un emploi », ces partenariats sont essentiels pour être à la hauteur du souci constant de proposer une offre d’orientation et de formation professionnelle de qualité, tout en rapprochant les jeunes du monde du travail. Ils sont la preuve que ce n’est que par l’action conjointe de l’Etat, des collectivités et des acteurs économiques que sera gagnée la bataille de l’emploi.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P197" s="1" t="inlineStr">
+      <c r="P196" s="1" t="inlineStr">
         <is>
           <t>16/03/2021</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/1jeune1solution</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1jeune1solution/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-[...114 lines deleted...]
-      <c r="A199" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>162483</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Anticiper les mutations économiques</t>
         </is>
       </c>
-      <c r="C199" s="1" t="inlineStr">
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FSE + - Fonds social européen</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Appel à projets Priorité 3 Objectif Spécifique G</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>Direction régionale de l’Economie, de l’Emploi, du Travail et des Solidarités (DREETS) — Normandie</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I199" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 60</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Meilleure prise en compte par l’ensemble des acteurs des enjeux relatifs à la Gestion des Emplois et des Parcours Professionnels ;&lt;/li&gt;&lt;li&gt;Améliorer l’accès à la formation et à la qualification des salariés, notamment des salariés les moins qualifiés, des salariés âgés de plus de 54 ans, des salariés en situation d’emploi instable (contrats à durée déterminée, contrats aidés, intérim…), des salariés issus de secteurs en difficulté ou impactés par des mutations nécessitant une adaptation pour préserver leur employabilité, des salariés issus des métiers en tension ;&lt;/li&gt;&lt;li&gt;Contribuer au renouvellement de l’ingénierie de formation à destination des actifs occupés aux besoins du marché du travail et dans les domaines de la transition numérique et/ou digitale, de la transition écologique et/ou énergétique ;&lt;/li&gt;&lt;li&gt;Développer des outils de veille et de partage des données visant la coordination des différents acteurs territoriaux et sectoriels et l’identification des compétences.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions visées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1) Actions visant à accompagner les mutations économiques, notamment liées aux transitions écologiques et numériques et la formation continue des actifs occupés :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;ingénierie de formation et de construction de parcours, facilitation de l&amp;#039;accès à la formation (lisibilité des référentiels, certification des compétences, modalités innovantes de formation, etc.), plans de développement de compétences dans le domaine de l’environnement : certification du personnel, efficacité énergétique, énergie renouvelable, économie circulaire, construction durable, emplois environnementaux , adaptation des compétences aux nouveaux défis sociaux (inclusion sociale, transition écologique et numérique, métiers rares ou émergents, etc.) et aux besoins du marché du travail, démarches d’expérimentation autour de l’action de formation en situation professionnelle (AFEST) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2) Actions visant à anticiper les mutations économiques, notamment liées aux transitions écologiques et numériques et à accompagner les entreprises et les acteurs locaux : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;démarches anticipatrices, y compris GPEC, pour faire face aux mutations économiques notamment liées aux transitions écologique et numérique dans les branches, les entreprises et les territoires, notamment par le dialogue social ou via des accords passés avec l’Etat ;&lt;/li&gt;&lt;li&gt;veille territoriale et sectorielle : outils de veille (identification des compétences obsolètes et des besoins des filières d&amp;#039;avenir, notamment liées à la transition écologique), outils de partage des données (plateformes ressources humaines (RH), passerelles entre secteurs, coordination des acteurs territoriaux, etc.) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises dans la mise en œuvre d’une démarche de Responsabilité sociétale des entreprises (RSE) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises sur les aspects RH des mutations professionnelles et des impacts de la crise sanitaire.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P199" s="1" t="inlineStr">
+      <c r="P197" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q199" s="1" t="inlineStr">
+      <c r="Q197" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Date limite dépôt des candidatures : 31/10/2024&lt;/p&gt;&lt;p&gt;Période de réalisation possible de l&amp;#039;opération : Du 01/01/2024 au 31/12/2026&lt;/p&gt;&lt;p&gt;Durée de l&amp;#039;opération souhaitée : 12 mois minimum à 36 mois maximum&lt;/p&gt;&lt;p&gt;Montant total du soutien européen prévu : 1 500 000 €&lt;/p&gt;&lt;p&gt;Montant minimum FSE&amp;#43;/FTJ : 30 000 €&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FSE&amp;#43;/FTJ maximum : 60 %&lt;/p&gt;&lt;p&gt;Montant minimum coût total éligible : 50 000 €&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://fse.gouv.fr/les-appels-a-projets/normagd1035normandieaap-priorite-3-os-g-anticipation-des-mutations-economiques</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
+      <c r="W197" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.emploi.gouv.fr/identification/login?TARGET=https%3A%2F%2Fma-demarche-fse-plus.fr%2F#/</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maxime TROMPIER, Chef du service FSE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Adresse mail : &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/maxime.trompier&amp;#64;dreets.gouv.fr" target="_self"&gt;maxime.trompier&amp;#64;dreets.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Tél : 02.27.05.90.13 / Portable : 06.61.15.54.76&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>imane.rouxel@dreets.gouv.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/anticipation-des-mutations-economiques-normagd1035/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>162730</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de services et mobilités en montagne</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
         <is>
           <t>Services et mobilités en montagne</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Formation professionnelle
 Biodiversité
 Equipement public
 Bâtiments et construction
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P200" s="1" t="inlineStr">
+      <c r="P198" s="1" t="inlineStr">
         <is>
           <t>30/05/2024</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
 &lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>162809</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du Fonds d'innovation pour la formation</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Fonds d'innovation pour la formation</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez un projet d’innovation formative répondant aux besoins en compétences des filières et métiers stratégiques régionaux (filières fortement pourvoyeuses d’emplois et d’enjeux d’avenir, nouveau métier ou métier en forte évolution, métiers en tension de recrutement).&lt;/p&gt;
 &lt;p&gt;Vous êtes organisme de formation, entreprise, Campus des métiers et qualifications et vous souhaitez éprouver un nouveau référentiel de formation, de nouvelles modalités pédagogiques ou encore proposer et tester un outillage innovant de l’approche par les compétences. Le Fonds d’innovation pour la formation vous permet de financer la recherche appliquée ou le développement expérimental avec une subvention pouvant aller jusqu’à 70% du coût du projet maximum, et 50% des investissements nécessaires à l’expérimentation.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Un organisme de formation, agissant en propre ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Un campus des métiers, ou un membre d’un campus des métiers, agissant au nom du campus ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Une entreprise, un groupement d’intérêt économique, une association, une société coopérative d’intérêt collective, ou d’autres formes de groupements d’entreprises, agissant comme mandataire d’un groupement associant au moins un organisme de formation continue ou initiale.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Tourisme
 Santé
 Education et renforcement des compétences
 Formation professionnelle
 Agriculture et agroalimentaire
 Biodiversité
 Emploi
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P201" s="1" t="inlineStr">
+      <c r="P199" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Par mail adressé à innovation-formation&amp;#64;maregionsud.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/fonds-dinnovation-pour-la-formation</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:innovation-formation&amp;#64;maregionsud.fr"&gt;innovation-formation&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-dinnovation-pour-la-formation/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>162982</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C202" s="1" t="inlineStr">
+      <c r="C200" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I202" s="1" t="inlineStr">
+      <c r="I200" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -39525,664 +39041,664 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P202" s="1" t="inlineStr">
+      <c r="P200" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q202" s="1" t="inlineStr">
+      <c r="Q200" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R202" s="1" t="inlineStr">
+      <c r="R200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T202" s="1" t="inlineStr">
+      <c r="T200" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>162989</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’inclusion des jeunes vers le monde professionnel</t>
         </is>
       </c>
-      <c r="C203" s="1" t="inlineStr">
+      <c r="C201" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Fiche 11 - FEDER</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I203" s="1" t="inlineStr">
+      <c r="I201" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J203" s="1" t="inlineStr">
+      <c r="J201" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La part des jeunes en formation (16 – 25 ans) est plus faible sur le
 territoire qu’en Gironde. Cela est dû à l’absence d’établissement
 d’enseignement supérieur ce qui amène les jeunes à poursuivre leur scolarité et
 formation à l’extérieur du territoire et notamment dans les espaces urbains
 (Bordeaux, Pau, La Rochelle). &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;L’arrivée du lycée à Créon pourrait être une opportunité de développer
 des filières de formations locales ou de servir de plateforme de formations.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Enfin, le chômage des jeunes reste important et touche principalement sur
 le territoire les jeunes sans (ou avec peu) de formation et/ou de qualification
 scolaire et professionnelle.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficulté&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
 professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M203" s="1" t="inlineStr">
+      <c r="M201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et aménagements d’espaces relatifs à la
 formation et à l’apprentissage des métiers sur le territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement et
 animation territoriale pour impulser des dynamiques locales pour l’emploi, la
 formation et les compétences des habitants et notamment des jeunes&lt;/span&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou
 aménagements de logements spécifiques pour des publics de jeunes travailleurs
 ou en formation ou en insertion&lt;em&gt;&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Famille et enfance
 Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P203" s="1" t="inlineStr">
+      <c r="P201" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q203" s="1" t="inlineStr">
+      <c r="Q201" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R203" s="1" t="inlineStr">
+      <c r="R201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T203" s="1" t="inlineStr">
+      <c r="T201" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-linclusion-des-jeunes-vers-le-monde-professionnel/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
         <v>162990</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Proposer une offre pour insérer les jeunes dans le monde économique</t>
         </is>
       </c>
-      <c r="C204" s="1" t="inlineStr">
+      <c r="C202" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Fiche 12 - FEADER</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I204" s="1" t="inlineStr">
+      <c r="I202" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J204" s="1" t="inlineStr">
+      <c r="J202" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les jeunes actifs sont le public le plus durement touché sur le
 territoire du Cœur Entre-deux-Mers par le chômage et la précarité économique.
 Il convient donc d’agir ensemble en associant avant tout les jeunes mais aussi
 les acteurs et structures qui les accompagnent (collectivités, Missions
 Locales, …). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour favoriser l’emploi et l’insertion des jeunes, les domaines d’actions
 seront nombreux et concerneront notamment le développement d’une approche
 globale dans l’accompagnement des jeunes dans leurs parcours personnels (suivi
 de formation locale, mobilité, logement, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficultés&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
 professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M204" s="1" t="inlineStr">
+      <c r="M202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Solutions et
 amélioration de la mobilité notamment des jeunes et jeunes actifs du territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Equipements,
 matériels et matériaux nécessaires à l’organisation de « chantiers
 formations », de « chantiers d’insertion » et de
 « chantiers de jeunes »&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animations territoriales notamment auprès des jeunes
 et jeunes actifs pour découvrir les métiers, les formations et développer leur
 capacité à entreprendre &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Formation professionnelle
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P204" s="1" t="inlineStr">
+      <c r="P202" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q204" s="1" t="inlineStr">
+      <c r="Q202" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
+      <c r="R202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S202" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T204" s="1" t="inlineStr">
+      <c r="T202" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-2/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>163003</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Soutenir  l’innovation sur les contenants alimentaires réemployables pour la restauration collective</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Soutien à l’innovation sur les contenants alimentaires réemployables pour la restauration collective</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet appel à projets vise à &lt;strong&gt;soutenir les innovations portées par les fabricants d’emballages et de contenants&lt;/strong&gt; permettant de répondre aux &lt;strong&gt;enjeux de passage au réemploi et de suppression du plastique&lt;/strong&gt; dans les contenants alimentaires utilisés par la restauration collective.&lt;/p&gt;&lt;p&gt;L’objectif est d’adapter l’offre existante de contenants alimentaires aux spécificités de la restauration collective, que celle-ci soit gérée par une structure publique ou privée, afin de lever les freins au réemploi tout en assurant la conformité aux obligations règlementaires d’EGAlim, dont l’entrée en vigueur est prévue au 1ᵉʳ janvier 2025.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets propose un accompagnement aux &lt;strong&gt;études de faisabilité&lt;/strong&gt; (Axe 1) et aux &lt;strong&gt;expérimentations&lt;/strong&gt; (Axe 2) portant sur l’adaptation des contenants réemployables, dans le but de mieux répondre aux besoins de la restauration collective, en particulier dans les collectivités (cuisines centrales, restaurants scolaires, etc.).&lt;/p&gt;&lt;p&gt;Les contenants doivent être réemployables et recyclables. Les fabricants, porteurs de projets, doivent &lt;strong&gt;se positionner sur l’un des deux axes.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S203" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987_988</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-linnovation-sur-les-contenants-alimentaires-reemployables-pour-la-restauration-collective/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-      <c r="A206" s="1">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
         <v>163004</v>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
         </is>
       </c>
-      <c r="C206" s="1" t="inlineStr">
+      <c r="C204" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F206" s="1" t="inlineStr">
+      <c r="F204" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I206" s="1" t="inlineStr">
+      <c r="I204" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J206" s="1" t="inlineStr">
+      <c r="J204" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
 d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
 positionnement économique et l’accompagner dans ses mutations et ses synergies.
 Dans ce dessein, la stratégie de développement économique local est tournée
 vers l’innovation sociale au service des emplois et du bien-vivre des
 habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;En
      capitalisant sur la dynamique existante pour la conforter et l’accompagner
      dans ses mutations, et en développant de nouvelles filières en faveur du
      développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      permettant l’accès aux services, aux commerces et à l’artisanat pour tous
      les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      favorisant l’expérimentation de nouvelles approches, notamment sur la
      mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
      la proximité, la modernisation et les synergies entre acteurs en
      accompagnant les projets innovants des petites et moyennes entreprises
      industrielles, artisanales, commerciales et des associations, et les
      initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
      le partage, la mutualisation de ressources (à titre d’exemples : espaces,
      lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
      les mutations de l’économie et l’accès à l’emploi notamment par la
      formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
      et soutenir une agriculture performante et pérenne, soucieuse de
      l’environnement, en accompagnant ses mutations et en valorisant ses
      initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
      l’accès à une alimentation de qualité sur le territoire en veillant
      notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M206" s="1" t="inlineStr">
+      <c r="M204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
 consolider le projet du porteur de projet dans le domaine du développement
 économique, de l’innovation sociale et des services : diagnostics
 préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 d’animation, de communication, d’information collective et organisation
 d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
 et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
 construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;ul type="circle"&gt;
   &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
       productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets concourant au
       développement des circuits courts alimentaires et les initiatives en
       matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
       le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets en matière de
       mutualisation de services et d’équipements pour les entreprises, les
       associations et autres acteurs de l’innovation sociale (notamment
       tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
       l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
       au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
 formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P206" s="1" t="inlineStr">
+      <c r="P204" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q206" s="1" t="inlineStr">
+      <c r="Q204" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R206" s="1" t="inlineStr">
+      <c r="R204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
 personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
 lors que le personnel affecte au moins 5% de son temps de travail total au
 projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
 personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
 apprentis) dès lors que le personnel affecte au moins 5% de son temps de
 travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
 disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
 construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
 acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
 limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
 services, prestations intellectuelles dont la formation et la communication
 (par exemple création et conception de support, édition, diffusion d’outils,
 frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
 notaire, expertise juridique technique et financière, honoraire de tenue et de
 certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
 Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
 dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
 d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
 pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
 éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
 Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
@@ -40199,391 +39715,391 @@
 frais de change ;&lt;/li&gt;&lt;li&gt;Les
 investissements immobiliers dont l’acquisition est réalisée par le biais d’une
 vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
 coût unitaires pour les dépenses de personnel : Les frais directs liés aux
 dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
 porteurs de projet publics : les dépenses éligibles sont présentées en
 Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
 totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
 cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
 &lt;p id="ftn1"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p id="ftn2"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
 comité de programmation du GAL, selon les critères et les modalités
 préalablement définis dans sa grille de sélection. La grille de sélection est
 envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
 sélection en comité de programmation. Les projets doivent être en cohérence
 avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
 ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
 alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S204" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T206" s="1" t="inlineStr">
+      <c r="T204" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V204" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
         <v>163104</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Erasmus sanitaire et social</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H205" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région a été sélectionnée pour piloter jusqu’en 2027 un projet Erasmus&amp;#43; de mobilité européenne et internationale dans le but de favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux.&lt;/p&gt;
 &lt;p&gt;Ce projet de consortium, actuellement composé de 9 établissements régionaux de formation sanitaire et sociale, piloté par la Région pourra s’ouvrir à d’autres établissements jusqu’en 2027.&lt;/p&gt;
 &lt;p&gt;L’objectif principal est d&amp;#039;améliorer la qualité des formations sanitaires et sociales agréées par la Région en proposant une plus-value européenne et internationale au contenu de formation et en favorisant l&amp;#039;acquisition de compétences transversales (ouverture interculturelle, esprit d&amp;#039;initiative, capacité d&amp;#039;adaptation, amélioration de la maîtrise d&amp;#039;une langue étrangère, curiosité, indépendance, autonomie…).&lt;/p&gt;
 &lt;p&gt;Les financements européens jouent un rôle majeur dans le financement de nombreux projets pour les opérateurs du territoire régional. Ce projet s’inscrit dans la politique régionale ambitieuse de captation des fonds européens, adoptée en décembre 2021 « Stratégie Europe 2030 : objectif 10 milliards ».&lt;/p&gt; &lt;p&gt;Les étudiants et le personnel administratif et académique des établissements régionaux de formation sanitaire et sociale membres du projet Erasmus &amp;#43; coordonné par la Région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Santé
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P207" s="1" t="inlineStr">
+      <c r="P205" s="1" t="inlineStr">
         <is>
           <t>15/07/2024</t>
         </is>
       </c>
-      <c r="Q207" s="1" t="inlineStr">
+      <c r="Q205" s="1" t="inlineStr">
         <is>
           <t>31/07/2026</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R205" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La demande de bourse de mobilité Erasmus Sanitaire et Social s&amp;#039;effectue par le biais de la plateforme de demande d&amp;#039;aide individuelle en ligne sur le site de la Région Sud.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/erasmus-sanitaire-et-social</t>
         </is>
       </c>
-      <c r="W207" s="1" t="inlineStr">
+      <c r="W205" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_ERASMUS/depot/simple</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:maguiral&amp;#64;maregionsud.fr"&gt;maguiral&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-sanitaire-et-social/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
         <v>163138</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Organiser un Forum Entreprendre dans la Culture</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Entrepreneuriat culturel - Forums Entreprendre dans la Culture</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F208" s="1" t="inlineStr">
+      <c r="F206" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J208" s="1" t="inlineStr">
+      <c r="J206" s="1" t="inlineStr">
         <is>
           <t>La subvention accordée sera comprise entre 10.000 et 25.000 euros maximum.</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;entrepreneuriat culturel ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entrepreneuriat culturel désigne l&amp;#039;action d&amp;#039;entreprendre et de mener à bien une initiative et de fédérer des individus autour d’un projet commun, de manière à générer une valeur esthétique, culturelle, sociale et/ou économique. &lt;/p&gt;&lt;p&gt;Les Forums Entreprendre dans la Culture sont des rencontres professionnelles qui ont pour objectifs de valoriser l’entrepreneuriat culturel, d’une part, et d’apporter des informations pratiques et concrètes aux entrepreneurs et aux porteurs de projets, d’autre part, afin de favoriser leur professionnalisation et le développement de leur structure ou de leur activité. &lt;/p&gt;&lt;p&gt;Cette démarche s&amp;#039;adresse ainsi aux structures en capacité d’organiser un Forum Entreprendre dans la Culture.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Outre la qualité et la richesse de la création artistique et culturelle française, le poids économique direct de la culture repose sur la vitalité et le dynamisme d’un tissu particulièrement dense de plus de 263 400 associations actives sur le champ culturel et 150 000 très petites entreprises (TPE) et petites et moyennes entreprises (PME) qu’il est essentiel d’accompagner dans leur structuration et leur développement.&lt;/p&gt;&lt;p&gt;En effet, les mutations induites par les transformations numériques et l’évolution des usages, nécessitent de reconsidérer un grand nombre de modèles économiques traditionnels et transforment en profondeur certains moyens de production, de distribution et de diffusion. Cette évolution a mis en exergue un déficit de professionnalisation des entrepreneurs culturels et de structuration de leurs entreprises.&lt;/p&gt;&lt;p&gt;Par ailleurs, il n’est pas toujours naturel pour un entrepreneur culturel de s’affirmer comme tel, et les bénéfices d’une structuration économique solide ne sont pas toujours suffisamment perçus par les porteurs de projets. Les objectifs esthétiques, culturels et sociaux apparaissent en outre parfois plus importants que les visées économiques ou financières, ce qui fragilise d’autant plus certaines structures culturelles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’accès au financement, qui reste le problème majeur de toute entreprise, la formation à l’entrepreneuriat, l’accès aux conseils juridiques, sociaux et comptables, la difficulté à accéder à des locaux professionnels ainsi que la prévention de l’isolement sont des enjeux fondamentaux pour les entrepreneurs culturels.&lt;/p&gt;&lt;p&gt;Ce sont les objectifs principaux des Forums Entreprendre dans la Culture.&lt;/p&gt;&lt;p&gt;Articulé autour de témoignages d’entrepreneurs culturels et de conseils d’experts, et entièrement gratuit, l’événement devra proposer des rondes et des ateliers sectoriels et transversaux. Le Forum devra aborder ainsi les thèmes du financement, de l’accompagnement, de la structuration, des modèles économiques de la culture, de l&amp;#039;évolution du secteur culturel face aux nouveaux usages et à la transition numérique, des défis environnementaux, de la responsabilité sociétale des entreprises (RSE) et du développement à l’international.  &lt;/p&gt;&lt;p&gt;Le public ciblé par le Forum est celui des entrepreneurs, afin de les aider dans leur professionnalisation et la structuration de leur entreprise ou de leur activité, des étudiants ou des jeunes diplômés qui ont le projet d’entreprendre dans ces secteurs, ou encore des institutionnels qui souhaitent transmettre une information fiable à leurs interlocuteurs.   &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention accordée sera comprise entre 10.000 et 25.000 euros maximum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention est versée en une fois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Formation professionnelle
 Emploi
 Artisanat
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R208" s="1" t="inlineStr">
+      <c r="R206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État&lt;/li&gt;&lt;li&gt;Agences culturelles régionales &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La structure en mesure d&amp;#039;accueillir un forum, devra avoir dans ses missions principales la professionnalisation et l’accompagnement des entrepreneurs culturels régionaux ainsi que la structuration de leur entreprise ou leur activité.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les critères d’éligibilité du projet reposent sur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la pertinence des actions et des rencontres professionnelles proposées par le demandeur au regard des objectifs de l’événement ;&lt;/li&gt;&lt;li&gt;la cohérence budgétaire ;&lt;/li&gt;&lt;li&gt;la qualité des partenariats.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les structures dont la résidence fiscale n&amp;#039;est pas située en France ;&lt;/li&gt;&lt;li&gt;les personnes physiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Location de salle ou d’équipement&lt;/li&gt;&lt;li&gt;Rémunération des intervenants&lt;/li&gt;&lt;li&gt;Défraiement des intervenants&lt;/li&gt;&lt;li&gt;Communication&lt;/li&gt;&lt;li&gt;Frais de traiteur &lt;/li&gt;&lt;li&gt;Les frais liés à l’organisation de l’événement exclusivement&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T208" s="1" t="inlineStr">
+      <c r="T206" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/entrepreneuriat-culturel-forums-entreprendre-dans-la-culture</t>
         </is>
       </c>
-      <c r="W208" s="1" t="inlineStr">
+      <c r="W206" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture-2024</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question sur l’entrepreneuriat culturel, vous êtes invités à vous adresser à la Direction générale des médias et industries culturelles (DGMIC) - Délégation aux entreprises culturelles : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Philippe TILLY, adjoint au délégué aux entreprises culturelles (DEC/DGMIC) : &lt;a href="mailto:philippe.tilly&amp;#64;culture.gouv.fr" target="_self"&gt;philippe.tilly&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;182 rue Saint-Honoré, 75001 Paris&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Auvergne-Rhône-Alpes : Marion WOLF : marion.wolf&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Bourgogne-Franche-Comté : Laurence DELOIRE : laurence.deloire&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Bretagne : Stéphanie CARNET : stephanie.carnet&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Centre-Val de Loire : Benoît LECERF : benoit.lecerf&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Corse : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Grand-Est : Claire ANTONY : claire.antony&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Hauts-de-France : Benjamin ORLIANGE : benjamin.orliange&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Ile-de-France : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Normandie : Damien EUCHI : damien.euchi&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Nouvelle-Aquitaine : Anne-Claire Rocton : anne-claire.rocton&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Occitanie : Silvy CASTEL : Silvy.castel&amp;#64;culture.gouv.fr / Emmanuel PIDOUX : emmanuel.pidoux&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Pays de la Loire : Thierry CHEVALIER : thierry.chevalier&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Provence-Alpes-Côte d&amp;#039;Azur : Jérémie CHOUKROUN : jeremie.choukroun&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Guadeloupe : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Guyane : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;La Réunion : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Martinique : Audrey PHIBEL : audrey.phibel&amp;#64;culture.gouv.fr / Yolande-Salomé TOUMSON : yolande-salome.toumson&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Mayotte : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Nouvelle-Calédonie : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Polynésie française : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/entrepreneuriat-culturel-forums-entreprendre-dans-la-culture/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>163142</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M209" s="1" t="inlineStr">
+      <c r="M207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -40592,323 +40108,323 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R209" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S209" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W209" s="1" t="inlineStr">
+      <c r="W207" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>163180</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'attractivité et la diversification des métiers de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C210" s="1" t="inlineStr">
+      <c r="C208" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I210" s="1" t="inlineStr">
+      <c r="I208" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Malgré un
 réel dynamisme, les métiers de la pêche et de l’aquaculture sont peu connus
 dans le département du Calvados. La main-d&amp;#039;œuvre est parfois limitante, ne
 permettant pas aux entreprises de valoriser au mieux les productions locales.
 Les professionnels sont ainsi nombreux à se poser la question de l’attractivité
 de leur métier auprès des jeunes générations et de la pérennisation de leurs
 savoir-faire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M210" s="1" t="inlineStr">
+      <c r="M208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Identifier des ambassadeurs pour promouvoir les
      métiers et/ou les formations auprès des élèves (collège, lycée)&lt;/li&gt;&lt;li&gt;Participation à des portes ouvertes au sein des
      entreprises et des criées&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; Étude&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
      déploiement&lt;/li&gt;&lt;li&gt;Étudier le développement prévisionnel des emplois
      du secteur de la pêche et de l’aquaculture sur le territoire&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Améliorer l’accessibilité des zones d’emploi
      (transport, logement)&lt;/li&gt;&lt;li&gt;Créer un groupement d’employeurs&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; Mise en réseau&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Créer des points de contacts avec les futurs
      employés (forum des métiers, bourses à l’emploi, stage découverte,
      apprentissage …)&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;Coopérer avec des territoires
 extérieurs répondant à la stratégie du GALPA et permettant d’apporter une
 plus-value au territoire &lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 Mers et océans</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R210" s="1" t="inlineStr">
+      <c r="R208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses
 conformes au décret fixant les règles nationales d’éligibilité des dépenses
 dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Dépenses de personnel&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Coûts directs en lien avec
      l’opération dont : &lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Coûts indirects&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les projets existants ne
      proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les dépenses de fonctionnement
      courantes des structures, en dehors du forfait sur les dépenses de
      personnel&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les investissements immobiliers&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les travaux et études portant
      sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
 investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
 ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
 communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
 externes&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Couts indirects : un taux
 forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
 coûts indirects liés à l’opération (frais de fonctionnement internes à la
 structure)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
 projets de coopération uniquement, les frais de déplacement, d’hébergement et
 de restauration seront également éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
 pas éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les porteurs de projet
 devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
 d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
 maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T210" s="1" t="inlineStr">
+      <c r="T208" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Margaux Marie&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;Téléphones : 06 59 48 87 24&lt;/strong&gt; / &lt;strong&gt;02 31 57 18 06&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>galpa-calvados@calvados.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-diversification-des-metiers-de-la-peche-et-de-laquaculture/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>163199</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C211" s="1" t="inlineStr">
+      <c r="C209" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I211" s="1" t="inlineStr">
+      <c r="I209" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -40945,4431 +40461,4925 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q211" s="1" t="inlineStr">
+      <c r="Q209" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R211" s="1" t="inlineStr">
+      <c r="R209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S211" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T211" s="1" t="inlineStr">
+      <c r="T209" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-      <c r="A212" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>163266</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Renforcer les capacités des organisations d'Enseignement et de Formation Professionnels dans les pays hors Europe</t>
         </is>
       </c>
-      <c r="C212" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>AP Renforcement des capacités dans le domaine de l'Enseignement et la Formation Professionnels</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H212" s="1" t="inlineStr">
+      <c r="H210" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I212" s="1" t="inlineStr">
+      <c r="I210" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets de renforcement des
 capacités sont des projets de coopération internationale fondés sur des
 partenariats multilatéraux entre des organismes actifs dans le domaine de l’Enseignement
 et la Formation Professionnels (EFP) dans des États membres et des pays tiers
 associés au programme, et des pays tiers non associés au programme. Ils visent
 à soutenir la pertinence, l’accessibilité et la réactivité des établissements
 et systèmes d’EFP dans les pays tiers non associés au programme, en tant que
 catalyseurs du développement socio-économique durable.&lt;/p&gt;&lt;p&gt;Ces projets visent le renforcement
 des capacités dans les domaines de la gestion, de la gouvernance, de
 l’inclusion, de l’assurance de la qualité et de l’innovation.&lt;/p&gt;&lt;p&gt;Plus particulièrement, les
 projets de renforcement des capacités EFP visent à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcer les capacités des prestataires d’EFP
 pour améliorer la coopération entre les parties prenantes privées et publiques
 dans le domaine de l’enseignement et de la formation professionnels afin de
 concevoir des interventions axées sur la demande et sur les nouvelles
 perspectives dans le domaine de l’EFP&lt;/li&gt;&lt;li&gt;Améliorer la qualité et la réactivité de l’EFP
 face aux évolutions économiques et sociales afin d’accroître la pertinence de
 l’offre de compétences sur le marché du travail&lt;/li&gt;&lt;li&gt;Aligner l’offre d’EFP sur les stratégies de
 développement locales, régionales et nationales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Des objectifs par zone
 géographique (Balkans occidentaux, Voisinage Est, Pays du sud de la
 Méditerranée, Afrique subsaharienne, Amérique latine, Caraïbes) sont fixés pour
 cette action.&lt;/p&gt;&lt;p&gt;La durée du projet est de 1, 2 ou 3 ans.&lt;/p&gt;&lt;p&gt;La subvention de l&amp;#039;UE varie entre un minimum de 100 000€ et un maximum de 400 000€ &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M212" s="1" t="inlineStr">
+      <c r="M210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Liste des projets &amp;#34;Renforcement des Capacités dans le domaine de l&amp;#039;EFP&amp;#34; financés : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects" target="_self"&gt;https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P212" s="1" t="inlineStr">
+      <c r="P210" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="Q212" s="1" t="inlineStr">
+      <c r="Q210" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025. &lt;/p&gt;&lt;p&gt;Tout organisme public ou privé
 actif dans le domaine de l’EFP et légalement établi dans un État membre de l’UE
 ou un pays tiers éligible associé au programme peut candidater. Les
 organisations participantes éligibles peuvent être des prestataires
 d’enseignement et de formation professionnels, d’autres organismes publics ou
 privé actif dans le domaine de l’EFP et sur le marché du travail et des
 partenaires associés du secteur public ou privé.&lt;/p&gt;&lt;p&gt;Les projets de renforcement des
 capacités sont transnationaux et associent au moins 4 organismes de 3 pays au
 minimum : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins deux États membres de l’UE ou pays
 tiers associé au programme. Chacun des pays participants doit associer au moins
 une organisation &lt;/li&gt;&lt;li&gt;Au moins un pays tiers éligible non associé au
 programme et au moins deux organisations issues du (ou des) pays tiers
 éligibles participants non associés au programme de la même région.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Le nombre d’organisations des
 États membres de l’UE et de pays tiers associés au programme ne doit pas être
 supérieur au nombre d’organisations de pays tiers éligibles non associés au
 programme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T212" s="1" t="inlineStr">
+      <c r="T210" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/programme-guide/part-b/key-action-2/capacity-building-vet</t>
         </is>
       </c>
-      <c r="W212" s="1" t="inlineStr">
+      <c r="W210" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu"&gt;&lt;span lang="EN-IE"&gt;EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-capacites-des-organisations-denseignement-et-de-formation-professionnels-dans-les-pays-hors-europe/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-      <c r="A213" s="1">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>163580</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Soutenir financièrement les commerces et services du quotidien présents dans les centres-bourgs</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>Communauté de Communes La Rochefoucauld Porte du Périgord</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H213" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I213" s="1" t="inlineStr">
+      <c r="I211" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Soutenir :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;activité économique des centres-bourgs des communes appartenant au territoire La Rochefoucauld Porte du Périgord ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers destinés au maintien d’un ou plusieurs derniers commerces de proximité de première nécessité non concurrentiels&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Emploi
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R213" s="1" t="inlineStr">
+      <c r="R211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Projets de centre-bourg situés : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans les périmètres ORT (Opération de Revitalisation de Territoire) pour les communes de La Rochefoucauld-en-Angoumois et Montbron ;&lt;/li&gt;&lt;li&gt;Selon la cartographie des centres-bourgs pour les autres communes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité des projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accueillir des entreprises artisanales, commerciales ou de service ;&lt;/li&gt;&lt;li&gt;Produire et commercialiser des biens ou des services sur le zonage défini ;&lt;/li&gt;&lt;li&gt;Investissements participant à la transition écologique : consommation énergétique du bâtiment, développement des énergies renouvelables, optimisation de la gestion des déchets, valorisation de l’économie circulaire, préservation de la ressource en eau…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Obligations légales et administratives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les projets de travaux et d’aménagement, fournir l’autorisation de travaux ou le permis de construire ;&lt;/li&gt;&lt;li&gt;Adhérer aux services du Conseiller Énergie Partagée (CEP) de la Communauté de Communes et réaliser un audit énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité temporelle des dépenses :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses présentées doivent respecter la règlementation européenne et nationale des aides d’Etat&lt;/li&gt;&lt;li&gt;Tout commencement d’exécution avant le dépôt de la demande d’aide est susceptible de rendre tout ou partie du projet inéligible ;&lt;/li&gt;&lt;li&gt;Aucun dossier ne peut être déposé après l’achèvement matériel de l’opération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Un seul dossier de demande d’aide peut être déposé par commune tous les deux ans.&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T213" s="1" t="inlineStr">
+      <c r="T211" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>CC La Rochefoucauld porte du Périgord</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://www.rochefoucauld-perigord.fr/</t>
         </is>
       </c>
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service développement économique de la Communauté de Communes&lt;/p&gt;&lt;p&gt;07 62 66 69 46 / &lt;a target="_self"&gt;economie&amp;#64;rochefoucauld-perigord.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>economie@rochefoucauld-perigord.fr</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daide-aux-commerces-et-services-du-quotidien-presents-dans-les-centres-bourgs/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>163593</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Accompagner des projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dispositif d&amp;#039;accompagnement des projets collaboratifs de R&amp;amp;D portés par des entreprises. Les entreprises, positionnées sur leur marché et disposant d&amp;#039;une stratégie de R&amp;amp;D à long terme, décident, face à un verrou technologique ou scientifique, de s&amp;#039;adjoindre les compétences d&amp;#039;un laboratoire public, ou/et d&amp;#039;un centre de transfert de technologies et de méthodologies, dans le cadre d&amp;#039;un partenariat pour mettre en oeuvre un projet de R&amp;amp;D collaboratif.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif a pour objectif d’aider les entreprises régionales dans leurs démarches d’innovation, pour améliorer leur positionnement concurrentiel sur le marché et ainsi favoriser le développement économique du territoire.&lt;/p&gt;&lt;p&gt;Le dispositif d’accompagnement au transfert de technologies, cible les collaborations de R&amp;amp;D entre les entreprises et les centres de compétences en accord avec la priorité 2 du schéma régional de développement économique régional : renforcer notre souveraineté par l&amp;#039;innovation responsable, et ainsi s&amp;#039;appuyer sur la recherche pour dynamiser l&amp;#039;innovation, les sauts technologiques, et le transfert vers les entreprises.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M214" s="1" t="inlineStr">
+      <c r="M212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;assiette éligible comprend toutes les dépenses de l&amp;#039;entreprise liées au projet. &lt;/p&gt;&lt;p&gt;Le montant de l&amp;#039;aide sera calculé après instruction en fonction de la typologie de projet, de la typologie d&amp;#039;entreprise et de sa capacité financière.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts
 Innovation, créativité et recherche
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R214" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles localisées en Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entreprise devra :&lt;/p&gt;&lt;p&gt;être localisée en Nouvelle-Aquitaine (NA);&lt;/p&gt;&lt;p&gt;avoir un projet de partenariat R&amp;amp;D avec un centre de compétences situé dans ou hors du territoire de NA ;&lt;/p&gt;&lt;p&gt;avoir un niveau de fonds propres en adéquation avec sa demande d&amp;#039;aide ;&lt;/p&gt;&lt;p&gt;respecter les règles d&amp;#039;éco-socio conditionnalités mises en place par la Région ;&lt;/p&gt;&lt;p&gt;ne pas distribuer de dividendes issus de la subvention ;&lt;/p&gt;&lt;p&gt;signer un accord de partenariat définissant notamment les règles de confidentialité, de répartition/protection et d&amp;#039;exploitation des résultats issus du projet collaboratif.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de</t>
         </is>
       </c>
-      <c r="W214" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La demande devra être faite directement auprès du service concerné, avant le début du projet qui fait l&amp;#039;objet de la demande de subvention. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction de l’enseignement supérieur recherche et transfert de technologie&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;/p&gt;&lt;p&gt;Du lundi au vendredi de 9h à 18h sans interruption&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de-technologies-et-de-methodologies-et-ou-laboratoires-publics/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
         <v>163726</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Soutenir la production d'offre de logements et d'hébergements pour les jeunes</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
         <is>
           <t>L'offre de logements et d'hébergements pour les jeunes</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les jeunes et la rénovation globale des résidences jeunes.
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Poursuivre le développement  d’une offre inclusive d’hébergements et logements Jeunes optimisant les outils et les moyens et favoriser sa reconversion &lt;/p&gt;&lt;p&gt;Conforter le maillage de l’offre d’hébergement au plus près des besoins en formation, et d’emploi&lt;/p&gt;&lt;p&gt;Encourager  les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc….) et démontrant un impact positif sur le reste à charge des locataires&lt;/p&gt;&lt;p&gt;Développer des solutions favorisant la mobilité des jeunes néo-aquitains  &lt;/p&gt;&lt;p&gt;Veiller à la maitrise des restes à charges pour le public accueilli&lt;/p&gt;&lt;p&gt;Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M215" s="1" t="inlineStr">
+      <c r="M213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;UNE AIDE SOCLE TERRITORIALISEE (investissement)&lt;/p&gt;&lt;p&gt;Pour la rénovation globale des résidences jeunes, concourant à l’objectif visé : 4 000€ par place (nombre de places après réhabilitation), dans la limite de :&lt;/p&gt;&lt;p&gt;20% du montant prévisionnel dans les territoires&lt;/p&gt;&lt;p&gt;15% du montant prévisionnel en communauté d’agglomération&lt;/p&gt;&lt;p&gt;10% du montant prévisionnel en métropole&lt;/p&gt;&lt;p&gt;et de 500 000€ de subvention par opération&lt;/p&gt;&lt;p&gt;Pour l’offre nouvelle concourant aux objectifs visés, y compris celle produite par recyclage immobilier :&lt;/p&gt;&lt;p&gt;• Pour les structures (Foyer de jeunes travailleurs, Résidence Habitat jeunes, etc….) :&lt;/p&gt;&lt;p&gt;5 000€ par place sur la métropole et les communautés d’agglomération &lt;/p&gt;&lt;p&gt;6 000€ par place sur le reste du territoire  &lt;/p&gt;&lt;p&gt;• Pour l’offre en diffus à caractère social (respect des loyers-plafonds, accueil de jeunes  sous plafond de ressources), notamment dans le cadre de l’article 109 de la loi ELAN&lt;/p&gt;&lt;p&gt;4000€ par place à caractère social (niveaux PLUS/PLAI) sur la métropole et les communautés d’agglomération &lt;/p&gt;&lt;p&gt;5000€ par place à caractère social (niveau PLUS/PLAI) sur le reste du territoire&lt;/p&gt;&lt;p&gt;• Dans la limite de :&lt;/p&gt;&lt;p&gt;20% du montant prévisionnel dans les territoires&lt;br /&gt;&lt;/p&gt;&lt;p&gt;15% du montant prévisionnel en communauté d’agglomération&lt;/p&gt;&lt;p&gt;10% du montant prévisionnel dans la métropole&lt;/p&gt;&lt;p&gt;et de de 500 000 € par opération&lt;/p&gt;&lt;p&gt; UNE BONIFICATION &amp;#34;OFFRE INNOVANTE&amp;#34; (sur analyse du dossier)&lt;/p&gt;&lt;p&gt;Pour impulser des usages et des modes de gestion innovants, coopératifs, réversibles…(captation de logement dans le parc privé, intermédiation locative dédiée, colocations, amorçage de services d’hébergement chez l’habitant dans le cadre du dispositif régional 1,2,Toit…..)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les innovations foncières, innovation sociales, économiques (lien avec les entreprises du secteur…), opérations multi-usages, ambition environnementale (niveau argent ou Or du label BDNA),&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En investissement : &amp;#43; 1000€/place dédiée à caractère social dans une opération innovante, dans la limite des plafonds&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En fonctionnement : 50% du coût de l’ingénierie d’amorçage, dans une limite de 15 000  € répartie sur les 3 premières années du dispositif (par exemple année 1 : 60%, année 2 : 25%, année 3 : 15%)&lt;/p&gt;&lt;p&gt;ASSIETTE ELIGIBLE&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous travaux liés à l’Habitat, y compris les frais de maitrise d’œuvre&lt;/p&gt;&lt;p&gt;Les coûts sont entendus HT.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Transition énergétique
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Logement et habitat
 Emploi</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R215" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Organismes de logements sociaux&lt;/p&gt;&lt;p&gt;SEM&lt;/p&gt;&lt;p&gt;Associations&lt;/p&gt;&lt;p&gt;Collectivités territoriales et EPCI&lt;/p&gt;&lt;p&gt;Tout organisme œuvrant dans le champ du logement social et de l’habitat jeunes (FJT, RHJ, Auberges de Jeunesse….)&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;PROJETS CIBLES :&lt;/p&gt;&lt;p&gt;L’offre de logement ou d’hébergement des jeunes peut être plurielle :&lt;/p&gt;&lt;p&gt;en structure : FJT, Résidence Sociale Jeunes actifs, auberge de jeunesse&lt;/p&gt;&lt;p&gt;en diffus : colocation, cohabitation, logement social diffus fléchés « jeunes » (art 109 loi ELAN)…  &lt;/p&gt;&lt;p&gt;Les opérations sont dédiées au public jeune, prennent en compte les besoins de mobilité et favorisent l’inclusion. &lt;/p&gt;&lt;p&gt;NB : l’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/loffre-de-logements-et-dhebergements-pour-les-jeunes</t>
         </is>
       </c>
-      <c r="W215" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Le porteur de projet dépose son dossier de demande de subvention (à télécharger dans le présent guide des aides) complété et accompagné des pièces requises auprès des services de la Région Nouvelle-Aquitaine à l&amp;#039;adresse suivante : logement-jeunes&amp;#64;nouvelle-aquitaine.fr. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/loffre-de-logements-et-dhebergements-pour-les-jeunes/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
         <v>163770</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Se former à l'étranger - Projet de mobilité de courte durée</t>
         </is>
       </c>
-      <c r="C216" s="1" t="inlineStr">
+      <c r="C214" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Projet de mobilité de courte durée - Action Clé 1</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G214" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H214" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I216" s="1" t="inlineStr">
+      <c r="I214" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J216" s="1" t="inlineStr">
+      <c r="J214" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés.</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K214" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de mobilité dans les domaines de l’éducation et de la formation. Il est possible de partir en mobilité en Europe et au-delà pour se former, découvrir des systèmes éducatifs différents, de nouvelles approches et méthodes de travail, approfondir ses compétences linguistiques et professionnelles, ou tout simplement s’ouvrir à une autre culture. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le projet de mobilité de courte durée est un moyen simple et direct de permettre à des organismes de bénéficier d’une subvention Erasmus&amp;#43; pour faire partir personnels et apprenants (usagers) vers un pays membre du programme Erasmus&amp;#43;. L’objectif principal est d&amp;#039;organiser facilement des activités de mobilité et d&amp;#039;acquérir ainsi de l&amp;#039;expérience dans le programme Erasmus&amp;#43;. Ces projets concernent aussi bien les secteurs de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et celui de l&amp;#039;éducation tout au long de la vie des adultes.&lt;/p&gt;&lt;p&gt;Ces projets de mobilité de courte durée limitent le nombre de participants (30 mobilités maximum) et la durée du projet (de 6 à 18 mois). Un seul organisme peut organiser des mobilités pour ses personnels ou ses apprenants/usagers.&lt;/p&gt;&lt;p&gt;Le financement Erasmus&amp;#43; couvre les frais de déplacement, les frais d’hébergement, de restauration et de transport sur place. Ils peuvent également prendre en charge les frais d’inscription à des cours ou à des séminaires de formation. Un montant forfaitaire soutient par ailleurs les dépenses de la collectivité territoriale pour la gestion administrative et financière du projet européen.&lt;/p&gt;&lt;p&gt;Les cofinancements ne sont pas obligatoires mais sont à privilégier. Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides, nationales ou locales.&lt;/p&gt;&lt;p&gt;Pour chaque appel à propositions, un seul projet de mobilité de courte durée peut être porté par un organisme candidat pour un même secteur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M216" s="1" t="inlineStr">
+      <c r="M214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Avec son projet &amp;#34;Repenser l&amp;#039;attractivité dans les périphéries des métropoles&amp;#34;, &lt;strong&gt;la ville d&amp;#039;Evry-Courcouronnes&lt;/strong&gt; &lt;span&gt;souhaite prendre appui sur une meilleure connaissance
 d’autres villes européennes afin d’y puiser de l’inspiration,
 créer des contacts et des échanges et ainsi jeter les bases d’un réseau européen
 de villes partageant des problématiques d’attractivité plus ou moins similaires. Les participants
 concernés par les mobilités sont de deux catégories : des agents de la
 commune, travaillant dans divers services en lien avec la notion d’attractivité, voire certains habitants, membres de conseils citoyens, de tous âges,
 genres, quartiers de résidence et d’origines diverses. Pour en savoir plus : &lt;/span&gt;&lt;span&gt;&lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2022-1-FR01-KA122-ADU-000070697" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;commune de Toulouges&lt;/strong&gt; (7255 habitants) porte un projet
 Erasmus&amp;#43; au bénéfice de 11 Agents Territoriaux Spécialisés des Ecoles. L&amp;#039;équipe
 d&amp;#039;ATSEM souhaite faire évoluer ses pratiques, ses connaissances, ses
 compétences dans le but d&amp;#039;améliorer leur école. Pour la réussite des élèves,
 elle entend observer de nouvelles pratiques éducatives italiennes et espagnoles
 afin d&amp;#039;en transposer les plus pertinentes au sein de leur établissement, tout
 en visant l&amp;#039;inclusion des élèves dans un parcours éducatif de qualité. Pour en savoir plus : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2023-1-FR01-KA122-SCH-000120068" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour consultez d&amp;#039;autres exemples de projets, consultez &lt;a href="https://agence.erasmusplus.fr/publications/recueil-de-projets-erasmus-collectivites-territoriales/" target="_self"&gt;le recueil de projets Erasmus&amp;#43; portés par des collectivités territoriales&lt;/a&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N214" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O214" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q216" s="1" t="inlineStr">
+      <c r="Q214" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R216" s="1" t="inlineStr">
+      <c r="R214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date &lt;span&gt;précise &lt;/span&gt;&lt;span&gt;de clôture  de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S214" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T216" s="1" t="inlineStr">
+      <c r="T214" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U214" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V214" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/mobilite</t>
         </is>
       </c>
-      <c r="W216" s="1" t="inlineStr">
+      <c r="W214" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X214" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y214" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z214" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger-1/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
         <v>163771</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Echanger des pratiques et découvrir la coopération européenne</t>
         </is>
       </c>
-      <c r="C217" s="1" t="inlineStr">
+      <c r="C215" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Projets de partenariats simplifiés AC210</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France Jeunesse et Sport
 Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G215" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H215" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I217" s="1" t="inlineStr">
+      <c r="I215" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J217" s="1" t="inlineStr">
+      <c r="J215" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K215" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats simplifiés dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats simplifiés sont conçus pour
 faciliter l’accès au programme Erasmus&amp;#43; en s’adressant notamment aux
 organisations peu expérimentées. Ils permettent de découvrir la coopération
 européenne et d’échanger des pratiques avec des partenaires localisés dans les
 pays du programme Erasmus&amp;#43;. Les collaborations et les échanges peuvent porter
 sur de multiples sujets. Ces projets sont composés d’au moins deux
 organisations issues de deux pays du programme Erasmus&amp;#43; et peuvent durer de 6 à
 24 mois.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe deux forfaits
 au choix : 30 000€ ou 60 000€. &lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, à l&amp;#039;échange de pratiques, aux visites apprenantes, à la publication d&amp;#039;une page web par exemple.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M217" s="1" t="inlineStr">
+      <c r="M215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet de la Commune de Rennes qui s&amp;#039;intitule « &lt;em&gt;Plus de nature dans les crèches&lt;/em&gt; » cible le secteur de la petite enfance, et plus spécifiquement la pédagogie centrée sur la nature. Il consiste en un échange de bonnes pratiques avec deux partenaires situés à Erlangen (Allemagne) et Brno (Tchéquie), ces deux villes étant jumelées avec la Ville de Rennes. Il repose sur des visites d’étude de personnels, de cadres du secteur de l’enfance et d’élus, dans chacun des trois pays. A travers ce projet, les partenaires souhaitent partager leurs pratiques d’accueil des enfants, différentes selon les pays, et ainsi enrichir leurs compétences au service des plus jeunes. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR01-KA210-SCH-000243744" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet “&lt;em&gt;Tomorrow is built today&lt;/em&gt;” vise à sensibiliser les élu·es, les agent·es et les habitant·es de la ville de Billère et des villes jumelles, Petersberg et Sabiñanigo, aux enjeux du Développement durable et les leviers d’actions possibles pour atteindre les 17 objectifs fixés par l’ONU. Fin janvier 2024, des délégations allemandes et espagnoles sont venues travailler avec des technicien·nes et des élu·es billérois. En juin, tout le monde se retrouvera en Allemagne, puis en novembre en Espagne. Ces ateliers déboucheront, en 2025, sur une campagne de communication déclinée dans les trois villes. Pour en savoir plus, &lt;a href="https://www.billere.fr/actualite/demain-se-construit-aujourdhui/" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet YouthPlayInclusive porté par la Métropole
 de Lyon a pour objectifs de faire connaître à l’échelle européenne les
 activités sportives inclusives, de recenser les conditions d’inclusion durable
 des jeunes en situation de handicap au sein des organismes de jeunesse
 (associations sportives, centres sociaux, etc.), d’écouter et de donner la
 parole à ces jeunes, d’accompagner la montée en compétences des éducateurs
 jeunesse et de poser les fondements d’un réseau européen dédié à la jeunesse,
 au sport et à l’inclusion. Le projet vise à produire un recueil d’activités
 sportives inclusives et des bonnes pratiques associées, un livret de
 recommandations de la jeunesse, des capsules vidéo mêlant activités et
 témoignages afin de poser les bases d’un réseau européen Jeunesse, Inclusion,
 Sport. Ce projet est mené conjointement avec la Ville de Francfort-sur-le-Main
 (Allemagne). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA210-YOU-000253102"&gt;cliquez
 ici &lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N215" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O215" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q217" s="1" t="inlineStr">
+      <c r="Q215" s="1" t="inlineStr">
         <is>
           <t>01/03/2026</t>
         </is>
       </c>
-      <c r="R217" s="1" t="inlineStr">
+      <c r="R215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date &lt;span&gt;précise &lt;/span&gt;&lt;span&gt;de clôture  de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er mars demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S217" s="1" t="inlineStr">
+      <c r="S215" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T217" s="1" t="inlineStr">
+      <c r="T215" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U215" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V215" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/small-scale-partnerships</t>
         </is>
       </c>
-      <c r="W217" s="1" t="inlineStr">
+      <c r="W215" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X215" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse : &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y215" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z215" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/echanger-des-pratiques-et-decouvrir-la-cooperation-europeenne/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA215" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
         <v>163772</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Développer des outils innovants et renforcer son réseau de partenaires européens</t>
         </is>
       </c>
-      <c r="C218" s="1" t="inlineStr">
+      <c r="C216" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Partenariats de coopération - Action clé 2</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France Jeunesse et Sport
 Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G218" s="1" t="inlineStr">
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I218" s="1" t="inlineStr">
+      <c r="I216" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J218" s="1" t="inlineStr">
+      <c r="J216" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K218" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats de coopération dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats de coopération offrent la possibilité de développer des collaborations avec des organismes travaillant dans les champs de l&amp;#039;éducation, de la formation, de la jeunesse et du sport en Europe et parfois au delà. Ces partenariats peuvent impliquer des acteurs de tout type : entreprises, associations, ONG, établissements et organismes d’éducation et de formation, collectivités, etc.&lt;/p&gt;&lt;p&gt;Ces projets permettent aux organisations participantes de mettre en œuvre leur stratégie de coopération internationale en développant leur réseau et de renforcer leurs capacités par la construction d&amp;#039;outils ou de méthodes innovantes d&amp;#039;éducation, de formation ou d&amp;#039;accompagnement.&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe trois forfaits au choix : 120 000€, 250 000€ ou 400 000€.&lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, au développement et à l&amp;#039;expérimentation d&amp;#039;outils pédagogiques, à la construction d&amp;#039;une plateforme en ligne par exemple.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M218" s="1" t="inlineStr">
+      <c r="M216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet de la &lt;strong&gt;ville de Saint-Denis&lt;/strong&gt; a pour objectif d’apporter des solutions au problème de surexposition aux écrans chez les enfants, particulièrement présent dans les quartiers défavorisés. Le projet regroupe différents partenaires issus de 5 pays européens et se proposent développer des outils de formation innovants dédiés aux éducateurs qui travaillent avec les jeunes parents vivant dans les zones urbaines périphériques des grandes villes et dans des situations précaires. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2021-1-FR01-KA220-ADU-000033578" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet Street
 for the youth de Saint-Brieuc Armor Agglomération, porté par la Direction
 Prospective, vise à favoriser la participation des jeunes européens de 15 à 20
 ans à la construction de la ville de demain ; une ville adaptable,
 accueillante et résiliente,  qui répond aux besoins des usagers. Le projet
 créera des liens entre les jeunes, les professionnels de l’urbanisme et les
 élus locaux et leur permettra de co-construire et tester des méthode innovantes
 d’implication des jeunes dans le développement et l’aménagement d’espaces
 urbains. Ce projet rassemble quatre collectivités locales de quatre pays
 européens (France, Pologne, Belgique, Portugal). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA220-YOU-000245435"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N218" s="1" t="inlineStr">
+      <c r="N216" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O216" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q218" s="1" t="inlineStr">
+      <c r="Q216" s="1" t="inlineStr">
         <is>
           <t>01/03/2026</t>
         </is>
       </c>
-      <c r="R218" s="1" t="inlineStr">
+      <c r="R216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er mars demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S216" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T218" s="1" t="inlineStr">
+      <c r="T216" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U216" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
+      <c r="V216" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/cooperation-partnerships</t>
         </is>
       </c>
-      <c r="W218" s="1" t="inlineStr">
+      <c r="W216" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X218" s="1" t="inlineStr">
+      <c r="X216" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse :  &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z216" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-outils-innovants-et-renforcer-son-reseau-de-partenaires-europeens/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-      <c r="A219" s="1">
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
         <v>163855</v>
       </c>
-      <c r="B219" s="1" t="inlineStr">
+      <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Proposer des actions de formation en relation avec les besoins d’employeurs préalablement identifiés, pour assurer aux bénéficiaires un emploi à la sortie</t>
         </is>
       </c>
-      <c r="C219" s="1" t="inlineStr">
+      <c r="C217" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
+      <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Dispositif 1 emploi = 1 formation</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E217" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H217" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Une offre de formation souple et adaptable, pour répondre aux besoins des employeurs.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les formations sont construites directement avec les employeurs qui s’engagent à recruter à l’issue de la formation. Elles sont individualisées, pour répondre tant aux besoins des demandeurs d’emploi qu’à ceux exprimés par les employeurs. &lt;br /&gt;Les sessions peuvent se dérouler au sein d’organismes de formation, voire en entreprise. Elles peuvent viser une certification complète ou uniquement certains blocs de compétences, voire être professionnalisantes. &lt;br /&gt;La Région, à travers ce dispositif, vise un objectif : la formation professionnelle continue doit déboucher sur l’emploi. Les sessions de formation ne sont désormais commandées aux organismes de formation titulaires des marchés Région que sous condition d’intentions d’embauche préalables des employeurs.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;ul&gt;
 &lt;li&gt;Toute personne en recherche d’emploi.&lt;/li&gt;
 &lt;li&gt;En priorité les demandeurs d’emploi de longue durée ou non qualifiés, les bénéficiaires du Revenu de solidarité active, les personnes reconnues travailleurs handicapés, les personnes résidant dans les quartiers prioritaires de la politique de la ville, les séniors, les personnes suivies par le Réseau des acteurs de l’insertion et de l’emploi et leurs partenaires. &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Les formations devront conduire à un contrat d’au moins 24 heures hebdomadaires, sous forme de CDI, de CDD d’au moins six mois ou de contrats en alternance. &lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N219" s="1" t="inlineStr">
+      <c r="N217" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Revitalisation
 Emploi</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P219" s="1" t="inlineStr">
+      <c r="P217" s="1" t="inlineStr">
         <is>
           <t>01/02/2024</t>
         </is>
       </c>
-      <c r="R219" s="1" t="inlineStr">
+      <c r="R217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’organisme de formation planifie une session correspondant aux attendus du ou des employeurs qui ont exprimé une intention d’embauche liée à des besoins identifiés.&lt;/p&gt;
 &lt;p&gt;La formation est financée en totalité par la Région.&lt;/p&gt;
 &lt;p&gt;L’employeur accueille les stagiaires en immersion durant la formation et participe, par exemple :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;à la sélection des candidats,&lt;/li&gt;
 &lt;li&gt;à la présentation du métier,&lt;/li&gt;
 &lt;li&gt;aux jurys de fin de formation,&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;et il recrute les stagiaires à la sortie.&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X219" s="1" t="inlineStr">
+      <c r="X217" s="1" t="inlineStr">
         <is>
           <t>Direction de l&amp;#039;emploi, formation professionnelle et apprentissage&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;sfpc&amp;#64;paysdelaloire.fr&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;ul&gt;&lt;/ul&gt; &lt;p&gt;Prenez contact avec un conseiller de la plateforme « &lt;a href="https://dora.inclusion.beta.gouv.fr/services/carif-oref-pays-de-l-choisir-mon-metier-a"&gt;Choisir mon métier à votre écoute&lt;/a&gt; »&lt;br /&gt;&amp;#43;33 800 20 03 03&lt;br /&gt;info&amp;#64;cariforef-pdl.org&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="Y217" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
+      <c r="Z217" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-1-emploi-1-formation/</t>
         </is>
       </c>
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-      <c r="A220" s="1">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
         <v>163856</v>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’ouverture de nouvelles places de formation dans le domaine de la petite enfance</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Appel à candidatures - Développement de l’offre de formation petite enfance en Pays de la Loire</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E218" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H218" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K218" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
+      <c r="L218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet appel à candidatures vise à accompagner le développement de formations d’auxiliaires de puériculture, et d’éducateurs de jeunes enfants, afin de répondre aux besoins importants de professionnels dans le domaine de la petite enfance. La Région financera 65 nouvelles places pour chacune de ces deux formations.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Peut candidater :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Tout établissement souhaitant dispenser la formation d’Auxiliaires de Puériculture ou la formation d’Educateurs de Jeunes Enfants en Pays de la Loire, quelle que soit la voie de formation souhaitée ;&lt;/li&gt;
 &lt;li&gt;Tout établissement déjà autorisé ou agréé à dispenser l’une de ces formations, souhaitant ouvrir un nouveau site de formation en Pays de la Loire ;&lt;/li&gt;
 &lt;li&gt;Tout établissement déjà autorisé ou agréé à dispenser l’une de ces formations, souhaitant ouvrir de nouvelles places de formation sur un site existant (extension capacitaire).&lt;/li&gt;
 &lt;/ul&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N220" s="1" t="inlineStr">
+      <c r="N218" s="1" t="inlineStr">
         <is>
           <t>Citoyenneté
 Commerces et services
 Emploi
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O220" s="1" t="inlineStr">
+      <c r="O218" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P220" s="1" t="inlineStr">
+      <c r="P218" s="1" t="inlineStr">
         <is>
           <t>20/03/2024</t>
         </is>
       </c>
-      <c r="R220" s="1" t="inlineStr">
+      <c r="R218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les organismes intéressés pour dispenser l’une de ces formations sont invités à télécharger et compléter le dossier correspondant. &lt;br /&gt;Les procédures de dépôt et d’instruction des demandes sont détaillées dans le règlement d’intervention.&lt;br /&gt;Les demandes devront être adressées au plus tard le 6 mai 2024.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
+      <c r="U218" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X220" s="1" t="inlineStr">
+      <c r="X218" s="1" t="inlineStr">
         <is>
           <t>Direction de l&amp;#039;emploi, formation professionnelle et apprentissage&lt;br /&gt; Service Formations sanitaires et sociales&lt;br /&gt; Pôle Organisation des formations sanitaires et sociales&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;fss&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 59 09&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="Y218" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
+      <c r="Z218" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-candidatures-developpement-de-loffre-de-formation-petite-enfance-en-pays-de-la-loire/</t>
         </is>
       </c>
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="AA218" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-      <c r="A221" s="1">
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
         <v>163868</v>
       </c>
-      <c r="B221" s="1" t="inlineStr">
+      <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Permettre aux entreprises de se doter de nouvelles compétences sur les enjeux de l’industrie du futur ou de la transition écologique</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire Emploi Transitions</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G221" s="1" t="inlineStr">
+      <c r="G219" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H221" s="1" t="inlineStr">
+      <c r="H219" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K221" s="1" t="inlineStr">
+      <c r="K219" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
+      <c r="L219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les enjeux de compétitivité et de transition écologique sont les principaux défis auxquels les entreprises doivent actuellement faire face pour assurer la pérennité de leur modèle économique. &lt;br /&gt;Se doter en interne de moyens humains dédiés, en appui de l’équipe dirigeante, est souvent nécessaire pour concevoir et déployer une stratégie d’entreprise répondant à ces enjeux. &lt;br /&gt;C’est dans ce contexte que la Région souhaite apporter aux entreprises ligériennes une aide à la mise en place et au recrutement de chefs de projet sur les enjeux de l’industrie du futur et de la transition écologique.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;div&gt;SECTEURS D’ACTIVITES ELIGIBLES&lt;/div&gt;
 &lt;div&gt;Deux cas sont distingués selon la mission de la personne recrutée par l’entreprise : &lt;/div&gt;
 &lt;div&gt;Pour être éligibles à une aide au recrutement d’un chef de projet sur les enjeux d’industrie du futur et compétitivité, les entreprises doivent obligatoirement relever des secteurs suivants : &lt;/div&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;span&gt; Industrie,&lt;/span&gt;&lt;/li&gt;
 &lt;li&gt;&lt;span&gt; Industries agro-alimentaires de transformation,&lt;/span&gt;&lt;/li&gt;
 &lt;li&gt;&lt;span&gt; Artisanat de production (BTP exclu).&lt;/span&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;div&gt;Tous les secteurs d’activité sont éligibles à une aide au recrutement d’un chef de projet sur les enjeux de transition écologique, à l’exception du secteur agricole et des activités de services réglementées.&lt;/div&gt;
 &lt;div&gt;&lt;/div&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N221" s="1" t="inlineStr">
+      <c r="N219" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O219" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P221" s="1" t="inlineStr">
+      <c r="P219" s="1" t="inlineStr">
         <is>
           <t>23/10/2024</t>
         </is>
       </c>
-      <c r="Q221" s="1" t="inlineStr">
+      <c r="Q219" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R221" s="1" t="inlineStr">
+      <c r="R219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;Les conditions à remplir&lt;/span&gt; :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;- le recrutement concerne un établissement situé en Pays de la Loire ;&lt;br /&gt;- votre société est une PME indépendante ;&lt;br /&gt;- votre société est en activité depuis au moins deux ans et emploie au moins cinq salariés en CDI ETP (hors dirigeant) ;&lt;br /&gt;- le profil du candidat et la forme du recrutement sont en adéquation avec les exigences du règlement d’intervention du dispositif Pays de la Loire Emploi Transitions ;&lt;br /&gt;- le poste créé est responsabilisant et en lien direct avec l’équipe dirigeante de l’entreprise.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U219" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="W221" s="1" t="inlineStr">
+      <c r="W219" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_PDLEMPLOITR/depot/simple</t>
         </is>
       </c>
-      <c r="X221" s="1" t="inlineStr">
+      <c r="X219" s="1" t="inlineStr">
         <is>
           <t>Direction de l&amp;#039;entreprise et de l&amp;#039;innovation&lt;br /&gt; Service Transitions&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Gaëlle FROSTIN&lt;br /&gt; &amp;#43;33 2 28 20 63 12&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="Y219" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
+      <c r="Z219" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/pays-de-la-loire-emploi-transitions/</t>
         </is>
       </c>
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="AA219" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="222" spans="1:27" customHeight="0">
-      <c r="A222" s="1">
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
         <v>163920</v>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Soutenir à la maturation technologique</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Soutien à la maturation technologique</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G222" s="1" t="inlineStr">
+      <c r="G220" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K222" s="1" t="inlineStr">
+      <c r="K220" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L222" s="1" t="inlineStr">
+      <c r="L220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Située en aval de la recherche et d&amp;#039;une éventuelle pré-maturation, la maturation doit s’insérer dans une stratégie de transfert définie et portée par les ayants droits de la technologie protégée ou ses mandataires.  &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;Contexte &lt;/p&gt;&lt;p&gt; Les entreprises ne sont pas toujours en capacité d’exploiter directement les résultats de la recherche académique, ceux-ci étant trop éloignés de leurs problématiques, de leur marché, ou situés trop en amont de la réalité d’une production industrielle et de ses contraintes. &lt;/p&gt;&lt;p&gt; Ainsi, de nombreuses innovations de rupture (deep tech) ne peuvent être transférées et ainsi bénéficier à la société, et ce même si d’importants investissements publics ont pu être réalisés en amont pour nourrir la recherche à ce sujet. &lt;/p&gt;&lt;p&gt; Définition &lt;/p&gt;&lt;p&gt; Située entre la recherche et le transfert, la maturation d’un projet d’innovation est définie comme le processus global qui permet d’atteindre la maturité nécessaire à son transfert vers le monde socio-économique. &lt;/p&gt;&lt;p&gt; Objectifs &lt;/p&gt;&lt;p&gt; Ce dispositif régional vise exclusivement à accompagner la maturation scientifique et technologique de projets portés parles structures de transfert et les offices de valorisation des universités (OTT) du territoire. &lt;/p&gt;&lt;p&gt; Le transfert se matérialise spécifiquement par une cession ou une concession de droits d&amp;#039;exploitation vers une entreprise existante ou une start-up créée spécifiquement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M222" s="1" t="inlineStr">
+      <c r="M220" s="1" t="inlineStr">
         <is>
           <t>Les dépenses éligibles sont celles de l&amp;#039;office de transfert de technologies pour la mise en oeuvre du programme de maturation, à l&amp;#039;exception de ses dépenses de fonctionnement internes:
 	ressources humaines (salaires bruts chargés non environnés) dédiées à 100% au programme de maturation technologique ;
 	dépenses de petit matériel ou achats nécessaires à la réalisation du programme ;
 	sous-traitances éventuelles nécessaires à la réalisation du programme ;
 	amortissements d&amp;#039;équipements utilisés dans le programme au prorata de leur temps d&amp;#039;utilisation, et s&amp;#039;ils n&amp;#039;ont pas déjà été financés par une entité publique.</t>
         </is>
       </c>
-      <c r="N222" s="1" t="inlineStr">
+      <c r="N220" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Emploi</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
+      <c r="O220" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R222" s="1" t="inlineStr">
+      <c r="R220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Universités, établissements d&amp;#039;enseignement supérieur et de recherche &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises et associations assurant la mission de valorisation des résultats issus de la recherche publique&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Critères de sélection : &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;objet du programme dematuration est une technologie ayant préalablement atteint le stade d&amp;#039;un POC (TRL 3) issue d&amp;#039;un laboratoire néo aquitain ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cette technologie fait l&amp;#039;objet d&amp;#039;une stratégie de transfert mise en oeuvre par un office de transfert de technologies, national ou situé sur le territoire néo aquitain ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La cible de transfert est identifiée : une entreprise sur le territoire ou un projet de création de start up sur le territoire ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le programme de maturation s&amp;#039;appuie sur un actif de PI déposé, décrit, ou protégé ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le programme décrit les étapes de la maturation scientifique / technologique d&amp;#039;une innovation en vue de son transfert vers une entreprise et un marché.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U222" s="1" t="inlineStr">
+      <c r="U220" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V222" s="1" t="inlineStr">
+      <c r="V220" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-la-maturation-technologique</t>
         </is>
       </c>
-      <c r="W222" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X222" s="1" t="inlineStr">
+      <c r="X220" s="1" t="inlineStr">
         <is>
           <t>Le dépôt se fait au fil de l&amp;#039;eau, les dossiers étant instruits selon le calendrier des commissions permanentes. Une première prise de contact avec la personne référente permettra de se procurer un dossier de soumission et d&amp;#039;être accompagné dans le processus de dépôt.</t>
         </is>
       </c>
-      <c r="Y222" s="1" t="inlineStr">
+      <c r="Y220" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z222" s="1" t="inlineStr">
+      <c r="Z220" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-maturation-technologique/</t>
         </is>
       </c>
-      <c r="AA222" s="1" t="inlineStr">
+      <c r="AA220" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="223" spans="1:27" customHeight="0">
-      <c r="A223" s="1">
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
         <v>163926</v>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C223" s="1" t="inlineStr">
+      <c r="C221" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
+      <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°1 - Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture, pour en faire un atout environnemental, économique, culturel et touristique</t>
         </is>
       </c>
-      <c r="E223" s="1" t="inlineStr">
+      <c r="E221" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G223" s="1" t="inlineStr">
+      <c r="G221" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H223" s="1" t="inlineStr">
+      <c r="H221" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I223" s="1" t="inlineStr">
+      <c r="I221" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J223" s="1" t="inlineStr">
+      <c r="J221" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K223" s="1" t="inlineStr">
+      <c r="K221" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L223" s="1" t="inlineStr">
+      <c r="L221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette aide met l’accent sur la promotion des métiers de la mer et des
 produits, un pilier incontournable pour garder un territoire vivant et attractif. Il vise
 à créer de la richesse économique, environnementale et sociale par la valorisation
 conjointe de produits de qualité du territoire, les métiers et le tourisme. Cette fiche
 action contribue à revitaliser la filière pêche et aquaculture, nos territoires littoraux
 et contribuer à améliorer l’image des gens de mer. Cette image vivante du
 territoire, associée à la richesse de son passé halieutique, est au centre de
 l’attractivité du territoire et de son potentiel d’attractivité. Il est donc important de
 structurer l’offre touristique bleue et durable, pour attirer les touristes sur notre
 territoire.
 En parallèle, le nombre de professionnels de la pêche et de l’aquaculture, que ce
 soit en mer comme à terre a fortement baissé depuis ces dernières années, et la
 moyenne d’âge des pêcheurs est élevée. L’attrait des métiers est de plus en plus
 difficile, et la transmission des entreprises, notamment pour les marins-pêcheurs
 devient un problème primordial pour les années à venir. Il est nécessaire de donner
 les moyens à la mise en avant des métiers et des formations liés à la pêche et à
 l’aquaculture (y compris le mareyage, la vente, la poissonnerie, etc.) afin d’attirer
 de nouveaux professionnels, en reconversion professionnelle ou en formation
 initiale et de permettre à chacun de se faire sa propre opinion sur les métiers de la
 pêche et de l’aquaculture.
 Il s’agira également d’enrichir et diversifier l’offre de produit de qualité à partir des
 ressources halieutiques pêchées et élevées sur notre territoire… qui ne sont pas
 encore valorisées. Il s’agira de soutenir les démarches collectives de promotion qui
 visent en particulier à développer les liens entre produits, savoir-faire et territoire
 et donc à renforcer la notoriété conjointe des produits et du territoire. Des efforts
 spécifiques de communication et sensibilisation doivent ainsi permettre de faire
 connaître et comprendre aux consommateurs la singularité et la spécificité de ses
 produits (qui combinent leur qualité à un lieu singulier)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter la population à s’orienter vers
 les métiers de la pêche et de l’aquaculture, valorisant l’image des gens de mer&lt;/li&gt;&lt;li&gt; Soutenir les démarches collectives de
 valorisation et promotion des produits de la pêche et de l’aquaculture &lt;/li&gt;&lt;li&gt;Développer une offre touristique bleue et
 durable, de découverte des activités maritimes&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accroissement des formations maritimes
 dans l’orientation des jeunes, des femmes et des personnes en réinsertion &lt;/li&gt;&lt;li&gt;&lt;span&gt;Amélioration de l’environnement
 économique de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accroissement des démarches de qualité
 (label, IGP, promotion) pour les produits de la mer locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’une offre touristique
 bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M223" s="1" t="inlineStr">
+      <c r="M221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de sensibilisation et de communication aux métiers en mer comme à
 terre&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 de partenariats entre les acteurs socio-professionnels de la filière pêche et
 aquaculture, la formation et l’emploi&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien
 des savoir-faire et des compétences de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coordination
 entre le secteur de la pêche et le tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’une identité touristique « Côte d’Albâtre » en lien avec la filière pêche et
 aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de valorisation et promotions des produits de la mer locaux (label,
 IGP, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la création de nouvelles filières de valorisation et de promotion de produits
 de la mer « méconnus »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la mise en place de concours culinaire visant à promouvoir les métiers
 et  des produits&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre
 en valeur les savoir-faire locaux et artisanaux de l’ensemble de la filière&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N223" s="1" t="inlineStr">
+      <c r="N221" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O223" s="1" t="inlineStr">
+      <c r="O221" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P223" s="1" t="inlineStr">
+      <c r="P221" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q223" s="1" t="inlineStr">
+      <c r="Q221" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R223" s="1" t="inlineStr">
+      <c r="R221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S223" s="1" t="inlineStr">
+      <c r="S221" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T223" s="1" t="inlineStr">
+      <c r="T221" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U223" s="1" t="inlineStr">
+      <c r="U221" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V223" s="1" t="inlineStr">
+      <c r="V221" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X223" s="1" t="inlineStr">
+      <c r="X221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y223" s="1" t="inlineStr">
+      <c r="Y221" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z223" s="1" t="inlineStr">
+      <c r="Z221" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture-pour-en-faire-un-atout-environnemental-economique-culturel-et-touristique/</t>
         </is>
       </c>
-      <c r="AA223" s="1" t="inlineStr">
+      <c r="AA221" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="224" spans="1:27" customHeight="0">
-      <c r="A224" s="1">
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
         <v>163961</v>
       </c>
-      <c r="B224" s="1" t="inlineStr">
+      <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C224" s="1" t="inlineStr">
+      <c r="C222" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
+      <c r="D222" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°2 - Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="E224" s="1" t="inlineStr">
+      <c r="E222" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G224" s="1" t="inlineStr">
+      <c r="G222" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H224" s="1" t="inlineStr">
+      <c r="H222" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I224" s="1" t="inlineStr">
+      <c r="I222" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J224" s="1" t="inlineStr">
+      <c r="J222" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K224" s="1" t="inlineStr">
+      <c r="K222" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L224" s="1" t="inlineStr">
+      <c r="L222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Face
 à une demande des consommateurs pour les produits et services de qualité, cette
 2ème fiche action est indissociable de
 la première pour garantir et maintenir la qualité de notre territoire. Elle
 repose donc sur l’offre de commercialisation et de consommation avec le
 développement de synergies et de mise en réseau entre les acteurs et filières à
 l’intérieur comme à l’extérieur du territoire.&lt;/p&gt;&lt;p&gt;Il
 s’agira de conforter et animer la démarche de circuits courts existante en
 augmentant le nombre de producteurs concernés et le nombre de lieux. La vente
 directe est un réel moyen de valoriser les produits, mais aussi le savoir-faire
 et les métiers, auprès de consommateurs friands des produits locaux. Afin de
 faciliter la vente directe, il sera nécessaire d’améliorer les conditions de
 vente en matière de structuration des étals, qui protégeront les vendeurs,
 consommateurs et produits. &lt;/p&gt;&lt;p&gt;Premier
 metteur en marchés des espèces halieutiques locales, la Criée de Fécamp Côte
 d’Albâtre organise des ramasses sur l’ensemble du littoral Normand. Il s’agit
 ainsi d’assurer la cohésion dans les sites de débarquement, à l’échelle de
 Fécamp et du Tréport, et bien au-delà avec un partenariat possible entre les
 criées normandes. Au-delà, il s’agira de structurer une offre de
 commercialisation globale sur notre territoire, pour élargir la vente et
 valoriser les produits de la mer. En partenariat avec les organismes de
 formation, des compétences spécifiques liées à la vente et à la préparation du
 produit pourraient être développés afin de permettre une montée en puissance du
 secteur. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;D’un
 point de vue de la consommation de produits locaux issus de la pêche et de
 l’aquaculture, elle est assez basse sur notre territoire. Il est primordial de
 faire découvrir nos produits aux consommateurs locaux en coordonnant le secteur
 de la pêche avec la restauration collective des structures publiques pour
 mettre à l’honneur les poissons locaux dans leurs cuisines. À cela, s’ajoute
 une volonté de faire mettre en avant par les chefs cuisiniers locaux les
 produits de la mer, avec la création de recettes emblématiques de notre
 territoire.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Renforcer
 les circuits courts et la vente directe&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Accompagner
 les restaurateurs locaux dans l’utilisation de produits de la mer locaux&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Améliorer
 la commercialisation des espèces locales&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Augmentation
 des points de vente des produits de la mer locaux &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
 de l’offre de commercialisation des produits de la mer sur notre territoire&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
 de la consommation locale des produits issus de la filière pêche et aquaculture
 locale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la visibilité des produits de la mer sur le territoire&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M224" s="1" t="inlineStr">
+      <c r="M222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Progression
 des conditions de vente directe de produits halieutiques en matière de
 structuration des étals, notamment avec des étals/halles à poissons&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
 de partenariats avec des chefs cuisiniers reconnus autour d’un produit de la
 mer &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
 de la part de produits locaux issus de la pêche et aquaculture dans la
 préparation des restaurants et de la restauration collective.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
 des sites de débarquement liée à la commercialisation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la visibilité auprès du consommateur la vente directe et les circuits courts&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N224" s="1" t="inlineStr">
+      <c r="N222" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Artisanat
 Mers et océans</t>
         </is>
       </c>
-      <c r="O224" s="1" t="inlineStr">
+      <c r="O222" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P224" s="1" t="inlineStr">
+      <c r="P222" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q224" s="1" t="inlineStr">
+      <c r="Q222" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R224" s="1" t="inlineStr">
+      <c r="R222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S224" s="1" t="inlineStr">
+      <c r="S222" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T224" s="1" t="inlineStr">
+      <c r="T222" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U224" s="1" t="inlineStr">
+      <c r="U222" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V224" s="1" t="inlineStr">
+      <c r="V222" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X224" s="1" t="inlineStr">
+      <c r="X222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y224" s="1" t="inlineStr">
+      <c r="Y222" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z224" s="1" t="inlineStr">
+      <c r="Z222" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture/</t>
         </is>
       </c>
-      <c r="AA224" s="1" t="inlineStr">
+      <c r="AA222" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="225" spans="1:27" customHeight="0">
-      <c r="A225" s="1">
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
         <v>163965</v>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Contribuer à des projets de réduction et de séquestration de carbone pour participer à l'objectif de neutralité carbone</t>
         </is>
       </c>
-      <c r="E225" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>Leyton</t>
         </is>
       </c>
-      <c r="G225" s="1" t="inlineStr">
+      <c r="G223" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H225" s="1" t="inlineStr">
+      <c r="H223" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K225" s="1" t="inlineStr">
+      <c r="K223" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L225" s="1" t="inlineStr">
+      <c r="L223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Contexte&lt;/u&gt; : Les acteurs publics et privés doivent s&amp;#039;engager dans une démarche de décarbonation, encadrée de manière réglementaire par le Green Deal Européen et la Stratégie Nationale Bas Carbone , qui vise notamment à réduire les émissions de GES de 40% d&amp;#039;ici 2030 (vs. 1990) et à doubler nos puits de carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Méthodologie&lt;/u&gt; : Une fois que les acteurs publics et privés ont réalisé leur 1er Bilan Carbon, ils entament des actions de réduction de leur empreinte mais font face à des émissions résiduelles tous les ans. Réduire certaines émissions peut prendre du temps : absence de technologie, mobilisation des parties prenantes, etc. Cependant, il existe une solution temporaire en face de ces émissions résiduelles afin de contribuer à la neutralité carbone : La contribution carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Dispositif&lt;/u&gt; : Les acteurs peuvent financer des projets qui vont permettre de réduire ou de séquestrer des émissions de GES ailleurs en France ou à l&amp;#039;étranger. Ces projets vont permettre de réduire les émissions de CO2e globalement et vont présenter de nombreux autres avantages socio-économiques et de biodiversité en fonction du projet. Par leur action, ces acteurs recevront des crédits carbone, qu&amp;#039;ils pourront valoriser, au titre de leur engagement envers la neutralité mondiale, en complément de toutes les actions de réduction préalablement engagées.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Aide&lt;/u&gt; : LEYTON vous accompagne dans la recherche de ces projets au plus proche de vos territoires, de votre activité, de vos enjeux, ou de vos valeurs afin de maximiser votre impact stratégique, extra-financier, climatique, environnemental et social avec une communication maîtrisée et légitime.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M225" s="1" t="inlineStr">
+      <c r="M223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;En France :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration de forêts incendiés,&lt;/li&gt;&lt;li&gt;Conversion de friches en forêts,&lt;/li&gt;&lt;li&gt;Changement de pratiques agricoles (intrants, couvert contenu, alimentation des bovins, etc.) pour accompagner la transition agro-écologique,&lt;/li&gt;&lt;li&gt;Diversification de pratiques agricoles (vergers)...&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N225" s="1" t="inlineStr">
+      <c r="N223" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Emploi
 Attractivité économique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O225" s="1" t="inlineStr">
+      <c r="O223" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R225" s="1" t="inlineStr">
+      <c r="R223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aucun critère&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S225" s="1" t="inlineStr">
+      <c r="S223" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T225" s="1" t="inlineStr">
+      <c r="T223" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U225" s="1" t="inlineStr">
+      <c r="U223" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V225" s="1" t="inlineStr">
+      <c r="V223" s="1" t="inlineStr">
         <is>
           <t>https://leyton.com/fr/progres-environnemental/contribution-carbone-volontaire/</t>
         </is>
       </c>
-      <c r="X225" s="1" t="inlineStr">
+      <c r="X223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aurélie BARBOTIN - Mylène OBONE - Marc LA ROSA&lt;/p&gt;&lt;p&gt;carbonevolontaire&amp;#64;leyton.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y225" s="1" t="inlineStr">
+      <c r="Y223" s="1" t="inlineStr">
         <is>
           <t>pdeniau@leyton.com</t>
         </is>
       </c>
-      <c r="Z225" s="1" t="inlineStr">
+      <c r="Z223" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-a-des-projets-de-reduction-et-de-sequestration-de-carbone-pour-participer-a-lobjectif-de-neutralite-carbone/</t>
         </is>
       </c>
-      <c r="AA225" s="1" t="inlineStr">
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="226" spans="1:27" customHeight="0">
-      <c r="A226" s="1">
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
         <v>164030</v>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Soutenir les études et les diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="D226" s="1" t="inlineStr">
+      <c r="D224" s="1" t="inlineStr">
         <is>
           <t>Soutien aux études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
+      <c r="G224" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H226" s="1" t="inlineStr">
+      <c r="H224" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K226" s="1" t="inlineStr">
+      <c r="K224" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L226" s="1" t="inlineStr">
+      <c r="L224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner toutes les structures impliquées dans l’économie circulaire dans le &lt;strong&gt;financement d’un diagnostic de territoire ou d’étude&lt;/strong&gt; préalable à un &lt;strong&gt;investissement de réemploi-réutilisation et réparation (RRR)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Le taux d’aide peut atteindre 80 % du coût de l’étude.&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation allongent la durée de vie des produits et participent à la réduction de la consommation de ressources et de production de déchets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’&lt;strong&gt;un million de tonnes de produits sont réemployées ou réutilisés&lt;/strong&gt; chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de &lt;strong&gt;structures spécialisées&lt;/strong&gt; dans la deuxième vie des produits est en &lt;strong&gt;constante progression&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une information du consommateur sur la réparabilité et l’aptitude au réemploi ou à la réutilisation. &lt;/p&gt;&lt;p&gt;  Pour accompagner ces politiques, l’ADEME soutient les &lt;strong&gt;diagnostics territoriaux et les études de faisabilité&lt;/strong&gt; concourant à augmenter et encourager l’offre et la demande de flux réemployés et réparés.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N226" s="1" t="inlineStr">
+      <c r="N224" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Emploi</t>
         </is>
       </c>
-      <c r="O226" s="1" t="inlineStr">
+      <c r="O224" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P226" s="1" t="inlineStr">
+      <c r="P224" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q226" s="1" t="inlineStr">
+      <c r="Q224" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S226" s="1" t="inlineStr">
+      <c r="S224" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U226" s="1" t="inlineStr">
+      <c r="U224" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_987_988</t>
         </is>
       </c>
-      <c r="V226" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X226" s="1" t="inlineStr">
+      <c r="V224" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y226" s="1" t="inlineStr">
+      <c r="Y224" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z226" s="1" t="inlineStr">
+      <c r="Z224" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages-1/</t>
         </is>
       </c>
-      <c r="AA226" s="1" t="inlineStr">
+      <c r="AA224" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="227" spans="1:27" customHeight="0">
-      <c r="A227" s="1">
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
         <v>164036</v>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Investir pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="D227" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Soutien aux investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G227" s="1" t="inlineStr">
+      <c r="G225" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H227" s="1" t="inlineStr">
+      <c r="H225" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K227" s="1" t="inlineStr">
+      <c r="K225" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L227" s="1" t="inlineStr">
+      <c r="L225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation (RRR) &lt;strong&gt;allongent la durée de vie des produits&lt;/strong&gt;. Elles participent à la &lt;strong&gt;réduction de la consommation de ressources&lt;/strong&gt; et de la &lt;strong&gt;production de déchets &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’un million de tonnes de produits sont réemployés ou réutilisés chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de structures spécialisées dans la deuxième vie des produits est en constante progression.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une &lt;strong&gt;information du consommateur&lt;/strong&gt; sur la &lt;strong&gt;réparabilité&lt;/strong&gt; et l’&lt;strong&gt;aptitude au réemploi ou à la réutilisation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;    Pour accompagner ces politiques, l’ADEME peut soutenir les investissements dans vos équipements dédiés au réemploi-réutilisation et remise en état pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Le taux d’aide peut atteindre au maximum 60 % des dépenses éligibles. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N227" s="1" t="inlineStr">
+      <c r="N225" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire
 Emploi</t>
         </is>
       </c>
-      <c r="O227" s="1" t="inlineStr">
+      <c r="O225" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P227" s="1" t="inlineStr">
+      <c r="P225" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q227" s="1" t="inlineStr">
+      <c r="Q225" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S227" s="1" t="inlineStr">
+      <c r="S225" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U227" s="1" t="inlineStr">
+      <c r="U225" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_987_988</t>
         </is>
       </c>
-      <c r="V227" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X227" s="1" t="inlineStr">
+      <c r="V225" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X225" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y227" s="1" t="inlineStr">
+      <c r="Y225" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z227" s="1" t="inlineStr">
+      <c r="Z225" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages-1/</t>
         </is>
       </c>
-      <c r="AA227" s="1" t="inlineStr">
+      <c r="AA225" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="228" spans="1:27" customHeight="0">
-      <c r="A228" s="1">
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
         <v>164056</v>
       </c>
-      <c r="B228" s="1" t="inlineStr">
+      <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Favoriser le réemploi des emballages</t>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Aides au réemploi des emballages</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G228" s="1" t="inlineStr">
+      <c r="G226" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H228" s="1" t="inlineStr">
+      <c r="H226" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K228" s="1" t="inlineStr">
+      <c r="K226" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L228" s="1" t="inlineStr">
+      <c r="L226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire (&lt;strong&gt;loi AGEC&lt;/strong&gt;), promulguée le 10 février 2020, et la loi portant lutte contre le dérèglement climatique et renforcement de la résilience face à ses effets promulguée (&lt;strong&gt;loi Climat et Résilience&lt;/strong&gt;) du 22 août 2021, fixent des objectifs ambitieux pour &lt;strong&gt;favoriser le développement du réemploi des emballages &lt;/strong&gt;: 10 % d’emballages réemployés en 2027.&lt;/p&gt;&lt;p&gt;Le développement du réemploi des emballages s’inscrit pleinement dans le cadre de démarches de prévention des déchets et d’une consommation plus responsable, en contribuant au prolongement de leur durée de vie. Il constitue ainsi un levier efficace pour &lt;strong&gt;réduire la production de déchets et les prélèvements sur les ressources&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer des études et expérimentations préalables à un investissement, ainsi que des investissements :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les &lt;strong&gt;études et expérimentations&lt;/strong&gt; peuvent être aidées &lt;strong&gt;jusqu’à 80 %&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;L’&lt;strong&gt;aide aux investissements&lt;/strong&gt; peut aller &lt;strong&gt;jusqu’à 60 %&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N228" s="1" t="inlineStr">
+      <c r="N226" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Emploi</t>
         </is>
       </c>
-      <c r="O228" s="1" t="inlineStr">
+      <c r="O226" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P228" s="1" t="inlineStr">
+      <c r="P226" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q228" s="1" t="inlineStr">
+      <c r="Q226" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S228" s="1" t="inlineStr">
+      <c r="S226" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U228" s="1" t="inlineStr">
+      <c r="U226" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
         </is>
       </c>
-      <c r="V228" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X228" s="1" t="inlineStr">
+      <c r="V226" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aides-au-reemploi-des-emballages</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y228" s="1" t="inlineStr">
+      <c r="Y226" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z228" s="1" t="inlineStr">
+      <c r="Z226" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-reemploi-des-emballages/</t>
         </is>
       </c>
-      <c r="AA228" s="1" t="inlineStr">
+      <c r="AA226" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="229" spans="1:27" customHeight="0">
-      <c r="A229" s="1">
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
         <v>164071</v>
       </c>
-      <c r="B229" s="1" t="inlineStr">
+      <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Groupements d'Employeurs (GE)</t>
         </is>
       </c>
-      <c r="D229" s="1" t="inlineStr">
+      <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Groupements d'Employeurs (GE)</t>
         </is>
       </c>
-      <c r="E229" s="1" t="inlineStr">
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G229" s="1" t="inlineStr">
+      <c r="G227" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="K229" s="1" t="inlineStr">
+      <c r="K227" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L229" s="1" t="inlineStr">
+      <c r="L227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine a adopté en mars 2022 son Schéma Régional de Développement Économique, de l’Innovation et de l’Internationalisation (SRDEII). En complément des aides individuelles aux entreprises, un des objectifs de la Région est de structurer l’offre d’accompagnement des entreprises afin de leur permettre de se développer en faisant appel à l’emploi partagé, via les Groupements d’Employeurs (GE). Le groupement d&amp;#039;employeurs est une association de plusieurs entreprises qui vise à embaucher des salariés qu&amp;#039;une seule de ces sociétés ne pourrait pas employer ou pas dans les conditions idéales.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Le présent dispositif vise à accompagner le développement de l’emploi partagé en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;4 axes d’intervention sont proposés :&lt;/p&gt;&lt;p&gt;démarrage du Groupement d’Employeur (GE),&lt;/p&gt;&lt;p&gt;développement du GE par la diversification d’activité et/ou la création d’une nouvelle antenne,&lt;/p&gt;&lt;p&gt;réalisation d’investissements structurants et/ou innovants,&lt;/p&gt;&lt;p&gt;création d’emplois partagés à temps complet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M229" s="1" t="inlineStr">
+      <c r="M227" s="1" t="inlineStr">
         <is>
           <t>Le règlement joint précise, pour chaque axe d’intervention, les éléments d’appréciation du projet, l’intensité maximale de l’aide et l’assiette des dépenses éligibles.</t>
         </is>
       </c>
-      <c r="N229" s="1" t="inlineStr">
+      <c r="N227" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts
 Emploi</t>
         </is>
       </c>
-      <c r="O229" s="1" t="inlineStr">
+      <c r="O227" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q229" s="1" t="inlineStr">
+      <c r="Q227" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R229" s="1" t="inlineStr">
+      <c r="R227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Groupements d’employeurs localisés en Nouvelle-Aquitaine. &lt;/p&gt;&lt;p&gt; La Région portera un regard attentif sur l’ancrage territorial du GE à travers notamment les modalités d’association des partenaires publics et privés pour sa création et son développement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U229" s="1" t="inlineStr">
+      <c r="U227" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V229" s="1" t="inlineStr">
+      <c r="V227" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/groupements-demployeurs-ge-0</t>
         </is>
       </c>
-      <c r="W229" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X229" s="1" t="inlineStr">
+      <c r="X227" s="1" t="inlineStr">
         <is>
           <t>Pour l’élaboration de son projet, le porteur pourra s’appuyer sur le Centre de Ressources pour les Groupements d&amp;#039;Employeurs (CRGE), partenaire de la Région pour le développement de l’emploi partagé en Nouvelle-Aquitaine.</t>
         </is>
       </c>
-      <c r="Y229" s="1" t="inlineStr">
+      <c r="Y227" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z229" s="1" t="inlineStr">
+      <c r="Z227" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/groupements-demployeurs-ge-1/</t>
         </is>
       </c>
-      <c r="AA229" s="1" t="inlineStr">
+      <c r="AA227" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="230" spans="1:27" customHeight="0">
-      <c r="A230" s="1">
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
         <v>164097</v>
       </c>
-      <c r="B230" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'économie de proximité dans le contexte de mutation socio-économiques du territoire</t>
         </is>
       </c>
-      <c r="C230" s="1" t="inlineStr">
+      <c r="C228" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D230" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche Action 4</t>
         </is>
       </c>
-      <c r="E230" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G230" s="1" t="inlineStr">
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H230" s="1" t="inlineStr">
+      <c r="H228" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I230" s="1" t="inlineStr">
+      <c r="I228" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K230" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L230" s="1" t="inlineStr">
+      <c r="L228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention européenne .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;plancher d&amp;#039;aide : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Plafond d&amp;#039;aide : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Stimuler les démarches de modernisation des entreprises &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faciliter la création, les cessions et les reprises d’entreprises du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accroître le poids de l’Economie Sociale et Solidaire dans l’économie locale&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnel&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire de chefs d’entreprises et salariés formés &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’ingénierie de proximité en termes d’aides aux entreprises dans le cadre d’un développement, d’une création, d’une transmission ou d’une reprise d’entreprises &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Permettre aux entreprises d’anticiper les mutations socio-économiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’image des activités commerciales et des savoir-faire locaux &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Accompagner le développement et la consolidation des associations et des entreprises de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager l’entreprenariat chez les jeunes de moins de 30 ans&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer et maintenir de l’emploi non délocalisable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter le taux de création et de reprise d’entreprises sur le territoire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M230" s="1" t="inlineStr">
+      <c r="M228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 4&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N230" s="1" t="inlineStr">
+      <c r="N228" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O230" s="1" t="inlineStr">
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q230" s="1" t="inlineStr">
+      <c r="Q228" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R230" s="1" t="inlineStr">
+      <c r="R228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour être éligible, le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement du Pays du Calaisis et répondre aux critères de la grille de sélection: partenariats et mise en réseau, impact géographique, niveau d&amp;#039;innovation, effet du projet, emploi, transition décarbonée et durable , formation du chef d&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S230" s="1" t="inlineStr">
+      <c r="S228" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T230" s="1" t="inlineStr">
+      <c r="T228" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U230" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V230" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X230" s="1" t="inlineStr">
+      <c r="X228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y230" s="1" t="inlineStr">
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z230" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-deconomie-de-proximite-dans-le-contexte-de-mutation-socio-economiques-du-territoire/</t>
         </is>
       </c>
-      <c r="AA230" s="1" t="inlineStr">
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="231" spans="1:27" customHeight="0">
-      <c r="A231" s="1">
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
         <v>164110</v>
       </c>
-      <c r="B231" s="1" t="inlineStr">
+      <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de développement et d'attractivité économique locale</t>
         </is>
       </c>
-      <c r="C231" s="1" t="inlineStr">
+      <c r="C229" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
+      <c r="D229" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
         </is>
       </c>
-      <c r="E231" s="1" t="inlineStr">
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G231" s="1" t="inlineStr">
+      <c r="G229" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H231" s="1" t="inlineStr">
+      <c r="H229" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I231" s="1" t="inlineStr">
+      <c r="I229" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J231" s="1" t="inlineStr">
+      <c r="J229" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K231" s="1" t="inlineStr">
+      <c r="K229" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L231" s="1" t="inlineStr">
+      <c r="L229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M231" s="1" t="inlineStr">
+      <c r="M229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N231" s="1" t="inlineStr">
+      <c r="N229" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Information voyageur, billettique multimodale
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O231" s="1" t="inlineStr">
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R231" s="1" t="inlineStr">
+      <c r="R229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S231" s="1" t="inlineStr">
+      <c r="S229" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T231" s="1" t="inlineStr">
+      <c r="T229" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U231" s="1" t="inlineStr">
+      <c r="U229" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V231" s="1" t="inlineStr">
+      <c r="V229" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X231" s="1" t="inlineStr">
+      <c r="X229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y231" s="1" t="inlineStr">
+      <c r="Y229" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z231" s="1" t="inlineStr">
+      <c r="Z229" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
         </is>
       </c>
-      <c r="AA231" s="1" t="inlineStr">
+      <c r="AA229" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="232" spans="1:27" customHeight="0">
-      <c r="A232" s="1">
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
         <v>164287</v>
       </c>
-      <c r="B232" s="1" t="inlineStr">
+      <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Développer l'économie</t>
         </is>
       </c>
-      <c r="C232" s="1" t="inlineStr">
+      <c r="C230" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
+      <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Favoriser le développement des petites entreprises et de l'emploi</t>
         </is>
       </c>
-      <c r="E232" s="1" t="inlineStr">
+      <c r="E230" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G232" s="1" t="inlineStr">
+      <c r="G230" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H232" s="1" t="inlineStr">
+      <c r="H230" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I232" s="1" t="inlineStr">
+      <c r="I230" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K232" s="1" t="inlineStr">
+      <c r="K230" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L232" s="1" t="inlineStr">
+      <c r="L230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;3.1   Contribuer à la pérennité et au développement du tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.1.1 Accompagner les entreprises et les associations
 dans les domaines des ressources humaines et des conditions de travail&lt;/p&gt;&lt;p&gt;3.1.2  Promouvoir les métiers et les savoir-faire &lt;/p&gt;&lt;p&gt;3.1.3  Accueillir des entreprises et des nouvelles activités &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.2  
 Soutenir le développement de la filière
 bois et des éco-matériaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.2.1   Accompagner les démarches développant et valorisant
 la filière bois &lt;/p&gt;&lt;p&gt;3.2.2 
 Sensibiliser à
 l’écoconstruction, à l’usage des éco-matériaux&lt;/p&gt;&lt;p&gt;3.2.3 
 Favoriser le
 développement de filières locales&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.3  
 Développer le tourisme durable toute
 l’année &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk182562708"&gt;3.3.1  Créer et adapter les sites et hébergements
 touristiques&lt;/a&gt;&lt;/p&gt;&lt;p&gt;3.3.2 Créer des produits
 ou des offres valorisant le territoire, les savoir-faire, les productions et
 les patrimoines locaux&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M232" s="1" t="inlineStr">
+      <c r="M230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GPECT, opération collective d’accompagnement
 des entreprises pour le recrutement/management/bien-être au travail/adaptation
 aux changements/prise en compte du handicap, recensement des friches et bâtiments inoccupés, multiple
 rural, aménagement de locaux professionnels, espace coworking, espace de
 télétravail, tiers-lieu, création coopérative, couveuse ; etc. ;&lt;/li&gt;&lt;li&gt;Chantier-école,
 événements, journées de démonstration, nouveaux usages de la laine caussenarde, accompagnement à la gestion
 forestière, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’un local
 vélos, création de circuits de randonnée, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N232" s="1" t="inlineStr">
+      <c r="N230" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Friche
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O232" s="1" t="inlineStr">
+      <c r="O230" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q232" s="1" t="inlineStr">
+      <c r="Q230" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S232" s="1" t="inlineStr">
+      <c r="S230" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T232" s="1" t="inlineStr">
+      <c r="T230" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U232" s="1" t="inlineStr">
+      <c r="U230" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V232" s="1" t="inlineStr">
+      <c r="V230" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader</t>
         </is>
       </c>
-      <c r="X232" s="1" t="inlineStr">
+      <c r="X230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
 des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
 Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
 - 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y232" s="1" t="inlineStr">
+      <c r="Y230" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z232" s="1" t="inlineStr">
+      <c r="Z230" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-leconomie/</t>
         </is>
       </c>
-      <c r="AA232" s="1" t="inlineStr">
+      <c r="AA230" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="233" spans="1:27" customHeight="0">
-      <c r="A233" s="1">
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
         <v>164385</v>
       </c>
-      <c r="B233" s="1" t="inlineStr">
+      <c r="B231" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions collectives de formation pour les entreprises d'une filière</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
+      <c r="D231" s="1" t="inlineStr">
         <is>
           <t>Actions collectives de formation pour les entreprises d'une filière</t>
         </is>
       </c>
-      <c r="E233" s="1" t="inlineStr">
+      <c r="E231" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G233" s="1" t="inlineStr">
+      <c r="G231" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H233" s="1" t="inlineStr">
+      <c r="H231" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K233" s="1" t="inlineStr">
+      <c r="K231" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L233" s="1" t="inlineStr">
+      <c r="L231" s="1" t="inlineStr">
         <is>
           <t>Soutien aux actions collectives de formation au sein d&amp;#039;une même filière ou inter-filières. Les actions collectives de formation doivent s&amp;#039;inscrire dans une approche globale des questions d&amp;#039;emploi et de qualifications au sein d&amp;#039;une filière économique ou inter-filières sur un territoire/bassin d&amp;#039;emploi déterminé,
 	Elles doivent ainsi permettre aux salariés de maintenir et développer leurs compétences au sein d’un secteur d’activité,
 	Un effort particulier sera poursuivi pour les entreprises ayant des enjeux en termes d’emploi et de recrutement ou confrontées à des problématiques d’adaptation des compétences des salariés en raison du développement de leurs activités.</t>
         </is>
       </c>
-      <c r="M233" s="1" t="inlineStr">
+      <c r="M231" s="1" t="inlineStr">
         <is>
           <t>Les dépenses de diagnostic et d&amp;#039;ingénierie pédagogique : taux d&amp;#039;intervention retenu qui ne peut excéder 50 % des dépenses,
 	Les coûts pédagogiques (coûts de personnel de formateurs, frais de déplacement des formateurs, autres dépenses courantes,matériaux, fournitures) hors rémunération des salariés en formation : le taux maximal d’intervention retenu ne saurait excéder 50 % des dépenses dans la limite d’un plafonnement de 50 € de l’heure par stagiaire, à l&amp;#039;exception des formations TEE (NéoTerra) et des formations certifiantes et qualifiantes.</t>
         </is>
       </c>
-      <c r="N233" s="1" t="inlineStr">
+      <c r="N231" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O233" s="1" t="inlineStr">
+      <c r="O231" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R233" s="1" t="inlineStr">
+      <c r="R231" s="1" t="inlineStr">
         <is>
           <t>Entreprises cibles :de moins de 250 salariés (effectifs consolidés au niveau du groupe en ETP) dont le siège social et ou les établissements sont en Nouvelle-Aquitaine.
 Les porteurs de projets éligibles sont:
 	Branches professionnelles,
 	Opérateurs de Compétences (OPCO),
 	Pôles de compétitivité, clusters,
 	Groupements d’IntérêtEconomique,
 	Chambres consulaires,
 	Associations.
  Deux catégories d&amp;#039;action:
 	Les dépenses de diagnostic et d&amp;#039;ingénierie pédagogique liées à la construction de démarches, d&amp;#039;actions, d&amp;#039;outils visant le développement de l&amp;#039;emploi et des compétences
 	Les coûts pédagogiques (coûts de personnel de formateurs, frais de déplacement des formateurs, autres dépenses courantes, matériaux, fournitures) hors rémunération des salariés en formation. Les formations externes et internes sont éligibles à l&amp;#039;aide régionale.
 Actions dont les dépenses sont non éligibles:
 	durée inférieure à 7 heures ;
 	formation syndicale (CES, CHSCT…) ;
 	information (conférences, colloques…), présentation de nouveaux matériels par des fournisseurs ;
 	généralistes dans le domaine du développement personnel (stages de survie, stages de motivation personnelle ou de « dépassement de soi ») ;
 	relatives à la réglementation et à la sécurité individuelle au travail (prévention des risques d’accident du travail) ;
 	relatives à des questions de société (addictions, lutte contre la violence routière…).
 	frais de gestion liés au montage des projets.</t>
         </is>
       </c>
-      <c r="T233" s="1" t="inlineStr">
+      <c r="T231" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U233" s="1" t="inlineStr">
+      <c r="U231" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V233" s="1" t="inlineStr">
+      <c r="V231" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/actions-collectives-de-formation-pour-les-entreprises-dune-filiere</t>
         </is>
       </c>
-      <c r="W233" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X233" s="1" t="inlineStr">
+      <c r="X231" s="1" t="inlineStr">
         <is>
           <t>Prise de contact avec le référent de votre secteur d&amp;#039;activité, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
         </is>
       </c>
-      <c r="Y233" s="1" t="inlineStr">
+      <c r="Y231" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z233" s="1" t="inlineStr">
+      <c r="Z231" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/actions-collectives-de-formation-pour-les-entreprises-dune-filiere/</t>
         </is>
       </c>
-      <c r="AA233" s="1" t="inlineStr">
+      <c r="AA231" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="234" spans="1:27" customHeight="0">
-      <c r="A234" s="1">
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
         <v>164386</v>
       </c>
-      <c r="B234" s="1" t="inlineStr">
+      <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de GPEC</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D232" s="1" t="inlineStr">
         <is>
           <t>Soutien aux projets de GPEC</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E232" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G234" s="1" t="inlineStr">
+      <c r="G232" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H234" s="1" t="inlineStr">
+      <c r="H232" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K234" s="1" t="inlineStr">
+      <c r="K232" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L234" s="1" t="inlineStr">
+      <c r="L232" s="1" t="inlineStr">
         <is>
           <t>Soutien aux projets de GPEC inter-entreprises au sein d&amp;#039;une même filière. Il s’agit d’accompagner l’anticipation et l’adaptation des compétences des entreprises d’une même filière qui sont confrontées à des enjeux économiques ou d’emplois communs, autour d’un projet collectif, cohérent, répondant aux caractéristiques du secteur d’activité. Ce dispositif s&amp;#039;adresse aux inter-entreprises au sein d&amp;#039;une même filière.</t>
         </is>
       </c>
-      <c r="M234" s="1" t="inlineStr">
+      <c r="M232" s="1" t="inlineStr">
         <is>
           <t>Le financement de la Région ne pourra pas excéder 50 % des dépenses éligibles.
 L&amp;#039;intervention de la Région viendra en complémentarité des dispositifs d&amp;#039;aide de l&amp;#039;Etat lorsque ceux-ci sont mobilisables.</t>
         </is>
       </c>
-      <c r="N234" s="1" t="inlineStr">
+      <c r="N232" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O234" s="1" t="inlineStr">
+      <c r="O232" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R234" s="1" t="inlineStr">
+      <c r="R232" s="1" t="inlineStr">
         <is>
           <t>Entreprises cibles :de moins de 250 salariés dont le siège social et ou les établissements sont en Nouvelle-Aquitaine.
 Les porteurs de projets éligibles sont :
 	Branches professionnelles,
 	Opérateurs de Compétences (OPCO),
 	Pôles de compétitivité, clusters,
 	Groupements d’Intérêts Economiques,
 	Chambres consulaires,
 	Associations.
  Les dépenses éligibles à l&amp;#039;aide régionale sont les dépenses d&amp;#039;ingénierie, de conseils et d&amp;#039;études dans le cadre de prestations externes.</t>
         </is>
       </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V232" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-aux-projets-de-gpec</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>Prise de contact avec le référent de votre secteur d&amp;#039;activité, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-projets-de-gpec/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>164387</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises sur la formation des salariés</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l'entreprise sur la formation des salariés</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K233" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide régionale soutient les plans de développement des compétences et des qualifications pour la formation des salariés au sein d&amp;#039;une entreprise du secteur industriel.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner les entreprises à mettre en œuvre des formations permettant de développer et maintenir les compétences des salariés pour faire face aux évolutions et aux transitions économiques, écologiques, technologiques, numériques et organisationnelles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;accompagnement de la Région, au regard de l&amp;#039;effort de formation des entreprises pour adapter et élever le niveau de qualification des salariés, constitue un levier pour l&amp;#039;adaptation des entreprises aux évolutions du marché pour le développement économique de la Région.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;Intensité maximale de l&amp;#039;aide Régionale : 30 à 60 % des dépenses éligibles avec un plafond de subvention:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Petites Entreprises: taux maximum de 60 % avec un plafond de subvention de 40 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Moyennes Entreprises: taux maximum de 50 % avec un plafond de subvention de 50 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de Taille Intermédiaire: taux maximum de 40 % avec un plafond de subvention de 60 000 € &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Grandes Entreprises: taux maximum de 30 % avec un plafond de subvention de 60 000 €, accompagnements pouvant être envisagés pour des formations en lien avec les transitions énergétiques et écologiques (NéoTerra) et des formations certifiantes et qualifiantes.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les coûts pédagogiques sont plafonnés à 50 € de l’heure/stagiaire, à l’exception des formations TEE (Néo Terra) et des formations certifiantes et qualifiantes (validation totale ou partielle)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Durée maximale d&amp;#039;accompagnement fixée à 3 aides consécutives sur une période de 5 ans révolue pour les entreprises de moins de 250 salariés en ETP, 2 aides consécutives sur une période de 5 ans révolue pour les entreprises de plus de 250 salariés en ETP.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les entreprises de production et de transformation relevant de l&amp;#039;Industrie dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Prioritairement les salariés (CDI) de premier niveau de qualification au sein des entreprises. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;Critères de sélection&lt;p&gt;&lt;br /&gt;&lt;span&gt; Les dépenses éligibles sont celles liées aux coûts pédagogiques (coûts de personnel des formateurs, frais de déplacement des formateurs et autres dépenses courantes, matériaux, fournitures), hors rémunération des salariés en formation. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les formations externes et internes sont éligibles à l’aide régionale. &lt;/span&gt;Pour les formations externes, les organismes de formations doivent obligatoirement être certifiés Qualiopi (article L6316-1 du code du travail). &lt;/p&gt;&lt;p&gt;&lt;span&gt; Actions dont les dépenses sont non éligibles: &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les actions d’une durée inférieure à 7 heures &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions de formation syndicale (CES, CHSCT…) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions d’information (conférences, colloques…), de présentation de nouveaux matériels par des fournisseurs &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions généralistes dans le domaine du développement personnel (stages de survie, stages de motivation personnelle ou de « dépassement de soi ») &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions relatives à la réglementation et à la sécurité individuelle au travail (prévention des risques d’accident du travail) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions relatives à des questions de société (addictions, lutte contre la violence routière…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-la-formation-des-salaries</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
+        </is>
+      </c>
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-la-formation-des-salaries/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
+        <v>164388</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises sur l'ingénierie de formation</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l'entreprise sur l'ingénierie de formation</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G234" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K234" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le contexte actuel est un tournant dans la gestion des ressources humaines. Face à ces changements sociétaux et de rapport au travail, les entreprises doivent se structurer au niveau des ressources humaines pour répondre aux nouveaux enjeux tels que la Responsabilité Sociétale des Entreprises (RSE), la Transition Ecologique des Entreprises (TEE), la Qualité de Vie au Travail (QVT), la Marque Employeur, etc. Le dispositif AIE Structuration RH / RSE vise à répondre à cet enjeu en soutenant la phase de diagnostic afin d&amp;#039;évaluer la stratégie RH en amont de l&amp;#039;action de formation au bénéfice des personnes en charge des Ressources Humaines. Il s&amp;#039;adresse aux entreprises industrielles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Structuration des ressources humaines des entreprises en soutenant la réalisation d&amp;#039;une phase de diagnostic pour évaluer la stratégie RH et le développement des compétences des salariés de l&amp;#039;entreprise, en amont de l&amp;#039;action de formation des salariés au bénéfice des personnes en charge des Ressources Humaines dans l&amp;#039;entreprise.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M234" s="1" t="inlineStr">
+        <is>
+          <t>Le taux maximal d&amp;#039;intervention retenu ne saurait excéder 50 % de la dépense éligible.
+L&amp;#039;aide sera plafonnée à 6 000 € pour les entreprises de moins de 250 salariés (en ETP) et à 4 000 € pour les entreprises de plus de 250 salariés (en ETP). Effectifs consolidés au niveau du groupe en ETP.</t>
+        </is>
+      </c>
+      <c r="N234" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O234" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les entreprises de production et de transformation relevant de l&amp;#039;industrie dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/p&gt;&lt;p&gt; Les dépenses éligibles sont les dépenses d&amp;#039;ingénierie : prestations internes (rémunération : salaire brut chargé) au prorata du temps passé sur la période.
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="U234" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V234" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-aux-projets-de-gpec</t>
-[...4 lines deleted...]
-          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-aux-projets-de-gpec</t>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-lingenierie-de-formation</t>
         </is>
       </c>
       <c r="X234" s="1" t="inlineStr">
         <is>
-          <t>Prise de contact avec le référent de votre secteur d&amp;#039;activité, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
+          <t>Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
         </is>
       </c>
       <c r="Y234" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z234" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-projets-de-gpec/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-lingenierie-de-formation/</t>
         </is>
       </c>
       <c r="AA234" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:27" customHeight="0">
       <c r="A235" s="1">
-        <v>164387</v>
+        <v>164389</v>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les entreprises sur la formation des salariés</t>
+          <t>Accompagner les entreprises sur la structuration RH et la RSE</t>
         </is>
       </c>
       <c r="D235" s="1" t="inlineStr">
         <is>
-          <t>Accompagnement de l'entreprise sur la formation des salariés</t>
+          <t>Accompagnement de l'entreprise sur la structuration RH et la RSE</t>
         </is>
       </c>
       <c r="E235" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G235" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H235" s="1" t="inlineStr">
-        <is>
-[...195 lines deleted...]
-      <c r="H237" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K237" s="1" t="inlineStr">
+      <c r="K235" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L237" s="1" t="inlineStr">
+      <c r="L235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le contexte actuel est un tournant dans la gestion des ressources humaines. Face à ces changements sociétaux et de rapport au travail, les entreprises doivent se structurer au niveau des ressources humaines pour répondre aux nouveaux enjeux tels que la Responsabilité Sociétale des Entreprises (RSE), la Transition Ecologique des Entreprises (TEE), la Qualité de Vie au Travail (QVT), la Marque Employeur, etc.
 Le dispositif AIE Structuration RH / RSE vise à répondre à cet enjeu en soutenant la phase de diagnostic afin d&amp;#039;évaluer la stratégie RH en amont de l&amp;#039;action de formation au bénéfice des personnes en charge des Ressources Humaines. Il s&amp;#039;adresse aux entreprises industrielles. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;Structuration des ressources humaines des entreprises en soutenant la réalisation d&amp;#039;une phase de diagnostic pour évaluer la stratégie RH et le développement des compétences des salariés de l&amp;#039;entreprise, en amont de l&amp;#039;action de formation des salariés au bénéfice des personnes en charge des Ressources Humaines dans l&amp;#039;entreprise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M237" s="1" t="inlineStr">
+      <c r="M235" s="1" t="inlineStr">
         <is>
           <t>Le taux maximal d&amp;#039;intervention retenu ne saurait excéder 50 % des dépenses éligibles.
 L&amp;#039;aide sera plafonnée à 2 500 € par entreprise pour un maximum de 5 jours de prestation.
 Les modules de formation qui découlent du diagnostic dans le plan d&amp;#039;action seront pris en charge dans l&amp;#039;AIE Formation pour les publics suivants : Manager Intermédiaire/Manager de proximité, Assistant(e) RH, Responsable RH, Responsable formation, chargé(e) de développement des compétences.</t>
         </is>
       </c>
-      <c r="N237" s="1" t="inlineStr">
+      <c r="N235" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O237" s="1" t="inlineStr">
+      <c r="O235" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R237" s="1" t="inlineStr">
+      <c r="R235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les entreprises de production et de transformation relevant de l&amp;#039;industrie de moins de 250 salariés dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/p&gt;&lt;p&gt; Les dépenses éligibles sont les dépenses d&amp;#039;ingénierie, de conseils et d&amp;#039;études, dans le cadre de prestations externes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U237" s="1" t="inlineStr">
+      <c r="U235" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V237" s="1" t="inlineStr">
+      <c r="V235" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-la-structuration-rh-et-la-rse</t>
         </is>
       </c>
-      <c r="W237" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X237" s="1" t="inlineStr">
+      <c r="X235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.
 &lt;/p&gt;&lt;p&gt;Service Relations aux Usagers&lt;/p&gt;&lt;p&gt;Direction Emploi et Evolution Professionnelle&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y237" s="1" t="inlineStr">
+      <c r="Y235" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z237" s="1" t="inlineStr">
+      <c r="Z235" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-la-structuration-rh-et-la-rse/</t>
         </is>
       </c>
-      <c r="AA237" s="1" t="inlineStr">
+      <c r="AA235" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="238" spans="1:27" customHeight="0">
-      <c r="A238" s="1">
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
         <v>164438</v>
       </c>
-      <c r="B238" s="1" t="inlineStr">
+      <c r="B236" s="1" t="inlineStr">
         <is>
           <t>Développer l'économie circulaire</t>
         </is>
       </c>
-      <c r="D238" s="1" t="inlineStr">
+      <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Économie Circulaire 2025 - Guyane</t>
         </is>
       </c>
-      <c r="E238" s="1" t="inlineStr">
+      <c r="E236" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G238" s="1" t="inlineStr">
+      <c r="G236" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H238" s="1" t="inlineStr">
+      <c r="H236" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K238" s="1" t="inlineStr">
+      <c r="K236" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L238" s="1" t="inlineStr">
+      <c r="L236" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’économie circulaire est toujours émergente en Guyane : la notion est encore très peu connue du grand public, des acteurs et du monde de l’entreprise, limitant de fait les collaborations pourtant nécessaires à son développement.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;complète les actions structurantes menées en faveur de la collecte et du traitement des déchets&lt;/strong&gt; par les collectivités. Il vise à faire émerger des projets et des synergies qui conduisent à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’économie de ressources par les territoires, les secteurs d’activités et les entreprises, la prévention et la valorisation locale des déchets.&lt;/li&gt;&lt;li&gt;La pratique de nouvelles approches économiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il comprend trois grands volets thématiques :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Volet 1 : &lt;strong&gt;Allongement de la durée d&amp;#039;usage - réemploi, réparation, réutilisation.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Volet 2 : &lt;strong&gt;Recyclage et valorisation&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Volet 3 : &lt;strong&gt;Alimentation durable et gestion des biodéchets&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les cibles de l’appel à projets sont les associations, entreprises et acteurs privés.&lt;/p&gt;&lt;p&gt;Les acteurs privés bénéficiaires peuvent être les entreprises de l’Économie Sociale et Solidaire et les structures de l’économie conventionnelle, les instances inter-entreprises, les groupements d’entreprises, les groupements d’intérêt économique (GIE), les associations, les structures dédiées à la réparation…&lt;/p&gt;&lt;p&gt;L’organisme porteur du projet devra démontrer comment il organise la gouvernance liée au montage et au pilotage du projet.&lt;/p&gt;&lt;p&gt;Déroulé de la candidature :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;À la suite de la demande d&amp;#039;aide, un rendez-vous sera programmé avec le porteur de projet afin d’éclaircir des points particuliers.&lt;/li&gt;&lt;li&gt;Puis un jury de sélection des projets piloté par l’ADEME aura lieu. Il comprend les représentants de   l’ADEME Guyane et pourra associer des partenaires extérieurs.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Les aides financières seront attribuées aux projets retenus dans le présent AAP dans la limite des crédits disponibles au titre de l’année 2025.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N238" s="1" t="inlineStr">
+      <c r="N236" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Emploi</t>
         </is>
       </c>
-      <c r="O238" s="1" t="inlineStr">
+      <c r="O236" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S238" s="1" t="inlineStr">
+      <c r="S236" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U238" s="1" t="inlineStr">
+      <c r="U236" s="1" t="inlineStr">
         <is>
           <t>Guyane</t>
         </is>
       </c>
-      <c r="V238" s="1" t="inlineStr">
+      <c r="V236" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241211/economie-circulaire-2025-guyane</t>
         </is>
       </c>
-      <c r="W238" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X238" s="1" t="inlineStr">
+      <c r="X236" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y238" s="1" t="inlineStr">
+      <c r="Y236" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z238" s="1" t="inlineStr">
+      <c r="Z236" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/economie-circulaire-2025-guyane/</t>
         </is>
       </c>
-      <c r="AA238" s="1" t="inlineStr">
+      <c r="AA236" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="239" spans="1:27" customHeight="0">
-      <c r="A239" s="1">
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
         <v>165089</v>
       </c>
-      <c r="B239" s="1" t="inlineStr">
+      <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Soutenir la découverte et la promotion des métiers et des formations - Volet territorial</t>
         </is>
       </c>
-      <c r="D239" s="1" t="inlineStr">
+      <c r="D237" s="1" t="inlineStr">
         <is>
           <t>Soutien à la découverte et à la promotion des métiers et des formations - Volet territorial</t>
         </is>
       </c>
-      <c r="E239" s="1" t="inlineStr">
+      <c r="E237" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G239" s="1" t="inlineStr">
+      <c r="G237" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="I239" s="1" t="inlineStr">
+      <c r="I237" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K239" s="1" t="inlineStr">
+      <c r="K237" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L239" s="1" t="inlineStr">
+      <c r="L237" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien une action de découverte et de promotion des métiers sur un territoire rattaché à l&amp;#039;une des 12 Maisons de la Région Grand Est ? &lt;/h2&gt;&lt;p&gt;Bénéficiez d’une souplesse dans la programmation de votre projet avec :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;2 campagnes de dépôt des dossiers&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une structure membre du Service Public Régional de l’Orientation (SPRO) Grand Est,&lt;/li&gt;
 &lt;li&gt;une association,&lt;/li&gt;
 &lt;li&gt;une branche professionnelle&lt;/li&gt;
 &lt;li&gt;une collectivité territoriale.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Les organismes de formation, les structures non implantées dans la Région Grand Est ne sont pas éligibles.&lt;/p&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La découverte et la connaissance des métiers et des formations notamment des secteurs professionnels stratégiques, ou la valorisation de savoir-faire d’exception&lt;/li&gt;
 &lt;li&gt;L’expérience immersive dans le monde économique et professionnel, y compris dans un format collectif permettant la découverte des métiers en groupe&lt;/li&gt;
 &lt;li&gt;L’égalité professionnelle et la mixité des métiers&lt;/li&gt;
 &lt;li&gt;L’engagement des jeunes dans des projets, avec une immersion en situation réelle pour « apprendre en faisant » et sensibiliser à l’entreprenariat&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous abordez ces thématiques prioritaires, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal, &lt;/strong&gt;selon l’intérêt et la conformité de la proposition :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;70 % maximum du montant total&lt;/strong&gt; de l’action pour les actions dont le montant est inférieur à 25 000 € TTC&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;jusqu’à 40 %&lt;/strong&gt; si le montant total de l’action est supérieur à 25 000 € TTC.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Pour bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches, &lt;strong&gt;prenez contact dès à présent avec le Chargé de Mission Orientation de la Maison de la Région de votre territoire&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N239" s="1" t="inlineStr">
+      <c r="N237" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O239" s="1" t="inlineStr">
+      <c r="O237" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P239" s="1" t="inlineStr">
+      <c r="P237" s="1" t="inlineStr">
         <is>
           <t>03/04/2025</t>
         </is>
       </c>
-      <c r="Q239" s="1" t="inlineStr">
+      <c r="Q237" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="S239" s="1" t="inlineStr">
+      <c r="S237" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U239" s="1" t="inlineStr">
+      <c r="U237" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V239" s="1" t="inlineStr">
+      <c r="V237" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/appel-a-projet/decouverte-promotion-metiers-formations-territorial/</t>
         </is>
       </c>
-      <c r="W239" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X239" s="1" t="inlineStr">
+      <c r="X237" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contactez un chargé de mission orientation : https://www.grandest.fr/wp-content/uploads/2025/03/plaquette-reseau-cmo.pdf&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y239" s="1" t="inlineStr">
+      <c r="Y237" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z239" s="1" t="inlineStr">
+      <c r="Z237" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-decouverte-et-a-la-promotion-des-metiers-et-des-formations-volet-territorial/</t>
         </is>
       </c>
-      <c r="AA239" s="1" t="inlineStr">
+      <c r="AA237" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="240" spans="1:27" customHeight="0">
-      <c r="A240" s="1">
+    <row r="238" spans="1:27" customHeight="0">
+      <c r="A238" s="1">
         <v>165090</v>
       </c>
-      <c r="B240" s="1" t="inlineStr">
+      <c r="B238" s="1" t="inlineStr">
         <is>
           <t>Soutenir la découverte et la promotion des métiers et des formations - Volet régional</t>
         </is>
       </c>
-      <c r="D240" s="1" t="inlineStr">
+      <c r="D238" s="1" t="inlineStr">
         <is>
           <t>Soutien à la découverte et à la promotion des métiers et des formations - Volet régional</t>
         </is>
       </c>
-      <c r="E240" s="1" t="inlineStr">
+      <c r="E238" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G240" s="1" t="inlineStr">
+      <c r="G238" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="I240" s="1" t="inlineStr">
+      <c r="I238" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K240" s="1" t="inlineStr">
+      <c r="K238" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L240" s="1" t="inlineStr">
+      <c r="L238" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien une action de découverte des métiers et des formations ? &lt;br /&gt;
 &lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller &lt;strong&gt;jusqu’à 70% du montant de votre projet. &lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Membre du SPRO,&lt;/li&gt;
 &lt;li&gt;Une structure du champ de l’éducation, de l’orientation, de la formation et de l’insertion,&lt;/li&gt;
 &lt;li&gt;Une collectivité territoriale,&lt;/li&gt;
 &lt;li&gt;Un organisme de droit privé ou établissement public reconnu pour son expertise dans le domaine des salons post bac,&lt;/li&gt;
 &lt;li&gt;Un établissement public tel université, fédération, branche professionnelle,&lt;/li&gt;
 &lt;li&gt;Un pôle de compétitivité rattaché à une filière,&lt;/li&gt;
 &lt;li&gt;Un Opérateur de Compétences (OPCO),&lt;/li&gt;
 &lt;li&gt;Un Campus des Métiers et des Qualifications (CMQ), ….&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La découverte et la connaissance des métiers et des formations, notamment des secteurs professionnels stratégiques, ou la valorisation de savoir-faire d’exception&lt;/li&gt;
 &lt;li&gt;L’information sur les filières de formation post bac&lt;/li&gt;
 &lt;li&gt;L’expérience immersive dans le monde économique et professionnel, y compris dans un format collectif permettant la découverte des métiers en groupe&lt;/li&gt;
 &lt;li&gt;L’accompagnement de publics fragiles (décrocheur, handicap, IAE)&lt;/li&gt;
 &lt;li&gt;L’égalité professionnelle et la mixité des métiers&lt;/li&gt;
 &lt;li&gt;L’engagement des jeunes dans des projets avec une immersion en situations réelles pour « apprendre en faisant » et sensibiliser à l’entreprenariat&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous aborder ces thématiques prioritaires, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/h4&gt;
 &lt;p&gt;Un taux sera dédié au projet, selon l’intérêt et la conformité de la proposition.&lt;/p&gt;
 &lt;p&gt;Votre montant d’aide maximal :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;70 % maximum du montant total de l’action pour les actions dont le montant est inférieur à 25000 € TTC&lt;/li&gt;
 &lt;li&gt;40 % si le montant total de l’action est supérieur à 25000 € TTC.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;Aides complémentaires&lt;/h4&gt;
 &lt;p&gt;Une aide complémentaire peut être sollicitée auprès du &lt;strong&gt;FSE&amp;#43;&lt;/strong&gt; dans le cadre du programme &lt;strong&gt;FEDER FSE&amp;#43; FTJ Grand Est&lt;/strong&gt; et &lt;strong&gt;Massif des Vosges 2021-2027&lt;/strong&gt; (cf. la fiche FSE&amp;#43; en annexe 1) et/ou mobiliser d’autres co-financements.&lt;/p&gt;
 &lt;p&gt;Pour plus de détails, consulter le site internet : &lt;a href="http://www.beurope.grandest.fr"&gt;www.beurope.grandest.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services orientation de la Région Grand Est&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
 &lt;h4&gt;PUIS&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne. &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N240" s="1" t="inlineStr">
+      <c r="N238" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O240" s="1" t="inlineStr">
+      <c r="O238" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P240" s="1" t="inlineStr">
+      <c r="P238" s="1" t="inlineStr">
         <is>
           <t>03/04/2025</t>
         </is>
       </c>
-      <c r="Q240" s="1" t="inlineStr">
+      <c r="Q238" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="S240" s="1" t="inlineStr">
+      <c r="S238" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U240" s="1" t="inlineStr">
+      <c r="U238" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V240" s="1" t="inlineStr">
+      <c r="V238" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/appel-a-projet/decouverte-promotion-metiers-formations-regional/</t>
         </is>
       </c>
-      <c r="W240" s="1" t="inlineStr">
+      <c r="W238" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0316/depot/simple</t>
         </is>
       </c>
-      <c r="X240" s="1" t="inlineStr">
+      <c r="X238" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;spro&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y240" s="1" t="inlineStr">
+      <c r="Y238" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z240" s="1" t="inlineStr">
+      <c r="Z238" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-decouverte-et-a-la-promotion-des-metiers-et-des-formations-volet-regional/</t>
         </is>
       </c>
-      <c r="AA240" s="1" t="inlineStr">
+      <c r="AA238" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="241" spans="1:27" customHeight="0">
-      <c r="A241" s="1">
+    <row r="239" spans="1:27" customHeight="0">
+      <c r="A239" s="1">
         <v>165114</v>
       </c>
-      <c r="B241" s="1" t="inlineStr">
+      <c r="B239" s="1" t="inlineStr">
         <is>
           <t>Indemnité en stage des élèves aides-soignants</t>
         </is>
       </c>
-      <c r="D241" s="1" t="inlineStr">
+      <c r="D239" s="1" t="inlineStr">
         <is>
           <t>Indemnité en stage des élèves aides-soignants</t>
         </is>
       </c>
-      <c r="E241" s="1" t="inlineStr">
+      <c r="E239" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G241" s="1" t="inlineStr">
+      <c r="G239" s="1" t="inlineStr">
         <is>
           <t>Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H241" s="1" t="inlineStr">
+      <c r="H239" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K241" s="1" t="inlineStr">
+      <c r="K239" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L241" s="1" t="inlineStr">
+      <c r="L239" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien votre formation conduisant au Diplôme d’Etat d&amp;#039;aide-soignant ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale portant indemnité de stage&lt;/strong&gt;&lt;strong&gt; pour la réalisation de la formation clinique : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Montant 35 € /semaine correspondant à un stage de 35 heures&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes élève aide-soignant :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;inscrit dans un institut de formation d’aides-soignants agréé par la Région Grand Est&lt;/li&gt;
 &lt;li&gt;dont les frais de formation sont pris en charge par la Région Grand Est&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard du règlement régional.&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;L’élève devra faire sa demande d’aide régionale conformément au calendrier suivant :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;au plus tôt à l’issue de la réalisation de chaque stage (4 périodes de stage étant référencées sur la formation aide-soignant)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;ET&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;au plus tard &lt;strong&gt;dans les 8 semaines qui suivent la sortie de chaque stage&lt;/strong&gt;.&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N241" s="1" t="inlineStr">
+      <c r="N239" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O241" s="1" t="inlineStr">
+      <c r="O239" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P241" s="1" t="inlineStr">
+      <c r="P239" s="1" t="inlineStr">
         <is>
           <t>16/07/2024</t>
         </is>
       </c>
-      <c r="S241" s="1" t="inlineStr">
+      <c r="S239" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T241" s="1" t="inlineStr">
+      <c r="T239" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U241" s="1" t="inlineStr">
+      <c r="U239" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V241" s="1" t="inlineStr">
+      <c r="V239" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/indemnite-stage-eleves-aides-soignants/</t>
         </is>
       </c>
-      <c r="W241" s="1" t="inlineStr">
+      <c r="W239" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0282/depot/simple</t>
         </is>
       </c>
-      <c r="X241" s="1" t="inlineStr">
+      <c r="X239" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif prendra effet dès la rentrée scolaire 2024/2025&lt;/p&gt;&lt;p&gt;aidesoignant&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 64 94&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y241" s="1" t="inlineStr">
+      <c r="Y239" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z241" s="1" t="inlineStr">
+      <c r="Z239" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/indemnite-en-stage-des-eleves-aides-soignants/</t>
         </is>
       </c>
-      <c r="AA241" s="1" t="inlineStr">
+      <c r="AA239" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="242" spans="1:27" customHeight="0">
-      <c r="A242" s="1">
+    <row r="240" spans="1:27" customHeight="0">
+      <c r="A240" s="1">
         <v>165133</v>
       </c>
-      <c r="B242" s="1" t="inlineStr">
+      <c r="B240" s="1" t="inlineStr">
         <is>
           <t>Développement d’activités nouvelles (ARDAN)/Entreprises</t>
         </is>
       </c>
-      <c r="D242" s="1" t="inlineStr">
+      <c r="D240" s="1" t="inlineStr">
         <is>
           <t>Action régionale pour le développement d’activités nouvelles (ARDAN)/Entreprises</t>
         </is>
       </c>
-      <c r="E242" s="1" t="inlineStr">
+      <c r="E240" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G242" s="1" t="inlineStr">
+      <c r="G240" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H242" s="1" t="inlineStr">
+      <c r="H240" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K242" s="1" t="inlineStr">
+      <c r="K240" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L242" s="1" t="inlineStr">
+      <c r="L240" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous avez un projet de développement ? D’activité nouvelle ? De reprise ? De structuration ?&lt;/h2&gt;&lt;p&gt;Le dispositif ARDAN vous permet de tester le développement de votre activité sans prise de risque financière tout en intégrant un demandeur d’emploi du Grand Est, stagiaire de la formation professionnelle, que vous aurez choisi.&lt;/p&gt;
 &lt;p&gt;Intégrez un demandeur d’emploi du Grand Est pendant six mois et confiez-lui le développement de votre nouvelle activité, voire la reprise de votre entreprise.&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Concrétisez votre projet de développement&lt;/li&gt;
 &lt;li&gt;Limitez votre prise de risque&lt;/li&gt;
 &lt;li&gt;Bénéficiez de conditions financières avantageuses&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N242" s="1" t="inlineStr">
+      <c r="N240" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O242" s="1" t="inlineStr">
+      <c r="O240" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P242" s="1" t="inlineStr">
+      <c r="P240" s="1" t="inlineStr">
         <is>
           <t>07/12/2023</t>
         </is>
       </c>
-      <c r="S242" s="1" t="inlineStr">
+      <c r="S240" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U242" s="1" t="inlineStr">
+      <c r="U240" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V242" s="1" t="inlineStr">
+      <c r="V240" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/ardan-entrerpises/</t>
         </is>
       </c>
-      <c r="W242" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y242" s="1" t="inlineStr">
+      <c r="Y240" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z242" s="1" t="inlineStr">
+      <c r="Z240" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/action-regionale-pour-le-developpement-dactivites-nouvelles-ardan-entreprises/</t>
         </is>
       </c>
-      <c r="AA242" s="1" t="inlineStr">
+      <c r="AA240" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="243" spans="1:27" customHeight="0">
-      <c r="A243" s="1">
+    <row r="241" spans="1:27" customHeight="0">
+      <c r="A241" s="1">
         <v>165142</v>
       </c>
-      <c r="B243" s="1" t="inlineStr">
+      <c r="B241" s="1" t="inlineStr">
         <is>
           <t>Renforcer la trésorerie de votre entreprise par le Prêt d'amorçage Grand Est</t>
         </is>
       </c>
-      <c r="D243" s="1" t="inlineStr">
+      <c r="D241" s="1" t="inlineStr">
         <is>
           <t>Prêt d'amorçage Grand Est</t>
         </is>
       </c>
-      <c r="E243" s="1" t="inlineStr">
+      <c r="E241" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G243" s="1" t="inlineStr">
+      <c r="G241" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H243" s="1" t="inlineStr">
+      <c r="H241" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K243" s="1" t="inlineStr">
+      <c r="K241" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L243" s="1" t="inlineStr">
+      <c r="L241" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez renforcer la trésorerie de votre entreprise dans l’attente d’une levée de fonds ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez d’un soutien financier sous forme de prêt d’amorçage pouvant aller jusqu’à 300 000€ afin de créer des conditions favorables à la préparation d’une levée de fonds. &lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier du prêt&lt;/strong&gt;, si vous êtes une TPE ou PME selon la définition européenne en vigueur, innovante en phase d’amorçage et créée depuis moins de 5 ans :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Implantée en Région Grand Est&lt;/li&gt;
 &lt;li&gt;Ayant récemment bénéficié d’un soutien public à l’innovation :
 &lt;ul&gt;
 &lt;li&gt;d’une aide à l’innovation de Bpifrance ou d’un prix au titre des concours d’innovation I-Lab ou I-Nov&lt;/li&gt;
 &lt;li&gt;ou d’une aide à un projet de Recherche, Développement et d’Innovation (RDI) au sens de la réglementation européenne des aides à la RDI&lt;/li&gt;
 &lt;/ul&gt;
 &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Toute activité ou secteur sont éligibles,&lt;strong&gt; à l’exclusion&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Des activités d’intermédiation financière (NAF : section K64 sauf 64-2 pour les achats d’entreprises et sauf les fintech)&lt;/li&gt;
 &lt;li&gt;Des activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1), à l’exception des SCI finançant des acquisitions immobilières destinées à être louées à une entreprise, elle-même éligible, dont des associés sont titulaires du capital de la SCI&lt;/li&gt;
 &lt;li&gt;Des secteurs agricoles ayant un code NAF section A01 et A02 (sauf 02.20Z et 02.40 Z)&lt;/li&gt;
 &lt;li&gt;Des entreprises en difficultés au sens de la réglementation européenne en vigueur&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Nature du montant&lt;strong&gt;&lt;br /&gt;
 &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Montant : &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Le montant du prêt est au plus, égal au montant des fonds propres et quasi fonds propres de l’entreprise :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Minimum : 100 000 € &lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Maximum : 300 000 €&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Durée/amortissement :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;8 ans, dont 36 mois de différé d’amortissement en capital&lt;/li&gt;
 &lt;li&gt;Suivi de échéances trimestrielles à terme échu&lt;/li&gt;
 &lt;li&gt;Amortissement financier du capital&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;Conditions financières&lt;/h3&gt;
 &lt;p&gt;&lt;strong&gt;Tarification :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Taux fixe ou variable selon barème en vigueur.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Garantie :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Aucune garantie sur les actifs de l’entreprise, ni sur le patrimoine du dirigeant&lt;/li&gt;
 &lt;li&gt;Seule une retenue de garantie de 5% du montant du prêt est prélevée lors du décaissement&lt;/li&gt;
 &lt;li&gt;Une assurance décès-invalidité peut être proposée au dirigeant&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N243" s="1" t="inlineStr">
+      <c r="N241" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O243" s="1" t="inlineStr">
+      <c r="O241" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P243" s="1" t="inlineStr">
+      <c r="P241" s="1" t="inlineStr">
         <is>
           <t>03/10/2023</t>
         </is>
       </c>
-      <c r="S243" s="1" t="inlineStr">
+      <c r="S241" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U243" s="1" t="inlineStr">
+      <c r="U241" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V243" s="1" t="inlineStr">
+      <c r="V241" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/pret-amorcage/</t>
         </is>
       </c>
-      <c r="W243" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X243" s="1" t="inlineStr">
+      <c r="X241" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Convention de partenariat Région Grand Est/Bpifrance&lt;/p&gt;&lt;p&gt;financementdesentreprises&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Pour toute demande d’information complémentaire, contactez Bpifrance  :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Bpifrance – Direction Régionale de Strasbourg&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tel : 03 88 56 88 56 – strasbourg&amp;#64;bpifrance.fr&lt;/p&gt;&lt;p&gt;Bpifrance – Direction Régionale de Nancy&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tel : 03 83 67 46 74 – nancy&amp;#64;bpifrance.fr&lt;/p&gt;&lt;p&gt;Bpifrance – Direction Régionale de Metz&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tel : 03 87 69 03 69 – metz&amp;#64;bpifrance.fr&lt;/p&gt;&lt;p&gt;Bpifrance – Direction Régionale de Reims&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tel : 03 26 79 82 30 – reims&amp;#64;bpifrance.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y243" s="1" t="inlineStr">
+      <c r="Y241" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z243" s="1" t="inlineStr">
+      <c r="Z241" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/pret-damorcage-grand-est/</t>
         </is>
       </c>
-      <c r="AA243" s="1" t="inlineStr">
+      <c r="AA241" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="244" spans="1:27" customHeight="0">
-      <c r="A244" s="1">
+    <row r="242" spans="1:27" customHeight="0">
+      <c r="A242" s="1">
         <v>165217</v>
       </c>
-      <c r="B244" s="1" t="inlineStr">
+      <c r="B242" s="1" t="inlineStr">
         <is>
           <t>Permettre une orientation choisie et une insertion durable dans l’emploi</t>
         </is>
       </c>
-      <c r="C244" s="1" t="inlineStr">
+      <c r="C242" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FSE + - Fonds social européen</t>
         </is>
       </c>
-      <c r="E244" s="1" t="inlineStr">
+      <c r="E242" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G244" s="1" t="inlineStr">
+      <c r="G242" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H244" s="1" t="inlineStr">
+      <c r="H242" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K244" s="1" t="inlineStr">
+      <c r="K242" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L244" s="1" t="inlineStr">
+      <c r="L242" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet appel doit permettre une orientation choisie et une insertion durable dans l’emploi. &lt;br /&gt;L’objectif général visé par cet appel est de soutenir des projets pour lesquels l’orientation sera considérée comme un levier pour permettre une égalité d’accès à la formation, le soutien de l’orientation pour tous, la mixité des métiers et l’égalité professionnelle, en vue d’une insertion durable dans l’emploi des publics qui en sont éloignés.&lt;br /&gt;A cet effet, la lutte contre les inégalités et discriminations, la déconstruction des stéréotypes, l’élévation du niveau de qualification et l’évitement des sorties prématurées du système scolaire seront également soutenus.&lt;br /&gt;Une attention particulière sera portée aux projets favorisant les processus inclusifs (parcours et accompagnements adaptés aux publics cibles) et/ou visant à favoriser l’égalité de genre, la mixité des publics et la lutte contre toute forme de discrimination.&lt;/p&gt;&lt;p&gt;Les objectifs&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans l&amp;#039;objectif du FSE&amp;#43; d&amp;#039;une Europe plus sociale et inclusive mettant en oeuvre le socle européen des droits sociaux. Les actions soutenues sont donc les suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’accessibilité et la lisibilité de l’offre d’orientation et de formation :&lt;ul&gt;&lt;li&gt;Actions d’accompagnement des publics visant à leur faire prendre connaissance de la diversité des métiers existants, les informer sur les voies d’accès à ces métiers et éviter le phénomène d’auto-censure,&lt;/li&gt;&lt;li&gt;Actions de promotion de l’apprentissage, de promotion des métiers et actions de valorisation/découverte des métiers comme une voie d’insertion durable vers l’emploi,&lt;/li&gt;&lt;li&gt;Développer une offre de services orientée vers les nouvelles générations via le développement d’outils innovants et de modalités d’informations interactives et pédagogiques qui favorisent les supports digitaux, l’appropriation et l’autonomie des publics, et répondent aux nouveaux usages (réalité virtuelle, plateformes de mise en relation, outils de test des « soft skills » etc.)&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Levée de freins à l’insertion ou la réinsertion :&lt;ul&gt;&lt;li&gt;Actions de déconstruction des stéréotypes en faveur des personnes en situation de handicap ou celles souffrant de discriminations ou des femmes et minorités de genre, notamment par le biais de projets s’inscrivant dans une démarche d’innovation sociale,&lt;/li&gt;&lt;li&gt;Actions d’orientation de ces publics notamment vers des métiers où ces personnes sont sous représentées,&lt;/li&gt;&lt;li&gt;Actions de promotion de l’égalité des chances et des droits dans le cadre de l’orientation,&lt;/li&gt;&lt;li&gt;Actions d’accompagnement vers l’emploi des personnes en situation de handicap mental ou moteur,&lt;/li&gt;&lt;li&gt;Actions d’accompagnement, de sensibilisation et d’information dans le cadre de la lutte contre l’illettrisme et l’illectronisme et développement d’innovations pédagogiques en la matière.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N244" s="1" t="inlineStr">
+      <c r="N242" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O244" s="1" t="inlineStr">
+      <c r="O242" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P244" s="1" t="inlineStr">
+      <c r="P242" s="1" t="inlineStr">
         <is>
           <t>10/02/2025</t>
         </is>
       </c>
-      <c r="Q244" s="1" t="inlineStr">
+      <c r="Q242" s="1" t="inlineStr">
         <is>
           <t>20/01/2026</t>
         </is>
       </c>
-      <c r="R244" s="1" t="inlineStr">
+      <c r="R242" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Acteurs publics ou privés œuvrant dans le champ de l’orientation et de l’information des métiers, notamment les acteurs de l’orientation et de la formation (Association régionale des missions locales, missions locales, Cité des Métiers, Universités, CARIF-OREF, Opérateurs de compétences, etc.) ainsi que les associations, branches professionnelles, chambres consulaires, partenaires sociaux, groupement d’entreprises et établissements publics ou collectivités territoriales, etc. œuvrant dans le champ de l’orientation et de l’information des métiers, de la formation et de l’accompagnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S244" s="1" t="inlineStr">
+      <c r="S242" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T244" s="1" t="inlineStr">
+      <c r="T242" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U242" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V242" s="1" t="inlineStr">
+        <is>
+          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi</t>
+        </is>
+      </c>
+      <c r="X242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Se référer à la partie 7 de l&amp;#039;AAP &amp;#34;Procédure de candidature à l&amp;#039;appel à projets&amp;#34;. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y242" s="1" t="inlineStr">
+        <is>
+          <t>jpderai@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z242" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi-1/</t>
+        </is>
+      </c>
+      <c r="AA242" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" spans="1:27" customHeight="0">
+      <c r="A243" s="1">
+        <v>165312</v>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Aides individuelles aux certifications CléA</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Aides individuelles aux certifications CléA</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G243" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K243" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides individuelles régionales aux certifications CléA permettent de développer l&amp;#039;employabilité des personnes peu ou pas qualifiées, par l&amp;#039;obtention d&amp;#039;un certificat directement mobilisable auprès d&amp;#039;un employeur. La certification CléA est obtenue à la suite d&amp;#039;une évaluation des connaissances et des compétences par un organisme évaluateur. 2 certifications sont proposées : CléA Socle de connaissances et compétences professionnelles et CléA Numérique.&lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Reprendre confiance en soi par la reconnaissance de ses connaissances et compétences professionnelles, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accéder si besoin à un parcours de formation et accroître ainsi ses qualifications,  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir une certification reconnue et mobilisable directement auprès des employeurs. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Il existe 2 types d’évaluation : une évaluation initiale et une évaluation finale. &lt;/p&gt;&lt;p&gt;Si l’évaluation initiale ne conduit pas à l’obtention de la certification visée, une formation pourra vous être proposée à l’issue de laquelle il vous sera possible de représenter votre candidature à une évaluation dite « finale ». &lt;/p&gt;&lt;p&gt;L’aide individuelle est forfaitaire. Son montant s’élève à :  &lt;/p&gt;&lt;p&gt;CléA socle de connaissances et compétences professionnelles : &lt;/p&gt;&lt;p&gt;450 € pour une évaluation initiale&lt;/p&gt;&lt;p&gt;250 € pour une évaluation finale&lt;/p&gt;&lt;p&gt;CléA numérique :  &lt;/p&gt;&lt;p&gt;300 € pour une évaluation initiale&lt;/p&gt;&lt;p&gt;150 € pour une évaluation finale&lt;/p&gt;&lt;p&gt;En cas d&amp;#039;accord, l&amp;#039;aide est versée directement à l&amp;#039;organisme évaluateur à l&amp;#039;issue de l&amp;#039;évaluation. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N243" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O243" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Les néo-aquitains à la recherche d&amp;#039;un emploi. &lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Le service instructeur de la Région étudie l&amp;#039;ensemble de votre dossier de demande et les pièces justificatives fournies.&lt;/p&gt;&lt;p&gt;L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;le dossier devra être déposé complet 3 semaines avant la date de démarrage de l&amp;#039;évaluation,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;organisme évaluateur devra être situé sur le territoire de la Nouvelle-Aquitaine et détenir une habilitation délivrée par Certif Pro permettant de couvrir la durée de l&amp;#039;évaluation présentée dans le dossier de demande.  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U243" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V243" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aides-individuelles-aux-certifications-clea</t>
+        </is>
+      </c>
+      <c r="X243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Le dépôt de votre dossier s&amp;#039;effectue sur notre plateforme en ligne, Mes démarches en Nouvelle-Aquitaine. Cette plateforme est accessible via le bouton « Créer mon dossier », en bas de cette page.&lt;/p&gt;&lt;p&gt;Chaque certification (Socle / Numérique) devra faire l&amp;#039;objet d&amp;#039;un dossier de demande. &lt;/p&gt;&lt;p&gt;Chaque type d&amp;#039;évaluation (Initiale / Finale) devra également faire l&amp;#039;objet d&amp;#039;un dossier de demande. &lt;/p&gt;&lt;p&gt;Pour déposer votre demande, il est nécessaire de créer un compte sur notre plateforme, si vous n&amp;#039;en possédez pas déjà un.&lt;/p&gt;&lt;p&gt;Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;/p&gt;&lt;p&gt;Par la suite, vous pourrez suivre l&amp;#039;avancée du traitement de votre demande en vous connectant à votre compte.&lt;/p&gt;&lt;p&gt;Le formulaire de demande est à compléter et soumettre en ligne, accompagné des pièces suivantes :&lt;/p&gt;&lt;p&gt;une pièce d’identité en cours de validité (carte nationale d’identité, passeport, titre de séjour autorisant à travailler en France métropolitaine),&lt;/p&gt;&lt;p&gt;un justificatif de moins de 3 mois permettant d’attester le lieu de résidence principale,  &lt;/p&gt;&lt;p&gt;un devis établi par l’organisme évaluateur, à vos nom/prénom, le devis type : &amp;#34;DEVIS_TYPE_CLEA&amp;#34; est téléchargeable ci-dessous. &lt;/p&gt;&lt;p&gt;Une fois votre dossier validé, le service instructeur de la Région vérifie la complétude du dossier.&lt;/p&gt;&lt;p&gt;Votre dossier est ensuite instruit. La décision vous est notifiée par mail.&lt;/p&gt;&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Le dépôt d&amp;#039;un dossier de demande est possible tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;Il devra être déposé complet 3 semaines avant la date de démarrage de l&amp;#039;évaluation. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y243" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z243" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-individuelles-aux-certifications-clea/</t>
+        </is>
+      </c>
+      <c r="AA243" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" spans="1:27" customHeight="0">
+      <c r="A244" s="1">
+        <v>165491</v>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G244" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H244" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K244" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;MTJ - Mécanisme pour une Transition Juste - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;630 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 630 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic Framework loans :  &lt;ul&gt;    &lt;li&gt;les prêts-cadres demandés à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;pour le topic Standalone projects :  &lt;ul&gt;    &lt;li&gt;les prêts demandés directement à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;les prêts demandés par l&amp;#039;intermédiaire des intermédiaires financiers de la BEI doivent être d&amp;#039;au moins 1 million d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectif&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les initiatives qui répondent aux défis sociaux, économiques et environnementaux liés à la transition vers les objectifs climatiques et énergétiques de l&amp;#039;Union européenne pour 2030&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Investissements dans les énergies renouvelables et la mobilité verte et durable, y compris la promotion de l&amp;#039;hydrogène vert&lt;/li&gt;    &lt;li&gt;Réseau de chauffage urbain efficace&lt;/li&gt;    &lt;li&gt;Recherche publique&lt;/li&gt;    &lt;li&gt;Numérisation&lt;/li&gt;    &lt;li&gt;Infrastructures environnementales pour une gestion intelligente des déchets et de l&amp;#039;eau&lt;/li&gt;    &lt;li&gt;Energie durable, efficacité énergétique et mesures d&amp;#039;intégration, y compris rénovations et conversions de bâtiments&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 24 et 60 mois.&lt;/li&gt;  &lt;/ul&gt;  Des projets d&amp;#039;une durée plus courte ou plus longue peuvent être acceptés dans des cas dûment justifiés.  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/jtm/wp-call/2026/call-fiche_jtm-2026-pslf_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;JTM-2026-PSLF&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://cinea.ec.europa.eu/just-transition-mechanism_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/jtm" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N244" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Accès aux services
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Bâtiments et construction
+Emploi
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O244" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P244" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q244" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2026</t>
+        </is>
+      </c>
+      <c r="R244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;Être des personnes morales (organismes publics ou organismes privés chargés d&amp;#039;une mission de service public) établies dans un État membre de l&amp;#039;UE&lt;/p&gt;&lt;p&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S244" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U244" s="1" t="inlineStr">
         <is>
-          <t>Provence-Alpes-Côte d'Azur</t>
+          <t>Europe</t>
         </is>
       </c>
       <c r="V244" s="1" t="inlineStr">
         <is>
-          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi</t>
-[...4 lines deleted...]
-          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi</t>
+          <t>https://www.welcomeurope.com/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
         </is>
       </c>
       <c r="X244" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Se référer à la partie 7 de l&amp;#039;AAP &amp;#34;Procédure de candidature à l&amp;#039;appel à projets&amp;#34;. &lt;/p&gt;</t>
+          <t>&lt;p&gt;Contact: CINEA-JTM-PSLF&amp;#64;ec.europa.eu&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y244" s="1" t="inlineStr">
         <is>
-          <t>jpderai@maregionsud.fr</t>
+          <t>msilva@welcomeurope.com</t>
         </is>
       </c>
       <c r="Z244" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
         </is>
       </c>
       <c r="AA244" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:27" customHeight="0">
       <c r="A245" s="1">
-        <v>165292</v>
+        <v>165504</v>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>CERV – Appel à propositions pour promouvoir l’égalité et lutter contre le racisme, la xénophobie et toutes les autres formes de discrimination – 2025</t>
+          <t>DIGITAL EUROPE- Accélérer l'utilisation optimale des technologies - 2025</t>
         </is>
       </c>
       <c r="D245" s="1" t="inlineStr">
         <is>
-          <t>CERV – Appel à propositions pour promouvoir l’égalité et lutter contre le racisme, la xénophobie et toutes les autres formes de discrimination – 2025</t>
+          <t>DIGITAL EUROPE- Accélérer l'utilisation optimale des technologies - 2025</t>
         </is>
       </c>
       <c r="E245" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
       <c r="G245" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
+      <c r="H245" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
       <c r="K245" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
       <c r="L245" s="1" t="inlineStr">
         <is>
-          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;CERV - Programme Citoyenneté, Egalité, Droits et Valeurs - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;20 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic  &lt;ul&gt;    &lt;li&gt;CERV-2025-EQUALRACI-DISC, CERV-2025-EQUALDIVERSITYMGT, CERV-2025-EQUALLGBTIQ, CERV-2025-EQUALRESTRICTED : 13,200,000 euros&lt;/li&gt;    &lt;li&gt;CERV-2025-EQUALANTISEMITISM, CERV-2025-EQUALANTIMUSLIM : 6,800,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;CERV-2025-EQUALRACI-DISC, CERV-2025-EQUALDIVERSITYMGT : entre 150,000 et 750,000 euros&lt;/li&gt;    &lt;li&gt;CERV-2025-EQUALANTISEMITISM, CERV-2025-EQUALANTIMUSLIM : entre 100,000 et 500,000 euros&lt;/li&gt;    &lt;li&gt;CERV-2025-EQUALLGBTIQ : entre 150,000 et 500,000 euros&lt;/li&gt;    &lt;li&gt;CERV-2025-EQUALRESTRICTED : maximum 100 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 90% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Promouvoir l&amp;#039;égalité et prévenir ainsi que combattre les inégalités et les discriminations fondées sur le sexe, l&amp;#039;origine raciale ou ethnique, la religion ou les convictions, le handicap, l&amp;#039;âge ou l&amp;#039;orientation sexuelle, dans le respect du principe de non-discrimination tel que prévu à l&amp;#039;article 21 de la Charte des droits fondamentaux de l&amp;#039;Union européenne&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;élaboration et la mise en œuvre de politiques globales et d&amp;#039;une approche intersectionnelle pour lutter contre le racisme, la xénophobie, l’antitsiganisme, la LGBTIQ-phobie, l’antisémitisme, la haine anti-musulmane et toutes les formes de discrimination et d’intolérance, en ligne comme hors ligne&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1: Lutte contre la discrimination, le racisme, la xénophobie et les autres formes d’intolérance, y compris l’antitsiganisme, le racisme anti-Noir et le racisme anti-Asiatique&lt;/li&gt;    &lt;li&gt;Priorité 2: Lutte contre l’antisémitisme&lt;/li&gt;    &lt;li&gt;Priorité 3: Lutte contre la haine à l’égard des personnes musulmanes&lt;/li&gt;    &lt;li&gt;Priorité 4: Promotion de la gestion de la diversité et de l’inclusion sur le lieu de travail, tant dans le secteur public que privé&lt;/li&gt;    &lt;li&gt;Priorité 5: Lutte contre les discriminations à l’égard des personnes LGBTIQ et promotion de l’égalité LGBTIQ&lt;/li&gt;    &lt;li&gt;Priorité 6: Soutien aux autorités publiques pour lutter contre le racisme, la xénophobie, la LGBTIQ-phobie et toutes les autres formes d’intolérance, y compris la discrimination intersectionnelle&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Parmi les actions financées&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Renforcement des coalitions et du développement des capacités&lt;/li&gt;    &lt;li&gt;Formation des professionnel·le·s et des victimes&lt;/li&gt;    &lt;li&gt;Sensibilisation (médias, campagnes, réseaux sociaux)&lt;/li&gt;    &lt;li&gt;Collecte de données, suivi et rapports&lt;/li&gt;    &lt;li&gt;Soutien aux victimes (sensible au genre et à l’âge)&lt;/li&gt;    &lt;li&gt;Élaboration et mise en œuvre de stratégies/plans d’action&lt;/li&gt;    &lt;li&gt;Formation des autorités publiques et des forces de l’ordre&lt;/li&gt;    &lt;li&gt;Amélioration des systèmes de données sur l’égalité&lt;/li&gt;    &lt;li&gt;Lutte contre la sous-déclaration&lt;/li&gt;    &lt;li&gt;Renforcement de la confiance entre les communautés et les autorités&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Eligibilité &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une entité juridique&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;États non membres de l’UE : pays associés au programme CERV ou pays en cours de négociation d’un accord d’association, à condition que l’accord entre en vigueur avant la signature de la subvention (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/cerv/guidance/list-3rd-country-participation_cerv_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d’au moins 2 entités, établis dans le même pays éligible ou provenant de différents pays éligibles doit être constitué&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Informations complémentaires &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;CERV-2025-EQUALRACI-DISC, CERV-2025-EQUALANTISEMITISM, CERV-2025-EQUALANTIMUSLIM, CERV-2025-EQUALRESTRICTED : entre 12 et 24 mois&lt;/li&gt;    &lt;li&gt;CERV-2025-EQUALDIVERSITYMGT, CERV-2025-EQUALLGBTIQ : entre 12 et 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact :  &lt;ul&gt;    &lt;li&gt;CERV-2025-EQUALRACI-DISC, CERV-2025-EQUALDIVERSITYMGT, CERV-2025-EQUALLGBTIQ, CERV-2025-EQUALRESTRICTED : &lt;a rel="noopener"&gt;EC-CERV-CALLS&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;CERV-2025-EQUALANTISEMITISM, CERV-2025-EQUALANTIMUSLIM : &lt;a rel="noopener"&gt;EACEACERV&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Utile &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/cerv/wp-call/2025/call-fiche_cerv-2025-equal_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;CERV-2025-EQUAL&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://commission.europa.eu/funding-tenders/find-funding/eu-funding-programmes/citizens-equality-rights-and-values-programme/citizens-equality-rights-and-values-programme-overview_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://commission.europa.eu/funding-tenders/find-funding/eu-funding-programmes/citizens-equality-rights-and-values-programme/citizens-equality-rights-and-values-programme-overview_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;15 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 15 million euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-WALLET: 10 millions euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-MDL: 5 millions euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir la délivrance et la certification des portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE conformément au règlement&lt;/li&gt;    &lt;li&gt;Soutenir le développement des marchés publics dans le contexte des portefeuilles d&amp;#039;entreprise européens&lt;/li&gt;    &lt;li&gt;Financer le développement de solutions modulaires de portefeuille d&amp;#039;identité numérique de l&amp;#039;UE et la fourniture de services d&amp;#039;assistance grâce à la coopération conjointe des États membres&lt;/li&gt;    &lt;li&gt;Soutenir la délivrance et l&amp;#039;acceptation des permis de conduire mobiles délivrés aux portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2025/call-fiche_digital-2025-bestuse-tech-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2025-BESTUSE-TECH-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N245" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
-Sports et loisirs
 Santé
 Education et renforcement des compétences
+Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
-Economie sociale et solidaire
+Revitalisation
 Innovation, créativité et recherche
 Emploi
-Sécurité</t>
+Industrie
+Fiscalité des entreprises</t>
         </is>
       </c>
       <c r="O245" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="P245" s="1" t="inlineStr">
         <is>
-          <t>15/07/2025</t>
+          <t>09/10/2025</t>
         </is>
       </c>
       <c r="Q245" s="1" t="inlineStr">
         <is>
-          <t>23/10/2025</t>
+          <t>09/12/2025</t>
+        </is>
+      </c>
+      <c r="R245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des entités juridiques (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur propositionUn consortium composé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- d&amp;#039;au moins 5 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué ( DIGITAL-2025-BESTUSE-TECH-09-WALLET)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 2 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doivent être constituées (DIGITAL-2025-BESTUSE-TECH-09-MDL)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S245" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U245" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
       <c r="V245" s="1" t="inlineStr">
         <is>
-          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CERV-2025-EQUAL-RACI-DISC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=Racism,%20xenophobia,%20and%20other%20forms%20of%20intolerance&amp;isExactMatch=true&amp;status=31094501,31094502&amp;startDate=%5Bobject%20Object%5D&amp;deadlineDate=%5Bobject%20Object%5D</t>
-[...4 lines deleted...]
-          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CERV-2025-EQUAL-RACI-DISC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=Racism,%20xenophobia,%20and%20other%20forms%20of%20intolerance&amp;isExactMatch=true&amp;status=31094501,31094502&amp;startDate=%5Bobject%20Object%5D&amp;deadlineDate=%5Bobject%20Object%5D</t>
+          <t>https://www.welcomeurope.com/europe-numerique-accelerer-lutilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="X245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y245" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
       <c r="Z245" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/cerv-appel-a-propositions-pour-promouvoir-legalite-et-lutter-contre-le-racisme-la-xenophobie-et-toutes-les-autres-formes-de-discrimination-2025/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2025/</t>
         </is>
       </c>
       <c r="AA245" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:27" customHeight="0">
       <c r="A246" s="1">
-        <v>165312</v>
+        <v>165509</v>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Aides individuelles aux certifications CléA</t>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
         </is>
       </c>
       <c r="D246" s="1" t="inlineStr">
         <is>
-          <t>Aides individuelles aux certifications CléA</t>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
         </is>
       </c>
       <c r="E246" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Commission européenne</t>
         </is>
       </c>
       <c r="G246" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H246" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K246" s="1" t="inlineStr">
         <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N246" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O246" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P246" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q246" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S246" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U246" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V246" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y246" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z246" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA246" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" spans="1:27" customHeight="0">
+      <c r="A247" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C247" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G247" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H247" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I247" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K247" s="1" t="inlineStr">
+        <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L246" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Formation professionnelle
+      <c r="L247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N247" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
 Emploi
-Attractivité économique</t>
-[...2 lines deleted...]
-      <c r="O246" s="1" t="inlineStr">
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O247" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R246" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA246" s="1" t="inlineStr">
+      <c r="P247" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q247" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S247" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T247" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U247" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V247" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y247" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z247" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA247" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" spans="1:27" customHeight="0">
+      <c r="A248" s="1">
+        <v>165523</v>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Monter des projets dans les QPV</t>
+        </is>
+      </c>
+      <c r="C248" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets 2026 des crédits de l’Etat au titre de la politique de la ville (BOP 147) Contrats de ville « Engagements quartiers 2030</t>
+        </is>
+      </c>
+      <c r="G248" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H248" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I248" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K248" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La politique de la ville a pour objectif la réduction des inégalités entre les territoires en mobilisant des crédits spécifiques au bénéfice des habitants des quartiers les plus fragiles, en complément des crédits du droit commun. Chaque année, l’État mobilise des moyens financiers pour soutenir la mise en œuvre de projets sur ces quartiers prioritaires de la politique de la ville (QPV). 
+&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N248" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Lutte contre la précarité
+Emploi
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O248" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P248" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="Q248" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2025</t>
+        </is>
+      </c>
+      <c r="S248" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T248" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U248" s="1" t="inlineStr">
+        <is>
+          <t>Val-de-Marne</t>
+        </is>
+      </c>
+      <c r="V248" s="1" t="inlineStr">
+        <is>
+          <t>https://www.val-de-marne.gouv.fr/index.php/Actions-de-l-Etat/Egalite-des-chances-dans-le-Val-de-Marne/Appels-a-projets/Appel-a-projets-2026-Contrats-de-ville-Engagements-quartiers-2030</t>
+        </is>
+      </c>
+      <c r="W248" s="1" t="inlineStr">
+        <is>
+          <t>https://usager-dauphin.anct.gouv.fr/aides/</t>
+        </is>
+      </c>
+      <c r="X248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;liste des contacts à télécharger sur le lien ci dessus&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y248" s="1" t="inlineStr">
+        <is>
+          <t>corentin.burger@val-de-marne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z248" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/monter-des-projets-dans-les-qpv/</t>
+        </is>
+      </c>
+      <c r="AA248" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>