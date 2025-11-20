--- v0 (2025-10-02)
+++ v1 (2025-11-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA136"/>
+  <dimension ref="A1:AA139"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -5539,55 +5539,50 @@
         </is>
       </c>
       <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="W24" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
@@ -8060,55 +8055,50 @@
       </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U29" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V29" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W29" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
       <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
@@ -11799,51 +11789,51 @@
           <t>https://aides-territoires.beta.gouv.fr/aides/bf4b-soutien-aux-parcs-naturels-regionaux-des-pays/</t>
         </is>
       </c>
       <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:27" customHeight="0">
       <c r="A50" s="1">
         <v>104710</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
@@ -13994,55 +13984,50 @@
         </is>
       </c>
       <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U58" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -15765,55 +15750,50 @@
  &lt;/li&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Privés
  &lt;/li&gt;
  &lt;li&gt;
   Industriels
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V67" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W67" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/analyses-environnementales/</t>
         </is>
       </c>
       <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Drôme Laboratoire
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
     laboratoire&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04.75.81.70.70
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
     www.ladromelaboratoire.fr
    &lt;/a&gt;
@@ -16378,55 +16358,50 @@
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ensemble des aides publiques reçues pour cet achat ne doit pas dépasser 50 % du prix total du véhicule.
 &lt;/p&gt;
 &lt;p&gt;
  C&amp;#039;est au bénéficiaire de s&amp;#039;assurer qu&amp;#039;il respecte ce taux.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V70" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W70" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/dispositif-vehicules-propres-acquisition-de-vehicules-hydrogene-par-les-petites-entreprises</t>
         </is>
       </c>
       <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les modalités de contact sont disponibles via le lien vers le
  &lt;a href="https://www.iledefrance.fr/aides-et-appels-a-projets/acquisition-de-vehicules-propres-par-les-communes-et-les-professionnels" target="_self"&gt;
   descriptif complet
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>cae.admin@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ef30-acquisition-de-vehicules-propres-par-les-prof/</t>
         </is>
       </c>
@@ -19896,55 +19871,50 @@
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
       <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U85" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
       <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230418/sobriete-resilience-territoires</t>
         </is>
       </c>
-      <c r="W85" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X85" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
          sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cbf3-sobriete-et-resilience-des-territoires/</t>
         </is>
       </c>
       <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:27" customHeight="0">
       <c r="A86" s="1">
         <v>142830</v>
@@ -20658,55 +20628,50 @@
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Qualité de l'air</t>
         </is>
       </c>
       <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U90" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V90" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W90" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/qualite-air-exterieur-conseils-accompagnement-actions</t>
         </is>
       </c>
       <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
       <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bdd-agir-sur-la-qualite-de-lair-exterieur-conseil/</t>
         </is>
       </c>
       <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -21114,557 +21079,299 @@
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
       <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
       <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:27" customHeight="0">
       <c r="A93" s="1">
-        <v>144996</v>
+        <v>147706</v>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Contribuer à la sobriété énergétique</t>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>AIDE À LA TRANSITION ÉNERGETIQUE</t>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Bouches-du-Rhône</t>
+          <t>Perche Ornais (PETR)</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
-        <is>
-[...261 lines deleted...]
-      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I94" s="1" t="inlineStr">
+      <c r="I93" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P94" s="1" t="inlineStr">
+      <c r="P93" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q94" s="1" t="inlineStr">
+      <c r="Q93" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
+      <c r="R93" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T94" s="1" t="inlineStr">
+      <c r="T93" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-      <c r="A95" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>150687</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -21705,202 +21412,202 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T95" s="1" t="inlineStr">
+      <c r="T94" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-      <c r="A96" s="1">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>153399</v>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Développer des projets ruraux en Seine Aval</t>
         </is>
       </c>
-      <c r="C96" s="1" t="inlineStr">
+      <c r="C95" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D96" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="F96" s="1" t="inlineStr">
+      <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France
 Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
         </is>
       </c>
-      <c r="G96" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I96" s="1" t="inlineStr">
+      <c r="I95" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J96" s="1" t="inlineStr">
+      <c r="J95" s="1" t="inlineStr">
         <is>
           <t>Dépend du régime d'aide qui s'applique pour le projet</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
 &lt;/p&gt;
 &lt;p&gt;
  Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
 &lt;/p&gt;
 &lt;p&gt;
  -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
 &lt;/p&gt;
 &lt;p&gt;
  -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
 &lt;/p&gt;
 &lt;p&gt;
  -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M96" s="1" t="inlineStr">
+      <c r="M95" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation d&amp;#039;un atelier de transformation
  &lt;/li&gt;
  &lt;li&gt;
   Communication autour de la valorisation des co-produits agricoles
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de points de vente de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
  &lt;/li&gt;
  &lt;li&gt;
   Financement de food-truck de produits de locaux
  &lt;/li&gt;
  &lt;li&gt;
   Plantation de haies
  &lt;/li&gt;
  &lt;li&gt;
   Restructuration de foncier forestier
@@ -21922,51 +21629,51 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un gîte touristique
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;aires de repos pour les randonneurs
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;un festival agricole
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un jardin pédagogique
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
@@ -21987,196 +21694,196 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Inclusion numérique
 Protection animale</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A établir avec l&amp;#039;animatrice selon le projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T96" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="V96" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://leaderseineaval.com/</t>
         </is>
       </c>
-      <c r="X96" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Margaux GROSJEAN
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   margaux.grosjean&amp;#64;safer-idf.com
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  06 37 01 89 44
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>margaux.grosjean@safer-idf.com</t>
         </is>
       </c>
-      <c r="Z96" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
         </is>
       </c>
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-      <c r="A97" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>158480</v>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D97" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G97" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -22208,1160 +21915,1125 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P97" s="1" t="inlineStr">
+      <c r="P96" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R97" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W97" s="1" t="inlineStr">
+      <c r="W96" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X97" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-      <c r="A98" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>161700</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
         </is>
       </c>
-      <c r="W98" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>161727</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné pendant 4 ans dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie locale et circuits courts
 Qualité de l'air
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>161737</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Aider à la mise en œuvre d’actions structurantes pour améliorer la qualité de l'air</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Amélioration de la qualité de l’air dans les territoires PPA ou en dépassements récents</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les projets permettant une amélioration de la qualité de l’air extérieur. &lt;/p&gt;&lt;p&gt;Les actions soutenues par l&amp;#039;ADEME viseront une réduction de NO₂, de particules PM10, PM2.5 ou d&amp;#039;O₃ mais pourront aussi concerner d’autres polluants réglementés (COVNM (composés organiques volatil non méthanique), SO₂, HAP (Hydrocarbure aromatique polycyclique)).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets jugés prioritaires seront ceux s&amp;#039;insérant dans un &lt;strong&gt;programme d&amp;#039;actions structuré visant à améliorer la qualité de l&amp;#039;air&lt;/strong&gt; sur le territoire (par exemple : programmation pluriannuelle, reproductibilité, objectifs clairement définis..). Les &lt;strong&gt;gains attendus sur la qualité de l&amp;#039;air&lt;/strong&gt; (NO₂, particules, ozone et autres polluants réglementés) seront clairement définis au regard de la situation du territoire.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les projets suivants :&lt;br /&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des &lt;strong&gt;études permettant d’aboutir à une mise en œuvre opérationnelle d’actions&lt;/strong&gt; permettant de réduire les émissions de polluants atmosphériques réglementés pour les zones concernées.&lt;/li&gt;&lt;li&gt;De la &lt;strong&gt;communication, animation, sensibilisation&lt;/strong&gt; intégrant les changements pérennes de pratiques.&lt;/li&gt;&lt;li&gt;Certains &lt;strong&gt;investissements&lt;/strong&gt; comme ceux relatifs à l&amp;#039;électrification des navires à quai, aux alternatives au brûlage des déchets verts ou ceux permettant d&amp;#039;atteindre un niveau de réduction en polluants (au delà du niveau réglementaire). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets pourront concerner notamment les thématiques (liste non exhaustive) :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;Combustion de      biomasse&lt;/strong&gt; : &lt;ul&gt;&lt;li&gt;réduction des émissions des chaufferies existantes au-delà      de la réglementation, notamment celles dépourvues de systèmes de      filtration&lt;/li&gt;&lt;li&gt;alternatives au brûlage à l’air libre des déchets verts&lt;/li&gt;&lt;li&gt;chauffage domestique au bois : campagnes      d’animation/sensibilisation/communication vers les particuliers et/ou      professionnels non lié à la mise en place d’un fonds Air-Bois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mobilité&lt;/strong&gt; : active, partagée, report modal…&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Transports &lt;/strong&gt;: routier, maritime, fluvial, logistique, électrification de navires/bateaux de transport de marchandises ou voyageurs pour un branchement à quai…&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Industrie&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Agriculture.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Sensibilisation, accompagnement au changement de comportement&lt;/strong&gt; des particuliers.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide n’est pas systématique et dépendra de l’impact du projet sur la réduction des émissions de polluants et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Nous vous conseillons de vous rapprocher de la Direction Régionale dont vous dépendez pour vérifier si vous êtes sur un territoire éligible et si  votre projet rentre bien dans ce dispositif d&amp;#039;aide. Le cas échéant, vous pourrez être orienté vers un autre financement. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Qualité de l'air</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>regions_02_11_28_44_76_84_93</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/amelioration-qualite-lair-territoires-ppa-depassements-recents</t>
         </is>
       </c>
-      <c r="W100" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>161739</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Tremplin pour la transition écologique des PME</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Qualité de l'air
 Biodiversité
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
         </is>
       </c>
-      <c r="W101" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>161740</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Aides aux actions ponctuelles</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-actions-ponctuelles</t>
         </is>
       </c>
-      <c r="W102" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>161751</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Aides aux relais</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>161783</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Créer et financer le fonctionnement des observatoires territoriaux Climat Air Energie</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U103" s="1" t="inlineStr">
         <is>
-          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V103" s="1" t="inlineStr">
         <is>
-          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
-[...4 lines deleted...]
-          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aide-a-creation-fonctionnement-observatoires-territoriaux</t>
         </is>
       </c>
       <c r="X103" s="1" t="inlineStr">
         <is>
-          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z103" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux/</t>
         </is>
       </c>
       <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:27" customHeight="0">
       <c r="A104" s="1">
-        <v>161783</v>
+        <v>162219</v>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Créer et financer le fonctionnement des observatoires territoriaux Climat Air Energie</t>
+          <t>Soutenir des projets d’investissements industriels structurants et aux impacts positifs importants</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
-          <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
-          <t>Association</t>
+          <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L104" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Les projets éligibles au fonds vert sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet 1 : à titre principal, &lt;strong&gt;des projets d’investissements industriels structurants et ambitieux sur le plan environnemental&lt;/strong&gt; (par exemple : projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, etc.) qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (cf. liste d’exemples ci-après).&lt;/p&gt;&lt;p&gt;Volet 2 : à titre auxiliaire, &lt;strong&gt;des projets d’investissements contribuant au développement des compétences&lt;/strong&gt; (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/p&gt;&lt;p&gt;Volet 3 : à titre exceptionnel, &lt;strong&gt;un soutien spécifique et renforcé aux projets d’investissements industriels structurants et ambitieux&lt;/strong&gt; sur le plan environnemental, tels que définis aux volets 1 et 2 qui contribuent à la redynamisation de territoires « rebond industriel » (territoires confrontés à de fortes difficultés industrielles ou des restructurations importantes de chaînes de valeur, qui bénéficient spécifiquement d’un accompagnement en ingénierie par l’Agence Nationale de la Cohésion des Territoires (ANCT) dans une limite de 3 territoires par an).&lt;/p&gt;&lt;p&gt;Pour candidater &lt;a target="_blank" href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie"&gt;rendez-vous sur le site démarche simplifiée&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N104" s="1" t="inlineStr">
-        <is>
-[...99 lines deleted...]
-      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/fonds-vert-territoires-dindustrie-transition-ecologique</t>
         </is>
       </c>
-      <c r="W105" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>162526</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets favorables à la transition écologique</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Un territoire résilient face au changement climatique</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F106" s="1" t="inlineStr">
+      <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I106" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Sols
 Economie circulaire
 Qualité de l'air
 Biodiversité</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P106" s="1" t="inlineStr">
+      <c r="P105" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q106" s="1" t="inlineStr">
+      <c r="Q105" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>162563</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I107" s="1" t="inlineStr">
+      <c r="I106" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J107" s="1" t="inlineStr">
+      <c r="J106" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
+      <c r="M106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -23400,439 +23072,434 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>162938</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C107" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I108" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P108" s="1" t="inlineStr">
+      <c r="P107" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q108" s="1" t="inlineStr">
+      <c r="Q107" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>162966</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
         </is>
       </c>
-      <c r="W109" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>162982</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C110" s="1" t="inlineStr">
+      <c r="C109" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I110" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -23875,506 +23542,506 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P110" s="1" t="inlineStr">
+      <c r="P109" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q110" s="1" t="inlineStr">
+      <c r="Q109" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>163012</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
         </is>
       </c>
-      <c r="C111" s="1" t="inlineStr">
+      <c r="C110" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F111" s="1" t="inlineStr">
+      <c r="F110" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I111" s="1" t="inlineStr">
+      <c r="I110" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J111" s="1" t="inlineStr">
+      <c r="J110" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
 territoire de campagne vivante et productive, au cadre de vie agréable et qui
 accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
 vie, de s’adapter au changement climatique et de réduire son impact environnemental,
 le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
 consommation, de sa production d’énergie et de son environnement (qualité des
 paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
 son écosystème d’acteurs permet de mettre l’accent sur les actions de
 prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
 à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
      la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
      les initiatives, les expérimentations et les actions favorisant la
      connaissance et la préservation de l’environnement et des ressources
      naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
      bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
 &lt;span&gt;Privilégier de nouvelles filières économiques,
 notamment l’économie circulaire et les filières de matériaux biosourcés ou
 géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M111" s="1" t="inlineStr">
+      <c r="M110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Etudes
      visant à consolider le projet du porteur de projet dans le domaine de la
      ressource énergétique, de la préservation de l’environnement et de la
      biodiversité : études stratégiques, diagnostics préalables, audits, études
      de faisabilité, études de potentiels énergétiques (par exemple schéma
      directeur d’aménagement lumière, atlas de la biodiversité, schéma des
      énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Campagnes
      de sensibilisation, animations notamment pédagogiques, actions
      d’information, de communication de conseil et organisation d’évènements
      sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
       transition énergétique en faveur de la sobriété des consommations
       énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
       développement des activités relevant du domaine de l’économie circulaire
       et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
       démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
 travaux de structuration de sites pour accueillir du public (faciliter les
 visites de sites) et restauration environnementale (jardins pédagogiques,
 milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Santé
 Qualité de l'air
 Biodiversité
 Paysage
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
+      <c r="P110" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q111" s="1" t="inlineStr">
+      <c r="Q110" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>163091</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Financer des actions en faveur de la santé environnementale</t>
         </is>
       </c>
-      <c r="C112" s="1" t="inlineStr">
+      <c r="C111" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D112" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Fiche action 7 - Santé environnementale</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F112" s="1" t="inlineStr">
+      <c r="F111" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I112" s="1" t="inlineStr">
+      <c r="I111" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J112" s="1" t="inlineStr">
+      <c r="J111" s="1" t="inlineStr">
         <is>
           <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La santé environnementale comprend les aspects de la santé humaine, y compris la qualité de la vie, qui sont déterminés par les facteurs physiques, chimiques, biologiques, sociaux, psychosociaux et esthétiques de notre environnement. Elle concerne également la politique et les pratiques de gestion, de résorption, de contrôle et de prévention des facteurs environnementaux susceptibles d’affecter la santé des générations actuelles et futures. Dans le cadre de la stratégie territoriale, il est souhaité une meilleure appréhension des enjeux de la santé environnementale, approche complexe et sensible de la santé basée sur l’environnement (biodiversité, problématiques climatiques, espaces socialisés, humains ...) par les collectivités, les professionnels de santé et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M112" s="1" t="inlineStr">
+      <c r="M111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Conception et développement d&amp;#039;outils d&amp;#039;animation et de communication ; Accompagnement des populations&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P112" s="1" t="inlineStr">
+      <c r="P111" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q112" s="1" t="inlineStr">
+      <c r="Q111" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W112" s="1" t="inlineStr">
+      <c r="W111" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>163142</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M113" s="1" t="inlineStr">
+      <c r="M112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -24383,271 +24050,266 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W113" s="1" t="inlineStr">
+      <c r="W112" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>163154</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Aider la flotte fluviale à réduire ses impacts environnementaux et à s’adapter aux changements climatiques</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Plan d’aides à la modernisation et à l’innovation de la flotte (PAMI)</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce Plan d’aide est une réponse aux &lt;strong&gt;grands enjeux de la flotte fluviale &lt;/strong&gt;et comprend des mesures conçues afin d’atteindre les objectifs environnementaux et logistiques listés ci-dessous.&lt;/p&gt;&lt;p&gt;Pour candidater : les &lt;strong&gt;demandes d&amp;#039;aide sont à déposer exclusivement en ligne sur la plateforme web dédiée&lt;/strong&gt; de Voies Navigables de France :&lt;br /&gt;&lt;a target="_blank" href="https://portail-pami-connect.vnf.fr"&gt;PAMI Connect&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le PAMI s’articule en quatre volets d’aides :&lt;/p&gt;&lt;p&gt;Volet A&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance environnementale&lt;/strong&gt; de la flotte&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Réduire la consommation&lt;/strong&gt; en carburant, les émissions et rejets polluants&lt;/li&gt;&lt;li&gt;Encourager le &lt;strong&gt;recours à des énergies renouvelables&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimiser la gestion des énergies&lt;/strong&gt; à bord&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet B&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mieux &lt;strong&gt;intégrer le maillon fluvial aux chaînes logistiques&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Capter de nouveaux trafics&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Consolider la desserte fluviale&lt;/strong&gt; des ports maritimes&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance logistique&lt;/strong&gt; de la flotte fluviale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet C&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Accompagner le renouvellement&lt;/strong&gt; des acteurs et de la filière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet D&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Favoriser l’émergence des solutions innovantes&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P114" s="1" t="inlineStr">
+      <c r="P113" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q114" s="1" t="inlineStr">
+      <c r="Q113" s="1" t="inlineStr">
         <is>
           <t>01/10/2027</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X114" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/plan-daides-la-modernisation-et-linnovation-de-la-flotte-pami</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-daides-a-la-modernisation-et-a-linnovation-de-la-flotte-pami/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>163199</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C114" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I115" s="1" t="inlineStr">
+      <c r="I114" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -24684,314 +24346,314 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q115" s="1" t="inlineStr">
+      <c r="Q114" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>163237</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un développement territorial sobre et résilient</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I116" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J116" s="1" t="inlineStr">
+      <c r="J115" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M116" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P116" s="1" t="inlineStr">
+      <c r="P115" s="1" t="inlineStr">
         <is>
           <t>27/03/2023</t>
         </is>
       </c>
-      <c r="Q116" s="1" t="inlineStr">
+      <c r="Q115" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T116" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>163767</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>ADEME
 Agence Nationale de l'Habitat (ANAH)
 Agences de l'eau
 Agence nationale de la cohésion des territoires (ANCT)
 ALEC 42 - Agence Locale de l'Energie et du Climat
 Agence Nationale pour la Rénovation Urbaine (ANRU)
 SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
 DDT de la Loire</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -25033,2585 +24695,2659 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W117" s="1" t="inlineStr">
+      <c r="W116" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>163832</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I118" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J118" s="1" t="inlineStr">
+      <c r="J117" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M118" s="1" t="inlineStr">
+      <c r="M117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Consommation et production
 Qualité de l'air
 Réhabilitation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P118" s="1" t="inlineStr">
+      <c r="P117" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q118" s="1" t="inlineStr">
+      <c r="Q117" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W118" s="1" t="inlineStr">
+      <c r="W117" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>163977</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets AACT-AIR est ouvert à &lt;strong&gt;toute collectivité territoriale souhaitant réaliser une étude pour agir sur la qualité de l’air extérieur ou intérieur&lt;/strong&gt;. Attention, l’ADEME ne soutient pas les études obligées par des réglementations (PCAET (Plan climat-air-énergie territorial), constitution d’une ZFE pour les territoires obligés, etc.).&lt;/p&gt;&lt;p&gt;L’objectif de l’étude est de &lt;strong&gt;définir et caractériser des actions pertinentes à déployer sur le territoire pour améliorer la qualité de l&amp;#039;air.&lt;/strong&gt;&lt;br /&gt;Le sujet de l&amp;#039;étude peut être &lt;strong&gt;transversal&lt;/strong&gt; (étude stratégique, de mobilisation citoyenne, d&amp;#039;impact sanitaire…). Cette année, AACT-Air soutient de façon prioritaire l’élaboration de programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée sur la qualité de l’air ambiant.&lt;br /&gt; Le sujet d’étude peut également être &lt;strong&gt;thématique&lt;/strong&gt;, avec deux axes prioritaires : urbanisme, qualité de l’air intérieur, et les autres sujets suivants : combustion de biomasse, chantiers du BTP, agriculture ou encore mobilité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;une&lt;strong&gt; aide financière&lt;/strong&gt; : un financement vous est octroyé sous la forme d&amp;#039;une subvention. L’intensité de l’aide de l’ADEME n’excède pas 70 % des dépenses éligibles.&lt;br /&gt;Le montant de l’aide ADEME est limité :&lt;ul&gt;&lt;li&gt;À 150 000 € pour les programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée « Air ambiant ».&lt;/li&gt;&lt;li&gt;À 100 000 pour toutes les autres études.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;D&amp;#039;un &lt;strong&gt;accompagnement technique&lt;/strong&gt; : des agents ADEME spécialistes de la qualité de l&amp;#039;air et des problématiques rencontrées par les collectivités vous accompagnent dans la réalisation et la valorisation de votre étude.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans la rubrique qui suit « Préparez votre dossier - 2. Rassemblez l’ensemble des documents », les pièces requises au dépôt de dossier sont identiques quel que soit l’objet de projet que vous sélectionnerez, « Assistance à Maîtrise d’Ouvrage » ou « Études Générales ». Il reviendra à l’ADEME de déterminer quel type sera le plus approprié en fonction de la nature de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le dépôt des candidatures a lieu au plus tard le jeudi 15 mai 2025, à 15h.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://agir.ademe.fr/aides-financieres/aap/aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
         </is>
       </c>
-      <c r="W119" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair-aact-air-1/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>164016</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Recruter un prestataire chargé d'accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique.</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible ici :&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://www.territoiresentransitions.fr/programme/annuaire"&gt;territoiresentransitions.fr/programme/annuaire&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie locale et circuits courts
 Qualité de l'air
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P120" s="1" t="inlineStr">
+      <c r="P119" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q120" s="1" t="inlineStr">
+      <c r="Q119" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X120" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller-1/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>164017</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Aides aux actions ponctuelles</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P121" s="1" t="inlineStr">
+      <c r="P120" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q121" s="1" t="inlineStr">
+      <c r="Q120" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X121" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aides-aux-actions-ponctuelles</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles-1/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>164024</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Financer des postes de chargés de missions</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Aides aux relais</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets d&amp;#039;envergure et structurants pour le territoire &lt;/strong&gt;! &lt;/p&gt;&lt;p&gt;Voici des exemples de profils de postes : animateur filière bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur biodéchets, animateur filière méthanisation, animateur alimentation durable, relais Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Les cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;,&lt;/li&gt;&lt;li&gt;conseillers France rénov.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P122" s="1" t="inlineStr">
+      <c r="P121" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q122" s="1" t="inlineStr">
+      <c r="Q121" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X122" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aides-aux-relais</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais-1/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>164025</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Améliorer la qualité de l’air dans les territoires PPA ou en dépassements récents</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Amélioration de la qualité de l’air dans les territoires PPA ou en dépassements récents</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME accompagne les projets permettant une amélioration de la qualité de l’air extérieur. &lt;/p&gt;&lt;p&gt;Les actions soutenues par l&amp;#039;ADEME viseront une réduction de NO₂, de particules PM10, PM2.5 ou d&amp;#039;O₃ mais pourront aussi concerner d’autres polluants réglementés (COVNM (composés organiques volatils non méthaniques), SO₂, HAP (Hydrocarbure aromatique polycyclique)).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets jugés prioritaires seront ceux s&amp;#039;insérant dans un &lt;strong&gt;programme d&amp;#039;actions structuré visant à améliorer la qualité de l&amp;#039;air&lt;/strong&gt; sur le territoire (par exemple : programmation pluriannuelle, reproductibilité, objectifs clairement définis..). Les &lt;strong&gt;gains attendus sur la qualité de l&amp;#039;air&lt;/strong&gt; (NO₂, particules, ozone et autres polluants réglementés) seront clairement définis au regard de la situation du territoire.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les projets suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;l’&lt;strong&gt;embauche d’un chargé de mission qualité de l&amp;#039;air&lt;/strong&gt;, dont l&amp;#039;activité sera de définir et de mettre en œuvre la politique qualité de l’air du territoire en lien avec les actions prévues dans les PPA et/ou dans le cadre des PCAET ou des Plans d&amp;#039;Action pour la Qualité de l&amp;#039;Air (PAQA) (cible collectivités) ;&lt;/li&gt;&lt;li&gt;des &lt;strong&gt;études permettant d’aboutir à une mise en œuvre opérationnelle d’actions&lt;/strong&gt; permettant de réduire les émissions de polluants atmosphériques réglementés pour les zones concernées ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;de la &lt;strong&gt;communication, animation, sensibilisation&lt;/strong&gt; intégrant les changements pérennes de pratiques ;&lt;/li&gt;&lt;li&gt;certains &lt;strong&gt;investissements&lt;/strong&gt; comme ceux relatifs à l&amp;#039;électrification des navires à quai/ des postes de stationnement des avions, aux alternatives au brûlage des déchets verts ou ceux permettant d&amp;#039;atteindre un niveau de réduction en polluants (au-delà du niveau réglementaire) notamment pour les chaufferies... &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets pourront concerner notamment les thématiques (liste non exhaustive) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Combustion de      biomasse :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;réduction des émissions des chaufferies existantes au-delà      de la réglementation, notamment pour la mise en place ou l&amp;#039;amélioration de systèmes de      filtration ; les projets collectifs portés par les collectivités seront privilégiés ;&lt;/li&gt;&lt;li&gt;alternatives au brûlage à l’air libre des déchets vert notamment les actions d&amp;#039;animation ;&lt;/li&gt;&lt;li&gt;chauffage domestique au bois : campagnes      d’animation/sensibilisation/communication vers les particuliers et/ou      professionnels non liées à la mise en place d’un fonds Air-Bois.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Urbanisme intégrant une moindre exposition à la pollution de l’air ambiant :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;actions de sensibilisation et formation des acteurs de l’urbanisme à la qualité de l’air, et de communication.  &lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mobilités / transports : &lt;/strong&gt;&lt;ul&gt;&lt;li&gt;impact « qualité de l’air » de la mise en œuvre d’une zone 30, d’une zone apaisée, d’une zone avec abaissement ou hausse des vitesses des véhicules, d’un nouveau plan de circulation (études amont et aval)...&lt;/li&gt;&lt;li&gt;organisation ou faisabilité d’un report modal marchandises /voyageurs vers un mode ayant un plus faible impact environnemental ; le projet concerne le covoiturage, l’autopartage, les mobilités actives, le transport fluvial/maritime/ferroviaire/routier, la cyclologistique, le développement de tiers-lieux...&lt;/li&gt;&lt;li&gt;sensibilisation et accompagnement au changement de comportement des particuliers, des scolaires, des salariés, etc., vers des mobilités moins impactantes d’un point de vue environnemental ;&lt;/li&gt;&lt;li&gt;électrification de navires/bateaux de transport de marchandises ou voyageurs pour un branchement électrique à quai ;&lt;/li&gt;&lt;li&gt;électrification des postes de stationnement des avions ;&lt;/li&gt;&lt;li&gt;accompagnement des professionnels impactés par la mise en œuvre des ZFE-m hors aides au renouvellement des véhicules.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;BTP /carrières :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;optimisation d’un chantier et de sa logistique, dans l’objectif de réduire les émissions de polluants réglementés.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide n’est pas systématique et dépendra de l’impact du projet sur la réduction des émissions de polluants et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Nous vous conseillons de vous rapprocher de la Direction Régionale dont vous dépendez pour vérifier si vous êtes sur un territoire éligible et si  votre projet rentre bien dans ce dispositif d&amp;#039;aide. Le cas échéant, vous pourrez être orienté vers un autre financement. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Qualité de l'air</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P123" s="1" t="inlineStr">
+      <c r="P122" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q123" s="1" t="inlineStr">
+      <c r="Q122" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>regions_02_11_28_44_76_84_93</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X123" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents-1/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>164031</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Financer des Projets de Recherche et Développement</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Projets de Recherche et Développement</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME peut financer avec ce dispositif des projets de R&amp;amp;D qui ne relèvent pas des thématiques couvertes par les &lt;a href="https://recherche.ademe.fr/financer-ma-recherche/appels-projets-de-recherche"&gt;appels à projets de recherche de l&amp;#039;ADEME&lt;/a&gt; ou par le programme France 2030. &lt;/p&gt;&lt;p&gt;Ce dispositif s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’éligibilité de votre projet est jugée sur sa pertinence quant à la mise en œuvre des priorités de recherche inscrites dans la stratégie RD 2021-2027 de l&amp;#039;ADEME et sur sa qualité scientifique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Votre projet ne doit pas pouvoir s&amp;#039;inscrire dans un des appels à projets de recherche de l&amp;#039;ADEME &lt;/strong&gt; et concerne essentiellement des projets/programmes de type Chaire, GIS, etc. Consultez les &lt;a href="https://recherche.ademe.fr/financer-ma-recherche/appels-projets-de-recherche"&gt;appels à projets de recherche de l&amp;#039;ADEME&lt;/a&gt; et la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr/"&gt;appels à projets de recherche en France&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les aides de ce dispositif sont plafonnées à 300 000 € par projet.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P124" s="1" t="inlineStr">
+      <c r="P123" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q124" s="1" t="inlineStr">
+      <c r="Q123" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X124" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/projets-de-recherche-et-developpement</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-et-developpement/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>164039</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Créer des observatoires territoriaux</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période. L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Qualité de l'air
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P125" s="1" t="inlineStr">
+      <c r="P124" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q125" s="1" t="inlineStr">
+      <c r="Q124" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X125" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aide-la-creation-et-au-fonctionnement-des-observatoires-territoriaux</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux-1/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>164101</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>LEADER- fiche action 7</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I126" s="1" t="inlineStr">
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M126" s="1" t="inlineStr">
+      <c r="M125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q126" s="1" t="inlineStr">
+      <c r="Q125" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T126" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>164102</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I127" s="1" t="inlineStr">
+      <c r="I126" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M127" s="1" t="inlineStr">
+      <c r="M126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q127" s="1" t="inlineStr">
+      <c r="Q126" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>164111</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I128" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J128" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>164170</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
         </is>
       </c>
-      <c r="C129" s="1" t="inlineStr">
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I129" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J129" s="1" t="inlineStr">
+      <c r="J128" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q129" s="1" t="inlineStr">
+      <c r="Q128" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T129" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>164232</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Accompagner le déploiement des zones à faibles émissions (ZFE)</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Accompagnement du déploiement des zones à faibles émissions (ZFE) - AXE 3</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F130" s="1" t="inlineStr">
+      <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La loi « climat et résilience » fixe dans l’article L. 2213-4-1 du code général des collectivités territoriales (CGCT) des obligations minimales en fonction du niveau de qualité de l’air dans les zones concernées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les agglomérations avec dépassement régulier des valeurs limites pour la qualité de l’air, l’objectif prioritaire est de respecter ces valeurs limites dans les délais les plus courts possibles. &lt;/strong&gt;La ZFE est l’une des mesures principales pour atteindre cet objectif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour l’ensemble des agglomérations, l’ambition est de réduire les émissions polluantes pour, d’une part, s’inscrire dans une trajectoire d’atteinte des nouveaux objectifs fixés pour 2030 par la directive européenne révisée relative à la qualité de l’air ambiant, et d’autre part pour s’approcher progressivement, autant que possible, des valeurs guides de l’Organisation mondiale de la santé (OMS), objectif également poursuivi par la directive.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le déploiement des ZFE est une mesure intrinsèquement liée à la transition écologique, dans la mesure où elle permet d’améliorer la qualité de l’air en réduisant les émissions de polluants (dioxyde d&amp;#039;azote et particules fines), et de réduire l’exposition de la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Qualité de l'air
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P130" s="1" t="inlineStr">
+      <c r="P129" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q130" s="1" t="inlineStr">
+      <c r="Q129" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine.&lt;/p&gt;&lt;p&gt;Les porteurs de projets éligibles sont les entités suivantes concernées par une ZFE en vigueur ou devant être créée au titre de la loi « climat et résilience », y compris dans l’aire d’attraction du territoire des ZFE ou présentant leur intérêt pour des flux ayant pour origine ou destination la ZFE (en vigueur ou en projet), sous réserve que leur projet respecte les règles européennes applicables aux aides d’État :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les collectivités territoriales (communes, départements, régions) et leurs groupements (EPCI…) ;&lt;/li&gt;&lt;li&gt;Les établissements publics locaux portant la compétence d’autorité organisatrice de la mobilité (notamment les syndicats mixtes et pôles métropolitains) ;&lt;/li&gt;&lt;li&gt;Les établissements publics locaux bénéficiant d’une délégation de maîtrise d’ouvrage d’une collectivité territoriale ou d’une autorité organisatrice de la mobilité (en particulier les&lt;/li&gt;&lt;li&gt;sociétés publiques locales) ;&lt;/li&gt;&lt;li&gt;Les collectivités, groupement ou établissement public disposant d’une délégation de compétence de l’autorité organisatrice de la mobilité ou de la compétence voirie sont également éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire &lt;/span&gt;&lt;span&gt;public ou privé : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées&lt;/span&gt;&lt;br /&gt;&lt;span&gt;ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-&lt;/span&gt;&lt;span&gt;porteur est susceptible de percevoir directement des subventions.&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le porteur de projet principal peut être un établissement public d’Etat (grand port maritime, &lt;/span&gt;&lt;span&gt;chambre consulaire, etc.) uniquement si une collectivité territoriale (commune, EPCI, &lt;/span&gt;&lt;span&gt;département ou région) est partie prenante du projet et porte la demande ou est présentée &lt;/span&gt;&lt;span&gt;comme co-porteur dans la demande de subvention. Dans ce cas, les relations conventionnelles &lt;/span&gt;&lt;span&gt;ou contractuelles seront également détaillées.&lt;/span&gt;&lt;/p&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Afin d’être éligibles, les projets doivent être suffisamment matures, pour permettre un engagement des crédits du fonds d’ici fin 2025.&lt;/p&gt;&lt;p&gt;Les projets éligibles concernent des études autres que celles directement imposées par la réglementation, la mise en place de dispositifs d’information et de conseil (incluant la formation des acteurs), de services numériques, la mise en place de dispositifs incitatifs pour déployer les mobilités alternatives, l’achat d’équipements et la mise en place d’aménagements.&lt;/p&gt;&lt;p&gt;Les projets doivent bénéficier à des usagers réguliers de la ZFE. Ils doivent donc être localisés dans la ZFE ou dans l’aire d’attraction de la ZFE, ou démontrer leur intérêt pour des flux ayant pour origine ou destination la ZFE (exemple des cars express).&lt;/p&gt;&lt;p&gt;Les projets éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Classe 1 : études &lt;/strong&gt;(hors études réglementaires prévues par le III de l’article L. 2213-4-1 du CGCT) :&lt;/p&gt;&lt;p&gt;&lt;span&gt;&amp;gt; Etudes de diagnostic et études préalables pour la mise en place de la ZFE : études permettant de caractériser et projeter le parc, l’offre de mobilité, les infrastructures sur le territoire, les usagers, et les besoins liés à la mise en place de la ZFE (la signalisation relative &lt;/span&gt;&lt;span&gt;à la ZFE, la mise en place du contrôle sanction…). Cette liste est non exhaustive ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Etudes de solutions de mobilité à déployer pour favoriser les accès en ZFE :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place des pôles d’échanges, des voies réservées et des parc-relais ;&lt;/li&gt;&lt;li&gt;Développer le vélo et la marche notamment par la création d’aménagements cyclables, de zones de circulations apaisées et de développement de services ;&lt;/li&gt;&lt;li&gt;Mettre en place de lignes de covoiturage et de cars express ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&amp;gt; Plus largement, établir un plan de transport (offre de transport public périurbain et de &lt;/span&gt;&lt;span&gt;mobilité desservant la ZFE, plan de mise en place de voies réservées, plan de &lt;/span&gt;&lt;span&gt;développement du transport de marchandises par vélo…).&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Classe 2 : Dispositifs d’information et de conseil sur les modalités de mise en œuvre de la ZFE et &lt;/span&gt;les solutions de déplacement alternatives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Campagne de communication et de sensibilisation (hors campagne d’information locale &lt;/span&gt;prévue au III, alinéa 5, de l’article L. 2213-4-1 du CGCT) et actions en faveur de l’accompagnement au changement ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mise en place d’un guichet d’information ou de conseil : ouverture d’un numéro vert, mise &lt;/span&gt;à disposition de conseiller(s) mobilité au sein du territoire ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions de formation des acteurs (conseillers mobilité, acteurs relais, agents de police en &lt;/span&gt;charge des contrôles…) aux enjeux et solutions ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autres (porte à porte, affichage dans les loges et commerces, etc.).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Classe 3 : Déploiement de services numériques :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Numérisation des arrêtés de circulation et versement de ces arrêtés au sein de la base &lt;/span&gt;nationale DiaLOG ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques facilitant l’accès à la ZFE (portail d’information, outil de demandes et &lt;/span&gt;traitement des dérogations, etc.) ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques facilitant l’information et l’accès aux aides visant au verdissement des &lt;/span&gt;transports pour les usagers ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques favorisant le report modal des usagers de la ZFE vers des mobilités &lt;/span&gt;douces ou partagées (compte-mobilité « MAAS » - Mobility as a service - , etc.) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Classe 4 : Dispositifs incitatifs pour développer les mobilités propres dans et vers la ZFE (liste limitative) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Développement de l’offre de services de mobilité proposée aux administrés par l’acquisition d’équipements et de véhicules pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le développement d’une offre de transport public périurbaine desservant la ZFE ou des pôles d’échange à proximité de la ZFE ;&lt;/li&gt;&lt;li&gt;Une offre de service d’autopartage (véhicules Crit’air 1 et E) ;&lt;/li&gt;&lt;li&gt;Une offre de service de covoiturage ;&lt;/li&gt;&lt;li&gt;Une offre de location de vélos (en libre-service, en location courte ou longue durée) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Dispositifs visant à faciliter et renforcer l’utilisation de vélos (avec ou sans assistance électrique) ou vélos cargo :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide à la réparation (formations, mise en place de primes, création de stations de réparation en libre-service, etc.) ;&lt;/li&gt;&lt;li&gt;Mise en place de vélos école (pour enfants ou adultes) ;&lt;/li&gt;&lt;li&gt;Dispositifs de recharge de vélos à assistance électrique ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Dispositif expérimental d’aide au changement de mobilité (péage inversé, primes à l’essai d’offres de mobilité actives et partagées, cartes pré-payées pour les transports en commun…). Pour être éligible, l’expérimentation devra faire l’objet d’un suivi et d’une évaluation des effets du dispositif sur les trajets quotidiens des usagers. Les modalités de suivi et d’évaluation seront précisées dans la demande de subvention ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Classe 5 : Achats d’équipements et aménagements (liste limitative) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissement pour la mise en place de la signalisation (panneaux, marquage au sol…) relative à la ZFE ;&lt;/li&gt;&lt;li&gt;Achat des équipements, logiciels et prestations nécessaires au contrôle/sanction ;&lt;/li&gt;&lt;li&gt;Aménagements de voirie et de stationnement pour développer le vélo et la marche, le covoiturage, l’autopartage, les transports collectifs (hors ceux déjà soutenus par l’État dans le cadre du 4ème appel à projets « transports collectifs en site propre ») ou la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;Aménagements de parcs relais, voies réservées ou pôles intermodaux permettant de réduire les émissions polluantes du transport de personnes et de marchandises dans le périmètre de la ZFE ;&lt;/li&gt;&lt;li&gt;Electrification de quais dans les zones portuaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Concernant les conseillers mobilité prévus en classe 2, seul le recrutement de contractuels sur de nouveaux postes et contrats est éligible.&lt;/p&gt;&lt;p&gt;Concernant les aménagements cyclables, les projets devront respecter les critères d’éligibilité fixés par le cahier d’accompagnement de la mesure du fonds vert dédiée aux aménagements cyclables.&lt;/p&gt;&lt;p&gt;Concernant les aménagements de voirie ou stationnement dédiés au covoiturage, les projets devront respecter les critères d’éligibilité fixés par le cahier d’accompagnement de la mesure du fonds vert dédiée au covoiturage.&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées (sauf urgence avérée). L’accusé de réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;&lt;p&gt;Une unique demande de subvention peut être réalisée pour plusieurs projets ou classes listés ci- dessus.&lt;/p&gt;&lt;p&gt;Par ailleurs, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie, qui peut permettre le financement d’un appui pour le pilotage et l’accompagnement du projet subventionné par la mesure « accompagnement du déploiement des ZFE ». La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne sont pas éligibles à la présente mesure :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Tout projet ne s’inscrivant pas dans un projet de déploiement d’une ZFE existante ou d’instauration d’une ZFE en réponse à la loi « climat et résilience » ;&lt;/li&gt;&lt;li&gt;Tout projet de verdissement des flottes publiques ou privées, quel que soit le mode de transport ;&lt;/li&gt;&lt;li&gt;Tout projet d’aménagement de voiries (piste cyclable, voie réservée, voie piétonne, etc.) hors ZFE ne desservant pas un trajet vers la ZFE ;&lt;/li&gt;&lt;li&gt;La mise en place d’aides à l’acquisition de véhicules et cycles pour des collectivités, des entreprises ou des particuliers pour leurs usages propres ;&lt;/li&gt;&lt;li&gt;L’achat de véhicules et cycles autres que ceux listés en classe 4 du présent cahier ;&lt;/li&gt;&lt;li&gt;Les services express métropolitains (ferroviaires) et les études correspondantes, qui sont financées par ailleurs ;&lt;/li&gt;&lt;li&gt;Les infrastructures de recharge de véhicules électriques et les infrastructures d&amp;#039;avitaillement en autres carburants ou combustible (gaz, biocarburant, hydrogène, etc.). Les études, services numériques, dispositifs de recharge de vélos et de navires et bateaux, ainsi que les projets d’aménagement listés en classe 5 intégrant des infrastructures de recharge de véhicules électriques demeurent toutefois éligibles ;&lt;/li&gt;&lt;li&gt;Les projets déjà soutenus dans le cadre du 4ème appel à projets « transports collectifs en site propre », du fonds mobilités actives et des programmes CEE ;&lt;/li&gt;&lt;li&gt;Les projets de stationnement vélo sécurisés éligibles au programme ALVEOLE&amp;#43;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Aires d'attraction des Zones à faibles émissions mobilité (ZFE)</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe3_ZFE-m.pdf</t>
         </is>
       </c>
-      <c r="W130" s="1" t="inlineStr">
+      <c r="W129" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-zfe</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-deploiement-des-zones-a-faibles-emissions-zfe-1/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>164238</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Financer des solutions d'adaptation au changement climatique fondées sur la renaturation des villes et des villages</t>
         </is>
       </c>
-      <c r="C131" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>[AXE 2] Renaturation des villes et des villages</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F131" s="1" t="inlineStr">
+      <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région
 Préfectures de département
 Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I131" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La renaturation doit participer à &lt;strong&gt;l’adaptation des espaces urbanisés aux impacts du changement climatique, en réduisant leurs vulnérabilités grâce aux solutions fondées sur la nature&lt;/strong&gt; (végétalisation, régulation hydraulique ou encore aménagement de parcs et jardins).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P131" s="1" t="inlineStr">
+      <c r="P130" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q131" s="1" t="inlineStr">
+      <c r="Q130" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;La candidature est portée par une personne morale appelée « porteur du projet ». Les porteurs de projet éligibles sont les maîtres d’ouvrage des projets de nature en ville sous réserve que leur projet respecte les règles européennes applicables aux aides d&amp;#039;Etat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des collectivités territoriales et groupements de collectivités ;&lt;/li&gt;&lt;li&gt;Des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales) ; &lt;/li&gt;&lt;li&gt;Des établissements publics de l’Etat (en particulier les établissements publics d’aménagement et le conservatoire du littoral) ; &lt;/li&gt;&lt;li&gt;Des bailleurs sociaux.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les concessionnaires, délégataires et mandataires peuvent également déposer un dossier de candidature, avec l’accord formalisé de la collectivité ou établissement public concerné.&lt;/p&gt;&lt;p&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire (notamment un établissement public foncier) : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-porteur est susceptible de percevoir directement des subventions.&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les projets de renaturation des espaces urbanisés ciblés par cette mesure recouvrent un ensemble de dispositifs qui :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préservent ou recréent des espaces de nature en améliorant leurs fonctionnalités écologiques ;&lt;/li&gt;&lt;li&gt;Sont situés au sein ou en continuité d’un espace urbanisé. En d’autres termes, les projets de renaturation des espaces naturels, agricoles et forestiers (ENAF), à moins qu’ils soient insérés dans l’enveloppe urbaine, ne sont pas éligibles à la mesure. En revanche, l’introduction de la nature dans les nouveaux espaces urbanisés est éligible à la mesure ;&lt;/li&gt;&lt;li&gt;Adaptent le site d’implantation et ses alentours aux impacts du changement climatique pour lesquels une vulnérabilité est identifiée localement, notamment en visant le rafraîchissement urbain ou la gestion intégrée des eaux pluviales. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les actions éligibles à la mesure doivent consister ou contribuer directement à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La renaturation des sols et espaces urbains :&lt;/strong&gt; création, restauration écologique de parcs et jardins (stabilisation et renaturation des sols, aménagements de pleine terre végétalisés et arborés, etc.), végétalisation des espaces publics (alignement et végétalisation des pieds d’arbres), projets d’agriculture urbaine favorables à la biodiversité, restauration, création de noues et de zones d’infiltration des eaux pluviales et désimperméabilisation des sols ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La présence de l’eau et des milieux aquatiques en ville :&lt;/strong&gt; restauration du réseau hydrographique (réouverture ou renaturation de cours d’eau, reméandrage, stabilisation et reprofilage de berges), des zones humides, des zones d’expansion des crues ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La végétalisation des bâtiments et équipements publics&lt;/strong&gt; (toitures et façades végétalisées). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces catégories ne doivent pas être vues comme exclusives l’une de l’autre. Pour être éligible, la renaturation proposée doit avant tout renforcer la fonctionnalité écologique, ce qui implique souvent d’agir sur les différents milieux naturels : les projets de végétalisation ne peuvent pas se faire sans travailler sur les sols ou sans prendre en compte les apports en eau dans une logique de gestion intégrée des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les projets de renaturation doivent renforcer la biodiversité locale dans son ensemble. Cela implique, par exemple, que l’introduction de plantes exotiques envahissantes qui la fragiliserait est proscrite. Les fonctionnalités écologiques de l’écosystème ainsi renforcées doivent aussi répondre à un défi d’adaptation au changement climatique. Dans ce sens, le standard mondial de l’UICN pour les solutions fondées sur la nature peut servir de base de référence pour les porteurs de projets. Précisément :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le territoire d’implantation doit identifier les&lt;strong&gt; facteurs de vulnérabilités climatiques&lt;/strong&gt; auxquels il est exposé (qualifier l’aléa climatique local : son ampleur, son échelle géographique, les enjeux humains et sociétaux en termes d’exposition, l’impact qu’il aurait sur ceux-ci sans le projet) ;&lt;/li&gt;&lt;li&gt;Le projet, par les bénéfices écosystémiques de la solution de renaturation proposée, doit &lt;strong&gt;r&lt;/strong&gt;&lt;strong&gt;éduire les vulnérabilités identifiées localement&lt;/strong&gt; (décrire les fonctionnalités écologiques attendues du projet, leurs bénéfices écosystémiques, l’échelle géographique de leurs effets et justifier que les solutions sont dimensionnées pour répondre au défi d’adaptation au changement climatique identifié, sur le temps long).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La mesure est destinée à financer : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’études de diagnostic territorial et de stratégie&lt;/strong&gt; de résilience climatique et de renaturation, qui pourront notamment s’appuyer sur l’outil « plan de paysage » ou la démarche paysagère, dans le cadre de l’élaboration des documents de planification et d’urbanisme (SRADDET, SDRIF/SRCE, SAR, PADDUC, SCOT, PLU-i, cartes communales, SRCE, SDAGE/SAGE, PCAET, PGRI, PAPI, etc.) ou des programmations urbaines (à l’échelle d’un îlot, d’un quartier ou d’un territoire). Cela inclut des diagnostics d’îlots de chaleur urbain, afin notamment d’identifier les quartiers prioritaires pour les opérations de renaturation ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’ingénierie et d’études préalables à la conception de projets &lt;/strong&gt;développant des solutions fondées sur la nature, ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’investissements&lt;/strong&gt; permettant la mise en œuvre concrète des solutions fondées sur la nature en ville. Ces demandes doivent donner des garanties de maturité : clarté des objectifs, stratégie de maîtrise du foncier, identification d’un opérateur d’aménagement et d’un gestionnaire pour l’entretien et la maintenance, anticipation du coût complet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;En outre, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie. La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;&lt;p&gt;Sont également éligibles les investissements dans des projets développant ou intégrant des systèmes d’intelligence artificielle (IA) visant à favoriser l’émergence ou la mise en œuvre de solutions d’adaptation au changement climatique en lien avec la mesure du présent cahier.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles à la mesure de renaturation les opérations de simple mise en conformité à une obligation réglementaire, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. Le fonds pourra subventionner les opérations allant au-delà de ces obligations réglementaires.&lt;/p&gt;&lt;p&gt;Les dépenses qui accompagnent la renaturation sans contribuer à renforcer les fonctionnalités écologiques de l’écosystème ne sont pas éligibles (mobilier urbain, cheminement, matériel, etc.).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées . L’accusé réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe2_Renaturation.pdf</t>
         </is>
       </c>
-      <c r="W131" s="1" t="inlineStr">
+      <c r="W130" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-2-renaturation</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-solutions-dadaptation-au-changement-climatique-fondees-sur-la-renaturation-des-villes-et-des-villages-2/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>164249</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'ingénierie des collectivités pour leurs projets de transition écologique</t>
         </is>
       </c>
-      <c r="C132" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Appui à l'ingénierie - Mesure transverse</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F132" s="1" t="inlineStr">
+      <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I131" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La présente mesure apporte aux collectivités territoriales ou à leurs groupements un appui en ingénierie de stratégie ou de planification ou en ingénierie d’animation.&lt;/p&gt;&lt;p&gt;L’objectif est de les aider :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A élaborer ou finaliser leur stratégie, déclinée en plan d’action en matière de transition écologique, qu’il s’agisse de l’élaboration ou de la mise en œuvre de leur PCAET ou pour l’éventuelle mise à jour de leur CRTE à l’aune des objectifs et leviers d’action territoriaux de la planification écologique qui auront été définis dans le cadre des « conférences des parties » (COP) régionales ;&lt;/li&gt;&lt;li&gt;A suivre la mise en œuvre de leur plan d’action ;&lt;/li&gt;&lt;li&gt;A faire émerger des projets à forte ambition environnementale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Exemples de prestations d&amp;#039;ingénierie pouvant être financées par la mesure du fonds vert dédiée à l&amp;#039;ingénierie d&amp;#039;animation et de planification
  &lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P132" s="1" t="inlineStr">
+      <c r="P131" s="1" t="inlineStr">
         <is>
           <t>14/03/2025</t>
         </is>
       </c>
-      <c r="Q132" s="1" t="inlineStr">
+      <c r="Q131" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les collectivités ou leurs groupements au sens du code général des collectivités territoriales (CGCT).&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les porteurs de projet peuvent bénéficier :&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement de postes d’animateurs ou chefs de projet contractuels ;&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement d’études ou de conseils, pouvant être menés par :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des organismes publics locaux agences techniques départementales - ATD, conseils d’architecture, d’urbanisme et de l’environnement - CAUE, agences d’urbanisme, agence locale de l’énergie et du climat...) ;&lt;/li&gt;&lt;li&gt;D’autres opérateurs publics (notamment CEREMA, ADEME, Agences de l’eau, Météo France…) ainsi que la Banque des Territoires, direction de la Caisse des Dépôts et Consignations&lt;/li&gt;&lt;li&gt;Des prestataires privés (bureaux d’études, associations...).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Ing%C3%A9nierie_v3.1.pdf</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
+      <c r="W131" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-ingenierie</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lingenierie-des-collectivites-pour-leurs-projets-de-transition-ecologique-3/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>164419</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I133" s="1" t="inlineStr">
+      <c r="I132" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J133" s="1" t="inlineStr">
+      <c r="J132" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
 la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Espaces verts
 Espace public
 Friche
 Recyclage et valorisation des déchets
 Accès aux services
 Citoyenneté
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P133" s="1" t="inlineStr">
+      <c r="P132" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q133" s="1" t="inlineStr">
+      <c r="Q132" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>GAL Loire AAP Revitalisation de centre-bourg</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W133" s="1" t="inlineStr">
+      <c r="W132" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>164434</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Réduire les émissions de particules fines</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Fonds Air Bois</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME vous aide à mettre en œuvre des &lt;strong&gt;actions pertinentes et efficaces de réduction des émissions de particules fines&lt;/strong&gt; (PM10 et PM2.5) dues à la combustion de biomasse (chauffage domestique au bois et brûlage à l’air libre des déchets verts).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Territoires concernés :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Territoires T1 : dans les territoires visés par les articles L.222-4 et L.222-6-1 du code de l’environnement (territoires couverts par un PPA et devant mettre en œuvre des actions permettant de réduire les émissions de PM2.5 issues de la combustion de bois).&lt;/li&gt;&lt;li&gt;Territoires T2 : ou, de manière exceptionnelle, dans certains territoires non couverts par un PPA mais présentant un enjeu de dépassement de valeurs limites de concentration en PM2.5 en lien avec le chauffage domestique au bois.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Deux types de projets sont éligibles :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;En territoires T1 uniquement&lt;/strong&gt; - Une étude de préfiguration d’un Fonds Air Bois, dont les objectifs sont :&lt;ul&gt;&lt;li&gt;D’évaluer la&lt;strong&gt; pertinence de la mise en place d’un fonds&lt;/strong&gt; pour réduire l’impact du chauffage domestique au bois sur les émissions de particules fines (PM2,5) du territoire.&lt;/li&gt;&lt;li&gt;Si cette mise en place est pertinente, &lt;strong&gt;de la dimensionner&lt;/strong&gt; (moyens humains et financiers, appareils à remplacer), de prévoir &lt;strong&gt;l’organisation la plus adaptée&lt;/strong&gt; à son fonctionnement ainsi que les grands axes du programme d’animation et de communication.&lt;/li&gt;&lt;li&gt;D’étudier à la fois le &lt;strong&gt;chauffage individuel au bois&lt;/strong&gt; sur le territoire (parc, pratiques des utilisateurs) et les pratiques concernant &lt;strong&gt;le brûlage à l’air libre des déchets verts&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;En territoires T1 ou T2 &lt;/strong&gt;- Une mise en place d’un Fonds Air Bois qui permet :&lt;ul&gt;&lt;li&gt;D’accompagner les particuliers dans le &lt;strong&gt;renouvellement de leur appareil peu performant&lt;/strong&gt; de chauffage individuel au bois.&lt;/li&gt;&lt;li&gt;De faire connaitre et d&amp;#039;animer le &lt;strong&gt;dispositif d&amp;#039;accompagnement des particuliers sur le territoire&lt;/strong&gt; auprès de ces derniers et des professionnels, et de &lt;strong&gt;diffuser des bonnes pratiques de chauffage au bois&lt;/strong&gt; (utilisation et entretien de l&amp;#039;ensemble de l&amp;#039;installation, choix et stockage du bois…) et des solutions alternatives au brûlage à l’air libre des déchets verts.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Le territoire devra avoir réalisé une étude de préfiguration répondant aux attendus ADEME pour pouvoir candidater à la mise en place d’un fonds.&lt;/p&gt;&lt;p&gt;Les collectivités lauréates de cet appel à projets pourront &lt;strong&gt;bénéficier de l’expertise de l&amp;#039;ADEME, du retour d’expérience d’un réseau de collectivités engagées dans un fonds air bois et d’un support financier&lt;/strong&gt; pour un des deux types de projets éligibles.&lt;/p&gt;&lt;p&gt;Pour une étude, l&amp;#039;ADEME pourra apporter une&lt;strong&gt; aide financière maximale de 80 % des montants éligibles&lt;/strong&gt;. L’assiette de l’aide est plafonnée à 100 k€.&lt;/p&gt;&lt;p&gt;Pour la mise en place d’un fonds, le soutien de l&amp;#039;ADEME pourra porter sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’aide à l’investissement par les ménages pour le remplacement d’équipements non performants de chauffage domestique au bois ; cette aide sera attribuée par la collectivité au nom et pour le compte de l’ADEME et se traduira par une &lt;strong&gt;convention de mandat de gestion déléguée&lt;/strong&gt; confiant le paiement des dépenses de l’ADEME à la collectivité mettant en œuvre le fonds.&lt;/li&gt;&lt;li&gt;L’aide aux actions d’animation du dispositif par la collectivité (chargé de mission, actions de sensibilisation et de conseils…), et au programme de communication (prestations externes, mise à disposition de supports, organisation d’évènements…) ainsi qu’aux actions de suivi et évaluation du dispositif ; elle se traduira par une &lt;strong&gt;convention d’animation&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les frais liés à la gestion déléguée pour la collectivité pourront faire l’objet d’une rémunération dans le cadre de la convention de mandat.&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide de l’ADEME est plafonné à 50 % des dépenses éligibles, hors actions spécifiques suivantes qui peuvent bénéficier d’un taux d’aide majoré de 70 % :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions d’animation ciblant les ménages modestes et très modestes.&lt;/li&gt;&lt;li&gt;Actions de suivi et évaluation du fonds air bois.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au total, &lt;strong&gt;le soutien financier de l’ADEME est plafonné à 1 million d’euros par projet&lt;/strong&gt;. L’ADEME se réserve la possibilité de financer les projets lauréats pour une mise en œuvre de fonds par tranche, voire de financer le projet sur 2026 en fonction du calendrier proposé pour cette mise en œuvre du fonds et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Le dépôt des dossiers de demande d&amp;#039;aide se fait à trois dates :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Lundi 14 avril 2025 à 12h.&lt;/li&gt;&lt;li&gt;Lundi 30 juin 2025 à 12h.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Lundi 1ᵉʳ décembre 2025 à 12h.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Des territoires sont déjà engagés dans la démarche, retrouvez leurs références sur ce site : &lt;a href="https://agirpourlatransition.ademe.fr/particuliers/finances/aides-a-renovation/aide-fonds-air-bois"&gt;Aides à la rénovation - Chauffage : l&amp;#039;aide du Fonds Air Bois&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Qualité de l'air</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P134" s="1" t="inlineStr">
+      <c r="P133" s="1" t="inlineStr">
         <is>
           <t>29/01/2025</t>
         </is>
       </c>
-      <c r="Q134" s="1" t="inlineStr">
+      <c r="Q133" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X134" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/aap/fonds-air-bois-2</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-air-bois-1/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>164815</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Territoires d’industrie en transition écologique</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Territoires d’industrie en transition écologique</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les projets éligibles au fonds vert sont :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 &lt;/strong&gt;: à titre principal, des projets d’investissements industriels structurants et ambitieux sur le plan environnemental (par exemple, projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, recours à des matériaux biosourcés, etc.), qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (voir la liste d’exemples ci-après).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 :&lt;/strong&gt; à titre auxiliaire, des projets d’investissements contribuant au développement des compétences (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets éligibles doivent être : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;situés dans le périmètre      géographique d’un Territoire d’industrie 2023-2027 ;&lt;/li&gt;&lt;li&gt;soutenus par le ou les      Territoires d’industrie concernés, du fait de leur cohérence avec la      stratégie industrielle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets présenteront une assiette minimale de dépenses de 400 000 €. Le Préfet pourra retenir un montant d’assiette moins élevé pour les projets situés sur les territoires de la collectivité de Corse ou des départements et régions d’outre-mer.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour candidater et retrouver l’ensemble des pièces à déposer, veuillez vous rendre impérativement sur &lt;/strong&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie" target="_blank"&gt;&lt;strong&gt;le site démarches simplifiées&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P135" s="1" t="inlineStr">
+      <c r="P134" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q135" s="1" t="inlineStr">
+      <c r="Q134" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/fonds-vert-territoires-dindustrie-en-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique-1/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>165359</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P135" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2025</t>
+        </is>
+      </c>
+      <c r="Q135" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U135" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Europe</t>
         </is>
       </c>
       <c r="V135" s="1" t="inlineStr">
         <is>
-          <t>https://agir.ademe.fr/aides-financieres/aap/fonds-vert-territoires-dindustrie-en-transition-ecologique</t>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
         </is>
       </c>
       <c r="W135" s="1" t="inlineStr">
         <is>
-          <t>https://agir.ademe.fr/aides-financieres/aap/fonds-vert-territoires-dindustrie-en-transition-ecologique</t>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
         </is>
       </c>
       <c r="X135" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z135" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
         </is>
       </c>
       <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:27" customHeight="0">
       <c r="A136" s="1">
         <v>165398</v>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Soutenir le territoire pour la transition écologique et énergétique</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA1</t>
@@ -27695,70 +27431,613 @@
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectif opérationnel 1.1 :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Objectif opérationnel 1.2 :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Entreprises autres que leurs collectivités et leurs groupements dont le chiffre d&amp;#039;affaires est de plus de 1 million d&amp;#039;euros et de plus de 10 employés, sur la base du bilan N-1 au moment du dépôt de la demande d&amp;#039;aide;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;&lt;span&gt;Plafond de l&amp;#039;aide FEADER : &lt;/span&gt;50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U136" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
       <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="W136" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
       <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-territoire-pour-la-transition-ecologique-et-energetique/</t>
         </is>
       </c>
       <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I137" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P137" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q137" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W138" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q139" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>